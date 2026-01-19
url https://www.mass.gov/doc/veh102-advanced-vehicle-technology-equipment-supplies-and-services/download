--- v0 (2025-11-18)
+++ v1 (2026-01-19)
@@ -1,22540 +1,23594 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52B2AEF0" w14:textId="2B83EEB0" w:rsidR="00B66495" w:rsidRDefault="00A86CA3" w:rsidP="00B848D5">
+    <w:p w14:paraId="21A9D04A" w14:textId="15063EB0" w:rsidR="00915172" w:rsidRDefault="00946422" w:rsidP="00BF77A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:spacing w:after="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk69282909"/>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="707BC06F" wp14:editId="10659146">
+            <wp:extent cx="2682060" cy="804672"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1553488940" name="Picture 5" descr="org logo">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1553488940" name="Picture 5" descr="org logo">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2682060" cy="804672"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-[...30 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78A2648B" w14:textId="77777777" w:rsidR="00CC5DA5" w:rsidRDefault="00680B92" w:rsidP="00D7510B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216360803"/>
+      <w:r w:rsidRPr="00CA6AF1">
+        <w:t>Contract User Guid</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00D7510B" w:rsidRPr="00D7510B">
+        <w:t xml:space="preserve">VEH122: Advanced Vehicle Technology Equipment, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E4D6F9" w14:textId="54E76876" w:rsidR="00680B92" w:rsidRDefault="001F4163" w:rsidP="00CC5DA5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7510B">
+        <w:t>Supplies</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7510B" w:rsidRPr="00D7510B">
+        <w:t xml:space="preserve"> and Services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="092653C9" w14:textId="77777777" w:rsidR="00F10F07" w:rsidRPr="00F10F07" w:rsidRDefault="00F10F07" w:rsidP="00F10F07">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B3AFAB3" w14:textId="6AA26EBE" w:rsidR="003121D1" w:rsidRDefault="00803BD8" w:rsidP="003E0898">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc216360804"/>
+      <w:r w:rsidRPr="003E0898">
+        <w:t xml:space="preserve">Contract </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0898">
+        <w:t>Overview</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
+        <w:tblCaption w:val="Contract Overview"/>
+        <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2557"/>
-        <w:gridCol w:w="5442"/>
+        <w:gridCol w:w="3865"/>
+        <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="622F63B0" w14:textId="77777777" w:rsidTr="76E2E2CA">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="009F4B20">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="672"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7943" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="64CB314E" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Category Manager Contact Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D64F757" w14:textId="1CFA84EE" w:rsidR="00D7510B" w:rsidRPr="00D7510B" w:rsidRDefault="00D7510B" w:rsidP="00D7510B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="009F4B20">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Kelly Thompson Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="18E36C1D" w14:textId="67F8CE14" w:rsidR="00B1168A" w:rsidRPr="00606368" w:rsidRDefault="00D7510B" w:rsidP="009F4B20">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D7510B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>617-720-3184</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="2A317570" w14:textId="77777777" w:rsidTr="76E2E2CA">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00F10F07">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="2481"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="4F10356C" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA2276">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Category Manager Contact Information</w:t>
+              <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1A140F" w14:textId="06027F66" w:rsidR="00B03625" w:rsidRDefault="00E92B1C" w:rsidP="00DC7A03">
-[...131 lines deleted...]
-          <w:p w14:paraId="459D77F6" w14:textId="3917E76C" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="1DC5845E">
+          <w:p w14:paraId="09E03809" w14:textId="00427E5E" w:rsidR="00D7510B" w:rsidRPr="00CA1D4C" w:rsidRDefault="00D7510B" w:rsidP="00D7510B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76E2E2CA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t xml:space="preserve">Current Contract Term: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1D4C">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Contract Term: </w:t>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t>October 1, 2025–September 30, 2033</w:t>
+            </w:r>
+            <w:r w:rsidR="003114E1">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>October 1</w:t>
-[...53 lines deleted...]
-              <w:t>33</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4510010B" w14:textId="74EFCC1C" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="006F5D48">
+          <w:p w14:paraId="79D26FC2" w14:textId="11F67986" w:rsidR="00D7510B" w:rsidRPr="00136526" w:rsidRDefault="00D7510B" w:rsidP="00D7510B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
-            <w:r w:rsidR="00AC30C2" w:rsidRPr="00AC30C2">
+            <w:r w:rsidR="004E4016" w:rsidRPr="004E4016">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>No remaining extensions</w:t>
+              <w:t>September 30, 2033</w:t>
+            </w:r>
+            <w:r w:rsidR="003114E1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1204D353" w14:textId="35AA78D9" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="006F5D48">
+          <w:p w14:paraId="18DAF315" w14:textId="4D56A11A" w:rsidR="0064148A" w:rsidRPr="00D7510B" w:rsidRDefault="00D7510B" w:rsidP="0005755A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:anchor="_Extend_Beyond_(Performance" w:history="1">
+            <w:hyperlink w:anchor="_Extend_Beyond_(Performance_1" w:history="1">
               <w:r w:rsidRPr="76E2E2CA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
-                  <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Extend Beyond Date:</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="76E2E2CA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="35572AD0" w:rsidRPr="32B80E9B">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0002117A">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>March</w:t>
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t>March 30, 2035</w:t>
+            </w:r>
+            <w:r w:rsidR="003114E1" w:rsidRPr="003114E1">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 30, </w:t>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="76E2E2CA">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>203</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003114E1" w:rsidRPr="003114E1">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Agreements established prior to the Master Agreement expiration may allow performance and payment obligations to continue until the maximum Extend Beyond date.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E2BBFD6" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00F10F07">
+        <w:trPr>
+          <w:trHeight w:val="1302"/>
+          <w:tblCellSpacing w:w="14" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
+          </w:tcPr>
+          <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006626DD">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
+            </w:r>
+            <w:r w:rsidR="0064148A" w:rsidRPr="00136526">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF0B69">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Master Agreement (MA) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA9FD51" w14:textId="5CA1AF22" w:rsidR="00287F65" w:rsidRPr="008934D4" w:rsidRDefault="00D7510B" w:rsidP="00953689">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008934D4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VEH122</w:t>
+            </w:r>
+            <w:r w:rsidR="00960456">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00000000000000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DB07A1F" w14:textId="77777777" w:rsidR="003114E1" w:rsidRDefault="003114E1" w:rsidP="00953689">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C47EF3" w14:textId="41C89D18" w:rsidR="002B4F4A" w:rsidRPr="00136526" w:rsidRDefault="002B4F4A" w:rsidP="00953689">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="159D2588" w14:textId="77777777" w:rsidTr="76E2E2CA">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00F10F07">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="1023"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="6652F207" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA2276">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>MMARS MA#</w:t>
+              <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22C25E02" w14:textId="035CA8DF" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="001A6112" w:rsidP="76E2E2CA">
+          <w:p w14:paraId="598ACD9D" w14:textId="30792F33" w:rsidR="0064148A" w:rsidRPr="00D7510B" w:rsidRDefault="0064148A" w:rsidP="00D7510B">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="76E2E2CA">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D7510B">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>VEH1</w:t>
-[...70 lines deleted...]
-              <w:r w:rsidRPr="00136526">
+              <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_Quote_Response_and_1" w:history="1">
+              <w:r w:rsidRPr="00D7510B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00136526">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00D7510B">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="5A84D122" w14:textId="77777777" w:rsidTr="76E2E2CA">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00F10F07">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="672"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5D9790" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA2276">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8C6E51" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="69C38038" w14:textId="48DAC6F6" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00F10F07">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Refer to</w:t>
+            </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">See </w:t>
-[...1 lines deleted...]
-            <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_Vendor_List_and_1" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="46C59EDB" w14:textId="77777777" w:rsidTr="76E2E2CA">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00F10F07">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="402"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="3457EFFA" w14:textId="0E0263EC" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA2276">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9E0F81" w14:textId="4F5C8CD3" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="006747D1" w:rsidP="76E2E2CA">
+          <w:p w14:paraId="14685198" w14:textId="1DE478EC" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0048697B" w:rsidP="00953689">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11/12/25</w:t>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t>January 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D03565">
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Vendor Updates </w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007810FC" w:rsidRPr="007810FC">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="007810FC" w:rsidRPr="007810FC">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="007810FC">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor </w:t>
+            </w:r>
+            <w:r w:rsidR="00D03565">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table </w:t>
+            </w:r>
+            <w:r w:rsidR="007810FC">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="241CCDAE" w14:textId="7A6C3BA1" w:rsidR="007D0521" w:rsidRDefault="007D0521" w:rsidP="00426815">
+    <w:p w14:paraId="111FCBB3" w14:textId="77777777" w:rsidR="00D7510B" w:rsidRDefault="00D7510B" w:rsidP="00D7510B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
-        <w:ind w:left="360"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25388760" w14:textId="77777777" w:rsidR="007D0521" w:rsidRDefault="007D0521">
-      <w:r>
+    <w:p w14:paraId="2EE53A3B" w14:textId="7C05B0AB" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00D7510B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9165"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4379" w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005569DF">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4CCA">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4CCA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4CCA">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF7BD81" w14:textId="774A0A6D" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Template Version: 9.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Page </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00450A7B">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00450A7B">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4680"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="1815"/>
+          <w:tab w:val="center" w:pos="4968"/>
+          <w:tab w:val="right" w:pos="9990"/>
+        </w:tabs>
+        <w:ind w:left="-1440" w:right="-1440"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>One Ashburton Place, Room 1608 Boston, MA, 02108-1552</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25388760" w14:textId="23DADA28" w:rsidR="007D0521" w:rsidRDefault="00AC1E9E" w:rsidP="00C9452E">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tel</w:t>
+      </w:r>
+      <w:r w:rsidR="004F636A">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ephone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00145223">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>617-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E685D">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">720-3300 | </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidR="00FA6E91">
+          <w:rPr>
+            <w:color w:val="2E368F"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>mass.gov/osd</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
-          <w:headerReference w:type="default" r:id="rId11"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="46FC1B32" w14:textId="3C7397EB" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
+        <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="47E6C0CE" w14:textId="47EFE243" w:rsidR="00F07DCE" w:rsidRDefault="00242685">
+        <w:p w14:paraId="4D03529B" w14:textId="13725188" w:rsidR="00C268A2" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
+            <w:rPr>
+              <w:bCs w:val="0"/>
+              <w:caps/>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
+            <w:rPr>
+              <w:bCs w:val="0"/>
+              <w:caps/>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
+            <w:rPr>
+              <w:bCs w:val="0"/>
+              <w:caps/>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc205802918" w:history="1">
-            <w:r w:rsidR="00F07DCE" w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360803" w:history="1">
+            <w:r w:rsidR="00C268A2" w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Contract Summary</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F07DCE">
+              <w:t>Contract User Guide VEH122: Advanced Vehicle Technology Equipment, Supplies, and Services</w:t>
+            </w:r>
+            <w:r w:rsidR="00C268A2">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00F07DCE">
+            <w:r w:rsidR="00C268A2">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F07DCE">
+            <w:r w:rsidR="00C268A2">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802918 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F07DCE">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360803 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00C268A2">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F07DCE">
+            <w:r w:rsidR="00C268A2">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F07DCE">
+            <w:r w:rsidR="00C268A2">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F07DCE">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C268A2">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A7F6DA8" w14:textId="0C2CB3DA" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
-[...62 lines deleted...]
-        <w:p w14:paraId="059EC989" w14:textId="523FCFE1" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="1384E3B2" w14:textId="7BFB2744" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360804" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Overview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360804 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6C1FDFE7" w14:textId="3FC72FE4" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360805" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Summary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360805 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1DDDA29F" w14:textId="29093FDD" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802920" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360806" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802920 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360806 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37A637DB" w14:textId="08CD4D6B" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
-[...755 lines deleted...]
-        <w:p w14:paraId="1C00EE85" w14:textId="0D81B424" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="5AB4716C" w14:textId="56049E37" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360807" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Categories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360807 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="577016E6" w14:textId="6A2094F4" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360808" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360808 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="022B4728" w14:textId="24C86FBF" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360809" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Who May Use the Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360809 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="51557597" w14:textId="499D4AB6" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802933" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360810" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Labor Hours</w:t>
+              <w:t>Applicable Procurement Law</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802933 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360810 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6ACB195D" w14:textId="4891EA2C" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="568CF434" w14:textId="127103CC" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:smallCaps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360811" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Pricing Options</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360811 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="78815145" w14:textId="0C25C283" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802934" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360812" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Apprentice Labor Rates</w:t>
+              <w:t>Project Pricing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802934 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360812 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0C98F5B5" w14:textId="1EBCB2AC" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="1417B0DE" w14:textId="6DA42A4E" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802935" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360813" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Invoicing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802935 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360813 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6316CA0A" w14:textId="6E659E05" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="6BE8DE3B" w14:textId="3BFDEB6F" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802936" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360814" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Additional Discounts</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Payments</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802936 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360814 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C51BEB1" w14:textId="0B1E8C0E" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="5FA2765E" w14:textId="37F16FC1" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360815" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Quote Response and Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360815 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="76A3D494" w14:textId="27A68B42" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360816" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Purchase Options</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360816 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="061F2935" w14:textId="18784DCE" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360817" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360817 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="747C780B" w14:textId="6FAF0226" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360818" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Setting Up a COMMBUYS Account</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360818 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="66163B20" w14:textId="18ED08A6" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360819" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Finding Contract Documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360819 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7DE721A6" w14:textId="14FF9552" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360820" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Finding Vendor-Specific Documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360820 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2702D425" w14:textId="052E9CCC" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360821" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Statement of Work (SOW) Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360821 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="32914637" w14:textId="43A48743" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360822" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Construction and Construction-Related Labor Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360822 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0A3F7D5B" w14:textId="2357FD6E" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360823" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Prevailing Wage Law Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360823 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="40B8C993" w14:textId="463C4812" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802937" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360824" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Emergency Services</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Labor Hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802937 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360824 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="670D7D11" w14:textId="5ED785D6" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="0C19EB1D" w14:textId="1C39B38F" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802938" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360825" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Vendor Performance</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Apprentice Labor Rates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802938 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360825 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B83DD41" w14:textId="7603C32F" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="595D81CA" w14:textId="5933945E" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360826" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360826 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7348FC72" w14:textId="00F317A6" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802939" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360827" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>General Procurement Guidelines and Best Practices</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802939 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360827 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5CCBC58D" w14:textId="570F3992" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="520987FD" w14:textId="6D586ADC" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802940" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360828" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Adding a Product</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802940 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360828 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1066A23E" w14:textId="4105D328" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="52B2E860" w14:textId="0121636E" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360829" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Additional Discounts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360829 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="34898132" w14:textId="3107DC77" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360830" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Emergency Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360830 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1A2E183C" w14:textId="705CFA86" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360831" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Vendor Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360831 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="75646AB1" w14:textId="40B21563" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360832" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>General Procurement Guidelines and Best Practices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360832 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="285E11A5" w14:textId="7EECB2FF" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360833" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Adding a Product or Service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360833 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3BD7BED5" w14:textId="4E0FF2C7" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360834" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360834 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5EC0CDB0" w14:textId="6DFE7FE0" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360835" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360835 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="259FD0C0" w14:textId="61AD7709" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216360836" w:history="1">
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Best Practices for Charging Station Planning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360836 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7F181A3B" w14:textId="1ABB6197" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802941" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360837" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Environmentally Preferable Products and Services (EPPs)</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Terminology</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802941 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360837 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4C6AED34" w14:textId="02C5038D" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="5AB34A62" w14:textId="69A18A59" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802942" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360838" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Instructions for MMARS Users</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Charging Levels</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802942 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360838 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3D1AC513" w14:textId="5A3473AA" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="2B3982AC" w14:textId="0376253B" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802943" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360839" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-              <w:t>Quick Tips &amp; FAQs to Inform your Charging Station Planning and Decision-Making</w:t>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>10 Key Considerations for an Electric Vehicle Charging Station Project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802943 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360839 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="470733EE" w14:textId="0300FF8A" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="5856B7A1" w14:textId="33058F20" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802944" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360840" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
               </w:rPr>
               <w:t>Executive Office of Technology Services and Security (EOTSS) Product and Services Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802944 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360840 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A601CFB" w14:textId="4545345F" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="11CF8FB5" w14:textId="677D7B5A" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802945" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360841" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
               </w:rPr>
               <w:t>Accessibility Physical Appearances and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802945 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360841 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5444BC1F" w14:textId="3DF53721" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="62C8BBAA" w14:textId="0A630110" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802946" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360842" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802946 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360842 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6BF1E3AD" w14:textId="4C4D4BAC" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="49D44957" w14:textId="2989A02A" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802947" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360843" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E11F17">
+                <w:noProof/>
+              </w:rPr>
+              <w:t>United Nations Standard Products and Services Code</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (UNSPSC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>®</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00663F17">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802947 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360843 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="39B84BB3" w14:textId="20B9E9CC" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE">
+        <w:p w14:paraId="700E6D9D" w14:textId="5C6D52E5" w:rsidR="00C268A2" w:rsidRDefault="00C268A2">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
-              <w:bCs w:val="0"/>
-              <w:caps w:val="0"/>
+              <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc205802948" w:history="1">
-            <w:r w:rsidRPr="00E11F17">
+          <w:hyperlink w:anchor="_Toc216360844" w:history="1">
+            <w:r w:rsidRPr="00663F17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
               </w:rPr>
               <w:t>Appendix: Detailed Contract Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc205802948 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216360844 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="6E3CE293" w:rsidR="005A21C6" w:rsidRDefault="00242685">
+        <w:p w14:paraId="50AC2B20" w14:textId="74900629" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:bCs/>
+              <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
+            <w:lastRenderedPageBreak/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
+    <w:p w14:paraId="312BE506" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
-          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DECF372" w14:textId="77777777" w:rsidR="00564A93" w:rsidRDefault="00564A93">
-      <w:pPr>
+    <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc216360805"/>
+      <w:r w:rsidRPr="00564A93">
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
+        <w:t>Summary</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="5DF20841" w14:textId="16187E46" w:rsidR="00D7510B" w:rsidRDefault="00D7510B" w:rsidP="00D7510B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="4C2A9F3F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEH122</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...42 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00796603">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advanced Vehicle Technology Equipment, Supplies</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00161A7C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Services: </w:t>
       </w:r>
-      <w:r w:rsidR="00EB5616" w:rsidRPr="32B80E9B">
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00307938" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This is the Statewide Contract (SWC) for</w:t>
+      </w:r>
+      <w:r w:rsidR="00694588">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00EB5616" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> electric vehicle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008741C5" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00694588">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00596A8E" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008741C5" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EV</w:t>
+      </w:r>
+      <w:r w:rsidR="00694588">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00596A8E" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> charging equipment and related services. VEH122 is the primary </w:t>
+      </w:r>
+      <w:r w:rsidR="00D619AA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006D768E" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SWC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008C23BE" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the acquisition of advanced vehicle and alternative transportation equipment, hardware, software, and services. The VEH122 Contract replaces </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006D768E" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VEH102 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821758">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advanced Vehicle Technology Equipment, Supplie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821758">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Services</w:t>
       </w:r>
       <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006D768E" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5FAF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00B1102F" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contract </w:t>
+      </w:r>
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...25 lines deleted...]
-      <w:r w:rsidR="00821758" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and includes options </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF27BA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006D768E" w:rsidRPr="32B80E9B">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">related systems. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> traditional fossil fuel transportation-related systems. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF0A48D" w14:textId="79D62D84" w:rsidR="003B3773" w:rsidRPr="00A12C2C" w:rsidRDefault="00CF3BFE" w:rsidP="003B3773">
+    <w:p w14:paraId="3BA14FA7" w14:textId="1E04A556" w:rsidR="00362DFB" w:rsidRPr="00D7510B" w:rsidRDefault="00362DFB" w:rsidP="00815201">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0251EEEF">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505933">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="005268C0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505933">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Master Contract Record, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0C0F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505933">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidR="00BD5EF2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>VEH122 Master Contract Record</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D7510B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B089CE" w14:textId="3AA35E5B" w:rsidR="003B41F9" w:rsidRPr="00815201" w:rsidRDefault="003B41F9" w:rsidP="00815201">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7194">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This contract </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used to procure the goods or services described herein </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at any dollar amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Any limitations, including for procurements involving </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, are outlined in this Contract User Guide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc216360806"/>
+      <w:r>
+        <w:t xml:space="preserve">Benefits and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633557">
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>Cost</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5DA1">
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>Savings</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="082CDB9C" w14:textId="214D317C" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc188457898"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statewide </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C1B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontracts are an easy way to obtain benefits for your organization by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF1A2D9" w14:textId="4F6B6A80" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Leveraging the Commonwealth’s buying power</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40013AFF" w14:textId="3AAB4685" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Simplifying the solicitation process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A410C27" w14:textId="005683D9" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Providing contracting expertise</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7BDA87" w14:textId="10239F41" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enhancing vendor relationships through proactive management and oversight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367B6D3F" w14:textId="41A14A8D" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Offering competitive pricing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381ADBA2" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Partnering with a pool of qualified and experienced vendors </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7968B635" w14:textId="5D9AFAF7" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Offering Prompt Pay</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7558">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Discount</w:t>
+      </w:r>
+      <w:r w:rsidR="00086B7D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PPD)</w:t>
+      </w:r>
+      <w:r w:rsidR="00194A8C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, which is a</w:t>
+      </w:r>
+      <w:r w:rsidR="00194A8C" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:r w:rsidR="00B94FA2" w:rsidRPr="0251EEEF">
+      <w:r w:rsidR="00194A8C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">percentage </w:t>
+      </w:r>
+      <w:r w:rsidR="00194A8C" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
+      </w:r>
+      <w:r w:rsidR="00194A8C" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidR="00194A8C" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Master Blanket Purchase Order (MBPO) with Request for Response (RFR)</w:t>
+          <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0094318A" w:rsidRPr="0251EEEF">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="4122FFB9" w14:textId="42850056" w:rsidR="00EF0700" w:rsidRDefault="00B72D6D" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B72D6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7103E828" w14:textId="77777777" w:rsidR="00C61FC4" w:rsidRPr="00A12C2C" w:rsidRDefault="00C61FC4" w:rsidP="00C61FC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="3EB9F9DE" w14:textId="1E91B4C4" w:rsidR="00382AF3" w:rsidRPr="00382AF3" w:rsidRDefault="00D3296C" w:rsidP="00382AF3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3296C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Defining buyer needs within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00866305">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statement of Work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3296C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enables effective price negotiations tied to the specified volume</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C433258" w14:textId="4AE8375E" w:rsidR="00D7510B" w:rsidRDefault="00534983" w:rsidP="00D7510B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00534983">
+        <w:t>Having client and experience working with a variety of local and national organizations, vendors are well-equipped to meet diverse needs</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7510B">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2849BBEB" w14:textId="77777777" w:rsidR="00675B18" w:rsidRPr="00A12C2C" w:rsidRDefault="00675B18" w:rsidP="00675B18">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc205802919"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc216360807"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc194066593"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Contract Categories</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="3DEE3B92" w14:textId="1005D94A" w:rsidR="00C61FC4" w:rsidRPr="00A12C2C" w:rsidRDefault="00C61FC4" w:rsidP="00C61FC4">
+    <w:p w14:paraId="2FBAE324" w14:textId="209E852C" w:rsidR="00675B18" w:rsidRPr="00A12C2C" w:rsidRDefault="00675B18" w:rsidP="00675B18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract includes </w:t>
       </w:r>
-      <w:r w:rsidR="00C5130F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>four (4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00B044C5">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> categories of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935C17">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>products</w:t>
+      </w:r>
+      <w:r w:rsidR="00944644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A12C2C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935C17">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00935C17">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00C5130F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A12C2C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed as follows</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. A d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1BE2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00C5130F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etailed list of product sub-categories </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02C71">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002F1BE2">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is in the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix:_Detailed_Contract" w:history="1">
         <w:r w:rsidRPr="00EA0B48">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:iCs/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Appendix: Detailed Contract Categories</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1BE2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77701F63" w14:textId="77777777" w:rsidR="00C61FC4" w:rsidRPr="00B908EB" w:rsidRDefault="00C61FC4" w:rsidP="006F5D48">
+    <w:p w14:paraId="2FA89B78" w14:textId="77777777" w:rsidR="00675B18" w:rsidRPr="00B908EB" w:rsidRDefault="00675B18" w:rsidP="00675B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944644">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 1:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B908EB">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Category 1: Electric Vehicle Supply Equipment (EVSE), Hardware, Software, and Ancillary Services </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Electric Vehicle Supply Equipment (EVSE), Hardware, Software, and Ancillary Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23710085" w14:textId="6B5055FE" w:rsidR="00C61FC4" w:rsidRPr="00C556C1" w:rsidRDefault="00C61FC4" w:rsidP="006F5D48">
+    <w:p w14:paraId="726117B1" w14:textId="5887B54D" w:rsidR="00675B18" w:rsidRPr="00C556C1" w:rsidRDefault="00675B18" w:rsidP="00675B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944644">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 2:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B908EB">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Category 2: Idle</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Idle</w:t>
       </w:r>
       <w:r w:rsidRPr="00427F42">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reduction</w:t>
       </w:r>
-      <w:r w:rsidR="00C556C1">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Technology</w:t>
       </w:r>
       <w:r w:rsidRPr="00427F42">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">; and </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Vehicle Categories and </w:t>
       </w:r>
       <w:r w:rsidRPr="00427F42">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Heavy</w:t>
       </w:r>
-      <w:r w:rsidR="00A01471">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00427F42">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Duty </w:t>
       </w:r>
-      <w:r w:rsidR="00A01471">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CC1818" w14:textId="232A71F6" w:rsidR="00C556C1" w:rsidRPr="00A01471" w:rsidRDefault="00C556C1" w:rsidP="006F5D48">
+    <w:p w14:paraId="11D6DDFC" w14:textId="7B096383" w:rsidR="00675B18" w:rsidRPr="00A01471" w:rsidRDefault="00675B18" w:rsidP="00675B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116E43">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 3:</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Alternative Fuel &amp; Technology Conversions</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alternative Fuel </w:t>
+      </w:r>
+      <w:r w:rsidR="00116E43">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology Conversions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B53765B" w14:textId="3599B7DF" w:rsidR="00A01471" w:rsidRPr="00427F42" w:rsidRDefault="00A01471" w:rsidP="006F5D48">
+    <w:p w14:paraId="7B0EC99C" w14:textId="33337790" w:rsidR="00675B18" w:rsidRPr="00427F42" w:rsidRDefault="00675B18" w:rsidP="00675B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...44 lines deleted...]
-      <w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116E43">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Statewide contracts are an easy way to obtain benefits for your organization by: </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category 4:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Electric Vehicle Supply Equipment (EVSE)</w:t>
+      </w:r>
+      <w:r w:rsidR="00116E43">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Operation</w:t>
+      </w:r>
+      <w:r w:rsidR="00116E43">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Maintenance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF1A2D9" w14:textId="4F6B6A80" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="006F5D48">
-[...333 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc205802921"/>
+    <w:p w14:paraId="79FAB35B" w14:textId="26636736" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc216360808"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="32488BB6" w14:textId="77777777" w:rsidR="00792131" w:rsidRPr="00792131" w:rsidRDefault="00792131" w:rsidP="00792131">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc194066594"/>
+    <w:p w14:paraId="2A2D8003" w14:textId="421785FA" w:rsidR="000715DB" w:rsidRPr="00792131" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="00792131">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Related statewide contracts include: </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Related </w:t>
+      </w:r>
+      <w:r w:rsidR="007071A0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tatewide </w:t>
+      </w:r>
+      <w:r w:rsidR="007071A0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ontracts include</w:t>
+      </w:r>
+      <w:r w:rsidR="00260AEE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648ECDAC" w14:textId="77777777" w:rsidR="00F0288D" w:rsidRPr="00F0288D" w:rsidRDefault="00F0288D" w:rsidP="006F5D48">
+    <w:p w14:paraId="2E94B7F3" w14:textId="107D81E4" w:rsidR="000715DB" w:rsidRPr="00F0288D" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00F0288D">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>VEH110</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F0288D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0288D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Purchase of Light and Medium-Duty Vehicles</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0288D">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55751A26" w14:textId="77777777" w:rsidR="00F0288D" w:rsidRPr="00F0288D" w:rsidRDefault="00F0288D" w:rsidP="006F5D48">
+    <w:p w14:paraId="1A61BC59" w14:textId="4B69FF08" w:rsidR="000715DB" w:rsidRPr="00F0288D" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00F0288D">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>VEH111</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F0288D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Heavy-Duty Vehicles, Road Maintenance and Construction Equipment</w:t>
+        <w:t>–Heavy-Duty Vehicles, Road Maintenance and Construction Equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0288D">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0878F568" w14:textId="12BBA2B9" w:rsidR="00F0288D" w:rsidRPr="00601D07" w:rsidRDefault="00F0288D" w:rsidP="006F5D48">
+    <w:p w14:paraId="3283585B" w14:textId="21E19853" w:rsidR="000715DB" w:rsidRPr="00601D07" w:rsidRDefault="00AD0AA7" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19">
-        <w:r w:rsidRPr="3C3A02D6">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00B46C84">
           <w:rPr>
-            <w:rStyle w:val="normaltextrun"/>
-[...2 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>VEH117</w:t>
+          <w:t>VEH123</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3C3A02D6">
+      <w:r w:rsidR="000715DB" w:rsidRPr="3C3A02D6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Fuel </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="3C3A02D6">
+        <w:t>–Fuel and EV Charging Card Services</w:t>
+      </w:r>
+      <w:r w:rsidR="000715DB" w:rsidRPr="3C3A02D6">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00677791" w:rsidRPr="3C3A02D6">
-[...40 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5828DA87" w14:textId="35FFF393" w:rsidR="00792131" w:rsidRPr="00CD191C" w:rsidRDefault="00F0288D" w:rsidP="00792131">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="73E17379" w14:textId="653C1DBC" w:rsidR="000715DB" w:rsidRPr="00CD191C" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00792131" w:rsidRPr="00792131">
-[...7 lines deleted...]
-        <w:r w:rsidR="008A599E" w:rsidRPr="008A599E">
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidR="00260BC6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>view</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of the Contract User Guides for </w:t>
+      </w:r>
+      <w:r w:rsidR="004003B0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehicles, </w:t>
+      </w:r>
+      <w:r w:rsidR="004003B0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ransportation</w:t>
+      </w:r>
+      <w:r w:rsidR="00260BC6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="004003B0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oad </w:t>
+      </w:r>
+      <w:r w:rsidR="004003B0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aintenance</w:t>
+      </w:r>
+      <w:r w:rsidR="00E97DDB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260BC6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perform a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">search </w:t>
+      </w:r>
+      <w:r w:rsidR="00260BC6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260BC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004003B0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260BC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07913">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehicle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260BC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="004003B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260BC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="004003B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E97DDB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00E97DDB" w:rsidRPr="0075530E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.mass.gov/service-details/vehicles-transportation-and-road-maintenance</w:t>
+          <w:t>mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008A599E" w:rsidRPr="008A599E">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00E97DDB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260BC6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or visit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792131">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="004716C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Find a Statewide Contract User Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A599E">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E9CB97" w14:textId="39A4707C" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="008646F3">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc216360809"/>
       <w:r w:rsidRPr="000067FD">
-        <w:t>Who Can Use the Contract</w:t>
-[...5 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Who </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C4B">
+        <w:t>May</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000067FD">
+        <w:t xml:space="preserve"> Use the Contract</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="27B27E16" w14:textId="77777777" w:rsidR="001029A3" w:rsidRPr="00A97E08" w:rsidRDefault="001029A3" w:rsidP="001029A3">
-[...31 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="2F421623" w14:textId="5F2F16F7" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a complete list of the types of organizations generally allowed to use </w:t>
+      </w:r>
+      <w:r w:rsidR="00671BFA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00350C44" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operational Service Division’s (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSD's</w:t>
+      </w:r>
+      <w:r w:rsidR="00350C44" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55E65" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statewide Contracts (SWCs)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Some SWCs may be open to additional organizations, and some are more restricted in usage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059BE431" w14:textId="77777777" w:rsidR="001029A3" w:rsidRPr="00080CFA" w:rsidRDefault="001029A3" w:rsidP="001029A3">
-[...168 lines deleted...]
-    <w:p w14:paraId="15581848" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="15581848" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cities, towns, districts, counties, and other political subdivisions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA83448" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="6FA83448" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Executive, Legislative, and Judicial Branches, including all departments and elected offices therein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EA9BDA" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="22EA9BDA" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Independent public authorities, commissions, and quasi-public agencies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Local public libraries, public school districts, and charter schools</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public hospitals owned by the Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Public institutions of higher education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4263DFBE" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="4263DFBE" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public purchasing cooperatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8B4229" w14:textId="058CC811" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="0C8B4229" w14:textId="058CC811" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:hyperlink r:id="rId21" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="003C62B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Non-profit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, UFR-certified organizations that are doing business with the Commonwealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other states and territories </w:t>
+      </w:r>
+      <w:r w:rsidR="00475DA4" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and their cities, towns, districts, counties, other political subdivisions, and public institutions of higher education </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1E8D" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior approval </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5D94" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the State Purchasing Agent</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0DAF" w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C62B7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C27C6C9" w14:textId="77777777" w:rsidR="006B2AC7" w:rsidRPr="006470D1" w:rsidRDefault="006B2AC7" w:rsidP="006470D1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc216360810"/>
+      <w:r w:rsidRPr="006470D1">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="4176B2"/>
+        </w:rPr>
+        <w:t>Applicable Procurement Law</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="006470D1">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="4176B2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D01D9D2" w14:textId="77777777" w:rsidR="006B2AC7" w:rsidRPr="00080CFA" w:rsidRDefault="006B2AC7" w:rsidP="006B2AC7">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080CFA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Executive Branch Goods and Services: MGL c. 7, § 22; c. 30, § 51, § 52; 801 CMR 21.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080CFA">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0E2E1A" w14:textId="77777777" w:rsidR="006B2AC7" w:rsidRDefault="006B2AC7" w:rsidP="006B2AC7">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080CFA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Construction Materials and Services:  G.L. c. 149, s. 44A; G.L. c. 30, § 39M</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0B42A2" w14:textId="77777777" w:rsidR="006B2AC7" w:rsidRPr="003F3E7C" w:rsidRDefault="006B2AC7" w:rsidP="006B2AC7">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F3E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>Chapter 206 of the Acts of 2024; G.L. c. 7, § 22P</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D081A9D" w14:textId="77777777" w:rsidR="006B2AC7" w:rsidRPr="00080CFA" w:rsidRDefault="006B2AC7" w:rsidP="006B2AC7">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F3E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>Effective 02/18/2025 Chapter 239 of the Acts of 2024 replaces a section in c. 30B, G.L. c. 30B §23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3A806F" w14:textId="0FDB4CFD" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc216360811"/>
+      <w:r>
+        <w:t>Pricing Options</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="0EACD5EA" w14:textId="17973512" w:rsidR="00D325A1" w:rsidRPr="00D325A1" w:rsidRDefault="00D325A1" w:rsidP="00D325A1">
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The price files and vendor catalogs are accessible through public view in COMMBUYS; therefore, buyers can access the price files and vendor catalogs without needing to sign into a COMMBUYS account.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3351588B" w14:textId="26DDFB66" w:rsidR="00FC78B7" w:rsidRDefault="00FC78B7" w:rsidP="00FC78B7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc216360812"/>
+      <w:r>
+        <w:t>Project Pricing</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="_Quote_Response_and"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk193714773"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc194066598"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="708FFFFC" w14:textId="64ABF135" w:rsidR="000715DB" w:rsidRDefault="003F0B69" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F0B69">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pricing for all work performed under VEH122 shall be structured as project-based compensation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B34E508" w14:textId="112F0F6D" w:rsidR="00D73AD9" w:rsidRDefault="00D73AD9" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please refer to the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00557DC6">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">additional </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>guidelines:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049FE03F" w14:textId="77777777" w:rsidR="00D73AD9" w:rsidRPr="00D73AD9" w:rsidRDefault="000715DB" w:rsidP="00D73AD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eligible Entities will determine the format in which quotations for their specific project will be collected. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E5E422" w14:textId="77777777" w:rsidR="00D73AD9" w:rsidRPr="00D73AD9" w:rsidRDefault="000715DB" w:rsidP="00D73AD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendors are expected to be competitive with each project and must provide a detailed and transparent budget related to the scope of services to be completed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5C6301" w14:textId="046A8E68" w:rsidR="000715DB" w:rsidRPr="00D73AD9" w:rsidRDefault="000715DB" w:rsidP="00D73AD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eligible Entities and awarded VEH122 vendors may negotiate project rates as part of the quote process.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764F02E3" w14:textId="5E91A257" w:rsidR="000715DB" w:rsidRPr="00D73AD9" w:rsidRDefault="000715DB" w:rsidP="00D73AD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Engagements that are limited in scope, time</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0A2F" w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and value might be best quoted on </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0A2F" w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73AD9">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hourly rate compensation structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F5245F" w14:textId="1916A904" w:rsidR="00F65DE5" w:rsidRPr="00FC78B7" w:rsidRDefault="00F65DE5" w:rsidP="00F65DE5">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc216360813"/>
+      <w:r>
+        <w:t>Invoicing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="2A2FA1D8" w14:textId="113AC5CF" w:rsidR="00DE4216" w:rsidRPr="005675AB" w:rsidRDefault="00DE4216" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4216">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please ensure all </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bills</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82F2E">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4216">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>invoices include the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0A8FCC" w14:textId="11537BF5" w:rsidR="000715DB" w:rsidRPr="004110C5" w:rsidRDefault="000715DB" w:rsidP="004110C5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004110C5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Commodity</w:t>
+      </w:r>
+      <w:r w:rsidR="00234DB3">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004110C5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">based: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093B4EFE" w14:textId="5044D04C" w:rsidR="000715DB" w:rsidRPr="0097357C" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Order </w:t>
+      </w:r>
+      <w:r w:rsidR="00260AEE">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ame </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43521D7F" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="0097357C" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quantity </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404265F5" w14:textId="0108E4BF" w:rsidR="000715DB" w:rsidRPr="0097357C" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Current </w:t>
+      </w:r>
+      <w:r w:rsidR="00260AEE">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0033088F" w:rsidRPr="0033088F">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anufacturer's </w:t>
+      </w:r>
+      <w:r w:rsidR="00260AEE">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0033088F" w:rsidRPr="0033088F">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uggested </w:t>
+      </w:r>
+      <w:r w:rsidR="00260AEE">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0033088F" w:rsidRPr="0033088F">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etail </w:t>
+      </w:r>
+      <w:r w:rsidR="00260AEE">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0033088F" w:rsidRPr="0033088F">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rice</w:t>
+      </w:r>
+      <w:r w:rsidR="0033088F">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MSRP</w:t>
+      </w:r>
+      <w:r w:rsidR="0033088F">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4E3328" w14:textId="192A0CC3" w:rsidR="000715DB" w:rsidRPr="0097357C" w:rsidRDefault="00730FB9" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Percentage</w:t>
+      </w:r>
+      <w:r w:rsidR="000715DB" w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00260AEE">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="000715DB" w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iscount </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290D667D" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="0097357C" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097357C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Price </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0221A4E7" w14:textId="259E8BB4" w:rsidR="000715DB" w:rsidRPr="00234DB3" w:rsidRDefault="000715DB" w:rsidP="00234DB3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234DB3">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Project</w:t>
+      </w:r>
+      <w:r w:rsidR="00234DB3" w:rsidRPr="00234DB3">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00234DB3">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">based: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBFDD13" w14:textId="3F91BA08" w:rsidR="000715DB" w:rsidRPr="005675AB" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assignment </w:t>
+      </w:r>
+      <w:r w:rsidR="001556C5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ame </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9113B8" w14:textId="4F8D31BC" w:rsidR="000715DB" w:rsidRPr="005675AB" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hours </w:t>
+      </w:r>
+      <w:r w:rsidR="001556C5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>illed/</w:t>
+      </w:r>
+      <w:r w:rsidR="001556C5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nvoiced and Statewide Contract hourly rate or portion of project billed </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAE674F" w14:textId="48F7ADED" w:rsidR="000715DB" w:rsidRPr="005675AB" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hourly rate</w:t>
+      </w:r>
+      <w:r w:rsidR="00077E2A">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3FAA">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dentify account manager or another vendor agent and applicable hourly rate </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BE505E" w14:textId="657A7C43" w:rsidR="000715DB" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Identify portion of project billed and remaining</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45D54">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> balance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but not an average rate </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371DD3A1" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="005675AB" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E4CAB25" w14:textId="5D230F57" w:rsidR="000715DB" w:rsidRPr="005675AB" w:rsidRDefault="000F3A70" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F3A70">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invoices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F3A70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F3A70">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be accompanied by appropriate supporting documents</w:t>
+      </w:r>
+      <w:r w:rsidR="000715DB" w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82679" w:rsidRPr="00A82679">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The engaging entity must verify the totals' correctness before approving</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECBEA8F" w14:textId="26EB611A" w:rsidR="00EC3055" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005675AB">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Totals should be reviewed for correctness by engaging entity prior to approval. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3055" w:rsidRPr="00EC3055">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Billed amounts </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3055" w:rsidRPr="00A4065F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mus</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3055" w:rsidRPr="00EC3055">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t comply with all Commonwealth invoicing standards</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3055">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2F2C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2F2C" w:rsidRPr="005D2F2C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure compliance during any potential audit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679E8706" w14:textId="6425DE2A" w:rsidR="00A4065F" w:rsidRDefault="00A4065F" w:rsidP="00A4065F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc216360814"/>
+      <w:r>
+        <w:t>Payments</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="13FF0CCE" w14:textId="3D30523E" w:rsidR="000715DB" w:rsidRPr="00320BCD" w:rsidRDefault="009F1369" w:rsidP="000715DB">
+      <w:r w:rsidRPr="009F1369">
+        <w:t>Payment for work performed may be made in increments, as mutually agreed upon by both parties, with each payment contingent upon the successful completion of corresponding deliverables outlined in the Statement of Work. All invoices shall be submitted to the Hiring Entity and must include a detailed itemization of costs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6DD92B" w14:textId="6EFEA499" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Quote_Response_and_1"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc216360815"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Quote Response and Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="3A7A3115" w14:textId="77777777" w:rsidR="000715DB" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc194066596"/>
+      <w:r w:rsidRPr="00CE21D2">
+        <w:t xml:space="preserve">Contract users should always reference </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1052">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>VEH122</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE21D2">
+        <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Work should be awarded based on best value</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc216360816"/>
+      <w:r w:rsidRPr="00564A93">
+        <w:t>Purchase</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
+        <w:t xml:space="preserve"> Options</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="3053C675" w14:textId="5033CF01" w:rsidR="000715DB" w:rsidRDefault="000715DB" w:rsidP="008E2E82">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Extend_Beyond_(Performance"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc194066599"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="008E2E82">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Purchases made through this contract will be direct, outright purchases.  All elements of the project’s creation </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4782A" w:rsidRPr="008E2E82">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2E82">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Commonwealth funds are owned by the Commonwealth except where prior ownership has been established. Commonwealth departments should be made aware of such exceptions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE19DDB" w14:textId="205D84BA" w:rsidR="008966F1" w:rsidRPr="003B0898" w:rsidRDefault="00B44E9D" w:rsidP="008966F1">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44E9D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchasing is done by soliciting quotes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers can solicit quotes from multiple </w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">awarded </w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vendors </w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1" w:rsidRPr="0080301B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE10C9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1" w:rsidRPr="0080301B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="008966F1" w:rsidRPr="0080301B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Vendor MPBO Listing)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008966F1" w:rsidRPr="0080301B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and place orders through COMMBUYS. A solicitation-enabled contract allows the buyer to solicit quotes from vendors who have Master Blanket</w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Purchase Orders (MBPOs) or Statewide Contracts in COMMBUYS. </w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="008966F1" w:rsidRPr="00972DE7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Solicitation-Enabled MBPO</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008966F1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to solicit quotes. </w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The buyers can create a solicitation-enabled bid using a release requisition, converting the requisition to a bid, and then requesting quotes from eligible vendors. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7557FFA9" w14:textId="7F7295F1" w:rsidR="00CD6B0B" w:rsidRDefault="00C0096B" w:rsidP="008966F1">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="008966F1" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidR="008966F1" w:rsidRPr="003B0898">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008966F1" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> job aid for more details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0867AB62" w14:textId="73C538DE" w:rsidR="00B4782A" w:rsidRPr="008E2E82" w:rsidRDefault="00A50145" w:rsidP="008E2E82">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Also, please </w:t>
+      </w:r>
+      <w:r w:rsidR="00A836D7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consider</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4782A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A2E692" w14:textId="60AAC03F" w:rsidR="001A3896" w:rsidRPr="001A3896" w:rsidRDefault="001A3896" w:rsidP="001A3896">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you need an electrician to work with your agency or municipality, please refer to the list of TRD01 Electrician Vendors located in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31">
+        <w:r w:rsidRPr="001A3896">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Conversion Vendor</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> file (list may be located under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>). These electricians are experienced with charging station installation and equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D228BF2" w14:textId="62B0DE21" w:rsidR="000715DB" w:rsidRPr="005A20A6" w:rsidRDefault="000715DB" w:rsidP="0055226E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A20A6">
+        <w:t xml:space="preserve">Please note changes to the regulations surrounding the purchase and/or installation of </w:t>
+      </w:r>
+      <w:r w:rsidR="00633568">
+        <w:t>electric vehicles (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A20A6">
+        <w:t>EVs</w:t>
+      </w:r>
+      <w:r w:rsidR="00633568">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A20A6">
+        <w:t xml:space="preserve"> and EV charging equipment listed in the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Construction_and_Construction-Relat" w:history="1">
+        <w:r w:rsidR="00633568" w:rsidRPr="00633568">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Construction and Construction-Related Labor Requirements</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A20A6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675722E9" w14:textId="4324CDB5" w:rsidR="00FE302E" w:rsidRDefault="00FE302E" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Extend_Beyond_(Performance_1"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc216360817"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="001A489C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="0E029964" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For extend beyond, the following stipulations are in place:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF29933" w14:textId="03A311DA" w:rsidR="00293D13" w:rsidRPr="00136C46" w:rsidRDefault="001E30AE" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The maximum duration of any individual Charging-as-a-Service (CaaS) agreement, including all renewals and extensions, shall be limited to five (5) years and must terminate no later than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA49A2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>September 30, 2038</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30AE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
+    <w:p w14:paraId="21926BC1" w14:textId="4182E601" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Outside of CaaS, </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4F07">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uyers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cannot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enter into any written agreement that will go more than</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eighteen (18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523097">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (March 30, 2035) beyond </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>final termination date of this Statewide Contract.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Existing services may be completed and payments made during this period. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
-[...143 lines deleted...]
-    <w:p w14:paraId="35D12410" w14:textId="2AC35883" w:rsidR="003E3202" w:rsidRPr="0097357C" w:rsidRDefault="00E037CD" w:rsidP="006F5D48">
+    <w:p w14:paraId="093C7EBE" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Order name </w:t>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>September 30, 2033</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C1949B" w14:textId="1A531595" w:rsidR="003E3202" w:rsidRPr="0097357C" w:rsidRDefault="00E037CD" w:rsidP="006F5D48">
+    <w:p w14:paraId="70D6F844" w14:textId="4268D368" w:rsidR="000715DB" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If during the life of the contract, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF30DA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Operational Services Division (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSD</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF30DA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00061D56">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Strategic Sourcing Team (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SST</w:t>
+      </w:r>
+      <w:r w:rsidR="00061D56">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deem it necessary to add vendors to VEH122, the SST </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5078">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C3A02D6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use an open enrollment period to obtain quotes from additional bidders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc216360818"/>
+      <w:r>
+        <w:t xml:space="preserve">Setting Up a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633557">
+        <w:t>COMMBUYS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Account</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CAD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and other </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD31EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CAD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD31EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CAD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to procure goods and </w:t>
+      </w:r>
+      <w:r w:rsidR="00633F74" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72542" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> connecting </w:t>
+      </w:r>
+      <w:r w:rsidR="00731D28" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">government buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="00A069C0" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and businesses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It aims to streamline the purchasing process, ensuring transparency</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93701">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efficiency in the procurement process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370E26D7" w14:textId="1F0CF014" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="00FE302E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Executive Agencies, COMMBUYS is required. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...1000 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Per </w:t>
+      </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>801 CMR 21.00</w:t>
+      </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00264128" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Executive Agencies must use established </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="000E01B4" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00264128" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tatewide </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...47 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontracts (SWCs) for the purchase of products and services. </w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="013E556E" w:rsidRPr="32B80E9B">
-[...312 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the buyers must </w:t>
+      </w:r>
+      <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00995FB6" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...168 lines deleted...]
-        <w:r w:rsidR="001A5C84" w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>OSDhelpdesk@mass.gov</w:t>
+          <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FE302E" w:rsidRPr="00136C46">
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0065246C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or call</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CD7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>888-627-8283</w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DC6409" w14:textId="0238B26C" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc205802928"/>
+    <w:p w14:paraId="2E6D23F5" w14:textId="5028FFCD" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76D22">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6E04">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76D22">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6E04">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76D22">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ntities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it is highly recommended to streamline the procurement process and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3644">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assist buyers in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mak</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3644">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc216360819"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
-        <w:t>Finding Contract Documents (Including CUG, RFR, Specifications, and Other Attachments)</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Finding Contract Documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00AB211E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="782F9C76" w14:textId="6A6B4E5A" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="782F9C76" w14:textId="7DD0DA48" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Buyers can view contract documents on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3202F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> view contract documents </w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncluding </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract User Guide</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Request for Response</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0789A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>price sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="000B320C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0426">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specifications, </w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ther </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002345A2" w:rsidRPr="002345A2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ttachments)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7265E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26289368" w14:textId="04AFF596" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To find contract documents</w:t>
       </w:r>
       <w:r w:rsidR="00E571FB" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00A774B6" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D67533E" w14:textId="7027D3F6" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
+    <w:p w14:paraId="5D67533E" w14:textId="038861E1" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
-      <w:r w:rsidR="005D4B89">
+      <w:r w:rsidR="000715DB" w:rsidRPr="000715DB">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VEH122</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the search tool and</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">select </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Blankets</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the drop-down list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF16B5B" w14:textId="13DC8B62" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
+    <w:p w14:paraId="5FF16B5B" w14:textId="5CCEF41D" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00CF04CB" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Click the Search icon. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Select</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Search icon. </w:t>
       </w:r>
       <w:r w:rsidR="002542E6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elated </w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
+      <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="7C168718" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="3AE74D7C" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...53 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="00C127D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Agency Attachments</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Number</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> or </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14A44" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchase Order (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3369B" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link. </w:t>
+      </w:r>
+      <w:r w:rsidR="0002260E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="001E44D0" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4464F" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="000F68FF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C20135" w14:textId="515CD101" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00D618B6" w:rsidP="00F329F3">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="49C20135" w14:textId="434C02D8" w:rsidR="00AB211E" w:rsidRPr="00E31AA3" w:rsidRDefault="00D618B6" w:rsidP="00D17040">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D17040">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll standard contract documents </w:t>
       </w:r>
-      <w:r w:rsidRPr="00136C46">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00D17040">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
-[...22 lines deleted...]
-        <w:r w:rsidR="00A158F1" w:rsidRPr="007556E0">
+      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ing </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="00A0797F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>.</w:t>
+          <w:t>VEH122 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00A0797F">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00AB211E">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="_Toc205802929"/>
+    <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc194066602"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc216360820"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="60A82AFB" w14:textId="59E97117" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
+    <w:p w14:paraId="60A82AFB" w14:textId="2C1BFD91" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">To find vendor-specific documents, see </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To find vendor-specific documents, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F55958" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">links to </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individual vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE045D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE045D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE045D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Vendor_List_and" w:history="1">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="1764ADFF" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="006F5D48">
+    <w:p w14:paraId="1EAA3403" w14:textId="4CEC42AD" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
+      <w:hyperlink w:anchor="_Vendor_List_and_1" w:history="1">
         <w:r w:rsidRPr="00EB01C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, u</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nder the </w:t>
       </w:r>
+      <w:r w:rsidR="00CE6D9A" w:rsidRPr="005A4822">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Blanket Purchase Order (MBPO) Number</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6D9A" w:rsidRPr="00EB01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Master Blanket Purchase Order #</w:t>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Column, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Column, click on the applicable </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchase Order (</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PO</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> link. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The MBPO opens for the selected PO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="006F5D48">
+    <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the MBPO, scroll down to the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B41098" w14:textId="1BBD4C6A" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="006F5D48">
+    <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>To view, click on the desired document link.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To view, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB01C8">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C055FEA" w14:textId="4C51E66C" w:rsidR="0011136C" w:rsidRDefault="0011136C" w:rsidP="0011136C">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc205802930"/>
+    <w:p w14:paraId="3C055FEA" w14:textId="3D669E43" w:rsidR="0011136C" w:rsidRDefault="0011136C" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc216360821"/>
       <w:r w:rsidRPr="0011136C">
-        <w:t xml:space="preserve">Statement of Work (SOW) </w:t>
+        <w:t>Statement of Work (SOW) Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="5BC54104" w14:textId="2622C29E" w:rsidR="00B83659" w:rsidRDefault="006833EF" w:rsidP="00B83659">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006833EF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is a solution-based </w:t>
       </w:r>
       <w:r>
-        <w:t>Requirements</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006833EF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. The specific services and scope of work for each engagement are defined on a case-by-case basis within an individual Statement of Work (SOW) sub-agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83659" w:rsidRPr="0017111C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7845E053" w14:textId="64F3ABB6" w:rsidR="0011136C" w:rsidRPr="00B429D2" w:rsidRDefault="0011136C" w:rsidP="0011136C">
+    <w:p w14:paraId="358A7838" w14:textId="7523CCA1" w:rsidR="000715DB" w:rsidRPr="00B429D2" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00677B85" w:rsidRPr="00136C46">
-[...4 lines deleted...]
-        <w:t>B</w:t>
+      <w:r w:rsidR="008B0962">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uyers must complete a detailed SOW </w:t>
       </w:r>
-      <w:r w:rsidR="5CCDD899" w:rsidRPr="7FB7F073">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="7FB7F073">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="5CCDD899" w:rsidRPr="66AA5F42">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="66AA5F42">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Memorandum</w:t>
       </w:r>
-      <w:r w:rsidR="5CCDD899" w:rsidRPr="7FB7F073">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="7FB7F073">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="5CCDD899" w:rsidRPr="26F318F6">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="26F318F6">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Understanding </w:t>
       </w:r>
-      <w:r w:rsidR="5CCDD899" w:rsidRPr="66AA5F42">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="66AA5F42">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="5CCDD899" w:rsidRPr="391CDB36">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="391CDB36">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>when</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOU) when</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> soliciting </w:t>
       </w:r>
-      <w:r w:rsidR="005D4B89">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VEH122 </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">quotes. </w:t>
       </w:r>
-      <w:r w:rsidR="008E4202" w:rsidRPr="00FE69FF">
-[...42 lines deleted...]
-        <w:r w:rsidR="008E4202" w:rsidRPr="245C4D0A">
+      <w:r w:rsidRPr="00FE69FF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers are encouraged to use the SOW template in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35">
+        <w:r w:rsidRPr="245C4D0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Contract Record MBPO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E4202" w:rsidRPr="00FE69FF">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00FE69FF">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> under the </w:t>
       </w:r>
-      <w:r w:rsidR="008E4202" w:rsidRPr="00FE69FF">
+      <w:r w:rsidRPr="00FE69FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Agency Attachments</w:t>
       </w:r>
-      <w:r w:rsidR="008E4202" w:rsidRPr="00FE69FF">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00FE69FF">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section</w:t>
       </w:r>
-      <w:r w:rsidR="002F2EC5">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> OR your agency/department equivalent. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7803">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your agency/department equivalent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4E6418" w14:textId="36B4852B" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="0024729E">
+    <w:p w14:paraId="1C32C554" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">may require more details):  </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following are examples of required information on the SOW (your agency may require more details):  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6293AE" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
+    <w:p w14:paraId="62C8EED8" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Scope of services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC8656E" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
+    <w:p w14:paraId="517FD1AC" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deliverables dates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE82A77" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
+    <w:p w14:paraId="2F9BA155" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Location of service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB1FAAA" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
+    <w:p w14:paraId="0088F84C" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Detailed budget</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EA00A8" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
+    <w:p w14:paraId="21AA3ADA" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimated total costs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D281003" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
+    <w:p w14:paraId="1AA07C5D" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00136C46" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Number of staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531A1D85" w14:textId="44FB1AE8" w:rsidR="0024729E" w:rsidRPr="0024729E" w:rsidRDefault="0024729E" w:rsidP="008F4357">
+    <w:p w14:paraId="19CFBF7C" w14:textId="77777777" w:rsidR="000715DB" w:rsidRPr="00A51FD3" w:rsidRDefault="000715DB" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rate(s) per hour</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55455757" w14:textId="59126792" w:rsidR="00B50291" w:rsidRPr="009E12A3" w:rsidRDefault="000067FD" w:rsidP="00777390">
-[...116 lines deleted...]
-    <w:p w14:paraId="2626F7AF" w14:textId="62776F9B" w:rsidR="002D7297" w:rsidRPr="00CD5776" w:rsidRDefault="002D7297" w:rsidP="006F5D48">
+    <w:p w14:paraId="58DE6568" w14:textId="5AB3FD67" w:rsidR="00A51FD3" w:rsidRPr="00FF5B81" w:rsidRDefault="00A51FD3" w:rsidP="000715DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:rPr>
-[...38 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Business references</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40418C6E" w14:textId="7FFC8DA5" w:rsidR="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Construction_and_Construction-Relat"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc216360822"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="000067FD">
+        <w:t>Construction and Construction-Related Labor Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD5776">
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="41" w:name="_Toc194066604"/>
     </w:p>
-    <w:p w14:paraId="3FF8C4F9" w14:textId="77777777" w:rsidR="002D7297" w:rsidRPr="00CD5776" w:rsidRDefault="002D7297" w:rsidP="006F5D48">
+    <w:p w14:paraId="5AB6C9D1" w14:textId="33856B29" w:rsidR="009E61DC" w:rsidRPr="009E61DC" w:rsidRDefault="009E61DC" w:rsidP="009E61DC">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E61DC">
+        <w:t xml:space="preserve">As of February 19, 2025, Massachusetts state entities and municipalities can streamline the procurement of Electric Vehicles (EVs) and charging infrastructure. </w:t>
+      </w:r>
+      <w:r w:rsidR="001D66ED">
+        <w:t>These changes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E61DC">
+        <w:t xml:space="preserve"> allow them to obtain both EVs and their associated charging equipment in a single, combined procurement process, bypassing previous separate construction-related procurement requirements (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="00ED2118" w:rsidRPr="00A67D05">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:iCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>G.L. c. 149 or G.L. c.30, § 39M</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E61DC">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA013F3" w14:textId="37F27FAF" w:rsidR="00751118" w:rsidRDefault="002203F7" w:rsidP="00854968">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc194066605"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="002203F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Office of the Inspector General (OIG) and the Operational Services Division (OSD) have released guidance highlighting recent changes to G.L. c. 30B law. These revisions are designed to streamline the purchasing process, allowing buyers more control over timing and better utilization of available funds, including grants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F27AB2" w14:textId="1B4B18A2" w:rsidR="008168D8" w:rsidRDefault="00C1799B" w:rsidP="00854968">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>What this means is</w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that t</w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="008168D8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he construction thresholds ($50,000 cap for labor and materials</w:t>
+      </w:r>
+      <w:r w:rsidR="00135E4C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="008168D8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">supplies) </w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="00E17E6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="008168D8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="008168D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="008168D8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apply to the purchase and installation of electric vehicles (EVs) and EV charging equipment. Eligible entities may proceed with these specific projects without considering the construction caps. This exemption is limited to EV and EV charging equipment projects only. For </w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="008168D8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">all other construction-related matters, OSD recommends consulting legal counsel, as </w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="00E17E6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSD does not provide guidance on Construction Law</w:t>
+      </w:r>
+      <w:r w:rsidR="008168D8" w:rsidRPr="008168D8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D8BCA0" w14:textId="592DF831" w:rsidR="0062672B" w:rsidRDefault="0062672B" w:rsidP="00854968">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please note the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC14C54" w14:textId="423B8870" w:rsidR="007808DD" w:rsidRPr="00CD5776" w:rsidRDefault="007808DD" w:rsidP="00D14276">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00CD5776">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Hlk76561990"/>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For further information about the public construction bidding laws, please </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="003978CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Public Construction web page</w:t>
+          <w:t>Attorney General’s Office Bid Unit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CD5776">
-[...82 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Visit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-      <w:hyperlink r:id="rId30" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Attorney General’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:iCs/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Massachusetts Department of Labor Standards</w:t>
+          <w:t>Public Construction</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> web page to learn more about Public Bidding Laws.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Questions around Construction Law must be directed to the Eligible Entity’s legal counsel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450F0A54" w14:textId="77777777" w:rsidR="00BA63E7" w:rsidRPr="009E12A3" w:rsidRDefault="00BA63E7" w:rsidP="006F5D48">
+    <w:p w14:paraId="4667914D" w14:textId="1579A711" w:rsidR="00D14276" w:rsidRPr="008D0F35" w:rsidRDefault="00D14276" w:rsidP="00D14276">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Massachusetts prevailing wage laws require that covered employees on public works projects be paid a minimum hourly rate set by the Department of Labor Standards (DLS) and are applicable to both union and non-union employers and employees. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In instances where Statewide Contract </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEH122</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is used for services </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6578A" w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>more than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $25,000</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2063">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00311808">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in reference to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00311808">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>MGL c. 149, s. 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001B2063">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, payment bonds are required from the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2063">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. It is the responsibility of the eligible entity to enforce this requirement when soliciting quotes.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="008D0F35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19356DD3" w14:textId="69BE46D1" w:rsidR="00C045FB" w:rsidRPr="009E12A3" w:rsidRDefault="00DD6EB2" w:rsidP="006F5D48">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="7EA675B2" w14:textId="66260E60" w:rsidR="0024729E" w:rsidRDefault="00F26DFB" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc216360823"/>
+      <w:r w:rsidRPr="006A4A2A">
+        <w:t xml:space="preserve">Prevailing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31D64">
+        <w:t>Wage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4A2A">
+        <w:t xml:space="preserve"> Law Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidR="004D3A5D" w:rsidRPr="00EE4A24">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="2E4C2734" w14:textId="5A46FB36" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Massachusetts prevailing wage laws require that covered employees on public works projects be paid a minimum hourly rate set by the Department of Labor Standards (DLS). The prevailing wage laws apply to both union and non-union employers and employees. The buyer has a legal obligation to request a prevailing wage schedule from the</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6581E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidR="00A6581E" w:rsidRPr="00DD25F4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Department of Labor Standards (DLS)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. To get the proper rates for your region/job, you must request a determination. Questions regarding the Prevailing Wage Law may be answered by accessing the DLS website or by calling the DLS Prevailing Wage Program at 617</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44EC1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>626-6953.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A88C850" w14:textId="77777777" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If prevailing wage is required, make sure to include this information in your quotes or bids so vendors know to include prevailing wage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C797769" w14:textId="05DCE053" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, all contracts by a state agency or state-assisted contracts for design, construction, reconstruction, installation, demolition, maintenance, or repair must contain Workforce Participation Goals for minorities and women. This is required by </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="00880356">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>G.L. c. 149, § 44A(2)(G)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A “state-assisted contract” is a construction project undertaken by a political subdivision of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommonwealth or two or more subdivisions thereof for planning, acquisition, design, construction, demolition, installation, repair, or maintenance whose costs are paid for, reimbursed, grant funded, or otherwise supported, in whole or in part, by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommonwealth. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">An affected awarding authority’s bid documents must include a reference to the specific goals that will be contained in the contract. The contract must also include the processes and procedures to ensure compliance with the Workforce Participation Goals, including reporting and enforcement provisions. For questions about the Workforce Participation Goals law, please </w:t>
+      </w:r>
+      <w:r w:rsidR="00201AFF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">email </w:t>
+      </w:r>
+      <w:r w:rsidR="00201AFF" w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidR="00201AFF" w:rsidRPr="00FD522C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Attorney General’s Office Bid Unit</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00201AFF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE6C286" w14:textId="77777777" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Office of the Attorney General’s Fair Labor Division is responsible for enforcing the prevailing wage laws. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidRPr="0092479A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Prevailing Wage Enforcement</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for more information. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B77F25" w14:textId="11C15E2F" w:rsidR="00CE4F99" w:rsidRPr="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
+      <w:r w:rsidRPr="007C5C8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Buyers should always refer to a vendor’s Bidder Response Form (located in their COMMBUYS file) for their mark-up over prevailing wage and materials as well as a vendor’s charge for emergency services, holidays, and non-business hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C308E0" w14:textId="7DA6CF7F" w:rsidR="00C045FB" w:rsidRPr="00C045FB" w:rsidRDefault="00151AC8" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc216360824"/>
+      <w:r>
+        <w:t>Labor Hours</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="5434897D" w14:textId="77777777" w:rsidR="00E82D9A" w:rsidRDefault="00AD0A7A" w:rsidP="00C045FB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0088612E" w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Business Hours (excluding holidays) are defined as Monday through Friday 7:00 a.m. to 5:00 p.m. Non-Business Hours are defined as periods outside of Business Hours</w:t>
+      </w:r>
+      <w:r w:rsidR="0008776A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB077A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00C045FB" w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6547BD60" w14:textId="2A5D312E" w:rsidR="00C045FB" w:rsidRPr="009E12A3" w:rsidRDefault="00DB077A" w:rsidP="00C045FB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
-        <w:rPr>
-[...530 lines deleted...]
-      <w:r w:rsidR="00DB077A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r w:rsidR="00DB077A" w:rsidRPr="009E12A3">
+      <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Many state facilities </w:t>
       </w:r>
       <w:r w:rsidR="003624C5" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>operate continuously (24/7).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18ADE978" w14:textId="639A2856" w:rsidR="003624C5" w:rsidRDefault="003624C5" w:rsidP="003624C5">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="_Toc205802934"/>
+    <w:p w14:paraId="18ADE978" w14:textId="639A2856" w:rsidR="003624C5" w:rsidRDefault="003624C5" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc216360825"/>
       <w:r>
         <w:t>Apprentice Labor Rates</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="40308299" w14:textId="4D4D2CC6" w:rsidR="00720C80" w:rsidRDefault="00720C80" w:rsidP="00720C80">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="40308299" w14:textId="56612E33" w:rsidR="00720C80" w:rsidRPr="009E12A3" w:rsidRDefault="00720C80" w:rsidP="00720C80">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bidders may only include apprentice labor rates if they are participating in the Commonwealth's Approved Apprentice Program</w:t>
       </w:r>
       <w:r w:rsidR="00AE4F31" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and can </w:t>
       </w:r>
       <w:r w:rsidR="00384506" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provide </w:t>
       </w:r>
       <w:r w:rsidR="00433A47" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the required</w:t>
       </w:r>
       <w:r w:rsidR="00384506" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> documentation</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B519E1" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId34" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B519E1" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Information for apprentices</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to learn more.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66231622" w14:textId="0B171FAC" w:rsidR="00DF1E81" w:rsidRPr="00DF1E81" w:rsidRDefault="00DF1E81" w:rsidP="00DF1E81">
-[...101 lines deleted...]
-      <w:bookmarkStart w:id="38" w:name="_Toc205802935"/>
+    <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc216360826"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
-      <w:r w:rsidR="002D031B">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="006C2DAB">
+        <w:t>Office</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (SD</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2DAB">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="428F097F" w14:textId="2680CCD3" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="003D4D32" w:rsidP="0097232E">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Please see the following guidelines:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4D16">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E74447" w14:textId="446E62C9" w:rsidR="00F9111F" w:rsidRPr="009E12A3" w:rsidRDefault="00927985" w:rsidP="008F4357">
+    <w:p w14:paraId="2EE2B732" w14:textId="4A9ACBA9" w:rsidR="00FF0F69" w:rsidRDefault="00FF0F69" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00F9111F" w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive Departments </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">endor SDP commitment percentages can be found </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...77 lines deleted...]
-      <w:hyperlink r:id="rId37" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, and departmental policies, laws, and regulations. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E05A70D" w14:textId="6BF2A3AB" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="00F14EFA" w:rsidP="008F4357">
+    <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with a stronger SDP commitment</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="00556773">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Small Business Purchasing Program (SBPP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D16914">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidRPr="001B046D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Supplier Diversity Program (SDP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D16914">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7D27">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16914">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E68259" w14:textId="180583F1" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="0003445F" w:rsidP="008F4357">
+    <w:p w14:paraId="763DAE00" w14:textId="6948976F" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4039E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Operational Services Division (OSD) provides a list of S</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5FA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>upplier Diversity Office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4039E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> businesses through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r w:rsidRPr="009E12A3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Statewide Contract Index</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A4039E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B307C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD658C" w:rsidRPr="00BD658C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001D39B4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>upplier Diversity</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD658C" w:rsidRPr="00BD658C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programs and S</w:t>
+      </w:r>
+      <w:r w:rsidR="001D39B4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mall Business </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5FFA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchasing Program</w:t>
+      </w:r>
+      <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc216360827"/>
+      <w:r w:rsidRPr="00DD5236">
+        <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5236">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please view the following guidelines:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007002E9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="007A6BC1" w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D31BA" w:rsidRPr="009E12A3">
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B238E5D" w14:textId="77777777" w:rsidR="0097232E" w:rsidRPr="009E12A3" w:rsidRDefault="0097232E" w:rsidP="008F4357">
+    <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-      </w:hyperlink>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor SDP commitment percentages </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...98 lines deleted...]
-        <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which can vary for each vendor (vendor discounts are detailed in the </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D3C01F" w14:textId="45FE2C2D" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
+    <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Toc216360828"/>
+      <w:r w:rsidRPr="007418B6">
+        <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6101">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please view the following guidelines:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C6101">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F629C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F629C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+        <w:r w:rsidRPr="008F629C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F629C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE73878" w14:textId="3CBC02B1" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6956">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendor SBPP Certification status can be found on the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:tgtFrame="_blank" w:tooltip="https://outlook.office.com/mail/id/AAQkADgzYTk4ODU3LTYyMDgtNGM4ZC04NmU4LWQ0MGVkNDhjYzRhZAAQAC3UPijPB%2BlJqIH0J4xQFY0%3D#x__Appendix_A:_Vendor" w:history="1">
+        <w:r w:rsidRPr="00ED6956">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>vendor list</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00ED6956">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2D17">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00F536C6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upplier Diversity Office </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2D17">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Certification Type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6956">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc194066611"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc216360829"/>
+      <w:r>
+        <w:t>Additional Discounts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="302D693A" w14:textId="62D23F93" w:rsidR="00D14276" w:rsidRPr="009E12A3" w:rsidRDefault="00706309" w:rsidP="00C112E9">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E12A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition to Prompt Payment Discount, </w:t>
+      </w:r>
+      <w:r w:rsidR="00982B29">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14276" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endors in this statewide contract offer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00982B29">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Volume Discount</w:t>
+      </w:r>
+      <w:r w:rsidR="00982B29" w:rsidRPr="00982B29">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00982B29">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Prompt Pay Discount:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00982B29">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>which is a</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006A0936">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discount </w:t>
+      </w:r>
+      <w:r w:rsidR="000C7669">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">percentage </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F3097">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>provided</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the buyer if a certain volume of product or service is purchased.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14276" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9FFCE7" w14:textId="465AD119" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="00BC6254" w:rsidP="00BC6254">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId40">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">endor discounts are detailed in the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Vendor_List_and_1" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Commonwealth’s Bill Paying Policy</w:t>
+          <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DF9C3E" w14:textId="3B40DC12" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="62A76A16" w14:textId="557E93FE" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc216360830"/>
+      <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
+        <w:t>Emergency Services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>Volume Discount:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00497BD7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7E73">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The</w:t>
+      </w:r>
+      <w:r w:rsidR="00003B08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>801 CMR 21.05(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00003B08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...75 lines deleted...]
-      <w:hyperlink r:id="rId41" w:history="1">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
-[...16 lines deleted...]
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00177A06">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="44" w:name="_Toc205802938"/>
+    <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc216360831"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:p w14:paraId="77AA4A60" w14:textId="39A0F8E8" w:rsidR="00601AEF" w:rsidRPr="009E12A3" w:rsidRDefault="00254F2B" w:rsidP="00601AEF">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="47F35479" w14:textId="16F17E80" w:rsidR="00C43880" w:rsidRPr="00C43880" w:rsidRDefault="00C43880" w:rsidP="00C43880">
+      <w:r w:rsidRPr="00C43880">
+        <w:t>Vendor performance is evaluated on key metrics, including</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:t>’ performance is measured by a number of factors to include:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00563784">
+        <w:t>the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAD9AC7" w14:textId="2A3DA046" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="006F5D48">
+    <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="00750860" w:rsidRPr="00E07391">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00387453">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A36AA5">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> for input.</w:t>
+      <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387453">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> On the Procurated website page, </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">select an OSD contract, click </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select an OSD contract, c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hoose</w:t>
+      </w:r>
+      <w:r w:rsidR="003F621F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="006061C4">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">then click </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>then c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hoose</w:t>
+      </w:r>
+      <w:r w:rsidR="006061C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006061C4" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide a Review</w:t>
       </w:r>
       <w:r w:rsidR="006061C4">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
       <w:r w:rsidR="00B94333">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licable</w:t>
       </w:r>
       <w:r w:rsidR="00E8347B">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vendor listed.</w:t>
       </w:r>
       <w:r w:rsidR="00116495">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F3CD7E" w14:textId="407F8A7D" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="006F5D48">
+    <w:p w14:paraId="12F3CD7E" w14:textId="3E179ED4" w:rsidR="0060320F" w:rsidRPr="009E12A3" w:rsidRDefault="0060320F" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="00FB0E75" w:rsidRPr="00551D8D">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060F0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003103B1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r w:rsidR="003B60F1" w:rsidRPr="009F4B20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>kelly.thompsonclark@mass.gov</w:t>
+          <w:t>Kelly Thompson Clark</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FB0E75">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00553101">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEB944D" w14:textId="1DCC890B" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00EF1817" w:rsidP="006F5D48">
+    <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t>Contractors will be evaluated on their current performance and may be asked to work with the Commonwealth towards improvement.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="76364969" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="006F5D48">
-[...67 lines deleted...]
-    <w:p w14:paraId="3CA7FE22" w14:textId="342949F6" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00471474" w:rsidP="006F5D48">
+    <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t>Contractors must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="_Toc205802939"/>
+    <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc216360832"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508955D5" w14:textId="501274F8" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="006F5D48">
+    <w:p w14:paraId="508955D5" w14:textId="32DBD0C4" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Buyers should inform vendors to reference </w:t>
+      </w:r>
+      <w:r w:rsidR="007F523B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statewide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contract </w:t>
+      </w:r>
+      <w:r w:rsidR="003103B1" w:rsidRPr="003103B1">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEH122</w:t>
+      </w:r>
+      <w:r w:rsidR="003103B1">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on all quotes and invoices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAEA744" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No sales tax should be applied to invoices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62965195" w14:textId="0D0009D2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
+      </w:r>
+      <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC49F8A" w14:textId="76D61E72" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response (RFR) Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED285F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED285F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontact </w:t>
+      </w:r>
+      <w:r w:rsidR="0059140B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060F0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003103B1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidR="003B60F1" w:rsidRPr="009F4B20">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Kelly Thompson Clark</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003B60F1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for gui</w:t>
+      </w:r>
+      <w:r w:rsidR="00861069">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="007B5CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendors must notify buyers of product substitutions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2B9C52" w14:textId="1E9B539B" w:rsidR="00234044" w:rsidRDefault="00011590" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc216360833"/>
+      <w:r w:rsidRPr="00011590">
+        <w:t xml:space="preserve">Adding </w:t>
+      </w:r>
+      <w:r w:rsidR="00175EE8">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011590">
+        <w:t>Product or Service</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00011590">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B5F3A2" w14:textId="2D5D31A3" w:rsidR="003103B1" w:rsidRDefault="00961745" w:rsidP="003103B1">
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To add a product</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or service</w:t>
+      </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the list of eligible products </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or services </w:t>
+      </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...110 lines deleted...]
-        <w:r w:rsidR="006E3A50" w:rsidRPr="00551D8D">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sold under this contract, buyers must contact the Category Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r w:rsidR="00C1086B" w:rsidRPr="009F4B20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>kelly.thompsonclark@mass.gov</w:t>
+          <w:t>Kelly Thompson Clark</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for approval. The new product </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or service </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>requested must comply with the established specifications and scope of the contract.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009F03EE" w:rsidRDefault="000E01B4" w:rsidP="006F5D48">
-[...51 lines deleted...]
-        <w:r w:rsidRPr="004E2394">
+    <w:p w14:paraId="7A139073" w14:textId="394ABD65" w:rsidR="001A3896" w:rsidRPr="00CB0DE4" w:rsidRDefault="001A3896" w:rsidP="001A3896">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0DE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you need an electrician to work with your agency or municipality, please refer to the list of TRD01 Electrician Vendors located in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57">
+        <w:r w:rsidRPr="00CB0DE4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...33 lines deleted...]
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Conversion Vendor</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00440EC1">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> file.  These electricians are experienced with charging station installation and equipment.</w:t>
+      <w:r w:rsidRPr="00CB0DE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> file</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (list may be located under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C570F2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C570F2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0DE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>These electricians are experienced with charging station installation and equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287EE5A1" w14:textId="52CC5DF1" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00EF4D38">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="_Toc205802941"/>
+    <w:p w14:paraId="287EE5A1" w14:textId="371461A7" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="_Toc194066618"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc216360834"/>
       <w:r w:rsidRPr="00D40F23">
-        <w:t>Environmentally Preferable Products</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00D40F23">
+        <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidR="00C73C16">
+        <w:t>and Services</w:t>
+      </w:r>
+      <w:r w:rsidR="000702C6">
+        <w:t xml:space="preserve"> (EPPS)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidR="00131479">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736DF3CC" w14:textId="27D2B253" w:rsidR="003103B1" w:rsidRDefault="003103B1" w:rsidP="00055154">
+      <w:bookmarkStart w:id="62" w:name="_Memorandum_of_Understanding"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc194066619"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="0013285C">
+        <w:t xml:space="preserve">This contract </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is considered an </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5CD0">
+        <w:t>all-</w:t>
+      </w:r>
+      <w:r w:rsidR="00200273">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00074395" w:rsidRPr="00074395">
+        <w:t xml:space="preserve">nvironmentally </w:t>
+      </w:r>
+      <w:r w:rsidR="00200273">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00074395" w:rsidRPr="00074395">
+        <w:t xml:space="preserve">referable </w:t>
+      </w:r>
+      <w:r w:rsidR="00200273">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00074395" w:rsidRPr="00074395">
+        <w:t>roducts</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5CD0">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>all-EPP</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5CD0">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t xml:space="preserve"> contract, meaning all products offered are environmentally preferable. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F07DCE">
+        <w:t>The equipment and aftermarket conversion technologies available under this contract support the development of electric vehicle (EV) infrastructure and promote cleaner transportation solutions.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="32DB203D" w14:textId="50F8B0DA" w:rsidR="00534DF0" w:rsidRDefault="0013285C" w:rsidP="00534DF0">
-[...74 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:p w14:paraId="0C4DE412" w14:textId="022AD123" w:rsidR="003103B1" w:rsidRDefault="003103B1" w:rsidP="00055154">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="141414"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Appliance Energy and Water Efficiency Standards</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F35947">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId48" w:tgtFrame="_blank" w:history="1">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35947" w:rsidRPr="00F35947">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Electric Vehicle Supply Equipment </w:t>
+      </w:r>
+      <w:r w:rsidR="00C674DC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ESVE</w:t>
+      </w:r>
+      <w:r w:rsidR="00C674DC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sold on this contract must comply with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Massachusetts Appliance Energy and Water Efficiency</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Standards.  </w:t>
+        <w:t xml:space="preserve"> Standards. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="141414"/>
         </w:rPr>
-        <w:t>Effective January 1, 2023, products in the covered categories may only be sold or installed in Massachusetts if they are certified by their manufacturer as compliant with 225 CMR 9.00.  To ensure compliance, check DOER’s </w:t>
-[...2 lines deleted...]
-        <w:r>
+        <w:t xml:space="preserve">Effective January 1, 2023, products in the covered categories may only be sold or installed in Massachusetts if they are certified by their manufacturer as compliant with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidRPr="007124EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>225 CMR 9.00</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To ensure compliance, check </w:t>
+      </w:r>
+      <w:r w:rsidR="00560313">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00560313" w:rsidRPr="00560313">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>Department of Energy Resources</w:t>
+      </w:r>
+      <w:r w:rsidR="00674D96">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>'</w:t>
+      </w:r>
+      <w:r w:rsidR="00583E1D">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DOER)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00816EC0">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:b/>
-[...1 lines deleted...]
-            <w:color w:val="14558F"/>
+            <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Compliance for Sellers and Installers page</w:t>
+          <w:t>Appliance Efficiency Standards Compliance for Sellers and Installers</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00DF608A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="141414"/>
         </w:rPr>
-        <w:t> for detailed instructions for how to comply.   </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D468B0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t xml:space="preserve">web page </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="141414"/>
+        </w:rPr>
+        <w:t>for detailed instructions.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D24727" w14:textId="77777777" w:rsidR="00534DF0" w:rsidRDefault="00534DF0" w:rsidP="00534DF0">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="017BC3A7" w14:textId="733B4A0C" w:rsidR="003103B1" w:rsidRDefault="003103B1" w:rsidP="00055154">
+      <w:r w:rsidRPr="00534DF0">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>After-Market Conversion Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F07DCE">
+        <w:t>These technologies modify vehicles or engines to operate</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F07DCE">
+        <w:t xml:space="preserve"> or be supplemented by</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F07DCE">
+        <w:t>alternative fuels or propulsion systems beyond their original design.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013285C">
+        <w:t xml:space="preserve">Product offered in this category must be certified by one of the following: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA608F" w:rsidRPr="00FA608F">
+        <w:t xml:space="preserve">U.S. Environmental Protection Agency </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B9F">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013285C">
+        <w:t>EPA</w:t>
+      </w:r>
+      <w:r w:rsidR="00817B9F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013285C">
+        <w:t xml:space="preserve"> Clean Alternative Fuel Conversion Systems, California Air Resources Board (CARB), a nationally recognized testing laboratory, or manufacturer certification that includes a warranty protection statement.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="20150CC5" w14:textId="5EF84892" w:rsidR="0013285C" w:rsidRDefault="00534DF0" w:rsidP="00534DF0">
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="040D8A7B" w14:textId="77777777" w:rsidR="003103B1" w:rsidRDefault="003103B1" w:rsidP="00055154">
+      <w:r w:rsidRPr="00F07DCE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>After-Market Conversion Technologies:</w:t>
-[...56 lines deleted...]
-        </w:rPr>
         <w:t>Idle Reduction:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F07DCE">
         <w:t>Idle reduction systems help minimize fuel consumption and emissions during vehicle idling.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> These systems must be certified by a nationally recognized third-party organization. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391A6B42" w14:textId="77777777" w:rsidR="00534DF0" w:rsidRPr="0013285C" w:rsidRDefault="00534DF0" w:rsidP="00534DF0">
-[...4 lines deleted...]
-    <w:p w14:paraId="51F3FC7A" w14:textId="680AE12A" w:rsidR="00534DF0" w:rsidRPr="00534DF0" w:rsidRDefault="00534DF0" w:rsidP="00534DF0">
+    <w:p w14:paraId="35C40F27" w14:textId="47CF7B01" w:rsidR="003103B1" w:rsidRPr="00534DF0" w:rsidRDefault="003103B1" w:rsidP="00055154">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="51"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00534DF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="00534DF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidRPr="00534DF0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00534DF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="00534DF0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F07DCE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="00F07DCE" w:rsidRPr="00F07DCE">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the EPP Program’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022682E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alternative Fuel Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6E9E" w:rsidRPr="0022682E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6E9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="-alternative-fuel-vehicles-" w:history="1">
+        <w:r w:rsidR="00A77B47">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>webpage</w:t>
+          <w:t>EPP Program - Environmentally Preferable Products and Services on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F07DCE">
+      <w:r w:rsidR="00A77B47">
+        <w:t xml:space="preserve"> web page</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401E5311" w14:textId="31D31ACC" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="004C38FD">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="53" w:name="_Toc205802942"/>
+    <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc216360835"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidRPr="003066B4">
-        <w:t>Instructions for MMARS Users</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="53"/>
+        <w:t>Instructions for</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA483E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
+        <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003066B4">
+        <w:t xml:space="preserve"> Users</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
-    <w:p w14:paraId="3F542341" w14:textId="72BB0FD2" w:rsidR="00464E48" w:rsidRPr="00E006A5" w:rsidRDefault="00464E48" w:rsidP="00464E48">
+    <w:p w14:paraId="4A1C4A2C" w14:textId="66F4243E" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00601617">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E006A5">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
-      <w:r w:rsidR="000937A5" w:rsidRPr="000937A5">
+      <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="000937A5">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MMARS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> users </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E006A5">
+      <w:r w:rsidRPr="00075074">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E006A5">
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="005D4B89">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include a reference to the Statewide Contract ID number </w:t>
+      </w:r>
+      <w:r w:rsidR="003103B1" w:rsidRPr="003103B1">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VEH122</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E006A5">
-        <w:rPr>
+      <w:r w:rsidR="00BD447E">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="003103B1">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E006A5">
+      <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53">
-        <w:r w:rsidRPr="00E006A5">
+      <w:bookmarkStart w:id="66" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="67" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="68" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="69" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="70" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="71" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="72" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please address all inquiries regarding</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AED">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MMARS</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> technical support and job aids </w:t>
+      </w:r>
+      <w:r w:rsidR="000E68EE">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by emailing </w:t>
+      </w:r>
+      <w:r w:rsidR="003764F5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Comptroller.Info@mass.gov</w:t>
+          <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E006A5">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00A63214">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9505D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="003764F5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calling</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9505D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8" w:rsidRPr="00D27BA2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>617-973-2468</w:t>
+      </w:r>
+      <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00A63214">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="33F99108" w14:textId="77777777" w:rsidR="00A36AA9" w:rsidRDefault="00360985" w:rsidP="009610A1">
-[...30 lines deleted...]
-      <w:bookmarkEnd w:id="61"/>
+    <w:p w14:paraId="097F06B8" w14:textId="08EA8341" w:rsidR="00597788" w:rsidRDefault="00AC0716" w:rsidP="00601617">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="_Toc216360836"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc194066623"/>
+      <w:r w:rsidRPr="00AC0716">
+        <w:t xml:space="preserve">Best Practices for </w:t>
+      </w:r>
+      <w:r w:rsidR="00601617" w:rsidRPr="00601617">
+        <w:t>Charging Station Planning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w14:paraId="50913762" w14:textId="6C1B2193" w:rsidR="004B6456" w:rsidRPr="004B6456" w:rsidRDefault="00003A52" w:rsidP="00003A52">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc216360837"/>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>Terminology</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
     </w:p>
-    <w:p w14:paraId="2AE0742D" w14:textId="3A53C2C3" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="00A36AA9">
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> as AC. With an AC charger, the power is converted to DC by the vehicle itself. This type of charging is economical but takes longer. </w:t>
+    <w:p w14:paraId="2AD4A4D6" w14:textId="77777777" w:rsidR="00BE41B0" w:rsidRPr="00B37417" w:rsidRDefault="006E5CF5" w:rsidP="00F703CA">
+      <w:r w:rsidRPr="00B37417">
+        <w:t>Electric vehicle charging can seem complicated at first glance</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE22A5" w:rsidRPr="00B37417">
+        <w:t>. The following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37417">
+        <w:t xml:space="preserve"> are some commonly used terms associated with the charging station industry:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD5B058" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...20 lines deleted...]
-        <w:t>:  Offers both AC and DC charging on the same port and provides power of up to 350kW. This is the industry standard method for public charging stations and also home charging set-ups. It may also be called a “combo plug”. </w:t>
+    <w:p w14:paraId="02C882C5" w14:textId="0FB8CE6B" w:rsidR="00F703CA" w:rsidRPr="00F703CA" w:rsidRDefault="00F703CA" w:rsidP="006C3764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F703CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Alternating Current (AC):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37417">
+        <w:t xml:space="preserve"> This type of charging is useful for charging electric vehicles at different speeds through an alternating current. Electric vehicle charging comes as AC. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37417">
+        <w:lastRenderedPageBreak/>
+        <w:t>With an AC charger, the power is converted to direct current (DC) by the vehicle itself. This type of charging is economical but takes longer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DB238B" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...20 lines deleted...]
-        <w:t>: This refers to a type of software responsible for smart charging, i.e., allocating power to different electric vehicles to make sure that each one charges as quickly as possible. It relies on customizable algorithms to work efficiently. </w:t>
+    <w:p w14:paraId="5CA04F03" w14:textId="0FC48FAC" w:rsidR="006E5CF5" w:rsidRPr="00BE41B0" w:rsidRDefault="006E5CF5" w:rsidP="006C3764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3764">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Combined Charging System</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6D48" w:rsidRPr="006C3764">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CCS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3764">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> Offers both AC and DC charging on the same port and provides power of up to 350kW. This is the industry standard method for public charging stations </w:t>
+      </w:r>
+      <w:r w:rsidR="00722C5A" w:rsidRPr="00BE41B0">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> home charging set-ups. It may also be called a “combo plug”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48EF63D6" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> DC is one of the two types of ‘fuel’ that can be used to power electric vehicles. Unlike AC charging, converted into DC power by the car, DC charging can convert the AC power into DC right in the plug itself. DC chargers are larger, more expensive, but faster. It will be more common at public charging stations, such as at a rest stop charge point.</w:t>
+    <w:p w14:paraId="0D040600" w14:textId="4C082A23" w:rsidR="006E5CF5" w:rsidRPr="00BE41B0" w:rsidRDefault="00C309D3" w:rsidP="006C3764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C309D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Charge Point Management System</w:t>
+      </w:r>
+      <w:r w:rsidR="00722C5A" w:rsidRPr="006C3764">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CPMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00722C5A" w:rsidRPr="006C3764">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="006C3764">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> This refers to a type of software responsible for smart charging, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55DBB">
+        <w:t>such as</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> allocating power to different electric vehicles to make sure that each one charges as quickly as possible. It relies on customizable algorithms to work efficiently. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D5E881" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...49 lines deleted...]
-        <w:t>: EVSE refers to equipment that exists to supply electrical energy for charging electric vehicles. It can be residential (i.e.: at-home charger) or commercial (i.e.: chargers at malls, workplaces, rest stops, etc.).</w:t>
+    <w:p w14:paraId="6E66F4A8" w14:textId="23E2E03B" w:rsidR="006E5CF5" w:rsidRPr="00BE41B0" w:rsidRDefault="006E5CF5" w:rsidP="006C3764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00047865">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Direct Current</w:t>
+      </w:r>
+      <w:r w:rsidR="00047865">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00047865">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> DC is one of the two types of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6608D">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>fuel</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6608D">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> that can be used to power electric vehicles. Unlike AC charging</w:t>
+      </w:r>
+      <w:r w:rsidR="0061424F">
+        <w:t xml:space="preserve">, which is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve">converted into DC power by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0061424F">
+        <w:t>vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00220E46">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> DC charging can convert the AC power into DC right in the plug itself. DC chargers are larger, more expensive, but faster. It will be more common at public charging stations, such as at a rest stop charge point.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03455597" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...20 lines deleted...]
-        <w:t>: HEVs use both electric batteries and gasoline. More often than not, the electric motor assists the internal combustion engine (ICE), during acceleration, for instance. Note that HEVs cannot be plugged into regular EV charging stations. Batteries replenish themselves via the energy generated by the combustion engine or via regenerative braking.</w:t>
+    <w:p w14:paraId="7A20D671" w14:textId="77777777" w:rsidR="00142017" w:rsidRDefault="006E5CF5" w:rsidP="00142017">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142017">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Electric Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="0001543D" w:rsidRPr="00142017">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EV)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00142017">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve">  EVs are equipped with a battery-powered motor instead of a traditional internal combustion engine. Contrary to </w:t>
+      </w:r>
+      <w:r w:rsidR="00581302" w:rsidRPr="00581302">
+        <w:t>Plug-In Hybrid Electric Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00581302">
+        <w:t>s (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>PHEVs</w:t>
+      </w:r>
+      <w:r w:rsidR="00581302">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3263F" w:rsidRPr="00B3263F">
+        <w:t>Hybrid Electric Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00142017">
+        <w:t>s (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>HEVs</w:t>
+      </w:r>
+      <w:r w:rsidR="00142017">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>, EVs do not have a gasoline tank and output zero tailpipe emissions. They are associated with a lower carbon footprint than traditional vehicle types.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F1223A" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="009610A1">
+    <w:p w14:paraId="7EC4B5E2" w14:textId="4D246120" w:rsidR="006E5CF5" w:rsidRPr="00BE41B0" w:rsidRDefault="006E5CF5" w:rsidP="00142017">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C120D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Electric Vehicle Supply Equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="00C120D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7790">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EVSE)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C120D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> EVSE refers to equipment that exists to supply electrical energy for charging electric vehicles. It can be residential (at-home charger) or commercial (chargers at malls, workplaces, rest stops</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB48C4">
+        <w:t>, and so forth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B828BD2" w14:textId="78B7C6A0" w:rsidR="006E5CF5" w:rsidRPr="00BE41B0" w:rsidRDefault="006E5CF5" w:rsidP="006C3764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB48C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Hybrid Electric Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB48C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HEV)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB48C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> HEVs use both electric batteries and gasoline. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD43D9" w:rsidRPr="00BE41B0">
+        <w:t>Often</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>, the electric motor assists the internal combustion engine (ICE), during acceleration, for instance. Note that HEVs cannot be plugged into regular EV charging stations. Batteries replenish themselves via the energy generated by the combustion engine or via regenerative braking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3AE6B5" w14:textId="3CCF2530" w:rsidR="006E5CF5" w:rsidRPr="00BE41B0" w:rsidRDefault="006E5CF5" w:rsidP="006C3764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Plug-</w:t>
+      </w:r>
+      <w:r w:rsidR="009914D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n Hybrid Electric Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="009914D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PHEV)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3764">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEFF1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009610A1">
-[...4 lines deleted...]
-        <w:t>PHEVs rely on both electric batteries as well as gasoline to power an ICE. These vehicles run on electrical power until the battery is depleted and automatically switch to the ICE. Charging hybrids can also be plugged in to charge their engine. </w:t>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve">PHEVs rely on both electric batteries as well as gasoline to power an </w:t>
+      </w:r>
+      <w:r w:rsidR="006C28E1" w:rsidRPr="006C28E1">
+        <w:t>internal combustion engine</w:t>
+      </w:r>
+      <w:r w:rsidR="006C28E1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>ICE</w:t>
+      </w:r>
+      <w:r w:rsidR="006C28E1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t>. These vehicles run on electrical power until the battery is depleted and automatically switch to the ICE. Charging hybrids can also be plugged in to charge their engine. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBAD088" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...25 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="00B18B6B" w14:textId="70BA48C8" w:rsidR="006E5CF5" w:rsidRPr="00BE41B0" w:rsidRDefault="006E5CF5" w:rsidP="006C3764">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A10AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009610A1">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Zero-Emission Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="004A10AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">There are three EV charging levels. There are differences between each charging level. However, as a general rule, the higher the Level, the higher the power output from the charger and the faster it can charge. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ZEV)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A10AF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE41B0">
+        <w:t xml:space="preserve"> Zero exhaust emissions and 98% cleaner than the average new model year vehicles; includes EVs and hydrogen fuel vehicles. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610B42DA" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
+    <w:p w14:paraId="04B12E82" w14:textId="1B7947F3" w:rsidR="001370DB" w:rsidRDefault="001370DB" w:rsidP="001370DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc216360838"/>
+      <w:r>
+        <w:t>Charging Levels</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w14:paraId="363E3D4C" w14:textId="464EF4A5" w:rsidR="006E5CF5" w:rsidRPr="001370DB" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001370DB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are three </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001370DB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EV charging levels. There are differences between each charging level.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12D22">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12D22" w:rsidRPr="00B12D22">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In general, higher charging levels correspond to higher power output, which results in faster charging</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001370DB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC253A5" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00BF0028" w:rsidRDefault="006E5CF5" w:rsidP="00BF0028">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009610A1">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00B12D22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Level 1 Charger:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Utilizes the slowest EV charger available, which provides about 3.11 miles of range per hour of charging; up to 24 hours to fully charge a battery (may take longer depending on an empty battery).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160FA760" w14:textId="5209781F" w:rsidR="006E5CF5" w:rsidRPr="00BF0028" w:rsidRDefault="006E5CF5" w:rsidP="00BF0028">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Level 1 Charger</w:t>
-[...6 lines deleted...]
-        <w:t>: Utilizes the slowest EV charger available, which provides about 3.11 miles of range per hour of charging; up to 24 hours to fully charge a battery (may take longer depending on an empty battery).</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12D22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Level 2 Charger:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Much faster than Level 1 and can come with added functionality such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0FCD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0FCD" w:rsidRPr="00EF0FCD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adio </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0FCD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0FCD" w:rsidRPr="00EF0FCD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requency </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0FCD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0FCD" w:rsidRPr="00EF0FCD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dentification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA73C6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RFID</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA73C6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cards, load balancing</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA73C6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and networking. Approximately 20 to 30 miles of range per hour of charging; overnight typically produces a full battery charge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08108170" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-      <w:pPr>
+    <w:p w14:paraId="7194DDD2" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00BF0028" w:rsidRDefault="006E5CF5" w:rsidP="00BF0028">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009610A1">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Much faster than Level 1 and can come with added functionality such as RFID cards, load balancing and networking. Approximately 20 to 30 miles of range per hour of charging; overnight typically produces a full battery charge.</w:t>
+      <w:r w:rsidRPr="0004187A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Level 3 Charger:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0028">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Also called DC fast charging and significantly faster than Level 2. Up to 20 miles of range per minute; full battery charges in under an hour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4249CD" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-[...22 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="770EBA38" w14:textId="15D80502" w:rsidR="006E5CF5" w:rsidRDefault="000A0DF2" w:rsidP="0004187A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="_Toc216360839"/>
+      <w:r w:rsidRPr="000A0DF2">
+        <w:t xml:space="preserve">10 Key Considerations for </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07D28" w:rsidRPr="00F07D28">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00017910">
+        <w:t>n Electric Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07D28" w:rsidRPr="00F07D28">
+        <w:t xml:space="preserve"> Charging Station Project</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
     </w:p>
-    <w:p w14:paraId="3DC41498" w14:textId="77777777" w:rsidR="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="009610A1">
-      <w:pPr>
+    <w:p w14:paraId="7E1B6010" w14:textId="30B78DFF" w:rsidR="005C5232" w:rsidRPr="005C5232" w:rsidRDefault="001041D2" w:rsidP="005C5232">
+      <w:r>
+        <w:t xml:space="preserve">Please note </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22463">
+        <w:t xml:space="preserve">the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22463" w:rsidRPr="00A22463">
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:r w:rsidR="000A77C1">
+        <w:t>co</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4659">
+        <w:t>nsiderations f</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22463" w:rsidRPr="00A22463">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E857D6">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22463" w:rsidRPr="00A22463">
+        <w:t xml:space="preserve">our </w:t>
+      </w:r>
+      <w:r w:rsidR="00E857D6">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22463" w:rsidRPr="00A22463">
+        <w:t xml:space="preserve">harging </w:t>
+      </w:r>
+      <w:r w:rsidR="00E857D6">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22463" w:rsidRPr="00A22463">
+        <w:t xml:space="preserve">tation </w:t>
+      </w:r>
+      <w:r w:rsidR="00E857D6">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22463" w:rsidRPr="00A22463">
+        <w:t>roject</w:t>
+      </w:r>
+      <w:r w:rsidR="005C5232">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074F7C6F" w14:textId="337C8485" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Involve facilities, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E26609" w:rsidRPr="00E26609">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Department of Public Works</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26609">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DPW</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26609">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and agency/municipality management when discussing your charging needs and allowances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F655FC8" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you working with a local utility? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F182AA3" w14:textId="1B64C14A" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funding </w:t>
+      </w:r>
+      <w:r w:rsidR="00627E01">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finance–What is your current budget for charging stations?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2884C9" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How much is available for you to spend in the first year?</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="16162C72" w14:textId="723A3304" w:rsidR="009610A1" w:rsidRPr="000365A0" w:rsidRDefault="009610A1" w:rsidP="009610A1">
-      <w:pPr>
+    <w:p w14:paraId="367AD721" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...1895 lines deleted...]
-        </mc:AlternateContent>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funding approval for future fiscal years? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2656D3AD" w14:textId="77777777" w:rsidR="00AE79BB" w:rsidRPr="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="00EA0B48">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="_Toc205802944"/>
+    <w:p w14:paraId="219BEB1A" w14:textId="50F9C92D" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>What warranties come with your system? What</w:t>
+      </w:r>
+      <w:r w:rsidR="00627E01">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> covered under 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00B75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00627E01">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00B75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00B75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 5-year plans?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7596FD50" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Payment systems or agreements with station vendors?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C80E118" w14:textId="736996E9" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you using any </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="ev-charging-station-grants-and-incentives-" w:history="1">
+        <w:r w:rsidRPr="000D124F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>grants or incentive programs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? How do the grants </w:t>
+      </w:r>
+      <w:r w:rsidR="004B08D2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incentives work? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37483973" w14:textId="3370DA15" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reimbursed after you</w:t>
+      </w:r>
+      <w:r w:rsidR="00656AA9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed </w:t>
+      </w:r>
+      <w:r w:rsidR="00656AA9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>project? Incentives paying for entire project or only a portion?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D0C18C" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>How many EVs does your community or agency have on record? Fleet size and types of vehicles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9E10B8" w14:textId="13B52A9D" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What routes do your vehicles take </w:t>
+      </w:r>
+      <w:r w:rsidR="000F1947" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daily</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F43C28" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Where do vehicles stop frequently?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B4B826" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Will the public have access?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0509800C" w14:textId="2F5FB9FF" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you have </w:t>
+      </w:r>
+      <w:r w:rsidR="00817595" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">short- </w:t>
+      </w:r>
+      <w:r w:rsidR="00817595">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00817595" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> long-term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plans? Future vehicle replacements or additions?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5881F199" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Plot the electricity use and time requirements for each EV in your fleet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1E5EFD" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Calculate: Average miles driven per vehicle, per day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042ED2AD" w14:textId="741B9278" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Average length of time to recharge </w:t>
+      </w:r>
+      <w:r w:rsidR="00661953" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vehicles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> using level 1, level 2, and level 3 stations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1354E442" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>When will vehicles be charged (business hours or overnight)? Knowing this helps gauge usage and availability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC56E4D" w14:textId="356E1C5A" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agency or municipality site locations? Do you foresee office relocations in next </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23427">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>three to five</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43254DE6" w14:textId="3D258999" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Opportunities for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90E6E" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sharing infrastructure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within your buildings or with smaller abutting communities?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092A46CD" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Avoid hazards: extreme climate exposure; pooled/irrigated water streams; pedestrian traffic; areas where cars could collide with stations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EADC92" w14:textId="273638AF" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Always </w:t>
+      </w:r>
+      <w:r w:rsidR="005E78F4" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accessibility</w:t>
+      </w:r>
+      <w:r w:rsidR="005E78F4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signage</w:t>
+      </w:r>
+      <w:r w:rsidR="005E78F4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and vandalism strategies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1CAC6D" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Are there public stations that can be used to fulfill agency needs?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0F8DD6" w14:textId="4F9D0922" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:r w:rsidR="003F02CF" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>level of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> charging can your infrastructure handle v</w:t>
+      </w:r>
+      <w:r w:rsidR="003F02CF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ersus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> what you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>think</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you want?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C14C71" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Does your agency require more than one charging station?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9E7514" w14:textId="77777777" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dual port stations can charge two vehicles at a time for just a little more money than a single port.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67886075" w14:textId="30E09772" w:rsidR="000D124F" w:rsidRPr="000D124F" w:rsidRDefault="000D124F" w:rsidP="000D124F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Multiple stations in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90E6E" w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proximity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (within 100 feet)? Different for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02C4B" w:rsidRPr="00B02C4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Americans with Disabilities Act</w:t>
+      </w:r>
+      <w:r w:rsidR="003165E5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ADA</w:t>
+      </w:r>
+      <w:r w:rsidR="003165E5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D124F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compliant sites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FDE3F0E" w14:textId="77777777" w:rsidR="00597788" w:rsidRDefault="00597788" w:rsidP="00E55F87">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Toc216360840"/>
+      <w:r w:rsidRPr="00597788">
+        <w:t>Executive Office of Technology Services and Security (EOTSS) Product and Services Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+    </w:p>
+    <w:p w14:paraId="3020C30C" w14:textId="20324F3F" w:rsidR="006E5CF5" w:rsidRPr="00AE79BB" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:r w:rsidRPr="00AE79BB">
-        <w:t>Executive Office of Technology Services and Security (EOTSS) Product and Services Requirements</w:t>
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="63"/>
+        <w:t>All network software and other related products and services are subject to EOTSS’ requirements. Other eligible entities may require additional and/or alternate requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00842ABB">
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AE79BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00842ABB">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE79BB">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE79BB">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">contract user and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44563">
+        <w:t>vendor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE79BB">
+        <w:t xml:space="preserve"> are strongly advised to review and understand such requirements at the beginning of the process.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B07BDEC" w14:textId="6E3B7211" w:rsidR="00AE79BB" w:rsidRPr="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="00084F66">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="54A8227F" w14:textId="77777777" w:rsidR="00675A60" w:rsidRDefault="00675A60" w:rsidP="00E55F87">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Toc216360841"/>
+      <w:r w:rsidRPr="00675A60">
+        <w:t>Accessibility Physical Appearances and Design</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00675A60">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9043AC" w14:textId="7C22CA44" w:rsidR="006E5CF5" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:r w:rsidRPr="00AE79BB">
-        <w:t xml:space="preserve">The EVSE pedestals must be a minimum of four (4) feet in height and provide adequate visibility for EVSE users. Consideration should be made for how the EVSE will be used in conjunction with bollards to protect the unit if it is not out of the way of traffic. The EVSE must be accessible to disabled persons and compliant with 521 CMR and the American with Disabilities Act (ADA). Installation in handicapped spaces must allow for adequate space (a minimum of 36 inches clearance), have a maximum height of 48 inches and allow for either forward </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00165ED7">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00454D2A" w:rsidRPr="00454D2A">
+        <w:t>Electric Vehicle Supply Equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="00454D2A">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE79BB">
+        <w:t>EVSE</w:t>
+      </w:r>
+      <w:r w:rsidR="00454D2A">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE79BB">
+        <w:t xml:space="preserve"> pedestals must be a minimum of four (4) feet in height and provide adequate visibility for EVSE users. Consideration should be made </w:t>
+      </w:r>
+      <w:r w:rsidR="00B207C6" w:rsidRPr="00AE79BB">
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE79BB">
+        <w:t xml:space="preserve"> how the EVSE will be used in conjunction with bollards to protect the unit if it is not out of the way of traffic. The EVSE must be accessible to disabled persons and compliant with 521 CMR and the American with Disabilities Act (ADA). Installation in handicapped spaces must allow for adequate space (a minimum of 36 inches clearance), have a maximum height of 48 inches</w:t>
+      </w:r>
+      <w:r w:rsidR="00C649C0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE79BB">
+        <w:t xml:space="preserve"> and allow for either forward </w:t>
+      </w:r>
+      <w:r>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE79BB">
         <w:t>heelchair approach (48 inches) or side approach (54 inches).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C99DDE" w14:textId="6BB3C556" w:rsidR="00A93368" w:rsidRDefault="00A93368" w:rsidP="009610A1">
-[...6 lines deleted...]
-        <w:sectPr w:rsidR="00A93368" w:rsidSect="003E7DC2">
+    <w:p w14:paraId="61E9BE89" w14:textId="77777777" w:rsidR="00E96D43" w:rsidRDefault="00E96D43" w:rsidP="006E5CF5">
+      <w:pPr>
+        <w:sectPr w:rsidR="00E96D43" w:rsidSect="00B666A0">
+          <w:footerReference w:type="first" r:id="rId66"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
+          <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B68DB9E" w14:textId="2948C287" w:rsidR="00E51057" w:rsidRPr="00136890" w:rsidRDefault="00E51057" w:rsidP="006F50E3">
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="68"/>
+    <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="_Vendor_List_and_1"/>
+      <w:bookmarkStart w:id="81" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc216360842"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r w:rsidRPr="00ED150D">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="00B142B5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CE8F92" w14:textId="04347308" w:rsidR="00E96D43" w:rsidRPr="00E96D43" w:rsidRDefault="00B87AC4" w:rsidP="00E96D43">
+      <w:r w:rsidRPr="00141AAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> N/A = Not Applicable</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable1Light"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-652" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="14940" w:type="dxa"/>
+        <w:tblInd w:w="-1445" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="Vendor Information Table"/>
-        <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
+        <w:tblCaption w:val="Vendor List and Information Table"/>
+        <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2245"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2452"/>
+        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="2700"/>
         <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1890"/>
+        <w:gridCol w:w="1170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D80738" w:rsidRPr="00D7654C" w14:paraId="4A49EA14" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w14:paraId="383E22BF" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
           <w:trHeight w:val="584"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="48FF7393" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="69B237EB" w14:textId="14787A1D" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vendor</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4EE1">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0B01AE64" w14:textId="6521AF1B" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="751814F9" w14:textId="76666556" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Master Blanket </w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+            </w:r>
+            <w:r w:rsidR="00070D98">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(MBPO):</w:t>
+            </w:r>
+            <w:r w:rsidR="009279B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Purchase Order </w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Last </w:t>
+            </w:r>
+            <w:r w:rsidR="00070D98">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Five</w:t>
             </w:r>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">f </w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00070D98">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-              <w:t>MBPO)</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>igits of MBPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8BD997" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="37E99629" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="42275697" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1732668F" w14:textId="0A2CDD33" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-              <w:t>Phone #</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:r w:rsidR="00D628A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7A31A56F" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="03953041" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email</w:t>
-            </w:r>
-[...78 lines deleted...]
-              <w:t>PPD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="548D42D6" w14:textId="1EAF8AF1" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0D68D8DA" w14:textId="3BBCA2AF" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>SDP  Percentage</w:t>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Categories</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A53CF42" w14:textId="29477EB8" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="00D628A1" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prompt Payment Discount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C42C2F6" w14:textId="214F3971" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="00D628A1" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Supplier Diversity Program (</w:t>
+            </w:r>
+            <w:r w:rsidR="006E5CF5" w:rsidRPr="00D7654C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SDP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="006E5CF5" w:rsidRPr="00D7654C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D80738" w:rsidRPr="00D7654C" w14:paraId="6AB22628" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="00141AAF" w:rsidRPr="00D7654C" w14:paraId="564808FD" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10A5CF0B" w14:textId="4EF721D4" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="000B0589" w:rsidP="00DC7A03">
+          <w:p w14:paraId="59CEDF2B" w14:textId="27806943" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (Used for soliciting multiple quotes)</w:t>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Solicitation</w:t>
+            </w:r>
+            <w:r w:rsidR="00763D29" w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Enabled (Used for soliciting multiple quotes)</w:t>
+            </w:r>
+            <w:r w:rsidR="00087D7E" w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4404A14D" w14:textId="63CD0A04" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00C56ECB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="70546C0E" w14:textId="352981D8" w:rsidR="00141AAF" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-              <w:r w:rsidRPr="002852A9">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r w:rsidRPr="007C20CD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>PO-26-1080-OSD03-SRC3-37154</w:t>
+                <w:t>PO-20-1080-OSD03-</w:t>
+              </w:r>
+              <w:r w:rsidRPr="007C20CD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>SRC3-37071</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00ACEBAE" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="71C24374" w14:textId="1466FEFB" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kelly Thompson Clark</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04DA2A7C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="44A2A869" w14:textId="4E50AFE9" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-720-3184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="409C9A55" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2F2393F2" w14:textId="0879577D" w:rsidR="00141AAF" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57">
-              <w:r w:rsidRPr="002852A9">
+            <w:hyperlink r:id="rId68">
+              <w:r w:rsidRPr="007C20CD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kelly.thompsonclark@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D9988F" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="009A48FF">
+          <w:p w14:paraId="02EF6F8D" w14:textId="321E01B8" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2452" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00BE9333" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="36973663" w14:textId="4434C93C" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A21B890" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="620E365A" w14:textId="3818D106" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00005DA5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D80738" w:rsidRPr="00D7654C" w14:paraId="225C4F26" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="00141AAF" w:rsidRPr="00D7654C" w14:paraId="2EE78D1D" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F6EBA90" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="10338B67" w14:textId="0945DB02" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...4 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Master Contract Record (MCR)</w:t>
+            </w:r>
+            <w:r w:rsidR="00267F25">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F8095E" w14:textId="529B029F" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="006D7E08" w:rsidP="00DC7A03">
+          <w:p w14:paraId="24779A2E" w14:textId="443902CD" w:rsidR="00141AAF" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
-              <w:r w:rsidRPr="002852A9">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r w:rsidRPr="007C20CD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>PO-26-1080-OSD03-SRC3-37071</w:t>
+                <w:t>PO-2</w:t>
+              </w:r>
+              <w:r w:rsidRPr="007C20CD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>6-1080-OSD03-SRC3-37154</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="778C39EE" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1B628D30" w14:textId="5A2D535B" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kelly Thompson Clark</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5997570C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2ECF1FF0" w14:textId="17E39E95" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-720-3184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF33D4E" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5B090830" w14:textId="12476969" w:rsidR="00141AAF" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59">
-              <w:r w:rsidRPr="002852A9">
+            <w:hyperlink r:id="rId70">
+              <w:r w:rsidRPr="007C20CD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>kelly.thompsonclark@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="178399ED" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="009A48FF">
+          <w:p w14:paraId="048BF6A7" w14:textId="58A3AC39" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2452" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB4E29B" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="088216A6" w14:textId="1A12E0B3" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...2 lines deleted...]
-                <w:color w:val="002060"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C660F0D" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="01AB97B4" w14:textId="6142EC45" w:rsidR="00141AAF" w:rsidRPr="00763D29" w:rsidRDefault="00141AAF" w:rsidP="00005DA5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002852A9">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00763D29">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w14:paraId="1E0F860A" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="55FA4BDC" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B5720B" w14:textId="6CC6C89E" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="004B0EE4" w:rsidP="00DC7A03">
+          <w:p w14:paraId="12BDCE6B" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> LLC</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>All-Pro Electric LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69E4EDBB" w14:textId="4D44C590" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="51853F19" w:rsidP="00DC7A03">
+          <w:p w14:paraId="16A49233" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId71">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37070</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8101B1" w14:textId="6CC4D946" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="42897243" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mike Harrington</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062AA637" w14:textId="2ACFF542" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2DF155F9" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>978-469-0100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D374753" w14:textId="7AE151C3" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="009C3311" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1E7BFEEF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Mikeh@allproelectric.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...100 lines deleted...]
-              <w:t>0.25%= 30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0590C62E" w14:textId="5BFE5455" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="1976586B" w:rsidP="008A4770">
+          <w:p w14:paraId="15EFE99F" w14:textId="311AB047" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00005DA5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A98EF20" w14:textId="77777777" w:rsidR="005F537C" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.0%=10 days; 0.5%=15 days; 0.5%=20 days;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FE24796" w14:textId="597EFFA2" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0.25%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E122A2" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00005DA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="00E44D1B" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="0A021FF9" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19454AF1" w14:textId="663DCF8E" w:rsidR="35F67AB2" w:rsidRPr="00D85EF5" w:rsidRDefault="35F67AB2" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7E3D1ACC" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anderson Motors Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7097E69A" w14:textId="0F5C3D6E" w:rsidR="3E9EA814" w:rsidRPr="00D85EF5" w:rsidRDefault="3E9EA814" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="093A0930" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId73">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37529</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D43D8FE" w14:textId="00ACFD16" w:rsidR="35F67AB2" w:rsidRPr="00D85EF5" w:rsidRDefault="35F67AB2" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="127F1A55" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jim Anderson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE70D64" w14:textId="741F78A8" w:rsidR="67D7F3D3" w:rsidRPr="00D85EF5" w:rsidRDefault="67D7F3D3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="3121E295" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>401-434-5900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04D6A675" w14:textId="3A6F3E4C" w:rsidR="67D7F3D3" w:rsidRPr="00D85EF5" w:rsidRDefault="67D7F3D3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7BFE2E57" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId74">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Jim@andersonmotors.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...70 lines deleted...]
-              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3135FF52" w14:textId="065C7156" w:rsidR="09054316" w:rsidRPr="00D85EF5" w:rsidRDefault="09054316" w:rsidP="008A4770">
+          <w:p w14:paraId="6144B2FE" w14:textId="510EB937" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00005DA5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2393AFFD" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.0%=10 days; 0.50%; 0.25%=20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73D33E18" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00005DA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="600D6D03" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="3889EADF" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36FB2953" w14:textId="62888544" w:rsidR="00980D89" w:rsidRPr="00D85EF5" w:rsidRDefault="00AD5C17" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0E9153AD" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t>t</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Better Together Brain Trust</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6202F0B3" w14:textId="5C6D2746" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00AD5C17" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7843BA82" w14:textId="1239901D" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> LLC</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25D8FBAA" w14:textId="768A44CD" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="465F61BE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="595702F0" w14:textId="72266A7A" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId75">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37218</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="103B6D2C" w14:textId="447569F2" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7A1898CF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brittany Haringa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D7DE3E" w14:textId="6DD5FFD9" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1CAB456C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>774-462-8631</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E75BF46" w14:textId="743E590D" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7192FC66" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId76">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Brittany@BT2Energy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...46 lines deleted...]
-              <w:t>0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="531B7968" w14:textId="3388727A" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="008A4770">
+          <w:p w14:paraId="2EE9CFCA" w14:textId="34761176" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00005DA5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD5403D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="420E456B" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00005DA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="4500AF60" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="73E960B4" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="561F5FC9" w14:textId="1888B6D5" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="003D07FB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1E042E0D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t>, LLC</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>District Fleet, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CAA7CE9" w14:textId="07023CBF" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="465F61BE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="216775AD" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId77">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37091</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0386B6CA" w14:textId="0846DB2F" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="6C07AE07" w:rsidP="00DC7A03">
+          <w:p w14:paraId="191A363B" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Joe Candelmo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="621F0313" w14:textId="1884128B" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="6C07AE07" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1D9F3ABF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>610-295-7196</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC5E9BC" w14:textId="6A429CC4" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="3229C6BE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="009D658A" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId78">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Joe@districtfleet.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...70 lines deleted...]
-              <w:t>30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="518A62E4" w14:textId="7195E165" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="547CEEC4" w:rsidP="008A4770">
+          <w:p w14:paraId="314D22CB" w14:textId="3D75694C" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00005DA5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="773CA068" w14:textId="41BF1616" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.5%=10-30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE2B93E" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00005DA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="13CBA99D" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="036E087A" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EB17430" w14:textId="5FB76C43" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00416404" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5B2FC9DB" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Emmaty, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58C3386B" w14:textId="3752CD5B" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="535FC920" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId79">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37280</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="545838B0" w14:textId="0AB51F1A" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1CB3A00D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Madeline Cabrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57838D48" w14:textId="36BA13F1" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
+          <w:p w14:paraId="320FDAE1" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-320-4243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCFD8B9" w14:textId="3F532C25" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
+          <w:p w14:paraId="254CC082" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId80">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Madeline@emmaty.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...86 lines deleted...]
-              <w:t>days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3915C8F8" w14:textId="488EC06E" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="550E17E7" w:rsidP="008A4770">
+          <w:p w14:paraId="0C81FBBE" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A36A8F" w14:textId="5ABF1FEF" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.5%=10 days;1.0%=15 days; 0.5% days=20 days; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253BD52E" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="08D1EC0C" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="02FC721A" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C914D94" w14:textId="7E3DB8C6" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00416404" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2F47DDBA" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t>, Inc.</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Energy Conservation, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5A2F82" w14:textId="1F25EA32" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="73120541" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId81">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37472</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37DD7B19" w14:textId="63ABCC98" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00F96F9C" w:rsidP="00DC7A03">
+          <w:p w14:paraId="156082E8" w14:textId="45C59C45" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chris Collins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46C84513" w14:textId="7B9E0321" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="5B8604AF" w:rsidP="00DC7A03">
+          <w:p w14:paraId="328AAE29" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-504-6718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0EBF53" w14:textId="0CECA29C" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="5B8604AF" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0D48375C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId82">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Chris@eci-ne.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...70 lines deleted...]
-              <w:t>0% 20-10 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1667025A" w14:textId="50B38C59" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="68DAF779" w:rsidP="008A4770">
+          <w:p w14:paraId="26807D72" w14:textId="019563A1" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0EEC" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A593AA8" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.0%=10 days; 2.0% =15 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2C1A5F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="7ADDDE93" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="44436636" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="132C445B" w14:textId="5340735C" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="0083518C" w:rsidP="00DC7A03">
+          <w:p w14:paraId="29B1FCC7" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EV Hub, Inc. dba Alwayz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="244725E3" w14:textId="7ADCC34B" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2C3B3404" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId83">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37367</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58852C3C" w14:textId="307C08B2" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="4658B376" w:rsidP="00DC7A03">
+          <w:p w14:paraId="76474023" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scott Nathan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07FEF189" w14:textId="4A8BF5E2" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="4B243B91" w:rsidP="00DC7A03">
+          <w:p w14:paraId="267471E2" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-866-9542</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A84D249" w14:textId="44D5667C" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="79F8CE08" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5C41A59F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId84">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Scott@alwayz.us</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="4A271DC5" w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...70 lines deleted...]
-              <w:t>%=20 days; 0%=30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11155801" w14:textId="6305D907" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="3CBB7E9C" w:rsidP="008A4770">
+          <w:p w14:paraId="5D7B9948" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B434CC" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.0%=10 days; 2.0%=15 days; 1.0 %=20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="415A678D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="32996C0C" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="2E12E949" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="227E3E7A" w14:textId="48803FFF" w:rsidR="501B6878" w:rsidRPr="00D85EF5" w:rsidRDefault="501B6878" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="68B50539" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EV4All Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03A71CCA" w14:textId="2DCA6012" w:rsidR="3A093BCA" w:rsidRPr="00D85EF5" w:rsidRDefault="3A093BCA" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="03965339" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId85">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37503</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFF4E82" w14:textId="03CB69C9" w:rsidR="2739CCB2" w:rsidRPr="00D85EF5" w:rsidRDefault="2739CCB2" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="39035A52" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michelle Zhang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48335E3C" w14:textId="45478EC8" w:rsidR="5568AD15" w:rsidRPr="00D85EF5" w:rsidRDefault="5568AD15" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="50ACC07F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>323-435-2284</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9FA674" w14:textId="0E7C43CD" w:rsidR="1D91FBFB" w:rsidRPr="00D85EF5" w:rsidRDefault="1D91FBFB" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0E61B7A2" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId86">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Ev4all@wv4all.net</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24359A90" w14:textId="7396A0F5" w:rsidR="36B79B34" w:rsidRPr="00D85EF5" w:rsidRDefault="36B79B34" w:rsidP="008A4770">
+          <w:p w14:paraId="55CE801E" w14:textId="760AE7C6" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0EEC" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D54015" w14:textId="24DEF52B" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00682142">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.0%=10 days; 3.0%=15 days; 2.0 %=20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E084383" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083518C" w:rsidRPr="00D85EF5" w14:paraId="003DA2C0" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="00F55D62" w:rsidRPr="006075B3" w14:paraId="0593BB1E" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22773D34" w14:textId="72B27101" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1DB1FF9F" w14:textId="0B30920D" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="00F55D62" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...7 lines deleted...]
-              <w:t>Fleet Electrical Service</w:t>
+            <w:r w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EVSE</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6DFC" w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LLC (Control</w:t>
+            </w:r>
+            <w:r w:rsidR="008771EF" w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Module Inc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5373C9D5" w14:textId="2BC06819" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="50A84BA8" w14:textId="2B1FD45C" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="008771EF" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r w:rsidRPr="0038393C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>37681</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="636B3E27" w14:textId="5723677B" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="00541B6F" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Shannon</w:t>
+            </w:r>
+            <w:r w:rsidR="000166A9" w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ouellette</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="243C3B02" w14:textId="09670504" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="000166A9" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>860-990-1891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B0713A" w14:textId="36B2DCBE" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="003A30DF" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r w:rsidRPr="0038393C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>souellette@evsellc.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF48C12" w14:textId="2B0B55AD" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="003A30DF" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAE6BC0" w14:textId="291AD67D" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="0038393C" w:rsidP="00682142">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No offering</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A687D18" w14:textId="67FD085D" w:rsidR="00F55D62" w:rsidRPr="0038393C" w:rsidRDefault="0038393C" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0038393C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="2B1211E4" w14:textId="77777777" w:rsidTr="00C31731">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="268C5031" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fleet Electrical Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FED23E4" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId89">
+              <w:r w:rsidRPr="006075B3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37366</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C12D755" w14:textId="72D9D595" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7786D597" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jeremy Martin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19DBA163" w14:textId="5A50F6DF" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0ABCF420" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>774-239-8592</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19CB0DB6" w14:textId="365CCD65" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0DEE2341" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId90">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Jmartin@fleetelectric.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...73 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3A077A" w14:textId="399D93AE" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="6CC75115" w:rsidP="008A4770">
+          <w:p w14:paraId="03CB2DDD" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5446DB83" w14:textId="4B00291F" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00682142">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.0%=10 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D601BAA" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w14:paraId="196AAE43" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="182D47D0" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="683437A5" w14:textId="49CE685F" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6F451617" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t>, Inc.</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fulcrum Energy Solutions, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36479394" w14:textId="512CA16B" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="486D6E62" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId91">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37240</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72F5580C" w14:textId="464680F0" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
+          <w:p w14:paraId="29309386" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michelle Exaros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="493FC8E8" w14:textId="52E1DC73" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
+          <w:p w14:paraId="47984110" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>445-200-7356</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0B528F" w14:textId="67D31BD1" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3704E44C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId92">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Bids@fulcrumenergy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7336D3DD" w14:textId="38DBE29D" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="255C54BB" w:rsidP="008A4770">
+          <w:p w14:paraId="51B6F726" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B4F78B" w14:textId="283BDE4A" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00682142">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0%=10 days; 1.5%=15 days; 1.0 %=20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="348973D3" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w14:paraId="663AF2FD" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="052B5E92" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B219556" w14:textId="6040C515" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="00EF2D59" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1C28A818" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gateway International 360, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726ACE0B" w14:textId="6200EF38" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5EC556AA" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId93">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37151</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="066F78FB" w14:textId="30E5870A" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
+          <w:p w14:paraId="539AAF91" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Harper Zarker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D80E7C2" w14:textId="32DCDE64" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
+          <w:p w14:paraId="704E3885" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>609-458-1806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5547EE9E" w14:textId="7CB6528E" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
+          <w:p w14:paraId="03DB4746" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId94">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Harper@gatewayintl360.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...73 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42D0FB06" w14:textId="7D64034D" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="1F924966" w:rsidP="008A4770">
+          <w:p w14:paraId="0E49ECC6" w14:textId="5B35038A" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1, 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0EEC" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="236E101E" w14:textId="6B54FF0F" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00682142">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0%=10 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="506D1E2C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="705636F2" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="261C0184" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A552E29" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6BD7BFAF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Graybar Electric Company Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40D8AE11" w14:textId="7EB58936" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="3CB6F3C7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4EE182B3" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId95">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37504</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="539A8D7A" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3C5FFD0C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michael Teahan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B327036" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="497B7E0A" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-721-4041</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0907C13B" w14:textId="1A14EF45" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2901B4CB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="219F26D1" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId96">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:color w:val="auto"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Michael.teahan@graybar.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="2E752037" w:rsidRPr="00D85EF5">
-[...77 lines deleted...]
-              <w:t>10 days</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D910ABF" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="71A0E9F4" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="453C212A" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.0%=10 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED114E9" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="7C5E8557" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="43E88A8C" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3686E1F8" w14:textId="752C85D5" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1B72FAC0" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Guardian Energy Management Solutions</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F97AAE7" w14:textId="3EEE179D" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="250A4A67" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId97">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37149</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28844885" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="09B2E29F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Domenic Armano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02379CA9" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2EAC9181" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>603-361-0979</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A81A47C" w14:textId="302BE81C" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2901B4CB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2D56CDFE" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId98">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:color w:val="auto"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>darmano@guardian-energy.com</w:t>
+                <w:t>darmano</w:t>
+              </w:r>
+              <w:r w:rsidRPr="006075B3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>@guardian-energy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C429AE" w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...65 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A774352" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="762951BA" w14:textId="551D2B63" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C31731" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E52D129" w14:textId="7809D269" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.0%=10 days; 2.5%=15 days; 2.25 %=20 days; 2.0%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2EE3DF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="6A91B232" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="6C02731D" w14:textId="77777777" w:rsidTr="00C31731">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="512E51AA" w14:textId="0E210B04" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00203039" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4B1800F7" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...37 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Highland Electric Fleets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78FFD8B8" w14:textId="6FA374C8" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
+          <w:p w14:paraId="72E9D0FB" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId99">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37241</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2A159D" w14:textId="2362592A" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0F031171" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ben Sonnega </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8BEACD" w14:textId="54134BF3" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="03C0D107" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>74-377-1865</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11BB67E2" w14:textId="4FAE6756" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="171FBD22" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId100">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Ben.sonnega@highlandfleet.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...46 lines deleted...]
-              <w:t>0.5% 10-30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14DFD8ED" w14:textId="632BB159" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7BD41B15" w:rsidP="008A4770">
+          <w:p w14:paraId="37A76EAF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4E054B" w14:textId="1F44EC8F" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.5% 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7F28" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="252DE04B" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00C31731">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063470B" w:rsidRPr="00D85EF5" w14:paraId="55921B1F" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="6A7B7D7B" w14:textId="77777777" w:rsidTr="00E630EA">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA701E8" w14:textId="13D2A0B8" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="00B304D9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3506FF85" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">, Inc. </w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>KT&amp;T Distributors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35010011" w14:textId="7165E0C7" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
+          <w:p w14:paraId="68855F04" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId101">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37217</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="026C5D67" w14:textId="500C1A01" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5F9B0427" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kevin Porter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1247E800" w14:textId="3D41B94A" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
+          <w:p w14:paraId="58FB34FE" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>401-465-7397</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9C0897" w14:textId="230339D1" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
+          <w:p w14:paraId="382CD289" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId102">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kevin@KTTDistributors.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49DA44E6" w14:textId="451A8C94" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="3005E13C" w:rsidP="008A4770">
+          <w:p w14:paraId="2A959894" w14:textId="2EF40EE2" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D321FD" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70916621" w14:textId="6857CC26" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E01E9D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0%=10 days; 2.0%=15 days; 1.0 %=20 days; 1.0 %=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1507E226" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="46E639EB" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="2E4D2DF6" w14:textId="77777777" w:rsidTr="00E630EA">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5940DBD2" w14:textId="0CF89A30" w:rsidR="753CB826" w:rsidRPr="00D85EF5" w:rsidRDefault="753CB826" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1E89C1EF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t>V</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matcha Electric</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09ABFB07" w14:textId="39AA9DC7" w:rsidR="753CB826" w:rsidRPr="00D85EF5" w:rsidRDefault="753CB826" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="25E1B708" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId103">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37502</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFB9B47" w14:textId="78EB7D26" w:rsidR="12B2E8C9" w:rsidRPr="00D85EF5" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5F377323" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chris Kluesener</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C4F0BB" w14:textId="60111BF7" w:rsidR="12B2E8C9" w:rsidRPr="00D85EF5" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="6D48FF9F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-286-2355</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33E3EEE6" w14:textId="25979BF0" w:rsidR="12B2E8C9" w:rsidRPr="00D85EF5" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="248364E9" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId104">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Chris@matchaelectric.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21E7BC37" w14:textId="474420D4" w:rsidR="1D1DFEAD" w:rsidRPr="00D85EF5" w:rsidRDefault="1D1DFEAD" w:rsidP="008A4770">
+          <w:p w14:paraId="5FC2F2B8" w14:textId="62261207" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D321FD" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F9D957" w14:textId="7857A846" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E01E9D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.0%=10 days; 4.0%=15 days; 3.0 %=20 days; 2.0%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2013AFD4" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063470B" w:rsidRPr="00D85EF5" w14:paraId="1BC6AB9F" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="51398A57" w14:textId="77777777" w:rsidTr="00E630EA">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46F4380D" w14:textId="754D485F" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="00302740" w:rsidP="00DC7A03">
+          <w:p w14:paraId="61E8F6F4" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MoveEV</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">, Inc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2217223E" w14:textId="2D0C83E6" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4156DE82" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId105">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37150</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C895DFE" w14:textId="76A8D06E" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3CA30256" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brant Carter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE7BF53" w14:textId="66A2F21D" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="549D604D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-733-5046</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11A3BC48" w14:textId="1452F13C" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3484599E" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId106">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Bcarter@moveev.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19F65FD2" w14:textId="17EA6D2E" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="0AFB3488" w:rsidP="008A4770">
+          <w:p w14:paraId="546ECE99" w14:textId="7D8D0B60" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="00D321FD" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...37 lines deleted...]
-              <w:t>Paired Power</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 and </w:t>
+            </w:r>
+            <w:r w:rsidR="006E5CF5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="199D326A" w14:textId="53FED6DF" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="00FC3B61" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="15EC39AC" w14:textId="4FE276F8" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E01E9D">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.0%=10 days; 3.0%=15 days; 2.0 %=20 days; 2.0%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="226D2BE4" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C090D" w:rsidRPr="006075B3" w14:paraId="699EEE70" w14:textId="77777777" w:rsidTr="00E630EA">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364D825C" w14:textId="2BBA9568" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="001C090D" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Paired Power</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568ED9D0" w14:textId="72446422" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="001355A3" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>376</w:t>
-[...8 lines deleted...]
-                <w:t>82</w:t>
+                <w:t>37682</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA3D9E9" w14:textId="3DD4357D" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="006F72C9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="4146EAF6" w14:textId="0146118E" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="005F2C76" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Steve Dusse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EEB8B79" w14:textId="3ECF4F54" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="0014683A" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="58B0B682" w14:textId="0BB42444" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="005939F0" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>669-877-2930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5273E8" w14:textId="3ECFC324" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="000526B4" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0E567C96" w14:textId="23409AEB" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="005939F0" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Steve.dusse@pairedpower.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...126 lines deleted...]
-              <w:t>0%=30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F702F01" w14:textId="3B2773BA" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="00123506" w:rsidP="008A4770">
+          <w:p w14:paraId="26F6346D" w14:textId="23809657" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="00D321FD" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 and 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E45FA56" w14:textId="52EDEDAC" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="00D321FD" w:rsidP="00E01E9D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00393223" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>%= 10 Days; 1.5%=15 Days; 1.0%=</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF199A" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20 Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA18CAE" w14:textId="4F97898F" w:rsidR="001C090D" w:rsidRPr="006075B3" w:rsidRDefault="00FF199A" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="25EF22BA" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="0FB148D8" w14:textId="77777777" w:rsidTr="00E630EA">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05E65BA5" w14:textId="73AAF346" w:rsidR="0006F8CE" w:rsidRPr="00D85EF5" w:rsidRDefault="0006F8CE" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="277D1482" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PowerFlex</w:t>
-            </w:r>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0821A4DB" w14:textId="631E0E1B" w:rsidR="2194BECF" w:rsidRPr="00D85EF5" w:rsidRDefault="2194BECF" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="04887E18" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId109">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37525</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50C4EAC9" w14:textId="4579A49C" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="035A2169" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Frances Palmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC3A01B" w14:textId="617A933E" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="33C05F95" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>650-469-3392</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7712FA08" w14:textId="4B24B8EE" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="761FB7EF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId110">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Frances.palmer@powerflex.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20740FB8" w14:textId="2C84C1B0" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="008A4770">
+          <w:p w14:paraId="39E03FBD" w14:textId="3B7F1D40" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D321FD" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1631732D" w14:textId="2FEEF027" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E01E9D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.30%=10 days; 0.25%=15 days; 0.20 %=20 days; 0.15%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="021C3887" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w14:paraId="7F792329" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="001355A3" w:rsidRPr="006075B3" w14:paraId="5A23FB25" w14:textId="77777777" w:rsidTr="00E630EA">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="683CEBA7" w14:textId="1E09AC6E" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="009D63DA" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0120422E" w14:textId="037406F2" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="001355A3" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t>ent Design and Construction (PPMDC)</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPPMDC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04294462" w14:textId="3FD4FB1C" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="00C0666D" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="4D978646" w14:textId="20A9D5D8" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="001E272E" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37717</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E31077E" w14:textId="5AB41BAD" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="007D0675" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="490701AC" w14:textId="25D7C084" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="00B76BEF" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carl Walker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F946D6" w14:textId="1A14C8EB" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="006B3081" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2CD80B69" w14:textId="5BAA5363" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="00B42C2D" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-944-6115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B1F6651" w14:textId="60F9387D" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="00C11C33" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="773A9282" w14:textId="33AC3A26" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="00B42C2D" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r w:rsidRPr="007050A6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CsWalker345@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...93 lines deleted...]
-              <w:t>30 days</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8BEFBE" w14:textId="6E9D4717" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="0044594B" w:rsidP="008A4770">
+          <w:p w14:paraId="1D137D7D" w14:textId="3C2D0BDB" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="000E6A2A" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC1EC6B" w14:textId="200BEAEF" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="000E6A2A" w:rsidP="00E01E9D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D7654C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.0%=10 days; 4.0%=15 days; 3.0 %=20 days; 2.0%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D978DB4" w14:textId="74338385" w:rsidR="001355A3" w:rsidRPr="006075B3" w:rsidRDefault="000E6A2A" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="06009261" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="62F61AC8" w14:textId="77777777" w:rsidTr="00E630EA">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726E078C" w14:textId="45277591" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1F4449FC" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ReVision Energy Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02246878" w14:textId="62A53603" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="19D705EA" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37272</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49C87891" w14:textId="18FE53DE" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
+          <w:p w14:paraId="690AB2C7" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Barry Woods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC63CA1" w14:textId="30E320B1" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5A797527" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>503-504-6492</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1210B0D3" w14:textId="6D0076F7" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0090327D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId114">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Barryw@revisionemergy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0020D10D" w14:textId="6C7036AA" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2E0F1B5C" w:rsidP="008A4770">
+          <w:p w14:paraId="36ED864E" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C67A4B0" w14:textId="22D288D2" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.0%=10 days; 2.0%=15 days; 1.0 %=20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F25A9F5" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="4D50731C" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="50A1F09B" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD1F25F" w14:textId="445243A1" w:rsidR="3325DCC3" w:rsidRPr="00D85EF5" w:rsidRDefault="3325DCC3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="166E5163" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Revolt Charging Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12562BCB" w14:textId="6C5A4A51" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="00B847B8" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2134F791" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37499</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD2BB26" w14:textId="42DCE5CF" w:rsidR="3325DCC3" w:rsidRPr="00D85EF5" w:rsidRDefault="3325DCC3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="080A3CC9" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anel Bellevue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4C887C" w14:textId="2DC7BEAB" w:rsidR="342E1033" w:rsidRPr="00D85EF5" w:rsidRDefault="342E1033" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0BCAACF6" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-320-4494</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="579F1B09" w14:textId="1BD3A31E" w:rsidR="342E1033" w:rsidRPr="00D85EF5" w:rsidRDefault="342E1033" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="795A06D8" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId103">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId116">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Abellevue@revolt-charging.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE56AEA" w14:textId="4ACB837F" w:rsidR="2241C615" w:rsidRPr="00D85EF5" w:rsidRDefault="2241C615" w:rsidP="008A4770">
+          <w:p w14:paraId="0DC5967D" w14:textId="365D68F5" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D321FD" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2CEB57" w14:textId="4B6F48D1" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E630EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.0%=10 days; 4.0%=15 days; 3.0 %=20 days; 2.0%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4D3973" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="190B479F" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="42AB988D" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFC3E9F" w14:textId="7D0AFB3A" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6F983FA6" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Revvit Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFB487F" w14:textId="7066213E" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3ECEBF3D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37344</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C18DE97" w14:textId="12F343F0" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1C8B4B6C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ross Bloom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6120385F" w14:textId="14D4FD1E" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="26D933EB" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-789-6404</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DED37F4" w14:textId="0F663B23" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="75A9955C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId118">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Ross@revvit.net</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...97 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6872D968" w14:textId="7C949606" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="71A5ECA0" w:rsidP="008A4770">
+          <w:p w14:paraId="05D3E635" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20957CF4" w14:textId="7A9989A9" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="001D2D6A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.5%=10 days;1.5%=15 days; 1.0 %=20 days; 1.0%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E754C4" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="0D06BC48" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="1A008772" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E53686B" w14:textId="756C6651" w:rsidR="28D4A261" w:rsidRPr="00D85EF5" w:rsidRDefault="28D4A261" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="4C083FA6" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rivermoor Energy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1753296E" w14:textId="2B146C5C" w:rsidR="4119461F" w:rsidRPr="00D85EF5" w:rsidRDefault="4119461F" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="737EA8C1" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37524</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EF9B817" w14:textId="6288D4F2" w:rsidR="2D1B2978" w:rsidRPr="00D85EF5" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5D1CF211" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>John Tourtelotte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34F8824A" w14:textId="4AD08648" w:rsidR="2D1B2978" w:rsidRPr="00D85EF5" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="3A7F5D0E" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-655-6002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5E8B79" w14:textId="76BB1580" w:rsidR="2D1B2978" w:rsidRPr="00D85EF5" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="4321A49F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId120">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>John@rivermoorenergy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...73 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6E9FAB" w14:textId="74917DCA" w:rsidR="1C631AB9" w:rsidRPr="00D85EF5" w:rsidRDefault="1C631AB9" w:rsidP="008A4770">
+          <w:p w14:paraId="7CB54CFD" w14:textId="0C672B86" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="0035372A" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 and </w:t>
+            </w:r>
+            <w:r w:rsidR="006E5CF5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F7C83D" w14:textId="77777777" w:rsidR="005B4860" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.25%=10 days;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F48A051" w14:textId="27396E73" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0%=15-30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="203B322C" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005836CE" w:rsidRPr="00D85EF5" w14:paraId="0AD7CA1F" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="001E272E" w:rsidRPr="006075B3" w14:paraId="74E8A763" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC03CD8" w14:textId="332A2364" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="005836CE" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5985A442" w14:textId="2DB85A43" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="001E272E" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...33 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1071" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>urya</w:t>
+            </w:r>
+            <w:r w:rsidR="00E871C5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1071" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ech EV Power</w:t>
+            </w:r>
+            <w:r w:rsidR="00E871C5" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FEB08F3" w14:textId="310D3261" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="009F4A18" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="76FB6E36" w14:textId="4E7BCFD8" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="00BD1071" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37680</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C3545B" w14:textId="121D87AD" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="00217D0F" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="26BFFF96" w14:textId="5E42C40B" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="00E871C5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...9 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mayur </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA4C36" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>amal</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA4C36" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>akar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E87E720" w14:textId="4F20B304" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="00651FE7" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2EBCDB9C" w14:textId="6F712CF1" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="00DA4C36" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>339-244-9464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBA75B7" w14:textId="6C46315A" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="00651FE7" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1E41B967" w14:textId="58733473" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="0035372A" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Mayur.kamalakar@suryatechpower.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...110 lines deleted...]
-              <w:t>=30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D582D8A" w14:textId="6CAD63E9" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="005370DC" w:rsidP="008A4770">
+          <w:p w14:paraId="5A727411" w14:textId="3E74DCA7" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="0035372A" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...13 lines deleted...]
-              <w:t>%</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 and 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DB8D3C" w14:textId="4ADBFB90" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="00A46A1A" w:rsidP="00E4633E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5.0%=10 days; 3.0%=15 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="006075B3" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.0 %=20 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C62790" w14:textId="09D58329" w:rsidR="001E272E" w:rsidRPr="006075B3" w:rsidRDefault="006075B3" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575409" w:rsidRPr="00D85EF5" w14:paraId="0AF5E609" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="51D23BE9" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D100AC" w14:textId="2F3CA786" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="001C6827" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2158E281" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universal Electric</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78138439" w14:textId="468230BC" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="001C6827" w:rsidP="00DC7A03">
+          <w:p w14:paraId="69F62A47" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37152</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC47253" w14:textId="25AF2B09" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="23C0E792" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mike Quinn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E62981E" w14:textId="5B8E8FDA" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3A809698" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>413-788-9473</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3772990E" w14:textId="7DBDF4F7" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="721E14CA" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId124">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Mquinn@uecma.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="025B7DCD" w14:textId="5C1E080E" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="46CC52F5" w:rsidP="008A4770">
+          <w:p w14:paraId="071085D8" w14:textId="34B80EA1" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2D6A" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="229082FD" w14:textId="5C3AFFC5" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.0%=10-30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFDDB49" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="18C39DD2" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="5269AFC3" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1766C6" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="095142EC" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verdek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBE5A5D" w14:textId="3AD443EB" w:rsidR="5C641CFF" w:rsidRPr="00D85EF5" w:rsidRDefault="5C641CFF" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0D811315" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37528</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="544AF0AB" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2BC5BAB6" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Margaret Paccione</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50E2B9EE" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5B98A6CA" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>203-421-6477</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2537BE5F" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0A4388F3" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId113">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId126">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>admin@verdek.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01FBB4AF" w14:textId="4A9F7FBE" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="009A48FF">
+          <w:p w14:paraId="5BE98587" w14:textId="280EB0C9" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="047BE652" w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="001D2D6A" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; 4</w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71CE736A" w14:textId="09EE09A5" w:rsidR="33EC970F" w:rsidRPr="00D85EF5" w:rsidRDefault="33EC970F" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="28B46F2D" w14:textId="47593386" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1.0%= 10 days</w:t>
+              <w:t>1.0%=10 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37BC7A84" w14:textId="22E81ED8" w:rsidR="33EC970F" w:rsidRPr="00D85EF5" w:rsidRDefault="33EC970F" w:rsidP="008A4770">
+          <w:p w14:paraId="2D19D0BD" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575409" w:rsidRPr="00D85EF5" w14:paraId="2EF88CB4" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="6BD6004A" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739A7C1F" w14:textId="2873FA37" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="006D657A" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3B88A228" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Viatec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0898A089" w14:textId="6DEADB36" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="006D657A" w:rsidP="00DC7A03">
+          <w:p w14:paraId="03C1BBF7" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37214</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62535134" w14:textId="4E2B13FE" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3A54A7A1" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zach Gervin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="315F22E4" w14:textId="25526ABB" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5CAFAE78" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>650-384-9007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29CA46FE" w14:textId="39A2B4F2" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5AC50969" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId115">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId128">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ZachG@viatec.us</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D4ACDE" w14:textId="6014A003" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="008A4770">
+          <w:p w14:paraId="5406D67D" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5465B74B" w14:textId="0B689CEF" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0% =10 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D35965B" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="77D87207" w14:textId="77777777" w:rsidTr="00C11C33">
+      <w:tr w:rsidR="006E5CF5" w:rsidRPr="006075B3" w14:paraId="4E4A5936" w14:textId="77777777" w:rsidTr="005B4860">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7416D0" w14:textId="7F399F3B" w:rsidR="58384AF1" w:rsidRPr="00D85EF5" w:rsidRDefault="58384AF1" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0BD611EB" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> LLC</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Voltrek LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7895989F" w14:textId="76D7DBAD" w:rsidR="3E1F1948" w:rsidRPr="00D85EF5" w:rsidRDefault="3E1F1948" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2E7A21BD" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r w:rsidRPr="006075B3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37343</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="432D4181" w14:textId="6FCF41F2" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1E6D206F" w14:textId="4EDAA919" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="0068145B" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...5 lines deleted...]
-              <w:t>Christine Minaya</w:t>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kathleen Connors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77980AEE" w14:textId="77A2AF8B" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5B8214D2" w14:textId="5B8DA5ED" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="00BD5579" w:rsidP="00E4633E">
             <w:pPr>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...5 lines deleted...]
-              <w:t>978-529-3848</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA7E6EE" w14:textId="4C98E1AB" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2865959B" w14:textId="0FA3676E" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="00BD5579" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId117">
-              <w:r w:rsidRPr="00D85EF5">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r w:rsidRPr="00D80F06">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Cminaya@voltrek.com</w:t>
+                <w:t>sales@voltrek.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D85EF5">
-[...65 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B616BE0" w14:textId="698B16F5" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="008A4770">
+          <w:p w14:paraId="5C292290" w14:textId="0DA66E50" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="00E4633E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85EF5">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2D6A" w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8FC0D4" w14:textId="441A6615" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.0% =10 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E5430F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="006075B3" w:rsidRDefault="006E5CF5" w:rsidP="005B4860">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006075B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EB88062" w14:textId="6F9F5693" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E">
+    <w:p w14:paraId="154D4064" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00D7654C" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Appendix_B:_Vendor"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkStart w:id="83" w:name="_Appendix_C:_Vendor"/>
+      <w:bookmarkEnd w:id="83"/>
     </w:p>
-    <w:p w14:paraId="6332B1D8" w14:textId="234C0511" w:rsidR="000F0321" w:rsidRPr="00D7654C" w:rsidRDefault="000F0321" w:rsidP="000F0321">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="58F8E879" w14:textId="73F789AB" w:rsidR="009329E5" w:rsidRDefault="00275216" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc216360843"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc194066624"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00275216">
+        <w:t>United Nations Standard Products and Services Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275216">
+        <w:t xml:space="preserve"> (UNSPSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275216">
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+    </w:p>
+    <w:p w14:paraId="6A2944AB" w14:textId="4DDDF95E" w:rsidR="006E5CF5" w:rsidRPr="008C4910" w:rsidRDefault="008C4910" w:rsidP="006E5CF5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C4910">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">*Note that COMMBUYS is the official system of record for vendor contact information. </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UNSPSC for</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="008C4910">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VEH122:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADB5CDB" w14:textId="5085A4B4" w:rsidR="0013718A" w:rsidRPr="00D7654C" w:rsidRDefault="000F0321" w:rsidP="000F0321">
-[...125 lines deleted...]
-    <w:p w14:paraId="28B65192" w14:textId="77777777" w:rsidR="00F34B59" w:rsidRPr="009C3311" w:rsidRDefault="00F34B59" w:rsidP="006F5D48">
+    <w:p w14:paraId="4C3C55F9" w14:textId="6F4E1042" w:rsidR="006E5CF5" w:rsidRPr="008C4910" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C3311">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>25-17-00 - Transportation components and systems</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="0071016B" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="0071016B" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4910">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transportation components and systems</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7564148B" w14:textId="36638A1D" w:rsidR="00F34B59" w:rsidRPr="009C3311" w:rsidRDefault="00F34B59" w:rsidP="006F5D48">
+    <w:p w14:paraId="41BB02FB" w14:textId="2A3D5B21" w:rsidR="006E5CF5" w:rsidRPr="008C4910" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C3311">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>25-17-50 - Electric vehicle charging systems</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="0071016B" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="0071016B" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4910">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Electric vehicle charging systems</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7515C7" w14:textId="6D70D3BC" w:rsidR="00F34B59" w:rsidRPr="009C3311" w:rsidRDefault="00F34B59" w:rsidP="006F5D48">
+    <w:p w14:paraId="3E6E22A3" w14:textId="05CD277B" w:rsidR="006E5CF5" w:rsidRPr="008C4910" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C3311">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>25-19-00 - Transportation services equipment</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="0071016B" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="0071016B" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4910">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transportation services equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B80385F" w14:textId="77777777" w:rsidR="00D604C2" w:rsidRPr="009C3311" w:rsidRDefault="00D604C2" w:rsidP="00D604C2">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0B9CCB98" w14:textId="0B120814" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="_Appendix:_Detailed_Contract"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc216360844"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00ED150D">
+        <w:t xml:space="preserve">Appendix: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5">
+        <w:t>Detailed Contract Categories</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
-    <w:p w14:paraId="0B9CCB98" w14:textId="300AB3EE" w:rsidR="00E51057" w:rsidRPr="008324FF" w:rsidRDefault="00E51057" w:rsidP="00E51057">
-[...29 lines deleted...]
-    <w:p w14:paraId="3A5E8368" w14:textId="757827C5" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="00B624C0">
+    <w:p w14:paraId="6C7150CD" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Category 1: </w:t>
       </w:r>
-      <w:r w:rsidR="00B624C0" w:rsidRPr="00D7654C">
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Electric Vehicle Supply Equipment (EVSE), Hardware, Software, and Ancillary Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E401C0" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="00001C92">
+    <w:p w14:paraId="5235BC76" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0423FBD8" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="00001C92">
+    <w:p w14:paraId="728BDB99" w14:textId="6E1F293B" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">EVSE includes charging station equipment, hardware, software, and ancillary services.  Products offered in Category 1 must have the listing mark of an approved Nationally Recognized Testing Laboratory (NRTL). Examples of EVSE products include, but are not limited to, the following: </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EVSE includes charging station equipment, hardware, software, and ancillary services. Products offered in Category 1 must have the listing mark of an approved Nationally Recognized Testing Laboratory (NRTL). Examples of EVSE products include, but are not limited to, the following: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73813FD1" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="00001C92">
+    <w:p w14:paraId="7A746986" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="407A3787" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="5F013E14" w14:textId="6E1D1C86" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Level 1 Hardware</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="000565F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ardware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB10099" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="4DB75D9B" w14:textId="33B526D1" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Level 2 Hardware</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="000565F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ardware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4070BD28" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="0E8EE312" w14:textId="353D4FC7" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>DC Fast Charge (DCFC) Hardware</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DC Fast Charge (DCFC) </w:t>
+      </w:r>
+      <w:r w:rsidR="000565F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ardware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40157DA0" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="1AA9E243" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inductive Charging Hardware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="138131A7" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="0259EB14" w14:textId="0F374B67" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Network Software and Reporting Services</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Network </w:t>
+      </w:r>
+      <w:r w:rsidR="000565F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oftware and </w:t>
+      </w:r>
+      <w:r w:rsidR="000565F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eporting </w:t>
+      </w:r>
+      <w:r w:rsidR="000565F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ervices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5A94EE" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="4E9BFD5C" w14:textId="26B56F9E" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Billing Services</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Billing </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4E3B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ervices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54105051" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="51539AE0" w14:textId="066865EA" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Site Assessment</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Site </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4E3B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ssessment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E615CF" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="0F6955CD" w14:textId="0584C578" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Installation and/or Commissioning</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Installation and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4E3B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ommissioning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DF6CA1" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="570D4574" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Servicing and maintenance during and/or after warranty</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475752CD" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="332E64E2" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EVSE paired with clean energy generation and/or storage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C10550A" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="15E1019A" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EVSE Vehicle to X software and services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="199B6748" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="74074011" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EVSE demand management software and services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D5F85D" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="5531C52F" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>EVSE fleet charging management software and services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A6055E" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="71668366" w14:textId="571E5862" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Portable EV Charger with or without solar</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Portable EV </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4E3B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harger with or without solar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C28AB1C" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="04CBCC68" w14:textId="3647B844" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Portable Fast EV Charger with or without solar</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Portable </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4E3B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ast EV </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4E3B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harger with or without solar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F392158" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="00001C92">
+    <w:p w14:paraId="196D5813" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC11472" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="008324FF" w:rsidRDefault="00001C92" w:rsidP="00B624C0">
+    <w:p w14:paraId="12D87D6A" w14:textId="72C29A88" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008324FF">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="_Hlk58668360"/>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 2:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008324FF">
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Idle Reduction – Heavy, Medium, and Light-Duty Vehicles; and Heavy-Duty Equipment</w:t>
+        <w:t>Idle Reduction–Heavy, Medium, and Light-Duty Vehicles and Heavy-Duty Equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633A2D55" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00001C92" w:rsidRDefault="00001C92" w:rsidP="00001C92">
+    <w:p w14:paraId="164FFAF1" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49EA0080" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="00001C92">
+    <w:p w14:paraId="155AA235" w14:textId="7D368688" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008324FF">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Idle </w:t>
+      </w:r>
+      <w:r w:rsidR="00E109DE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>categories include heavy-duty vehicles and heavy-duty equipment, medium-duty vehicles, and light-duty vehicles.  Pricing, submitted by the Vendor, shall include installation, where appropriate. Products offered for heavy-duty vehicles must be Environmental Protection Agency (EPA) or Department of Energy (DOE) certified.  All other products must be certified by a third party that is nationally recognized.  Example products include, but are not limited to:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eduction </w:t>
+      </w:r>
+      <w:r w:rsidR="00E109DE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">echnologies include products and services designed to reduce unnecessary vehicle idling.  Equipment categories include heavy-duty vehicles and heavy-duty equipment, medium-duty vehicles, and light-duty vehicles. Pricing, submitted by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005703AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">endor, shall include installation, where appropriate. Products offered for heavy-duty vehicles must be </w:t>
+      </w:r>
+      <w:r w:rsidR="004155A1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">certified by the U.S. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Environmental Protection Agency (EPA) or </w:t>
+      </w:r>
+      <w:r w:rsidR="004155A1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Department of Energy (DOE). All other products must be certified by a third party that is nationally recognized.  Example products include, but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31221A8C" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="00001C92">
+    <w:p w14:paraId="510D76A3" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="046143DB" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="0C8D2B93" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Battery/Auxiliary Power Units or Generator Set (APU/GSs)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2274D79E" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="1ECD7082" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cab or Bunk Heaters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77807E92" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="4A61F75A" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Air Heaters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17848D65" w14:textId="1B4EAF42" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
+    <w:p w14:paraId="2B5B2684" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Waste Heat Recovery Systems</w:t>
       </w:r>
-      <w:r w:rsidR="003F1B5B" w:rsidRPr="00D7654C">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11775430" w14:textId="0B01F3FF" w:rsidR="00AB7B06" w:rsidRPr="00D7654C" w:rsidRDefault="393EE150" w:rsidP="000F517E">
+    <w:p w14:paraId="5CA014D2" w14:textId="6C5E366A" w:rsidR="0037655F" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 3:</w:t>
       </w:r>
-      <w:r w:rsidR="000F517E">
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="00D7654C">
+        <w:t xml:space="preserve"> Alternative Fuel </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2C67">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology Conversions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00001C92" w:rsidRPr="00D7654C">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...24 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t xml:space="preserve">Alternative fuel </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2C67">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> technology conversion systems modify vehicles and engines so that they can run on–or be supplemented by–fuels or technologies other than the ones for which they were originally designed. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Conversion technologies shall be applicable to vehicles already in service, on the road</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6557">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="3716AE5B" w:rsidRPr="00D7654C">
-[...16 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> new vehicles</w:t>
+      </w:r>
+      <w:r w:rsidR="00857F56">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3716AE5B" w:rsidRPr="00D7654C">
-[...53 lines deleted...]
-        <w:br/>
+      <w:r w:rsidR="00FD0F18">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3790E" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>upfits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at time of purchase. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62219D3A" w14:textId="77777777" w:rsidR="00AB7B06" w:rsidRPr="00D7654C" w:rsidRDefault="3716AE5B" w:rsidP="000F517E">
+    <w:p w14:paraId="6504680D" w14:textId="77777777" w:rsidR="0037655F" w:rsidRDefault="0037655F" w:rsidP="006E5CF5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F29FA64" w14:textId="77777777" w:rsidR="0037655F" w:rsidRDefault="006E5CF5" w:rsidP="0037655F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:hanging="1440"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product offers must be certified by one of the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585A7C25" w14:textId="77777777" w:rsidR="002805BF" w:rsidRDefault="006E5CF5" w:rsidP="0037655F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037655F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EPA Clean Alternative Fuel Conversion Systems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D84CD9D" w14:textId="5DCE7825" w:rsidR="002805BF" w:rsidRDefault="002805BF" w:rsidP="0037655F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002805BF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>California Air Resources Board</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="0037655F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CARB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C05D0D" w14:textId="77777777" w:rsidR="002805BF" w:rsidRDefault="002805BF" w:rsidP="0037655F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="0037655F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ationally recognized testing laboratory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260EC457" w14:textId="77777777" w:rsidR="00163561" w:rsidRDefault="002805BF" w:rsidP="0037655F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="0037655F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anufacturer certification that includes a warranty protection statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DFD50A" w14:textId="77777777" w:rsidR="00007593" w:rsidRDefault="00007593" w:rsidP="00163561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="297DAD43" w14:textId="77777777" w:rsidR="00AB7B06" w:rsidRPr="00D7654C" w:rsidRDefault="3716AE5B" w:rsidP="000F517E">
+    <w:p w14:paraId="62E1623A" w14:textId="03C1F4FA" w:rsidR="006E5CF5" w:rsidRPr="00163561" w:rsidRDefault="006E5CF5" w:rsidP="00163561">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">• Hybrid Electric Vehicle (HEV) Technologies </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00163561">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All products must be installed by the manufacturer or by certified or authorized installers. Vendors must provide a list of products and services that end users may purchase as stand-alone items or that may be offered as part of a full-service purchase option. Full-</w:t>
+      </w:r>
+      <w:r w:rsidR="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163561">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ervice options include installation, labor</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6294" w:rsidRPr="00163561">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163561">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and all ancillary costs. Warranty issues must be called out in ship-through codes. Pricing includes installation, transportation charges, and other ancillary services, as separate line items, where appropriate. Products include, but are not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163561">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163561">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42611BE8" w14:textId="77777777" w:rsidR="00AB7B06" w:rsidRPr="00D7654C" w:rsidRDefault="3716AE5B" w:rsidP="000F517E">
+    <w:p w14:paraId="7B8247D3" w14:textId="0CA2D5ED" w:rsidR="006E5CF5" w:rsidRPr="00677335" w:rsidRDefault="006E5CF5" w:rsidP="00677335">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Battery Electric Vehicle (BEV) Technologies </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500A540D" w14:textId="32F0A54F" w:rsidR="006E5CF5" w:rsidRPr="00677335" w:rsidRDefault="006E5CF5" w:rsidP="00677335">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hybrid Electric Vehicle (HEV) Technologies </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37474DDD" w14:textId="5C7590EC" w:rsidR="006E5CF5" w:rsidRPr="00677335" w:rsidRDefault="006E5CF5" w:rsidP="00677335">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Plug-in Hybrid Electric Vehicle (PHEV) Technologies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4582FAA4" w14:textId="7909F194" w:rsidR="006E5CF5" w:rsidRPr="00677335" w:rsidRDefault="006E5CF5" w:rsidP="00677335">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hydraulic Hybrid Vehicle (HHV) Technologies </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD639DF" w14:textId="0FD1B4F4" w:rsidR="006E5CF5" w:rsidRPr="00677335" w:rsidRDefault="006E5CF5" w:rsidP="00677335">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alternative Fuel Retrofit Technologies such as those used to convert vehicles from petroleum fuel to  </w:t>
+      </w:r>
+      <w:r w:rsidR="0084594D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ropane, </w:t>
+      </w:r>
+      <w:r w:rsidR="0084594D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ompressed </w:t>
+      </w:r>
+      <w:r w:rsidR="0084594D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atural </w:t>
+      </w:r>
+      <w:r w:rsidR="0084594D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as (CNG), </w:t>
+      </w:r>
+      <w:r w:rsidR="0084594D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lectricity, or </w:t>
+      </w:r>
+      <w:r w:rsidR="0084594D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ydrogen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5177071D" w14:textId="78CC46D7" w:rsidR="006E5CF5" w:rsidRPr="00677335" w:rsidRDefault="006E5CF5" w:rsidP="00677335">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Options to attain BEV, HEV, PHEV, HHV, or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76D85">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lternative </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76D85">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uel </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76D85">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">echnologies as vehicle upfits/retrofits </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E58BAFA" w14:textId="089D7D06" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="003761DC" w:rsidP="006E5CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-        <w:t>• Plug-in Hybrid Electric Vehicle (PHEV) Technologies</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are required to clearly identify in the initial quote </w:t>
+      </w:r>
+      <w:r w:rsidR="00660948" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> possible modifications and changes to the vehicle’s current specifications. Such modifications or changes may include fuel economy, towing capacity, dimension changes, ground clearance, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and so forth</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For all integrated technologies, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vendors</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5CF5" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are required to inform customers whether the vehicle will remain operational in the event of a failure in the upfit technology.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CEE8A91" w14:textId="77777777" w:rsidR="00AB7B06" w:rsidRPr="00D7654C" w:rsidRDefault="3716AE5B" w:rsidP="000F517E">
-[...102 lines deleted...]
-    <w:p w14:paraId="5905D538" w14:textId="77777777" w:rsidR="009B20B1" w:rsidRDefault="009B20B1" w:rsidP="009B20B1">
+    <w:p w14:paraId="0D09E1B0" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02CC11AC" w14:textId="79781BB4" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="393EE150" w:rsidP="009B20B1">
+    <w:p w14:paraId="4F23E0BF" w14:textId="77777777" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Category 4: </w:t>
       </w:r>
-      <w:r w:rsidR="000F517E">
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="00D7654C">
+        <w:t>Electric Vehicle Supply Equipment (EVSE) Operation and Maintenance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00460ADA">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p w14:paraId="62DD9E43" w14:textId="780CFB3C" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This category offers a pre-qualified list of vendors to provide comprehensive maintenance and operational services for electric vehicle (EV) charging stations. Vendors will be responsible for ensuring the charging stations' optimal performance, reliability, and availability. These plans cover routine inspections, preventive</w:t>
+      </w:r>
+      <w:r w:rsidR="00202580">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maintenance, and prompt repair services to ensure optimal performance and reliability of the charging infrastructure. Vendors will be responsible for managing and servicing all aspects of the charging stations, including software updates, hardware repairs, and emergency response. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0D69DF" w14:textId="557BFF57" w:rsidR="006E5CF5" w:rsidRPr="00F35940" w:rsidRDefault="006E5CF5" w:rsidP="006E5CF5">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendors are required to clearly identify in the initial quote </w:t>
+      </w:r>
+      <w:r w:rsidR="00202580" w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> possible modifications and changes to the vehicle’s current specifications.  Such modifications or changes may include fuel economy, towing capacity, dimension changes, ground clearance, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C963D1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and so forth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35940">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B85F581" w14:textId="0CF72EAD" w:rsidR="00931DF2" w:rsidRPr="00CB0DE4" w:rsidRDefault="00C963D1" w:rsidP="00007593">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0DE4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...68 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0DE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D7654C">
-[...34 lines deleted...]
-        <w:ind w:left="1440"/>
+      <w:r w:rsidR="00CB0DE4" w:rsidRPr="00CB0DE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you need an electrician to work with your agency or municipality, please refer to the list of TRD01 Electrician Vendors located in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131">
+        <w:r w:rsidR="00CB0DE4" w:rsidRPr="00CB0DE4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Conversion Vendor</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CB0DE4" w:rsidRPr="00CB0DE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> file</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3896">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (list</w:t>
+      </w:r>
+      <w:r w:rsidR="00C570F2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be located under </w:t>
+      </w:r>
+      <w:r w:rsidR="00C570F2" w:rsidRPr="00C570F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D7654C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidR="00C570F2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C570F2" w:rsidRPr="00C570F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> file.  These electricians are experienced with charging station installation and equipment.</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vendor Attachments</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3896" w:rsidRPr="001A3896">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C570F2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0DE4" w:rsidRPr="00CB0DE4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>These electricians are experienced with charging station installation and equipment.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidSect="00001C92">
-[...2 lines deleted...]
-      <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="864" w:footer="360" w:gutter="0"/>
+    <w:sectPr w:rsidR="00931DF2" w:rsidRPr="00CB0DE4" w:rsidSect="00E96D43">
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C77B07B" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="50F11FE1" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BA28A4" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="4D60E68F" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41702B44" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="743BFED5" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07389B3C" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="3CAC3328" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="45A948E5" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9">
+    <w:p w14:paraId="0C942B92" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -22585,287 +23639,224 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6406EE7E" w14:textId="2015784C" w:rsidR="00B85E2F" w:rsidRPr="00621EE2" w:rsidRDefault="00B85E2F" w:rsidP="00B85E2F">
+  <w:p w14:paraId="3D1D0FA7" w14:textId="77777777" w:rsidR="00836826" w:rsidRDefault="00836826" w:rsidP="00FF756C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="29EFE2C8" w14:textId="023EC520" w:rsidR="00B564C1" w:rsidRPr="00621EE2" w:rsidRDefault="00B564C1" w:rsidP="00FF756C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Note: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">NOTE: </w:t>
+      <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
-[...13 lines deleted...]
-      </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78F8526E" w14:textId="611B6952" w:rsidR="00B85E2F" w:rsidRDefault="005875DD" w:rsidP="00B85E2F">
+  <w:p w14:paraId="72DBEBE5" w14:textId="75A82BA9" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00007593">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>U</w:t>
+      <w:t>Template Version: 9.0</w:t>
     </w:r>
-    <w:r w:rsidR="0081067A" w:rsidRPr="00222273">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>pdated:</w:t>
+      <w:tab/>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="00A16309" w:rsidRPr="00FC288C">
-[...6 lines deleted...]
-    <w:r w:rsidR="004D101D">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>N</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00970F22">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>ovember 13</w:t>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>, 2025</w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
-      <w:t xml:space="preserve">Template </w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00C70F3C">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>V</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">ersion: </w:t>
+      <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
-    <w:r w:rsidR="00B85E2F">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
-      <w:t xml:space="preserve">Page </w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B85E2F" w:rsidRPr="000D2433">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t>25</w:t>
     </w:r>
-    <w:r w:rsidR="00B85E2F" w:rsidRPr="000D2433">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
-[...70 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="339F6026" w14:textId="1834D456" w:rsidR="00B85E2F" w:rsidRPr="003E118F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+  <w:p w14:paraId="79F596D7" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRPr="003E118F" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1815"/>
         <w:tab w:val="center" w:pos="4968"/>
         <w:tab w:val="right" w:pos="9990"/>
       </w:tabs>
       <w:ind w:left="-1440" w:right="-1440"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -22879,116 +23870,601 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Room</w:t>
     </w:r>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>608</w:t>
     </w:r>
-    <w:r w:rsidR="00A86CA3">
+    <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>,</w:t>
+      <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="5DA8B09D" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRPr="003E118F" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Tel: (617) 720 - 3300 | </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1">
+      <w:r w:rsidRPr="003E118F">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">www.mass.gov/osd </w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2B8C5047" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A21D9F" wp14:editId="5D574E5A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9705975</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7772400" cy="352425"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1730328604" name="Group 1730328604">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr>
+                      <a:grpSpLocks/>
+                    </wpg:cNvGrpSpPr>
+                    <wpg:grpSpPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7772400" cy="352425"/>
+                        <a:chOff x="0" y="15285"/>
+                        <a:chExt cx="12240" cy="555"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="1339229573" name="Rectangle 6"/>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="15285"/>
+                          <a:ext cx="12240" cy="149"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="EFB935"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                    <wps:wsp>
+                      <wps:cNvPr id="311132120" name="Rectangle 7"/>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="15433"/>
+                          <a:ext cx="12240" cy="407"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="2E3791"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="46754DB1" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658241;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
+              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="10938" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3646"/>
+      <w:gridCol w:w="3646"/>
+      <w:gridCol w:w="3646"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="4C2A9F3F" w14:paraId="171CABCA" w14:textId="77777777" w:rsidTr="00B84519">
+      <w:trPr>
+        <w:trHeight w:val="198"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3646" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="408117BB" w14:textId="3795C989" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="00B84519">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3646" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="11AE3D1B" w14:textId="5609ABA8" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3646" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3098181F" w14:textId="78E03542" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="78B34D08" w14:textId="6410B732" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="10254724" w14:textId="77777777" w:rsidR="00B84519" w:rsidRDefault="00B84519"/>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FD0D681" w14:textId="3F286BCE" w:rsidR="00DC6031" w:rsidRPr="00621EE2" w:rsidRDefault="00DC6031" w:rsidP="007D42CF">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>N</w:t>
+    </w:r>
+    <w:r w:rsidR="00E365B8" w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ote</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00E365B8">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00621EE2">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>mass.gov/osd</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00621EE2">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Template Version: 9.0</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>27</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D2433">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2DAE5D91" w14:textId="77777777" w:rsidR="00DC6031" w:rsidRPr="003E118F" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="1815"/>
+        <w:tab w:val="center" w:pos="4968"/>
+        <w:tab w:val="right" w:pos="9990"/>
+      </w:tabs>
+      <w:ind w:left="-1440" w:right="-1440"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:rPr>
+    </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve">One Ashburton Place, </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Room</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>608</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E118F">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="2E368F"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="043864AE" w14:textId="77777777" w:rsidR="00B85E2F" w:rsidRPr="003E118F" w:rsidRDefault="00B85E2F" w:rsidP="003E118F">
+  <w:p w14:paraId="1548513B" w14:textId="0CBC9DAC" w:rsidR="00DC6031" w:rsidRPr="003E118F" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Tel: (617) 720 - 3300 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidRPr="003E118F">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>| TDD: (617) 727 - 2716 | Twitter: @Mass_OSD | Fax: (617) 727 - 4527</w:t>
+      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="027B16A5" w14:textId="77777777" w:rsidR="00B85E2F" w:rsidRDefault="00B85E2F">
+  <w:p w14:paraId="79A39E2A" w14:textId="661D822B" w:rsidR="00AC1E9E" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47206A98" wp14:editId="41A61AF8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708ECDEC" wp14:editId="317ECAF3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9705975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="26" name="Group 26">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -23065,350 +24541,305 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="26EFFFD8" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251675136;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="2BF939DF" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRDefault="0019409E"/>
+  <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
-    <w:tr w:rsidR="4C2A9F3F" w14:paraId="171CABCA" w14:textId="77777777" w:rsidTr="00B84519">
+    <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
       <w:trPr>
         <w:trHeight w:val="198"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="408117BB" w14:textId="1C00A9DA" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="00B84519">
+        <w:p w14:paraId="29E06CA7" w14:textId="1C6F2329" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="11AE3D1B" w14:textId="5609ABA8" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+        <w:p w14:paraId="21B50F06" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3098181F" w14:textId="78E03542" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+        <w:p w14:paraId="3A0E102E" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="775942F8" w14:textId="77777777" w:rsidR="00B84519" w:rsidRPr="00621EE2" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="4279F5A4" w14:textId="4BD2EE78" w:rsidR="005851F6" w:rsidRPr="00621EE2" w:rsidRDefault="005851F6" w:rsidP="00FF756C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00ED4906">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>N</w:t>
+    </w:r>
+    <w:r w:rsidR="008105B0" w:rsidRPr="00ED4906">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ote</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00ED4906">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">NOTE: </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>mass.gov/osd</w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="07400D7F" w14:textId="5B58295B" w:rsidR="00B84519" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="5BD17469" w14:textId="28EEF872" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00A50BA7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>U</w:t>
+      <w:t>Template Version: 9.0</w:t>
     </w:r>
-    <w:r w:rsidRPr="00222273">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>pdated:</w:t>
+      <w:tab/>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="005D4B89">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="009C447A">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>November 13</w:t>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>, 2025</w:t>
-[...2 lines deleted...]
-      <w:tab/>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Template </w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00C70F3C">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>V</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">ersion: </w:t>
+      <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Page </w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="000D2433">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
-[...70 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F5275F6" w14:textId="2C4AB3AF" w:rsidR="00B84519" w:rsidRPr="003E118F" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="0D6BC633" w14:textId="77777777" w:rsidR="005851F6" w:rsidRPr="003E118F" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1815"/>
         <w:tab w:val="center" w:pos="4968"/>
         <w:tab w:val="right" w:pos="9990"/>
       </w:tabs>
       <w:ind w:left="-1440" w:right="-1440"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -23422,756 +24853,399 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Room</w:t>
     </w:r>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>608</w:t>
     </w:r>
-    <w:r w:rsidR="00A86CA3">
+    <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>,</w:t>
+      <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="7A9F5523" w14:textId="2EE15038" w:rsidR="005851F6" w:rsidRPr="003E118F" w:rsidRDefault="005851F6" w:rsidP="00B84519">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
-        <w:b/>
-        <w:bCs/>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Boston, MA, 02108-1552</w:t>
+      <w:t xml:space="preserve">Tel: (617) 720 -3300 | </w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:hyperlink r:id="rId1">
+      <w:r w:rsidRPr="003E118F">
+        <w:rPr>
+          <w:color w:val="2E368F"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">www.mass.gov/osd </w:t>
+      </w:r>
+    </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Tel: (617) 720 - 3300 | </w:t>
-[...17 lines deleted...]
-      <w:t>| TDD: (617) 727 - 2716 | Twitter: @Mass_OSD | Fax: (617) 727 - 4527</w:t>
+      <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78B34D08" w14:textId="6410B732" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
+  <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="10254724" w14:textId="77777777" w:rsidR="00B84519" w:rsidRDefault="00B84519"/>
-[...381 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B3567ED" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5ED77A01" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE0CB7C" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="0B7064B7" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35159198" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7C71A6B1" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177F4F2F" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="2F14D8B3" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="43BB1E03" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9">
+    <w:p w14:paraId="5EBBACE8" w14:textId="77777777" w:rsidR="00A9166C" w:rsidRDefault="00A9166C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="6CF17157" w14:textId="67A23EEB" w:rsidR="00FA4EE1" w:rsidRDefault="00FA4EE1">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00087D7E" w:rsidRPr="00087D7E">
+        <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="0A55D4F6" w14:textId="67ACE660" w:rsidR="00087D7E" w:rsidRDefault="00087D7E">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00763D29" w:rsidRPr="00763D29">
+        <w:t>The Solicitation-Enabled MBPO is for multiple quote requests and price comparison.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="57EF8FA7" w14:textId="593528AF" w:rsidR="00267F25" w:rsidRDefault="00267F25">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00005DA5" w:rsidRPr="00005DA5">
+        <w:t>The Master Contract Record Master Blanket Purchase Order (MBPO) is the central repository for all common contract files. The price files may be found in the individual vendor’s MBPO.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A9B9F4D" w14:textId="488F56C6" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="007A023C">
+  <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D02B79">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="32"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C527650" wp14:editId="35D49D6F">
-          <wp:extent cx="1837690" cy="767194"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="4D5D836B">
+          <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="8093787" name="Picture 8093787" descr="Operational Services Division Logo" title="OSD Logo"/>
+          <wp:docPr id="1080266316" name="Picture 5">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="1123598174" name="Picture 5">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1846741" cy="770973"/>
+                    <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00886F53">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6BE6E74D" wp14:editId="40392326">
-[...1 lines deleted...]
-              <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6BE6E74D" wp14:editId="50671EE6">
+              <wp:extent cx="3633746" cy="821944"/>
+              <wp:effectExtent l="0" t="0" r="5080" b="0"/>
               <wp:docPr id="2" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4711700" cy="1041400"/>
+                        <a:ext cx="3633746" cy="821944"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="7E0367E2" w14:textId="0E3D7C43" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="00A86CA3" w:rsidP="00913691">
+                        <w:p w14:paraId="7E0367E2" w14:textId="09B80984" w:rsidR="00913691" w:rsidRPr="00937E20" w:rsidRDefault="00D7510B" w:rsidP="00913691">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00937E20">
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
                             </w:rPr>
-                            <w:t>VEH1</w:t>
+                            <w:t>VEH122</w:t>
                           </w:r>
-                          <w:r w:rsidR="005D4B89">
+                          <w:r w:rsidR="00913691" w:rsidRPr="00937E20">
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
                             </w:rPr>
-                            <w:t>2</w:t>
-[...20 lines deleted...]
-                            <w:t>Contract User Guide</w:t>
+                            <w:t xml:space="preserve"> Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6BE6E74D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:371pt;height:82pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8c4JJCwIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mqlG5R02l0FCGN&#10;gTT4AY7jNBa2z9huk/HrOTtZV+AN4QfL5zt/d/fd583NqBU5CeclmJoWi5wSYTi00hxq+u3r/s0V&#10;JT4w0zIFRtT0SXh6s339ajPYSiyhB9UKRxDE+GqwNe1DsFWWed4LzfwCrDDo7MBpFtB0h6x1bEB0&#10;rbJlnr/NBnCtdcCF93h7NznpNuF3neDhc9d5EYiqKdYW0u7S3sQ9225YdXDM9pLPZbB/qEIzaTDp&#10;GeqOBUaOTv4FpSV34KELCw46g66TXKQesJsi/6Obx55ZkXpBcrw90+T/Hyx/OD3aL46E8R2MOMDU&#10;hLf3wL97YmDXM3MQt87B0AvWYuIiUpYN1lfz00i1r3wEaYZP0OKQ2TFAAho7pyMr2CdBdBzA05l0&#10;MQbC8bJcF8U6RxdHX5GXRYlGzMGq5+fW+fBBgCbxUFOHU03w7HTvwxT6HBKzeVCy3UulkuEOzU45&#10;cmKogH1aM/pvYcqQoabXq+UqIRuI75M4tAyoUCV1Ta/yuCbNRDremzaFBCbVdMailZn5iZRM5ISx&#10;GTEw8tRA+4RMOZiUiD8HDz24n5QMqMKa+h9H5gQl6qNBtq+LsoyyTUa5Wi/RcJee5tLDDEeomgZK&#10;puMuJKlHHgzc4lQ6mfh6qWSuFdWVGJ9/QpTvpZ2iXv7r9hcAAAD//wMAUEsDBBQABgAIAAAAIQAO&#10;sPu22QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHWoQgIhTgVIIK4t&#10;/YBNvE0i4nUUu0369yxc4LLSaEazb8rN4gZ1oin0ng3crRJQxI23PbcG9p9vtw+gQkS2OHgmA2cK&#10;sKkuL0osrJ95S6ddbJWUcCjQQBfjWGgdmo4chpUficU7+MlhFDm12k44S7kb9DpJMu2wZ/nQ4Uiv&#10;HTVfu6MzcPiYb+4f5/o97vNtmr1gn9f+bMz11fL8BCrSEv/C8IMv6FAJU+2PbIMaDMiQ+HvFy9O1&#10;yFpCWZqArkr9n776BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHxzgkkLAgAA9wMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA6w+7bZAAAABQEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:286.1pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJLhtfDQIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N87FyW6sOKtttqkq&#10;bS/Sth+AMY5RgaFAYqdf3wF7s2n7VpUHxDDDmZkzh81drxU5CeclmJLOJlNKhOFQS3Mo6bev+ze3&#10;lPjATM0UGFHSs/D0bvv61aazhZhDC6oWjiCI8UVnS9qGYIss87wVmvkJWGHQ2YDTLKDpDlntWIfo&#10;WmXz6XSVdeBq64AL7/H2YXDSbcJvGsHD56bxIhBVUqwtpN2lvYp7tt2w4uCYbSUfy2D/UIVm0mDS&#10;C9QDC4wcnfwLSkvuwEMTJhx0Bk0juUg9YDez6R/dPLXMitQLkuPthSb//2D5p9OT/eJI6N9CjwNM&#10;TXj7CPy7JwZ2LTMHce8cdK1gNSaeRcqyzvpifBqp9oWPIFX3EWocMjsGSEB943RkBfskiI4DOF9I&#10;F30gHC8Xq8XiJl9RwtF3O5+t8zylYMXza+t8eC9Ak3goqcOhJnR2evQhVsOK55CYzIOS9V4qlQx3&#10;qHbKkRNDAezTGtF/C1OGdCVdL+fLhGwgvk/a0DKgQJXUWNw0rkEykY13pk4hgUk1nLESZUZ6IiMD&#10;N6GvegyMNFVQn5EoB4MQ8ePgoQX3k5IORVhS/+PInKBEfTBI9nqW51G1yciXN3M03LWnuvYwwxGq&#10;pIGS4bgLSemRBwP3OJRGJr5eKhlrRXElGsePENV7baeol++6/QUAAP//AwBQSwMEFAAGAAgAAAAh&#10;AHqxPqHaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdYjahoY4FSCB&#10;uLb0AzbxNomI11HsNunfs3CBy0irGc28Lbaz69WZxtB5NvCwSEAR19523Bg4fL7dP4IKEdli75kM&#10;XCjAtry+KjC3fuIdnfexUVLCIUcDbYxDrnWoW3IYFn4gFu/oR4dRzrHRdsRJyl2v0yRZa4cdy0KL&#10;A722VH/tT87A8WO6W22m6j0est1y/YJdVvmLMbc38/MTqEhz/AvDD76gQylMlT+xDao3II/EXxVv&#10;laUpqEpC6WYJuiz0f/ryGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEkuG18NAgAA9gMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHqxPqHaAAAA&#10;BQEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="7E0367E2" w14:textId="0E3D7C43" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="00A86CA3" w:rsidP="00913691">
+                  <w:p w14:paraId="7E0367E2" w14:textId="09B80984" w:rsidR="00913691" w:rsidRPr="00937E20" w:rsidRDefault="00D7510B" w:rsidP="00913691">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00937E20">
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
                       </w:rPr>
-                      <w:t>VEH1</w:t>
+                      <w:t>VEH122</w:t>
                     </w:r>
-                    <w:r w:rsidR="005D4B89">
+                    <w:r w:rsidR="00913691" w:rsidRPr="00937E20">
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
                       </w:rPr>
-                      <w:t>2</w:t>
-[...20 lines deleted...]
-                      <w:t>Contract User Guide</w:t>
+                      <w:t xml:space="preserve"> Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
@@ -24205,620 +25279,398 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="14318494" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="3F0F829D" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="65EFE440" w14:textId="77777777" w:rsidR="0019409E" w:rsidRDefault="0019409E"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1020B730" w14:textId="7A34F4A0" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
+  <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00D02B79">
+      <w:rPr>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1AA777EF" w14:textId="6473B901" w:rsidR="00197BB3" w:rsidRPr="00B928AC" w:rsidRDefault="00197BB3" w:rsidP="00822F94">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="10365"/>
+      </w:tabs>
+      <w:ind w:left="-720"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
     <w:r>
       <w:rPr>
+        <w:sz w:val="32"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6EA6ECE6" w14:textId="0DE4A57D" w:rsidR="00DD35D3" w:rsidRDefault="00196519" w:rsidP="00D02B79">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="-720"/>
+      <w:rPr>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="790EE6F8" wp14:editId="4BBFB17A">
-[...2 lines deleted...]
-          <wp:docPr id="493062747" name="Picture 493062747" descr="Operational Services Division Logo" title="OSD Logo"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AD6DAD" wp14:editId="6DA3FC0F">
+          <wp:extent cx="2682060" cy="804672"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1840876543" name="Picture 5">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="84574964" name="Picture 5">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1837944" cy="777240"/>
+                    <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00D02B79">
+    <w:r w:rsidR="00DD35D3" w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00DD35D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1408790E" wp14:editId="2D19E259">
-[...2 lines deleted...]
-              <wp:docPr id="5" name="Text Box 5"/>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1597F477" wp14:editId="44ADAB37">
+              <wp:extent cx="3562184" cy="795130"/>
+              <wp:effectExtent l="0" t="0" r="635" b="5080"/>
+              <wp:docPr id="1311369810" name="Text Box 1311369810"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4550735" cy="850789"/>
+                        <a:ext cx="3562184" cy="795130"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="747BED26" w14:textId="35FAF797" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00A23031">
+                        <w:p w14:paraId="06F7E207" w14:textId="4C4A228F" w:rsidR="00DD35D3" w:rsidRPr="009F580F" w:rsidRDefault="00D7510B">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="009F580F">
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
                             </w:rPr>
-                            <w:t>VEH1</w:t>
+                            <w:t>VEH122</w:t>
                           </w:r>
-                          <w:r w:rsidR="005D4B89">
+                          <w:r w:rsidR="00DD35D3" w:rsidRPr="009F580F">
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="48"/>
+                              <w:sz w:val="44"/>
+                              <w:szCs w:val="44"/>
                             </w:rPr>
-                            <w:t>2</w:t>
-[...271 lines deleted...]
-                            <w:t>Contract User Guide</w:t>
+                            <w:t xml:space="preserve"> Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1597F477" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1029" type="#_x0000_t202" style="width:358.35pt;height:67pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7qNw/EAIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlYduo6WrpUoS0&#10;XKSFD3Bsp7FwPMZ2m5SvZ+xkuwXeEH6wZjye45kzx5vbodPkJJ1XYCo6n+WUSMNBKHOo6Lev+1cr&#10;SnxgRjANRlb0LD293b58seltKRfQghbSEQQxvuxtRdsQbJllnreyY34GVhoMNuA6FtB1h0w41iN6&#10;p7NFnr/JenDCOuDSezy9H4N0m/CbRvLwuWm8DERXFGsLaXdpr+OebTesPDhmW8WnMtg/VNExZfDR&#10;C9Q9C4wcnfoLqlPcgYcmzDh0GTSN4jL1gN3M8z+6eWyZlakXJMfbC03+/8HyT6dH+8WRMLyFAQeY&#10;mvD2Afh3TwzsWmYO8s456FvJBD48j5RlvfXllBqp9qWPIHX/EQQOmR0DJKChcV1kBfskiI4DOF9I&#10;l0MgHA+XRZHfvC4o4Rhbob1apydY+ZRtnQ/vJXQkGhV1ONSEzk4PPsRqWPl0JT7mQSuxV1onxx3q&#10;nXbkxFAA+7Qm9N+uaUP6iq6LRZGQDcT8pI1OBRSoVh0Wl8c1Siay8c6IdCUwpUcbK9FmoicyMnIT&#10;hnogSlR0EXMjWzWIM/LlYNQj/h80WnA/KelRixX1P47MSUr0B4Ocr+fLZRRvcpbFzQIddx2pryPM&#10;cISqaKBkNHchCT7SYeAOZ9OoRNtzJVPJqLHE5vQfooiv/XTr+ddufwEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAIHJXKXaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdQolgRCn&#10;AiRQry39gE28TSLidRS7Tfr3LFzgMtJqRjNvi/XsenWiMXSeDSwXCSji2tuOGwP7z/fbR1AhIlvs&#10;PZOBMwVYl5cXBebWT7yl0y42Sko45GigjXHItQ51Sw7Dwg/E4h386DDKOTbajjhJuev1XZKk2mHH&#10;stDiQG8t1V+7ozNw2Ew3D09T9RH32XaVvmKXVf5szPXV/PIMKtIc/8Lwgy/oUApT5Y9sg+oNyCPx&#10;V8XLlmkGqpLQ/SoBXRb6P335DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPuo3D8QAgAA&#10;/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIHJXKXa&#10;AAAABQEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" stroked="f">
+            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:280.5pt;height:62.6pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAR8imREQIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJkzYx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7rx8lu2nQvQ3Tg0CK1BF5eLS57VvDTgq9Blvw2WTKmbISKm0PBf/xff9u&#10;xZkPwlbCgFUFf1Ke327fvtl0LldzaMBUChmBWJ93ruBNCC7PMi8b1Qo/AacsBWvAVgRy8ZBVKDpC&#10;b002n06vsw6wcghSeU+n90OQbxN+XSsZvta1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEuP&#10;nqHuRRDsiPovqFZLBA91mEhoM6hrLVXqgbqZTV9189gIp1IvRI53Z5r8/4OVX06P7huy0L+HngaY&#10;mvDuAeRPzyzsGmEP6g4RukaJih6eRcqyzvl8vBqp9rmPIGX3GSoasjgGSEB9jW1khfpkhE4DeDqT&#10;rvrAJB1eLa/ns9WCM0mxm/VydpWmkon8+bZDHz4qaFk0Co401IQuTg8+xGpE/pwSH/NgdLXXxiQH&#10;D+XOIDsJEsA+rdTAqzRjWVfw9XK+TMgW4v2kjVYHEqjRbcFX07gGyUQ2PtgqpQShzWBTJcaO9ERG&#10;Bm5CX/ZMVyN3ka0SqifiC2HQI/0fMhrA35x1pMWC+19HgYoz88kS5+vZYhHFm5zF8mZODl5GysuI&#10;sJKgCh44G8xdSIKPdFi4o9nUOtH2UslYMmkssTn+hyjiSz9lvfza7R8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDc9dd12gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYpEdoi&#10;S6MmGq+t/QEDTIHIzhJ2W+i/d/RiL5O8vJc338u3s+3VmUbfOTawXESgiCtXd9wYOHy9P65B+YBc&#10;Y++YDFzIw7a4vckxq93EOzrvQ6OkhH2GBtoQhkxrX7Vk0S/cQCze0Y0Wg8ix0fWIk5TbXsdRlGqL&#10;HcuHFgd6a6n63p+sgePn9JBspvIjHFa7p/QVu1XpLsbc380vz6ACzeE/DL/4gg6FMJXuxLVXvQEZ&#10;Ev6ueEm6FFlKKE5i0EWur+mLHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAR8imREQIA&#10;AP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDc9dd1&#10;2gAAAAUBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="06F7E207" w14:textId="0BBA64C0" w:rsidR="00DD35D3" w:rsidRPr="005D4B8A" w:rsidRDefault="009610A1">
+                  <w:p w14:paraId="06F7E207" w14:textId="4C4A228F" w:rsidR="00DD35D3" w:rsidRPr="009F580F" w:rsidRDefault="00D7510B">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="009F580F">
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
                       </w:rPr>
-                      <w:t>VEH1</w:t>
+                      <w:t>VEH122</w:t>
                     </w:r>
-                    <w:r w:rsidR="005D4B89">
+                    <w:r w:rsidR="00DD35D3" w:rsidRPr="009F580F">
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="48"/>
+                        <w:sz w:val="44"/>
+                        <w:szCs w:val="44"/>
                       </w:rPr>
-                      <w:t>2</w:t>
-[...20 lines deleted...]
-                      <w:t>Contract User Guide</w:t>
+                      <w:t xml:space="preserve"> Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D02B79" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
+  <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D24FD4" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
-        <w:sz w:val="32"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="35D6A866" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D02B79" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
     <w:pPr>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="32"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EA25941" wp14:editId="2546CEEF">
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EA25941" wp14:editId="666B4746">
               <wp:extent cx="6995160" cy="0"/>
               <wp:effectExtent l="57150" t="38100" r="53340" b="95250"/>
-              <wp:docPr id="1684346985" name="Straight Connector 1684346985" descr="Horizontal Blue Line in the Header" title="Horizontal Blue Line"/>
+              <wp:docPr id="1684346985" name="Straight Connector 1684346985">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6995160" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2AE06B4E" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="4CF2E4D1" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -25045,154 +25897,493 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="021D332F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2D021E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02BA3FE7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="611E0FB0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04D46599"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2334FBE4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05E012E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E17CE0D6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DD720C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4D87D00"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25261,51 +26452,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F770B89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17929B4E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25374,51 +26565,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15B74313"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3FF2A34C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16C121B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE5E5E36"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19185A5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DA27E62"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25487,54 +26904,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CD5EEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8DF8D188"/>
+    <w:tmpl w:val="8EA6E0E8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -25600,51 +27017,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22FB3F6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4E6A316"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -25689,164 +27106,616 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24FA3C0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EBD0188E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="253B0AC9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF04E7E4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="260965A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AC2E07C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26507846"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CECE36DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26A4179E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3DE60F60"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="282A0199"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51024DDA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -25888,51 +27757,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29F67225"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2E0D600"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31C80140"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09D696D4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26001,164 +27983,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="339471F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA92697E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26227,51 +28096,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33CF47DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBE4EDEE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35DE4A4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62CEF148"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26340,51 +28322,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37A15BA5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F682544"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397277A1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AA89562"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD955D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7A64708"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26426,67 +28634,67 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CC06368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3F96AEC8"/>
+    <w:tmpl w:val="515817FA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -26539,51 +28747,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41DF511A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="176A88DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26652,51 +28860,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46C946E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5B08DA62"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A08BDDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1CCAF70"/>
     <w:lvl w:ilvl="0" w:tplc="45FE7DFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6178A9CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -26765,167 +29086,167 @@
     <w:lvl w:ilvl="7" w:tplc="6E60C2DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB9E60F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="523E4CA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04A0F1DA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
+        <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56F00C37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A19C50A2"/>
+    <w:tmpl w:val="43B02632"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -26991,54 +29312,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="665F1392"/>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58271C9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D303DD8"/>
+    <w:tmpl w:val="82660D64"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -27104,7098 +29425,8817 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59636A93"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B53A21D6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A843FD8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EDBA9CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BA46AA5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A44B7EA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68393087"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6AEA06A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E2D0135"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12D28548"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EB27DE1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE90E156"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7131457F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC942898"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="3600" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="5760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="731363B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD0CA1F8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="762838A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E4EE2D6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77A83C4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EC8574E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A1F4B89"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2382A002"/>
+    <w:lvl w:ilvl="0" w:tplc="45FE7DFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D9C24AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A072C390"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="542207326">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="222839226">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="103381546">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="984166477">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="896821583">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="883181466">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1254818405">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1108283029">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1586958684">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="420370952">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1099913566">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="517740112">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1872330189">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="457794394">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="599144571">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1513181071">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="998272191">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="55519776">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="452554056">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="9114506">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1482648705">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1772581419">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1019039246">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1840392131">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="744571837">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1803376375">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1334213503">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="809402103">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="271716133">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1969043051">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="846292555">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="896821583">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="32" w16cid:durableId="995064923">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="883181466">
+  <w:num w:numId="33" w16cid:durableId="1113675046">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1668554764">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="125129013">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1606427497">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="473647670">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="374621102">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1140532349">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="344138828">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1328047256">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="231432885">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="68235483">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1691449841">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="103892208">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="569579731">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1977448322">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1108283029">
-[...50 lines deleted...]
-  <w:numIdMacAtCleanup w:val="23"/>
+  <w:numIdMacAtCleanup w:val="30"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:writeProtection w:recommended="1"/>
+  <w:zoom w:percent="89"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009369A0"/>
     <w:rsid w:val="00000134"/>
     <w:rsid w:val="00000736"/>
     <w:rsid w:val="000008BD"/>
+    <w:rsid w:val="00001330"/>
     <w:rsid w:val="000013EB"/>
     <w:rsid w:val="000015F4"/>
     <w:rsid w:val="00001B46"/>
-    <w:rsid w:val="00001C92"/>
+    <w:rsid w:val="00002149"/>
+    <w:rsid w:val="00002213"/>
     <w:rsid w:val="0000281C"/>
+    <w:rsid w:val="00003599"/>
+    <w:rsid w:val="00003A52"/>
+    <w:rsid w:val="00003B08"/>
+    <w:rsid w:val="00003C5E"/>
+    <w:rsid w:val="00004420"/>
     <w:rsid w:val="0000476F"/>
     <w:rsid w:val="00004AAB"/>
     <w:rsid w:val="000055B6"/>
     <w:rsid w:val="00005B0B"/>
+    <w:rsid w:val="00005DA5"/>
     <w:rsid w:val="00005DDD"/>
+    <w:rsid w:val="0000616D"/>
     <w:rsid w:val="000063D9"/>
     <w:rsid w:val="0000661A"/>
     <w:rsid w:val="000067FD"/>
     <w:rsid w:val="00006867"/>
+    <w:rsid w:val="000069DF"/>
     <w:rsid w:val="00007251"/>
+    <w:rsid w:val="00007593"/>
     <w:rsid w:val="000077C2"/>
     <w:rsid w:val="00007EFA"/>
     <w:rsid w:val="0001081E"/>
     <w:rsid w:val="00010C5E"/>
     <w:rsid w:val="00011132"/>
     <w:rsid w:val="000114B0"/>
-    <w:rsid w:val="00011542"/>
+    <w:rsid w:val="00011590"/>
     <w:rsid w:val="00011ED4"/>
-    <w:rsid w:val="000122EC"/>
     <w:rsid w:val="00012CBF"/>
+    <w:rsid w:val="00012DF7"/>
     <w:rsid w:val="00012E9F"/>
     <w:rsid w:val="000133D1"/>
     <w:rsid w:val="0001472E"/>
     <w:rsid w:val="00014EA3"/>
-    <w:rsid w:val="0001574E"/>
+    <w:rsid w:val="0001543D"/>
     <w:rsid w:val="000157ED"/>
     <w:rsid w:val="00015DFD"/>
     <w:rsid w:val="00015EB8"/>
+    <w:rsid w:val="0001620A"/>
     <w:rsid w:val="0001647C"/>
+    <w:rsid w:val="000166A9"/>
     <w:rsid w:val="000176A7"/>
+    <w:rsid w:val="00017910"/>
     <w:rsid w:val="00020269"/>
+    <w:rsid w:val="00020358"/>
     <w:rsid w:val="00020715"/>
     <w:rsid w:val="00020955"/>
     <w:rsid w:val="00020A13"/>
+    <w:rsid w:val="0002117A"/>
     <w:rsid w:val="000211D7"/>
-    <w:rsid w:val="000212FD"/>
     <w:rsid w:val="0002144E"/>
     <w:rsid w:val="000216EB"/>
-    <w:rsid w:val="00021C99"/>
     <w:rsid w:val="00021FC5"/>
     <w:rsid w:val="00022070"/>
     <w:rsid w:val="000225A8"/>
+    <w:rsid w:val="0002260E"/>
     <w:rsid w:val="00023A9B"/>
-    <w:rsid w:val="00023AB5"/>
     <w:rsid w:val="0002451F"/>
     <w:rsid w:val="000245DD"/>
     <w:rsid w:val="00024698"/>
     <w:rsid w:val="00024CE2"/>
     <w:rsid w:val="000258F6"/>
     <w:rsid w:val="000260F2"/>
+    <w:rsid w:val="0002618E"/>
     <w:rsid w:val="000261D2"/>
     <w:rsid w:val="0002675D"/>
-    <w:rsid w:val="000272BC"/>
     <w:rsid w:val="000272F0"/>
+    <w:rsid w:val="00027980"/>
     <w:rsid w:val="00027C5A"/>
     <w:rsid w:val="00027D5D"/>
     <w:rsid w:val="00027E5F"/>
     <w:rsid w:val="0003060D"/>
     <w:rsid w:val="00030EE3"/>
     <w:rsid w:val="00031624"/>
     <w:rsid w:val="000316C5"/>
     <w:rsid w:val="00031F99"/>
     <w:rsid w:val="000321AC"/>
     <w:rsid w:val="000323BE"/>
     <w:rsid w:val="00032449"/>
     <w:rsid w:val="00032494"/>
+    <w:rsid w:val="000329B0"/>
     <w:rsid w:val="0003335E"/>
     <w:rsid w:val="00033590"/>
     <w:rsid w:val="000339E1"/>
     <w:rsid w:val="00033A05"/>
-    <w:rsid w:val="00033FAC"/>
     <w:rsid w:val="000340F0"/>
-    <w:rsid w:val="00034149"/>
     <w:rsid w:val="00034395"/>
     <w:rsid w:val="0003445F"/>
     <w:rsid w:val="000346B2"/>
     <w:rsid w:val="0003470F"/>
     <w:rsid w:val="000347B4"/>
     <w:rsid w:val="00034843"/>
     <w:rsid w:val="00034DA1"/>
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="0003637D"/>
     <w:rsid w:val="00036385"/>
     <w:rsid w:val="0003653B"/>
     <w:rsid w:val="00036729"/>
-    <w:rsid w:val="00036AB2"/>
+    <w:rsid w:val="0003695E"/>
     <w:rsid w:val="00036C85"/>
     <w:rsid w:val="00037112"/>
     <w:rsid w:val="00037504"/>
     <w:rsid w:val="000377EB"/>
     <w:rsid w:val="00037E2A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040628"/>
     <w:rsid w:val="000409EE"/>
     <w:rsid w:val="00040A67"/>
+    <w:rsid w:val="0004187A"/>
     <w:rsid w:val="00041A63"/>
+    <w:rsid w:val="0004215A"/>
     <w:rsid w:val="0004258A"/>
+    <w:rsid w:val="00042605"/>
     <w:rsid w:val="00042727"/>
     <w:rsid w:val="00042C1F"/>
     <w:rsid w:val="00043A65"/>
     <w:rsid w:val="00043A70"/>
+    <w:rsid w:val="00043A77"/>
     <w:rsid w:val="00043AF6"/>
     <w:rsid w:val="00043E3F"/>
     <w:rsid w:val="0004406E"/>
     <w:rsid w:val="000440D6"/>
-    <w:rsid w:val="000444F2"/>
     <w:rsid w:val="00044567"/>
     <w:rsid w:val="00044702"/>
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
-    <w:rsid w:val="00045686"/>
+    <w:rsid w:val="000456E7"/>
+    <w:rsid w:val="000466F9"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
+    <w:rsid w:val="00047865"/>
+    <w:rsid w:val="00047BD3"/>
+    <w:rsid w:val="0005037F"/>
     <w:rsid w:val="00050399"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="0005094B"/>
-    <w:rsid w:val="00050A2F"/>
-    <w:rsid w:val="00050F9C"/>
+    <w:rsid w:val="00051461"/>
     <w:rsid w:val="00051537"/>
     <w:rsid w:val="00051972"/>
     <w:rsid w:val="00051C03"/>
     <w:rsid w:val="00051F6B"/>
-    <w:rsid w:val="000526B4"/>
+    <w:rsid w:val="0005267C"/>
     <w:rsid w:val="00052767"/>
     <w:rsid w:val="0005289A"/>
     <w:rsid w:val="00052AF0"/>
     <w:rsid w:val="00052DA2"/>
+    <w:rsid w:val="000534C0"/>
+    <w:rsid w:val="00053531"/>
     <w:rsid w:val="0005359A"/>
     <w:rsid w:val="00054340"/>
-    <w:rsid w:val="00054915"/>
-    <w:rsid w:val="00054F00"/>
     <w:rsid w:val="0005508B"/>
+    <w:rsid w:val="00055154"/>
     <w:rsid w:val="00055156"/>
     <w:rsid w:val="00055222"/>
     <w:rsid w:val="00055356"/>
+    <w:rsid w:val="0005582A"/>
     <w:rsid w:val="0005642B"/>
+    <w:rsid w:val="000565F4"/>
     <w:rsid w:val="0005684F"/>
+    <w:rsid w:val="00056F08"/>
+    <w:rsid w:val="0005755A"/>
     <w:rsid w:val="0005780F"/>
     <w:rsid w:val="000578FC"/>
+    <w:rsid w:val="00057C61"/>
     <w:rsid w:val="00057CE6"/>
     <w:rsid w:val="0006042A"/>
     <w:rsid w:val="000606C7"/>
     <w:rsid w:val="00060815"/>
-    <w:rsid w:val="000608FB"/>
     <w:rsid w:val="000611C7"/>
     <w:rsid w:val="00061212"/>
+    <w:rsid w:val="00061503"/>
+    <w:rsid w:val="00061D56"/>
     <w:rsid w:val="00062147"/>
-    <w:rsid w:val="000627FE"/>
+    <w:rsid w:val="0006236A"/>
     <w:rsid w:val="00062930"/>
     <w:rsid w:val="00062A4B"/>
     <w:rsid w:val="00062AE7"/>
     <w:rsid w:val="00062DDE"/>
     <w:rsid w:val="00062F21"/>
     <w:rsid w:val="00063010"/>
     <w:rsid w:val="000633A7"/>
     <w:rsid w:val="00063865"/>
     <w:rsid w:val="00063CB1"/>
     <w:rsid w:val="00064CC9"/>
     <w:rsid w:val="0006602E"/>
     <w:rsid w:val="000667FF"/>
     <w:rsid w:val="00066DCE"/>
     <w:rsid w:val="00067072"/>
     <w:rsid w:val="000675A7"/>
-    <w:rsid w:val="0006F8CE"/>
+    <w:rsid w:val="000702C6"/>
+    <w:rsid w:val="000704E7"/>
     <w:rsid w:val="00070889"/>
     <w:rsid w:val="000708FE"/>
+    <w:rsid w:val="00070D98"/>
+    <w:rsid w:val="000715DB"/>
     <w:rsid w:val="000716DD"/>
     <w:rsid w:val="0007185E"/>
     <w:rsid w:val="00071964"/>
-    <w:rsid w:val="00071965"/>
     <w:rsid w:val="00071C78"/>
     <w:rsid w:val="00071E45"/>
     <w:rsid w:val="000725BD"/>
     <w:rsid w:val="00072D9F"/>
-    <w:rsid w:val="00072E88"/>
     <w:rsid w:val="00073430"/>
     <w:rsid w:val="000734A8"/>
     <w:rsid w:val="00073768"/>
     <w:rsid w:val="00073A1A"/>
     <w:rsid w:val="00073E18"/>
     <w:rsid w:val="00073F43"/>
     <w:rsid w:val="0007409A"/>
     <w:rsid w:val="000740FB"/>
-    <w:rsid w:val="000742E7"/>
+    <w:rsid w:val="00074395"/>
     <w:rsid w:val="00074988"/>
     <w:rsid w:val="00074A1C"/>
     <w:rsid w:val="00074ADE"/>
     <w:rsid w:val="00074C4B"/>
+    <w:rsid w:val="00075074"/>
     <w:rsid w:val="00075648"/>
     <w:rsid w:val="00075732"/>
     <w:rsid w:val="00075907"/>
     <w:rsid w:val="00075B8F"/>
-    <w:rsid w:val="00075F8E"/>
     <w:rsid w:val="000760FF"/>
     <w:rsid w:val="00076E2E"/>
     <w:rsid w:val="0007703C"/>
     <w:rsid w:val="0007712B"/>
     <w:rsid w:val="00077B2B"/>
+    <w:rsid w:val="00077E2A"/>
     <w:rsid w:val="00080086"/>
     <w:rsid w:val="000806ED"/>
-    <w:rsid w:val="00080CFA"/>
+    <w:rsid w:val="00080D4C"/>
     <w:rsid w:val="00081FC8"/>
     <w:rsid w:val="000822BF"/>
     <w:rsid w:val="000822E8"/>
     <w:rsid w:val="000823DF"/>
     <w:rsid w:val="000824E1"/>
     <w:rsid w:val="0008272E"/>
     <w:rsid w:val="000829C5"/>
     <w:rsid w:val="00082D02"/>
+    <w:rsid w:val="00083566"/>
     <w:rsid w:val="00083BC6"/>
     <w:rsid w:val="000843DB"/>
     <w:rsid w:val="00084583"/>
     <w:rsid w:val="00084660"/>
-    <w:rsid w:val="00084F66"/>
+    <w:rsid w:val="00084ECF"/>
     <w:rsid w:val="00084FFD"/>
     <w:rsid w:val="00085300"/>
     <w:rsid w:val="000858B6"/>
     <w:rsid w:val="000859D8"/>
     <w:rsid w:val="00085F04"/>
+    <w:rsid w:val="00086B7D"/>
     <w:rsid w:val="00086D13"/>
     <w:rsid w:val="00086DB8"/>
     <w:rsid w:val="00086F6D"/>
     <w:rsid w:val="0008776A"/>
     <w:rsid w:val="00087CD6"/>
+    <w:rsid w:val="00087D7E"/>
     <w:rsid w:val="00087E20"/>
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
-    <w:rsid w:val="00090D57"/>
+    <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
     <w:rsid w:val="00091677"/>
     <w:rsid w:val="000918E5"/>
+    <w:rsid w:val="00092535"/>
     <w:rsid w:val="00092DDE"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
+    <w:rsid w:val="000939B9"/>
     <w:rsid w:val="00093DC0"/>
-    <w:rsid w:val="00093EC2"/>
     <w:rsid w:val="00093FAA"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
     <w:rsid w:val="000946AA"/>
+    <w:rsid w:val="00094F0A"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
     <w:rsid w:val="00095986"/>
+    <w:rsid w:val="0009605D"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
-    <w:rsid w:val="00097534"/>
+    <w:rsid w:val="000A0478"/>
     <w:rsid w:val="000A0837"/>
+    <w:rsid w:val="000A0DF2"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
-    <w:rsid w:val="000A3728"/>
     <w:rsid w:val="000A3917"/>
+    <w:rsid w:val="000A3D5D"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
-    <w:rsid w:val="000A46AC"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
     <w:rsid w:val="000A52A9"/>
     <w:rsid w:val="000A52C4"/>
     <w:rsid w:val="000A5384"/>
     <w:rsid w:val="000A5986"/>
     <w:rsid w:val="000A5E6A"/>
     <w:rsid w:val="000A716E"/>
+    <w:rsid w:val="000A7577"/>
     <w:rsid w:val="000A7626"/>
     <w:rsid w:val="000A76F0"/>
+    <w:rsid w:val="000A77C1"/>
     <w:rsid w:val="000A7EC2"/>
+    <w:rsid w:val="000A7ECE"/>
     <w:rsid w:val="000B0079"/>
-    <w:rsid w:val="000B0589"/>
     <w:rsid w:val="000B0DF5"/>
     <w:rsid w:val="000B14CC"/>
-    <w:rsid w:val="000B17F3"/>
     <w:rsid w:val="000B2106"/>
     <w:rsid w:val="000B2152"/>
     <w:rsid w:val="000B2914"/>
-    <w:rsid w:val="000B3095"/>
-    <w:rsid w:val="000B30DC"/>
+    <w:rsid w:val="000B2B6E"/>
+    <w:rsid w:val="000B307C"/>
+    <w:rsid w:val="000B320C"/>
     <w:rsid w:val="000B42F9"/>
+    <w:rsid w:val="000B58FF"/>
     <w:rsid w:val="000B5F54"/>
     <w:rsid w:val="000B69DC"/>
     <w:rsid w:val="000B6C29"/>
-    <w:rsid w:val="000B7D3F"/>
     <w:rsid w:val="000B7E41"/>
+    <w:rsid w:val="000C08FA"/>
     <w:rsid w:val="000C0F9A"/>
     <w:rsid w:val="000C17B5"/>
     <w:rsid w:val="000C1D14"/>
     <w:rsid w:val="000C21CB"/>
     <w:rsid w:val="000C2766"/>
     <w:rsid w:val="000C2C11"/>
     <w:rsid w:val="000C2DF3"/>
     <w:rsid w:val="000C2F58"/>
     <w:rsid w:val="000C3134"/>
     <w:rsid w:val="000C33B3"/>
     <w:rsid w:val="000C361D"/>
+    <w:rsid w:val="000C409D"/>
     <w:rsid w:val="000C4CD8"/>
     <w:rsid w:val="000C4DB8"/>
     <w:rsid w:val="000C4F12"/>
     <w:rsid w:val="000C5283"/>
     <w:rsid w:val="000C5CD9"/>
     <w:rsid w:val="000C5DEF"/>
     <w:rsid w:val="000C5EFB"/>
-    <w:rsid w:val="000C64BB"/>
+    <w:rsid w:val="000C608C"/>
     <w:rsid w:val="000C659E"/>
-    <w:rsid w:val="000C6A4A"/>
     <w:rsid w:val="000C6C89"/>
     <w:rsid w:val="000C7194"/>
+    <w:rsid w:val="000C7669"/>
     <w:rsid w:val="000C794C"/>
     <w:rsid w:val="000C7969"/>
     <w:rsid w:val="000C7A46"/>
     <w:rsid w:val="000D012D"/>
     <w:rsid w:val="000D0603"/>
+    <w:rsid w:val="000D124F"/>
     <w:rsid w:val="000D134C"/>
     <w:rsid w:val="000D1573"/>
     <w:rsid w:val="000D1F0B"/>
     <w:rsid w:val="000D332E"/>
     <w:rsid w:val="000D35C1"/>
-    <w:rsid w:val="000D3625"/>
     <w:rsid w:val="000D3A16"/>
     <w:rsid w:val="000D4542"/>
+    <w:rsid w:val="000D4659"/>
+    <w:rsid w:val="000D46F4"/>
     <w:rsid w:val="000D4A98"/>
     <w:rsid w:val="000D4B42"/>
     <w:rsid w:val="000D4C12"/>
     <w:rsid w:val="000D55B6"/>
     <w:rsid w:val="000D5CBA"/>
+    <w:rsid w:val="000D6A01"/>
     <w:rsid w:val="000D6B77"/>
     <w:rsid w:val="000D6CE0"/>
     <w:rsid w:val="000D6E6D"/>
     <w:rsid w:val="000D73B9"/>
+    <w:rsid w:val="000D7495"/>
     <w:rsid w:val="000D758F"/>
-    <w:rsid w:val="000D7905"/>
+    <w:rsid w:val="000D7FAE"/>
     <w:rsid w:val="000E01B4"/>
+    <w:rsid w:val="000E0426"/>
     <w:rsid w:val="000E0A48"/>
     <w:rsid w:val="000E0B52"/>
     <w:rsid w:val="000E165F"/>
     <w:rsid w:val="000E1981"/>
     <w:rsid w:val="000E24D8"/>
     <w:rsid w:val="000E2DD1"/>
-    <w:rsid w:val="000E2F55"/>
     <w:rsid w:val="000E3A73"/>
     <w:rsid w:val="000E3C80"/>
     <w:rsid w:val="000E3D78"/>
+    <w:rsid w:val="000E3DEC"/>
+    <w:rsid w:val="000E442E"/>
+    <w:rsid w:val="000E4889"/>
     <w:rsid w:val="000E4C54"/>
     <w:rsid w:val="000E4DF8"/>
+    <w:rsid w:val="000E5068"/>
+    <w:rsid w:val="000E660F"/>
+    <w:rsid w:val="000E68EE"/>
+    <w:rsid w:val="000E6A2A"/>
     <w:rsid w:val="000E704D"/>
     <w:rsid w:val="000E7CBB"/>
     <w:rsid w:val="000E7EC0"/>
     <w:rsid w:val="000F0321"/>
+    <w:rsid w:val="000F0439"/>
     <w:rsid w:val="000F04D6"/>
     <w:rsid w:val="000F0607"/>
     <w:rsid w:val="000F149D"/>
+    <w:rsid w:val="000F1947"/>
     <w:rsid w:val="000F1965"/>
     <w:rsid w:val="000F1DBB"/>
+    <w:rsid w:val="000F1DFC"/>
     <w:rsid w:val="000F3090"/>
     <w:rsid w:val="000F3532"/>
+    <w:rsid w:val="000F3A70"/>
     <w:rsid w:val="000F41C5"/>
     <w:rsid w:val="000F43F7"/>
     <w:rsid w:val="000F460B"/>
     <w:rsid w:val="000F4656"/>
     <w:rsid w:val="000F46D5"/>
-    <w:rsid w:val="000F49C1"/>
-    <w:rsid w:val="000F517E"/>
+    <w:rsid w:val="000F5397"/>
     <w:rsid w:val="000F592F"/>
     <w:rsid w:val="000F5978"/>
     <w:rsid w:val="000F5FBB"/>
     <w:rsid w:val="000F62E1"/>
     <w:rsid w:val="000F64F5"/>
+    <w:rsid w:val="000F68FF"/>
     <w:rsid w:val="000F6984"/>
     <w:rsid w:val="000F6D47"/>
     <w:rsid w:val="000F6F89"/>
     <w:rsid w:val="000F7115"/>
     <w:rsid w:val="000F71D5"/>
-    <w:rsid w:val="000F7E6A"/>
     <w:rsid w:val="00100083"/>
+    <w:rsid w:val="001003A9"/>
     <w:rsid w:val="001009D0"/>
     <w:rsid w:val="001013F1"/>
     <w:rsid w:val="00101487"/>
     <w:rsid w:val="001015DD"/>
     <w:rsid w:val="00101B86"/>
     <w:rsid w:val="00102025"/>
     <w:rsid w:val="0010203C"/>
-    <w:rsid w:val="001029A3"/>
     <w:rsid w:val="00102B24"/>
     <w:rsid w:val="00103706"/>
     <w:rsid w:val="0010402C"/>
+    <w:rsid w:val="001041D2"/>
     <w:rsid w:val="0010470D"/>
     <w:rsid w:val="00104817"/>
     <w:rsid w:val="00104B58"/>
     <w:rsid w:val="00104D69"/>
     <w:rsid w:val="00105069"/>
     <w:rsid w:val="0010521E"/>
     <w:rsid w:val="00105274"/>
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
     <w:rsid w:val="00106F6D"/>
     <w:rsid w:val="001073B2"/>
     <w:rsid w:val="0011048B"/>
     <w:rsid w:val="0011060A"/>
     <w:rsid w:val="00111113"/>
     <w:rsid w:val="0011136C"/>
     <w:rsid w:val="00111D01"/>
     <w:rsid w:val="00112067"/>
     <w:rsid w:val="00112124"/>
+    <w:rsid w:val="001123CE"/>
+    <w:rsid w:val="0011288D"/>
     <w:rsid w:val="001136A0"/>
     <w:rsid w:val="00113C29"/>
     <w:rsid w:val="00113CF8"/>
     <w:rsid w:val="00113FE7"/>
     <w:rsid w:val="001148FB"/>
     <w:rsid w:val="00115CE6"/>
     <w:rsid w:val="0011605C"/>
     <w:rsid w:val="00116495"/>
     <w:rsid w:val="001168CC"/>
     <w:rsid w:val="00116C1E"/>
+    <w:rsid w:val="00116E43"/>
     <w:rsid w:val="00117182"/>
     <w:rsid w:val="00117FF3"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00120504"/>
     <w:rsid w:val="0012078B"/>
     <w:rsid w:val="001209D4"/>
     <w:rsid w:val="00120A10"/>
     <w:rsid w:val="00121D78"/>
     <w:rsid w:val="001228CC"/>
     <w:rsid w:val="00122C58"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="00123385"/>
-    <w:rsid w:val="00123506"/>
     <w:rsid w:val="0012351B"/>
     <w:rsid w:val="00123522"/>
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
+    <w:rsid w:val="00123BF6"/>
+    <w:rsid w:val="00124518"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
+    <w:rsid w:val="001254E0"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
     <w:rsid w:val="0012705C"/>
     <w:rsid w:val="00127604"/>
     <w:rsid w:val="0012764F"/>
     <w:rsid w:val="0012768F"/>
+    <w:rsid w:val="00127723"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="00130051"/>
     <w:rsid w:val="001300B3"/>
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
+    <w:rsid w:val="00131479"/>
+    <w:rsid w:val="0013165B"/>
     <w:rsid w:val="001318CC"/>
     <w:rsid w:val="00131B3A"/>
     <w:rsid w:val="00132062"/>
-    <w:rsid w:val="0013285C"/>
     <w:rsid w:val="00132F28"/>
     <w:rsid w:val="00132F2A"/>
     <w:rsid w:val="001339B6"/>
     <w:rsid w:val="00134155"/>
     <w:rsid w:val="00134A24"/>
     <w:rsid w:val="00134C65"/>
+    <w:rsid w:val="001355A3"/>
+    <w:rsid w:val="00135E4C"/>
     <w:rsid w:val="001361A1"/>
     <w:rsid w:val="00136526"/>
+    <w:rsid w:val="00136617"/>
     <w:rsid w:val="00136649"/>
-    <w:rsid w:val="00136890"/>
     <w:rsid w:val="0013695A"/>
     <w:rsid w:val="00136C46"/>
     <w:rsid w:val="00136D93"/>
     <w:rsid w:val="00137037"/>
+    <w:rsid w:val="001370DB"/>
     <w:rsid w:val="0013718A"/>
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
     <w:rsid w:val="00140603"/>
+    <w:rsid w:val="0014086F"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
+    <w:rsid w:val="00141AAF"/>
+    <w:rsid w:val="00142017"/>
     <w:rsid w:val="001422CB"/>
     <w:rsid w:val="001424D7"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
-    <w:rsid w:val="001437AE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
-    <w:rsid w:val="00145088"/>
+    <w:rsid w:val="00145223"/>
     <w:rsid w:val="001458E0"/>
     <w:rsid w:val="001465FF"/>
-    <w:rsid w:val="0014683A"/>
+    <w:rsid w:val="001468E4"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="0014784D"/>
     <w:rsid w:val="00150A45"/>
+    <w:rsid w:val="00150F50"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
+    <w:rsid w:val="00151E16"/>
     <w:rsid w:val="00152088"/>
     <w:rsid w:val="00153404"/>
+    <w:rsid w:val="00154511"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
     <w:rsid w:val="00154BFC"/>
     <w:rsid w:val="00155137"/>
+    <w:rsid w:val="001554D4"/>
+    <w:rsid w:val="001556C5"/>
     <w:rsid w:val="001557BC"/>
     <w:rsid w:val="00155D61"/>
     <w:rsid w:val="00155FF4"/>
     <w:rsid w:val="001563B2"/>
     <w:rsid w:val="001569E2"/>
     <w:rsid w:val="00156EC8"/>
     <w:rsid w:val="00157563"/>
     <w:rsid w:val="001607A6"/>
     <w:rsid w:val="001607B6"/>
     <w:rsid w:val="001608EC"/>
     <w:rsid w:val="001610CD"/>
     <w:rsid w:val="001614C5"/>
     <w:rsid w:val="00161669"/>
     <w:rsid w:val="00161685"/>
-    <w:rsid w:val="00161A7C"/>
+    <w:rsid w:val="00162616"/>
     <w:rsid w:val="00162A0F"/>
-    <w:rsid w:val="00162B1A"/>
     <w:rsid w:val="00163070"/>
-    <w:rsid w:val="00163091"/>
     <w:rsid w:val="001632CC"/>
     <w:rsid w:val="00163404"/>
     <w:rsid w:val="00163557"/>
+    <w:rsid w:val="00163561"/>
     <w:rsid w:val="00163A42"/>
+    <w:rsid w:val="00163AC5"/>
     <w:rsid w:val="00163ED6"/>
     <w:rsid w:val="00164115"/>
+    <w:rsid w:val="00164D61"/>
     <w:rsid w:val="001654B8"/>
     <w:rsid w:val="0016572C"/>
-    <w:rsid w:val="00165ED7"/>
     <w:rsid w:val="00166284"/>
     <w:rsid w:val="00166D22"/>
     <w:rsid w:val="00166D83"/>
     <w:rsid w:val="00167937"/>
     <w:rsid w:val="0017020F"/>
     <w:rsid w:val="00170351"/>
     <w:rsid w:val="0017049A"/>
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
     <w:rsid w:val="00170EFD"/>
-    <w:rsid w:val="0017111C"/>
     <w:rsid w:val="001718AE"/>
     <w:rsid w:val="001718C4"/>
+    <w:rsid w:val="0017227E"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
+    <w:rsid w:val="001736C0"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
-    <w:rsid w:val="001741C2"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
+    <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175B26"/>
-    <w:rsid w:val="00175C2C"/>
+    <w:rsid w:val="00175EE8"/>
     <w:rsid w:val="00175FFB"/>
-    <w:rsid w:val="0017613D"/>
+    <w:rsid w:val="00176B21"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
     <w:rsid w:val="00181542"/>
+    <w:rsid w:val="00181857"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
+    <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
-    <w:rsid w:val="00184584"/>
     <w:rsid w:val="00185037"/>
-    <w:rsid w:val="00185162"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
-    <w:rsid w:val="00187CA9"/>
+    <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
+    <w:rsid w:val="00190464"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
+    <w:rsid w:val="00190DCF"/>
+    <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
+    <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
+    <w:rsid w:val="00194A8C"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195F1F"/>
     <w:rsid w:val="001960DD"/>
     <w:rsid w:val="00196224"/>
-    <w:rsid w:val="0019685E"/>
+    <w:rsid w:val="00196519"/>
     <w:rsid w:val="00197BB3"/>
     <w:rsid w:val="001A04D3"/>
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
+    <w:rsid w:val="001A25A4"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
+    <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
+    <w:rsid w:val="001A3896"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
+    <w:rsid w:val="001A3A7A"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
+    <w:rsid w:val="001A5FAF"/>
     <w:rsid w:val="001A609F"/>
-    <w:rsid w:val="001A6112"/>
     <w:rsid w:val="001A66BF"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
+    <w:rsid w:val="001A72C3"/>
+    <w:rsid w:val="001B046D"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
+    <w:rsid w:val="001B17CC"/>
+    <w:rsid w:val="001B1E53"/>
+    <w:rsid w:val="001B2063"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
+    <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
+    <w:rsid w:val="001C090D"/>
     <w:rsid w:val="001C0AD1"/>
-    <w:rsid w:val="001C0C6D"/>
     <w:rsid w:val="001C0EF8"/>
-    <w:rsid w:val="001C1CE6"/>
     <w:rsid w:val="001C2CD6"/>
+    <w:rsid w:val="001C2E2B"/>
     <w:rsid w:val="001C2E70"/>
     <w:rsid w:val="001C3179"/>
     <w:rsid w:val="001C33D5"/>
+    <w:rsid w:val="001C369A"/>
     <w:rsid w:val="001C38B4"/>
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3C17"/>
-    <w:rsid w:val="001C3D1E"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
+    <w:rsid w:val="001C4247"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
-    <w:rsid w:val="001C48A1"/>
     <w:rsid w:val="001C48B8"/>
+    <w:rsid w:val="001C4B29"/>
+    <w:rsid w:val="001C4D52"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
-    <w:rsid w:val="001C6827"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
-    <w:rsid w:val="001C79D6"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
+    <w:rsid w:val="001D2D6A"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
+    <w:rsid w:val="001D39B4"/>
     <w:rsid w:val="001D3BC9"/>
     <w:rsid w:val="001D4059"/>
+    <w:rsid w:val="001D4EFE"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5B17"/>
+    <w:rsid w:val="001D5DA1"/>
     <w:rsid w:val="001D6239"/>
+    <w:rsid w:val="001D66ED"/>
+    <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
-    <w:rsid w:val="001D764E"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
+    <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
+    <w:rsid w:val="001E272E"/>
     <w:rsid w:val="001E2976"/>
+    <w:rsid w:val="001E2C14"/>
+    <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
+    <w:rsid w:val="001E30AE"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E4148"/>
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
     <w:rsid w:val="001E59B2"/>
-    <w:rsid w:val="001E5E04"/>
+    <w:rsid w:val="001E5D17"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="001E742A"/>
     <w:rsid w:val="001E79A5"/>
     <w:rsid w:val="001E7EF5"/>
     <w:rsid w:val="001F0019"/>
     <w:rsid w:val="001F001E"/>
     <w:rsid w:val="001F038E"/>
     <w:rsid w:val="001F05C1"/>
     <w:rsid w:val="001F17FD"/>
     <w:rsid w:val="001F1B8E"/>
     <w:rsid w:val="001F276D"/>
     <w:rsid w:val="001F2776"/>
-    <w:rsid w:val="001F3097"/>
     <w:rsid w:val="001F375E"/>
+    <w:rsid w:val="001F3901"/>
     <w:rsid w:val="001F4035"/>
+    <w:rsid w:val="001F4163"/>
+    <w:rsid w:val="001F452E"/>
     <w:rsid w:val="001F4888"/>
+    <w:rsid w:val="001F4D57"/>
     <w:rsid w:val="001F507E"/>
+    <w:rsid w:val="001F5FA7"/>
     <w:rsid w:val="001F5FC0"/>
     <w:rsid w:val="001F61FD"/>
     <w:rsid w:val="001F641F"/>
     <w:rsid w:val="001F677B"/>
-    <w:rsid w:val="001F70AC"/>
     <w:rsid w:val="001F743D"/>
     <w:rsid w:val="001F7620"/>
     <w:rsid w:val="001F76AB"/>
-    <w:rsid w:val="002006E0"/>
+    <w:rsid w:val="001F785E"/>
+    <w:rsid w:val="001F7D27"/>
+    <w:rsid w:val="00200273"/>
     <w:rsid w:val="00200813"/>
     <w:rsid w:val="00200A54"/>
     <w:rsid w:val="00200F92"/>
     <w:rsid w:val="002014FE"/>
     <w:rsid w:val="002016EF"/>
+    <w:rsid w:val="00201AFF"/>
     <w:rsid w:val="00201B09"/>
+    <w:rsid w:val="00201FB5"/>
     <w:rsid w:val="00201FF2"/>
     <w:rsid w:val="002022DF"/>
+    <w:rsid w:val="00202580"/>
     <w:rsid w:val="002028FB"/>
     <w:rsid w:val="00202D47"/>
     <w:rsid w:val="00202D56"/>
-    <w:rsid w:val="00203039"/>
     <w:rsid w:val="0020314F"/>
     <w:rsid w:val="0020323F"/>
+    <w:rsid w:val="00203759"/>
     <w:rsid w:val="00203A0C"/>
     <w:rsid w:val="00204312"/>
     <w:rsid w:val="0020479A"/>
     <w:rsid w:val="002048B2"/>
     <w:rsid w:val="002052A7"/>
     <w:rsid w:val="00205323"/>
     <w:rsid w:val="00205879"/>
     <w:rsid w:val="00205FDA"/>
     <w:rsid w:val="002060C0"/>
-    <w:rsid w:val="002069CA"/>
-    <w:rsid w:val="0020751A"/>
+    <w:rsid w:val="00206E5C"/>
+    <w:rsid w:val="0020710A"/>
     <w:rsid w:val="00207B7E"/>
     <w:rsid w:val="002105BE"/>
     <w:rsid w:val="00210BD7"/>
     <w:rsid w:val="00211108"/>
+    <w:rsid w:val="002115FE"/>
     <w:rsid w:val="002119EF"/>
     <w:rsid w:val="00211B7F"/>
     <w:rsid w:val="00212171"/>
     <w:rsid w:val="00213045"/>
     <w:rsid w:val="00213632"/>
     <w:rsid w:val="00213662"/>
     <w:rsid w:val="00213A67"/>
     <w:rsid w:val="00214875"/>
     <w:rsid w:val="00214B32"/>
+    <w:rsid w:val="00214F41"/>
     <w:rsid w:val="0021535D"/>
     <w:rsid w:val="00215B12"/>
     <w:rsid w:val="00215BF2"/>
+    <w:rsid w:val="00215D53"/>
     <w:rsid w:val="0021633E"/>
     <w:rsid w:val="0021685E"/>
+    <w:rsid w:val="002169F8"/>
     <w:rsid w:val="00216A7B"/>
     <w:rsid w:val="00217649"/>
     <w:rsid w:val="0021794D"/>
     <w:rsid w:val="00217ABB"/>
-    <w:rsid w:val="00217D0F"/>
     <w:rsid w:val="0022000D"/>
     <w:rsid w:val="0022021A"/>
+    <w:rsid w:val="002203F7"/>
     <w:rsid w:val="002206C9"/>
     <w:rsid w:val="002208BA"/>
+    <w:rsid w:val="00220E46"/>
+    <w:rsid w:val="00221333"/>
+    <w:rsid w:val="002214E5"/>
+    <w:rsid w:val="002215A8"/>
     <w:rsid w:val="00222273"/>
     <w:rsid w:val="002228E1"/>
     <w:rsid w:val="00222B88"/>
     <w:rsid w:val="00222DA8"/>
     <w:rsid w:val="00222FBE"/>
     <w:rsid w:val="0022320B"/>
     <w:rsid w:val="002235C3"/>
     <w:rsid w:val="0022452D"/>
-    <w:rsid w:val="0022475A"/>
+    <w:rsid w:val="002248B4"/>
     <w:rsid w:val="00224C35"/>
     <w:rsid w:val="00225567"/>
+    <w:rsid w:val="00225A76"/>
     <w:rsid w:val="00225CD6"/>
     <w:rsid w:val="00226810"/>
+    <w:rsid w:val="0022682E"/>
     <w:rsid w:val="0022684D"/>
     <w:rsid w:val="002276AB"/>
+    <w:rsid w:val="00227A87"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="0023012D"/>
     <w:rsid w:val="002301A7"/>
     <w:rsid w:val="00230786"/>
     <w:rsid w:val="00230B7E"/>
     <w:rsid w:val="00231254"/>
     <w:rsid w:val="00231703"/>
     <w:rsid w:val="00231B85"/>
     <w:rsid w:val="00232BBA"/>
     <w:rsid w:val="00232DEF"/>
+    <w:rsid w:val="00232DF3"/>
+    <w:rsid w:val="00234044"/>
+    <w:rsid w:val="002340B4"/>
+    <w:rsid w:val="002345A2"/>
+    <w:rsid w:val="002346E4"/>
     <w:rsid w:val="00234BEC"/>
+    <w:rsid w:val="00234DB3"/>
     <w:rsid w:val="00235C9B"/>
     <w:rsid w:val="0023602A"/>
     <w:rsid w:val="00236048"/>
     <w:rsid w:val="002362A4"/>
     <w:rsid w:val="00236418"/>
     <w:rsid w:val="00236A07"/>
     <w:rsid w:val="00236F9B"/>
     <w:rsid w:val="002374EF"/>
     <w:rsid w:val="00237715"/>
+    <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00240817"/>
+    <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
+    <w:rsid w:val="00241C93"/>
+    <w:rsid w:val="00241D88"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
+    <w:rsid w:val="002426DE"/>
+    <w:rsid w:val="002428AA"/>
     <w:rsid w:val="00242AC9"/>
     <w:rsid w:val="00243276"/>
     <w:rsid w:val="00243561"/>
     <w:rsid w:val="002437F5"/>
     <w:rsid w:val="00243F9D"/>
     <w:rsid w:val="002449BE"/>
+    <w:rsid w:val="00245732"/>
     <w:rsid w:val="00245B24"/>
     <w:rsid w:val="00245FDB"/>
     <w:rsid w:val="002468FF"/>
     <w:rsid w:val="00246E10"/>
     <w:rsid w:val="0024729E"/>
     <w:rsid w:val="00247454"/>
+    <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250704"/>
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00250B29"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
-    <w:rsid w:val="00252E56"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
-    <w:rsid w:val="00254F2B"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
-    <w:rsid w:val="00256E11"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
+    <w:rsid w:val="00260AEE"/>
+    <w:rsid w:val="00260BC6"/>
     <w:rsid w:val="0026103A"/>
-    <w:rsid w:val="002616E6"/>
+    <w:rsid w:val="00261A40"/>
     <w:rsid w:val="00262982"/>
+    <w:rsid w:val="00263483"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
+    <w:rsid w:val="00267F25"/>
     <w:rsid w:val="002705CB"/>
+    <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
+    <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
+    <w:rsid w:val="00272EF1"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
+    <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
+    <w:rsid w:val="00275CE0"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
+    <w:rsid w:val="002805BF"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
+    <w:rsid w:val="00280F29"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
+    <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
-    <w:rsid w:val="00282D0A"/>
+    <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
     <w:rsid w:val="00283EDD"/>
     <w:rsid w:val="00284325"/>
     <w:rsid w:val="00284411"/>
     <w:rsid w:val="0028465F"/>
     <w:rsid w:val="00284A09"/>
     <w:rsid w:val="00284BB5"/>
     <w:rsid w:val="00284C63"/>
-    <w:rsid w:val="002852A9"/>
+    <w:rsid w:val="00285739"/>
     <w:rsid w:val="00285D6B"/>
+    <w:rsid w:val="00285F4A"/>
     <w:rsid w:val="00285F4E"/>
     <w:rsid w:val="0028716D"/>
     <w:rsid w:val="00287C74"/>
     <w:rsid w:val="00287CDF"/>
     <w:rsid w:val="00287D41"/>
     <w:rsid w:val="00287EDE"/>
+    <w:rsid w:val="00287F65"/>
+    <w:rsid w:val="0029118D"/>
     <w:rsid w:val="00291C94"/>
+    <w:rsid w:val="00291DA0"/>
     <w:rsid w:val="00291EE1"/>
     <w:rsid w:val="00291F79"/>
     <w:rsid w:val="002920C3"/>
     <w:rsid w:val="002922C9"/>
+    <w:rsid w:val="00292AD5"/>
     <w:rsid w:val="00292F58"/>
     <w:rsid w:val="002932D3"/>
     <w:rsid w:val="002937AC"/>
     <w:rsid w:val="00293964"/>
     <w:rsid w:val="00293C71"/>
+    <w:rsid w:val="00293D13"/>
     <w:rsid w:val="00293DBD"/>
+    <w:rsid w:val="0029418A"/>
     <w:rsid w:val="002942B0"/>
     <w:rsid w:val="0029467D"/>
     <w:rsid w:val="00294E97"/>
     <w:rsid w:val="00295ADD"/>
+    <w:rsid w:val="00295DB9"/>
     <w:rsid w:val="00295F16"/>
     <w:rsid w:val="0029614F"/>
-    <w:rsid w:val="0029635E"/>
     <w:rsid w:val="00296375"/>
     <w:rsid w:val="00296560"/>
+    <w:rsid w:val="00296719"/>
     <w:rsid w:val="00296F0D"/>
     <w:rsid w:val="00296F64"/>
     <w:rsid w:val="00297106"/>
     <w:rsid w:val="00297429"/>
     <w:rsid w:val="002974C8"/>
     <w:rsid w:val="002974DB"/>
     <w:rsid w:val="00299973"/>
     <w:rsid w:val="002A02A8"/>
     <w:rsid w:val="002A03A1"/>
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
-    <w:rsid w:val="002A1BDA"/>
     <w:rsid w:val="002A1C92"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
     <w:rsid w:val="002A3ED3"/>
     <w:rsid w:val="002A3FC0"/>
     <w:rsid w:val="002A400F"/>
     <w:rsid w:val="002A40B2"/>
     <w:rsid w:val="002A40E1"/>
     <w:rsid w:val="002A4290"/>
+    <w:rsid w:val="002A464F"/>
     <w:rsid w:val="002A4C9A"/>
-    <w:rsid w:val="002A51A6"/>
     <w:rsid w:val="002A530A"/>
     <w:rsid w:val="002A5B1A"/>
     <w:rsid w:val="002A642B"/>
     <w:rsid w:val="002B02C8"/>
     <w:rsid w:val="002B04B8"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002B068D"/>
     <w:rsid w:val="002B06A1"/>
     <w:rsid w:val="002B0A51"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B1342"/>
+    <w:rsid w:val="002B167F"/>
     <w:rsid w:val="002B2726"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
+    <w:rsid w:val="002B3FAA"/>
+    <w:rsid w:val="002B4F4A"/>
     <w:rsid w:val="002B5B98"/>
-    <w:rsid w:val="002B5C5C"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
-    <w:rsid w:val="002C026B"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
     <w:rsid w:val="002C155F"/>
     <w:rsid w:val="002C17F3"/>
+    <w:rsid w:val="002C1858"/>
     <w:rsid w:val="002C1C34"/>
     <w:rsid w:val="002C24CF"/>
     <w:rsid w:val="002C2879"/>
     <w:rsid w:val="002C32B5"/>
     <w:rsid w:val="002C3E4C"/>
     <w:rsid w:val="002C404F"/>
     <w:rsid w:val="002C414A"/>
+    <w:rsid w:val="002C460B"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002C5832"/>
     <w:rsid w:val="002C652F"/>
     <w:rsid w:val="002C6C6E"/>
-    <w:rsid w:val="002C6D0A"/>
     <w:rsid w:val="002C6F74"/>
     <w:rsid w:val="002C72E6"/>
     <w:rsid w:val="002C7304"/>
     <w:rsid w:val="002C7B52"/>
     <w:rsid w:val="002C7CFF"/>
     <w:rsid w:val="002D031B"/>
     <w:rsid w:val="002D0489"/>
     <w:rsid w:val="002D099E"/>
+    <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D1055"/>
+    <w:rsid w:val="002D17D2"/>
     <w:rsid w:val="002D1B7E"/>
     <w:rsid w:val="002D297F"/>
     <w:rsid w:val="002D2A9D"/>
     <w:rsid w:val="002D2B3C"/>
+    <w:rsid w:val="002D2BD3"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D4C74"/>
-    <w:rsid w:val="002D59E6"/>
+    <w:rsid w:val="002D4DE0"/>
     <w:rsid w:val="002D59FE"/>
+    <w:rsid w:val="002D5DC8"/>
     <w:rsid w:val="002D6808"/>
-    <w:rsid w:val="002D7297"/>
+    <w:rsid w:val="002D72A2"/>
     <w:rsid w:val="002D73B7"/>
-    <w:rsid w:val="002D745B"/>
     <w:rsid w:val="002D74AB"/>
+    <w:rsid w:val="002D7BAF"/>
     <w:rsid w:val="002D7C5B"/>
+    <w:rsid w:val="002D7D03"/>
     <w:rsid w:val="002D7D25"/>
-    <w:rsid w:val="002D7E5D"/>
     <w:rsid w:val="002E25D3"/>
+    <w:rsid w:val="002E2745"/>
     <w:rsid w:val="002E29CF"/>
     <w:rsid w:val="002E2D42"/>
+    <w:rsid w:val="002E3754"/>
     <w:rsid w:val="002E3BDF"/>
     <w:rsid w:val="002E3C33"/>
+    <w:rsid w:val="002E4144"/>
     <w:rsid w:val="002E449D"/>
+    <w:rsid w:val="002E57C5"/>
     <w:rsid w:val="002E58A6"/>
     <w:rsid w:val="002E58BD"/>
     <w:rsid w:val="002E5A64"/>
+    <w:rsid w:val="002E6027"/>
     <w:rsid w:val="002E618D"/>
     <w:rsid w:val="002E67A6"/>
-    <w:rsid w:val="002E6AE3"/>
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
+    <w:rsid w:val="002E72DC"/>
     <w:rsid w:val="002E7698"/>
+    <w:rsid w:val="002E7816"/>
     <w:rsid w:val="002E79BA"/>
+    <w:rsid w:val="002F05C6"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
-    <w:rsid w:val="002F1BE2"/>
     <w:rsid w:val="002F215E"/>
-    <w:rsid w:val="002F2EC5"/>
+    <w:rsid w:val="002F2A20"/>
+    <w:rsid w:val="002F3281"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
-    <w:rsid w:val="002F35DC"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F432C"/>
-    <w:rsid w:val="002F4924"/>
+    <w:rsid w:val="002F460B"/>
     <w:rsid w:val="002F4F98"/>
+    <w:rsid w:val="002F5141"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
-    <w:rsid w:val="002F7930"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
+    <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
-    <w:rsid w:val="00302740"/>
+    <w:rsid w:val="00302709"/>
+    <w:rsid w:val="003028DB"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003030C9"/>
     <w:rsid w:val="0030386D"/>
     <w:rsid w:val="00303C3D"/>
     <w:rsid w:val="00303D78"/>
     <w:rsid w:val="00304398"/>
+    <w:rsid w:val="00304890"/>
     <w:rsid w:val="0030497D"/>
     <w:rsid w:val="00304C6F"/>
     <w:rsid w:val="00305245"/>
     <w:rsid w:val="00305298"/>
     <w:rsid w:val="003058A3"/>
     <w:rsid w:val="00305D00"/>
+    <w:rsid w:val="00305D8A"/>
     <w:rsid w:val="00305DAC"/>
     <w:rsid w:val="00305DFC"/>
     <w:rsid w:val="003066B4"/>
     <w:rsid w:val="003070B0"/>
     <w:rsid w:val="003077B9"/>
-    <w:rsid w:val="00307938"/>
     <w:rsid w:val="00307B90"/>
     <w:rsid w:val="00307F54"/>
+    <w:rsid w:val="0031019F"/>
+    <w:rsid w:val="003103B1"/>
     <w:rsid w:val="00310944"/>
+    <w:rsid w:val="003109C5"/>
+    <w:rsid w:val="003114E1"/>
+    <w:rsid w:val="00311808"/>
     <w:rsid w:val="00311C44"/>
+    <w:rsid w:val="0031207E"/>
+    <w:rsid w:val="003121D1"/>
     <w:rsid w:val="0031246D"/>
-    <w:rsid w:val="00312DCA"/>
     <w:rsid w:val="003135FE"/>
     <w:rsid w:val="003137C5"/>
     <w:rsid w:val="00313846"/>
     <w:rsid w:val="00313D61"/>
     <w:rsid w:val="00314899"/>
     <w:rsid w:val="00314AFF"/>
-    <w:rsid w:val="00314F3C"/>
     <w:rsid w:val="00314F50"/>
     <w:rsid w:val="00315038"/>
+    <w:rsid w:val="00315187"/>
     <w:rsid w:val="003151C6"/>
     <w:rsid w:val="0031638F"/>
+    <w:rsid w:val="003165E5"/>
     <w:rsid w:val="00316BBD"/>
-    <w:rsid w:val="00316D58"/>
     <w:rsid w:val="00316EC7"/>
+    <w:rsid w:val="00316EF5"/>
     <w:rsid w:val="0031721B"/>
     <w:rsid w:val="00317604"/>
-    <w:rsid w:val="00317726"/>
     <w:rsid w:val="0032058B"/>
+    <w:rsid w:val="00320B04"/>
+    <w:rsid w:val="00320BCD"/>
     <w:rsid w:val="00320C77"/>
     <w:rsid w:val="00320FAB"/>
     <w:rsid w:val="003218BB"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00321C9E"/>
     <w:rsid w:val="003226E7"/>
     <w:rsid w:val="003229A4"/>
-    <w:rsid w:val="00322A89"/>
     <w:rsid w:val="00322DC1"/>
     <w:rsid w:val="00323324"/>
     <w:rsid w:val="00323B02"/>
+    <w:rsid w:val="00323F32"/>
+    <w:rsid w:val="00324E0B"/>
     <w:rsid w:val="00324F3B"/>
+    <w:rsid w:val="0032537F"/>
     <w:rsid w:val="003256F6"/>
     <w:rsid w:val="00325D8B"/>
     <w:rsid w:val="00325FC0"/>
+    <w:rsid w:val="00326178"/>
     <w:rsid w:val="0032736B"/>
     <w:rsid w:val="00327761"/>
     <w:rsid w:val="00327853"/>
+    <w:rsid w:val="00327932"/>
     <w:rsid w:val="003300E5"/>
+    <w:rsid w:val="0033088F"/>
     <w:rsid w:val="00330C0C"/>
     <w:rsid w:val="00330D13"/>
-    <w:rsid w:val="00330F5E"/>
     <w:rsid w:val="00331685"/>
     <w:rsid w:val="003317A0"/>
     <w:rsid w:val="00331A19"/>
-    <w:rsid w:val="00331A21"/>
-    <w:rsid w:val="00331BEB"/>
     <w:rsid w:val="00331C22"/>
     <w:rsid w:val="00331DAD"/>
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
+    <w:rsid w:val="00333FC6"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
     <w:rsid w:val="00334BD6"/>
-    <w:rsid w:val="00334BF1"/>
     <w:rsid w:val="00334EC6"/>
+    <w:rsid w:val="003358B4"/>
     <w:rsid w:val="003359D1"/>
+    <w:rsid w:val="00335A8A"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
-    <w:rsid w:val="00337A69"/>
-    <w:rsid w:val="003405EB"/>
+    <w:rsid w:val="00340B95"/>
     <w:rsid w:val="00340BE0"/>
     <w:rsid w:val="00340F9A"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
+    <w:rsid w:val="00341F85"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
+    <w:rsid w:val="00343ECB"/>
+    <w:rsid w:val="00344041"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
+    <w:rsid w:val="00344787"/>
     <w:rsid w:val="00344DB5"/>
+    <w:rsid w:val="00345515"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
-    <w:rsid w:val="003470AF"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
     <w:rsid w:val="00350787"/>
-    <w:rsid w:val="0035098E"/>
+    <w:rsid w:val="00350B4D"/>
     <w:rsid w:val="00350C44"/>
-    <w:rsid w:val="00350D7E"/>
-    <w:rsid w:val="003515FD"/>
+    <w:rsid w:val="003511B5"/>
+    <w:rsid w:val="00351C1A"/>
     <w:rsid w:val="0035246B"/>
+    <w:rsid w:val="0035254B"/>
     <w:rsid w:val="00352757"/>
     <w:rsid w:val="0035316A"/>
     <w:rsid w:val="003536A5"/>
+    <w:rsid w:val="0035372A"/>
     <w:rsid w:val="00353ABE"/>
     <w:rsid w:val="00353B2E"/>
     <w:rsid w:val="00353B74"/>
     <w:rsid w:val="00353C29"/>
     <w:rsid w:val="00353C4A"/>
     <w:rsid w:val="003541D2"/>
     <w:rsid w:val="00354CA8"/>
     <w:rsid w:val="003552F2"/>
-    <w:rsid w:val="00355849"/>
-    <w:rsid w:val="00355E77"/>
     <w:rsid w:val="00356623"/>
     <w:rsid w:val="0035686C"/>
     <w:rsid w:val="0035697E"/>
     <w:rsid w:val="003569FD"/>
+    <w:rsid w:val="00356B9E"/>
     <w:rsid w:val="00356BEB"/>
     <w:rsid w:val="00356FBF"/>
     <w:rsid w:val="00357158"/>
-    <w:rsid w:val="00360113"/>
+    <w:rsid w:val="00357D1E"/>
     <w:rsid w:val="00360811"/>
-    <w:rsid w:val="00360985"/>
     <w:rsid w:val="00360AB6"/>
-    <w:rsid w:val="00361533"/>
-    <w:rsid w:val="00361CD4"/>
     <w:rsid w:val="003624C5"/>
     <w:rsid w:val="00362843"/>
     <w:rsid w:val="00362B9D"/>
-    <w:rsid w:val="0036305B"/>
+    <w:rsid w:val="00362DFB"/>
     <w:rsid w:val="003630DB"/>
+    <w:rsid w:val="003633CD"/>
     <w:rsid w:val="00363413"/>
+    <w:rsid w:val="00363527"/>
     <w:rsid w:val="00363A21"/>
     <w:rsid w:val="00363A57"/>
     <w:rsid w:val="00363C98"/>
     <w:rsid w:val="00364115"/>
     <w:rsid w:val="003648B0"/>
     <w:rsid w:val="00364902"/>
     <w:rsid w:val="00364C24"/>
     <w:rsid w:val="00365361"/>
     <w:rsid w:val="003657F8"/>
     <w:rsid w:val="00365932"/>
     <w:rsid w:val="00365EE5"/>
     <w:rsid w:val="00366438"/>
     <w:rsid w:val="003667EC"/>
     <w:rsid w:val="0036680D"/>
     <w:rsid w:val="00366BCB"/>
     <w:rsid w:val="00366D61"/>
     <w:rsid w:val="003672E8"/>
+    <w:rsid w:val="00367CEC"/>
     <w:rsid w:val="00370537"/>
     <w:rsid w:val="003707F3"/>
     <w:rsid w:val="00370A05"/>
     <w:rsid w:val="00370D1A"/>
     <w:rsid w:val="00370F13"/>
     <w:rsid w:val="00371919"/>
     <w:rsid w:val="0037198B"/>
     <w:rsid w:val="003721CD"/>
     <w:rsid w:val="00372EB8"/>
     <w:rsid w:val="003730C6"/>
     <w:rsid w:val="00373614"/>
     <w:rsid w:val="00373A87"/>
     <w:rsid w:val="00373CB9"/>
     <w:rsid w:val="00374035"/>
     <w:rsid w:val="003741AB"/>
     <w:rsid w:val="0037434A"/>
+    <w:rsid w:val="00374685"/>
     <w:rsid w:val="003746E9"/>
     <w:rsid w:val="003754BC"/>
     <w:rsid w:val="003758F9"/>
     <w:rsid w:val="00375BAD"/>
+    <w:rsid w:val="003761DC"/>
+    <w:rsid w:val="003764F5"/>
+    <w:rsid w:val="0037655F"/>
     <w:rsid w:val="0037670C"/>
+    <w:rsid w:val="00376AED"/>
     <w:rsid w:val="00376E2C"/>
     <w:rsid w:val="00380DD8"/>
+    <w:rsid w:val="003813D4"/>
     <w:rsid w:val="003814F8"/>
     <w:rsid w:val="0038177E"/>
     <w:rsid w:val="00381CF5"/>
     <w:rsid w:val="00381D7E"/>
     <w:rsid w:val="0038240E"/>
+    <w:rsid w:val="00382AF3"/>
     <w:rsid w:val="00382B53"/>
     <w:rsid w:val="00382F54"/>
+    <w:rsid w:val="0038393C"/>
     <w:rsid w:val="00384045"/>
     <w:rsid w:val="0038418A"/>
     <w:rsid w:val="00384506"/>
     <w:rsid w:val="0038507D"/>
     <w:rsid w:val="003850AA"/>
     <w:rsid w:val="00385C3B"/>
     <w:rsid w:val="00385D99"/>
+    <w:rsid w:val="0038653F"/>
     <w:rsid w:val="00386995"/>
     <w:rsid w:val="003869AF"/>
-    <w:rsid w:val="003875A8"/>
+    <w:rsid w:val="00386BE1"/>
+    <w:rsid w:val="00387453"/>
     <w:rsid w:val="003878F6"/>
+    <w:rsid w:val="00387FB4"/>
     <w:rsid w:val="00390590"/>
     <w:rsid w:val="00390A4E"/>
     <w:rsid w:val="00390D45"/>
     <w:rsid w:val="0039101A"/>
+    <w:rsid w:val="00391643"/>
     <w:rsid w:val="00391DAF"/>
     <w:rsid w:val="003920F0"/>
     <w:rsid w:val="00392559"/>
     <w:rsid w:val="00392DC5"/>
+    <w:rsid w:val="00393223"/>
     <w:rsid w:val="0039371E"/>
     <w:rsid w:val="0039398B"/>
+    <w:rsid w:val="00393B8F"/>
     <w:rsid w:val="00393C0A"/>
     <w:rsid w:val="003945EC"/>
+    <w:rsid w:val="00396728"/>
     <w:rsid w:val="00396849"/>
-    <w:rsid w:val="003969D0"/>
     <w:rsid w:val="0039704F"/>
     <w:rsid w:val="00397132"/>
     <w:rsid w:val="003973AC"/>
+    <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
     <w:rsid w:val="003A0FCC"/>
-    <w:rsid w:val="003A1B97"/>
-    <w:rsid w:val="003A26F2"/>
+    <w:rsid w:val="003A102A"/>
+    <w:rsid w:val="003A2032"/>
     <w:rsid w:val="003A2781"/>
-    <w:rsid w:val="003A27D6"/>
     <w:rsid w:val="003A2A75"/>
+    <w:rsid w:val="003A2F23"/>
+    <w:rsid w:val="003A30DF"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
     <w:rsid w:val="003A4B66"/>
-    <w:rsid w:val="003A522A"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
-    <w:rsid w:val="003A7560"/>
-    <w:rsid w:val="003A7646"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
+    <w:rsid w:val="003B1E68"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
+    <w:rsid w:val="003B41F9"/>
     <w:rsid w:val="003B43C6"/>
-    <w:rsid w:val="003B527F"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
+    <w:rsid w:val="003B60F1"/>
     <w:rsid w:val="003B63DE"/>
     <w:rsid w:val="003B6CF4"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
+    <w:rsid w:val="003C0549"/>
     <w:rsid w:val="003C063A"/>
     <w:rsid w:val="003C082E"/>
     <w:rsid w:val="003C0886"/>
     <w:rsid w:val="003C0901"/>
     <w:rsid w:val="003C113C"/>
     <w:rsid w:val="003C11A6"/>
+    <w:rsid w:val="003C138A"/>
     <w:rsid w:val="003C2307"/>
     <w:rsid w:val="003C23B2"/>
     <w:rsid w:val="003C309C"/>
     <w:rsid w:val="003C3178"/>
     <w:rsid w:val="003C3ABF"/>
     <w:rsid w:val="003C40A9"/>
     <w:rsid w:val="003C48D6"/>
     <w:rsid w:val="003C4D74"/>
+    <w:rsid w:val="003C5368"/>
     <w:rsid w:val="003C5500"/>
     <w:rsid w:val="003C5810"/>
     <w:rsid w:val="003C5E1E"/>
+    <w:rsid w:val="003C6101"/>
     <w:rsid w:val="003C62B7"/>
     <w:rsid w:val="003C69A7"/>
     <w:rsid w:val="003C6B7A"/>
     <w:rsid w:val="003C6BDE"/>
     <w:rsid w:val="003C6C32"/>
     <w:rsid w:val="003C6F89"/>
     <w:rsid w:val="003C7617"/>
     <w:rsid w:val="003C7B20"/>
     <w:rsid w:val="003C7B9C"/>
-    <w:rsid w:val="003D02F9"/>
     <w:rsid w:val="003D03B0"/>
-    <w:rsid w:val="003D07FB"/>
     <w:rsid w:val="003D098B"/>
     <w:rsid w:val="003D0B01"/>
     <w:rsid w:val="003D171F"/>
+    <w:rsid w:val="003D2027"/>
     <w:rsid w:val="003D212A"/>
     <w:rsid w:val="003D2485"/>
-    <w:rsid w:val="003D290E"/>
     <w:rsid w:val="003D2E60"/>
     <w:rsid w:val="003D3290"/>
     <w:rsid w:val="003D3825"/>
     <w:rsid w:val="003D3C27"/>
     <w:rsid w:val="003D430A"/>
-    <w:rsid w:val="003D46A9"/>
     <w:rsid w:val="003D4D32"/>
     <w:rsid w:val="003D4D92"/>
     <w:rsid w:val="003D547C"/>
     <w:rsid w:val="003D54DF"/>
+    <w:rsid w:val="003D57B7"/>
     <w:rsid w:val="003D5B6C"/>
     <w:rsid w:val="003D6297"/>
     <w:rsid w:val="003D68A6"/>
     <w:rsid w:val="003D6EDB"/>
     <w:rsid w:val="003D7911"/>
     <w:rsid w:val="003D7CD6"/>
-    <w:rsid w:val="003D7DB2"/>
     <w:rsid w:val="003D7EDE"/>
+    <w:rsid w:val="003E0898"/>
     <w:rsid w:val="003E0DE7"/>
     <w:rsid w:val="003E0F45"/>
     <w:rsid w:val="003E1014"/>
     <w:rsid w:val="003E118F"/>
     <w:rsid w:val="003E15D1"/>
     <w:rsid w:val="003E1A04"/>
     <w:rsid w:val="003E1D00"/>
+    <w:rsid w:val="003E1F53"/>
+    <w:rsid w:val="003E2006"/>
     <w:rsid w:val="003E2473"/>
     <w:rsid w:val="003E281C"/>
-    <w:rsid w:val="003E2CFA"/>
-    <w:rsid w:val="003E3202"/>
     <w:rsid w:val="003E3AA7"/>
     <w:rsid w:val="003E3E3F"/>
     <w:rsid w:val="003E3E87"/>
     <w:rsid w:val="003E46DD"/>
     <w:rsid w:val="003E477E"/>
     <w:rsid w:val="003E48FB"/>
     <w:rsid w:val="003E4ED7"/>
-    <w:rsid w:val="003E5EBA"/>
-    <w:rsid w:val="003E6688"/>
     <w:rsid w:val="003E69F2"/>
     <w:rsid w:val="003E6E44"/>
     <w:rsid w:val="003E6EAA"/>
     <w:rsid w:val="003E6EB3"/>
     <w:rsid w:val="003E735D"/>
     <w:rsid w:val="003E7C00"/>
     <w:rsid w:val="003E7DC2"/>
+    <w:rsid w:val="003F02CF"/>
+    <w:rsid w:val="003F0B69"/>
     <w:rsid w:val="003F0DCA"/>
     <w:rsid w:val="003F122B"/>
     <w:rsid w:val="003F18DF"/>
-    <w:rsid w:val="003F1B5B"/>
     <w:rsid w:val="003F2204"/>
-    <w:rsid w:val="003F2422"/>
     <w:rsid w:val="003F25E5"/>
+    <w:rsid w:val="003F26F2"/>
     <w:rsid w:val="003F2B53"/>
+    <w:rsid w:val="003F30CD"/>
     <w:rsid w:val="003F33C7"/>
     <w:rsid w:val="003F33E4"/>
     <w:rsid w:val="003F378B"/>
     <w:rsid w:val="003F395B"/>
     <w:rsid w:val="003F399F"/>
     <w:rsid w:val="003F3B86"/>
     <w:rsid w:val="003F3DD2"/>
+    <w:rsid w:val="003F3E7C"/>
     <w:rsid w:val="003F46F5"/>
-    <w:rsid w:val="003F48C6"/>
     <w:rsid w:val="003F521C"/>
     <w:rsid w:val="003F54E1"/>
+    <w:rsid w:val="003F5721"/>
     <w:rsid w:val="003F589A"/>
-    <w:rsid w:val="003F5A2A"/>
     <w:rsid w:val="003F5C73"/>
     <w:rsid w:val="003F5CA4"/>
     <w:rsid w:val="003F621F"/>
     <w:rsid w:val="003F6242"/>
+    <w:rsid w:val="003F62A4"/>
     <w:rsid w:val="003F63DE"/>
     <w:rsid w:val="003F6426"/>
     <w:rsid w:val="003F6703"/>
     <w:rsid w:val="003F68EA"/>
     <w:rsid w:val="003F7414"/>
-    <w:rsid w:val="003F7648"/>
+    <w:rsid w:val="003F7947"/>
     <w:rsid w:val="003F7E92"/>
     <w:rsid w:val="0040038F"/>
+    <w:rsid w:val="004003B0"/>
     <w:rsid w:val="00400777"/>
     <w:rsid w:val="00400C22"/>
     <w:rsid w:val="00400C9D"/>
     <w:rsid w:val="00400D95"/>
     <w:rsid w:val="00400DEF"/>
     <w:rsid w:val="00400FA1"/>
-    <w:rsid w:val="0040267F"/>
+    <w:rsid w:val="00401EFC"/>
     <w:rsid w:val="004029A0"/>
     <w:rsid w:val="00402DD9"/>
-    <w:rsid w:val="004031B8"/>
+    <w:rsid w:val="0040314F"/>
     <w:rsid w:val="00403C95"/>
-    <w:rsid w:val="00404218"/>
     <w:rsid w:val="0040500D"/>
     <w:rsid w:val="00405088"/>
     <w:rsid w:val="004058B6"/>
     <w:rsid w:val="004058C9"/>
     <w:rsid w:val="00405E93"/>
-    <w:rsid w:val="0040680A"/>
     <w:rsid w:val="00407E4E"/>
-    <w:rsid w:val="004104EB"/>
+    <w:rsid w:val="00410505"/>
+    <w:rsid w:val="00410594"/>
     <w:rsid w:val="0041059F"/>
     <w:rsid w:val="00411064"/>
+    <w:rsid w:val="004110C5"/>
     <w:rsid w:val="0041120C"/>
     <w:rsid w:val="00411B72"/>
     <w:rsid w:val="00411CD0"/>
     <w:rsid w:val="00411FF4"/>
-    <w:rsid w:val="0041274C"/>
     <w:rsid w:val="00412D06"/>
     <w:rsid w:val="004130E4"/>
     <w:rsid w:val="0041365D"/>
     <w:rsid w:val="004138A2"/>
     <w:rsid w:val="0041397A"/>
-    <w:rsid w:val="00413BBB"/>
     <w:rsid w:val="00413BCC"/>
     <w:rsid w:val="00413BF9"/>
     <w:rsid w:val="00413C82"/>
     <w:rsid w:val="00413EDA"/>
     <w:rsid w:val="00413FF4"/>
     <w:rsid w:val="00414041"/>
     <w:rsid w:val="0041464C"/>
     <w:rsid w:val="00414A45"/>
     <w:rsid w:val="00414E7C"/>
+    <w:rsid w:val="00415547"/>
+    <w:rsid w:val="004155A1"/>
     <w:rsid w:val="00415B50"/>
-    <w:rsid w:val="00416404"/>
     <w:rsid w:val="00416986"/>
     <w:rsid w:val="00416DD4"/>
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004176F8"/>
+    <w:rsid w:val="00417854"/>
     <w:rsid w:val="00417B67"/>
+    <w:rsid w:val="00417EA8"/>
     <w:rsid w:val="0042010C"/>
     <w:rsid w:val="0042039E"/>
     <w:rsid w:val="0042045B"/>
     <w:rsid w:val="0042072C"/>
+    <w:rsid w:val="004208EF"/>
     <w:rsid w:val="004216B9"/>
     <w:rsid w:val="00421F6D"/>
     <w:rsid w:val="00422244"/>
-    <w:rsid w:val="00422396"/>
     <w:rsid w:val="00422B43"/>
     <w:rsid w:val="0042348A"/>
+    <w:rsid w:val="00423FB0"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
+    <w:rsid w:val="00426184"/>
+    <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
-    <w:rsid w:val="00427F42"/>
+    <w:rsid w:val="00427CB6"/>
     <w:rsid w:val="00427FDA"/>
-    <w:rsid w:val="004300E9"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
+    <w:rsid w:val="004308D2"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
-    <w:rsid w:val="004323C9"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433D49"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
     <w:rsid w:val="00434CA6"/>
+    <w:rsid w:val="00435270"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
+    <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
+    <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
-    <w:rsid w:val="00440EC1"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
-    <w:rsid w:val="00441E31"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
     <w:rsid w:val="00442EFC"/>
     <w:rsid w:val="00442F68"/>
-    <w:rsid w:val="00442FC1"/>
-    <w:rsid w:val="00443814"/>
+    <w:rsid w:val="00443224"/>
+    <w:rsid w:val="00443C58"/>
     <w:rsid w:val="004441DA"/>
     <w:rsid w:val="00444819"/>
+    <w:rsid w:val="00444C0B"/>
     <w:rsid w:val="00444D12"/>
     <w:rsid w:val="004454C6"/>
-    <w:rsid w:val="0044594B"/>
+    <w:rsid w:val="00445A39"/>
     <w:rsid w:val="00445B77"/>
     <w:rsid w:val="00445C84"/>
     <w:rsid w:val="004466B5"/>
     <w:rsid w:val="00446821"/>
     <w:rsid w:val="00446880"/>
     <w:rsid w:val="00446F5D"/>
     <w:rsid w:val="00447266"/>
     <w:rsid w:val="004477E9"/>
-    <w:rsid w:val="00447933"/>
+    <w:rsid w:val="00447871"/>
+    <w:rsid w:val="00447AE9"/>
     <w:rsid w:val="00447CEA"/>
     <w:rsid w:val="00450135"/>
     <w:rsid w:val="004504A1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="0045097F"/>
+    <w:rsid w:val="00450A7B"/>
     <w:rsid w:val="004517CD"/>
     <w:rsid w:val="00451F2D"/>
-    <w:rsid w:val="004520AA"/>
     <w:rsid w:val="0045231F"/>
     <w:rsid w:val="004525F4"/>
     <w:rsid w:val="00452A75"/>
     <w:rsid w:val="0045374F"/>
     <w:rsid w:val="004537FC"/>
     <w:rsid w:val="0045437F"/>
+    <w:rsid w:val="00454D2A"/>
     <w:rsid w:val="004553B6"/>
     <w:rsid w:val="004553D2"/>
     <w:rsid w:val="00455920"/>
     <w:rsid w:val="00455A03"/>
-    <w:rsid w:val="00455CCE"/>
     <w:rsid w:val="0045665D"/>
     <w:rsid w:val="00456A03"/>
     <w:rsid w:val="0045734E"/>
     <w:rsid w:val="00457696"/>
     <w:rsid w:val="00457819"/>
     <w:rsid w:val="00457E8C"/>
-    <w:rsid w:val="00460ADA"/>
-    <w:rsid w:val="004610C1"/>
+    <w:rsid w:val="00461197"/>
     <w:rsid w:val="004614BC"/>
     <w:rsid w:val="0046167D"/>
+    <w:rsid w:val="004618FE"/>
     <w:rsid w:val="004619F8"/>
     <w:rsid w:val="00462146"/>
     <w:rsid w:val="0046224A"/>
+    <w:rsid w:val="004626EE"/>
+    <w:rsid w:val="00462E0D"/>
     <w:rsid w:val="0046300D"/>
     <w:rsid w:val="0046341C"/>
     <w:rsid w:val="0046359E"/>
     <w:rsid w:val="00463A6E"/>
     <w:rsid w:val="00463B01"/>
+    <w:rsid w:val="00464727"/>
     <w:rsid w:val="00464ABE"/>
     <w:rsid w:val="00464D67"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="00465403"/>
+    <w:rsid w:val="0046557B"/>
     <w:rsid w:val="004656E9"/>
     <w:rsid w:val="00465821"/>
-    <w:rsid w:val="00465F09"/>
     <w:rsid w:val="004663B1"/>
+    <w:rsid w:val="00466BCD"/>
     <w:rsid w:val="00466D67"/>
     <w:rsid w:val="004673F4"/>
-    <w:rsid w:val="0046742D"/>
-    <w:rsid w:val="0046786C"/>
     <w:rsid w:val="00467FE5"/>
     <w:rsid w:val="004702DD"/>
     <w:rsid w:val="00470E20"/>
     <w:rsid w:val="00471474"/>
     <w:rsid w:val="004715E0"/>
+    <w:rsid w:val="00471657"/>
+    <w:rsid w:val="004716C2"/>
     <w:rsid w:val="00471CBA"/>
     <w:rsid w:val="00472777"/>
     <w:rsid w:val="0047284F"/>
     <w:rsid w:val="00472B10"/>
     <w:rsid w:val="004731F7"/>
     <w:rsid w:val="00473400"/>
+    <w:rsid w:val="0047418C"/>
     <w:rsid w:val="00475025"/>
     <w:rsid w:val="004752E6"/>
+    <w:rsid w:val="00475415"/>
     <w:rsid w:val="00475982"/>
+    <w:rsid w:val="00475A0A"/>
+    <w:rsid w:val="00475D0F"/>
     <w:rsid w:val="00475DA4"/>
+    <w:rsid w:val="004760C8"/>
     <w:rsid w:val="00476122"/>
     <w:rsid w:val="0047632F"/>
     <w:rsid w:val="0047659A"/>
     <w:rsid w:val="00476EA7"/>
     <w:rsid w:val="00477992"/>
     <w:rsid w:val="00477DDF"/>
     <w:rsid w:val="00480784"/>
     <w:rsid w:val="0048091F"/>
     <w:rsid w:val="004809C0"/>
     <w:rsid w:val="00480A60"/>
     <w:rsid w:val="00480E10"/>
     <w:rsid w:val="0048135A"/>
     <w:rsid w:val="00481425"/>
     <w:rsid w:val="00481615"/>
     <w:rsid w:val="00482875"/>
     <w:rsid w:val="00482C3E"/>
     <w:rsid w:val="00482F90"/>
-    <w:rsid w:val="004833E4"/>
+    <w:rsid w:val="00483D99"/>
     <w:rsid w:val="004845EC"/>
     <w:rsid w:val="0048460D"/>
     <w:rsid w:val="00484D96"/>
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
+    <w:rsid w:val="0048697B"/>
+    <w:rsid w:val="00487455"/>
     <w:rsid w:val="00487A54"/>
-    <w:rsid w:val="00487E43"/>
+    <w:rsid w:val="00487D88"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
+    <w:rsid w:val="00492CC3"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
     <w:rsid w:val="00493421"/>
-    <w:rsid w:val="00493474"/>
     <w:rsid w:val="00493515"/>
     <w:rsid w:val="00493B0A"/>
     <w:rsid w:val="00493CCD"/>
     <w:rsid w:val="00493D08"/>
     <w:rsid w:val="00494B2F"/>
     <w:rsid w:val="00495251"/>
     <w:rsid w:val="0049540A"/>
     <w:rsid w:val="004956F6"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="00495FD4"/>
     <w:rsid w:val="004963C0"/>
-    <w:rsid w:val="004976A6"/>
     <w:rsid w:val="0049777A"/>
+    <w:rsid w:val="00497BD7"/>
     <w:rsid w:val="00497CF1"/>
     <w:rsid w:val="00497F56"/>
     <w:rsid w:val="004A000D"/>
+    <w:rsid w:val="004A0123"/>
     <w:rsid w:val="004A019D"/>
     <w:rsid w:val="004A027B"/>
     <w:rsid w:val="004A07FA"/>
     <w:rsid w:val="004A0E01"/>
     <w:rsid w:val="004A0EDF"/>
+    <w:rsid w:val="004A10AF"/>
     <w:rsid w:val="004A12D8"/>
     <w:rsid w:val="004A22D8"/>
     <w:rsid w:val="004A254C"/>
-    <w:rsid w:val="004A2AD8"/>
+    <w:rsid w:val="004A2A10"/>
     <w:rsid w:val="004A2DAA"/>
     <w:rsid w:val="004A3325"/>
     <w:rsid w:val="004A34AA"/>
-    <w:rsid w:val="004A38A8"/>
     <w:rsid w:val="004A38BA"/>
     <w:rsid w:val="004A3E72"/>
-    <w:rsid w:val="004A4025"/>
+    <w:rsid w:val="004A41FD"/>
+    <w:rsid w:val="004A4C87"/>
+    <w:rsid w:val="004A4E3B"/>
     <w:rsid w:val="004A5164"/>
     <w:rsid w:val="004A54AD"/>
     <w:rsid w:val="004A551A"/>
     <w:rsid w:val="004A556D"/>
-    <w:rsid w:val="004A5AFA"/>
+    <w:rsid w:val="004A573D"/>
     <w:rsid w:val="004A6777"/>
     <w:rsid w:val="004A6B25"/>
     <w:rsid w:val="004A6BBD"/>
     <w:rsid w:val="004A6D55"/>
     <w:rsid w:val="004A7940"/>
     <w:rsid w:val="004A7A85"/>
     <w:rsid w:val="004B08CA"/>
+    <w:rsid w:val="004B08D2"/>
     <w:rsid w:val="004B0B66"/>
-    <w:rsid w:val="004B0EE4"/>
     <w:rsid w:val="004B0F71"/>
     <w:rsid w:val="004B1455"/>
+    <w:rsid w:val="004B1CBB"/>
     <w:rsid w:val="004B228C"/>
     <w:rsid w:val="004B2994"/>
     <w:rsid w:val="004B2B07"/>
-    <w:rsid w:val="004B3685"/>
     <w:rsid w:val="004B3C56"/>
+    <w:rsid w:val="004B4BAB"/>
     <w:rsid w:val="004B4E12"/>
     <w:rsid w:val="004B61F6"/>
+    <w:rsid w:val="004B6456"/>
     <w:rsid w:val="004B6469"/>
     <w:rsid w:val="004B653F"/>
     <w:rsid w:val="004B6A60"/>
     <w:rsid w:val="004B6CB7"/>
     <w:rsid w:val="004B6DA7"/>
     <w:rsid w:val="004B6F2C"/>
     <w:rsid w:val="004B71AC"/>
     <w:rsid w:val="004B756B"/>
-    <w:rsid w:val="004C019F"/>
-    <w:rsid w:val="004C0559"/>
     <w:rsid w:val="004C0702"/>
     <w:rsid w:val="004C077E"/>
-    <w:rsid w:val="004C0F55"/>
+    <w:rsid w:val="004C0AF1"/>
     <w:rsid w:val="004C1425"/>
     <w:rsid w:val="004C164B"/>
     <w:rsid w:val="004C1874"/>
-    <w:rsid w:val="004C19FF"/>
     <w:rsid w:val="004C1D0C"/>
+    <w:rsid w:val="004C2C67"/>
+    <w:rsid w:val="004C3029"/>
     <w:rsid w:val="004C32EF"/>
+    <w:rsid w:val="004C37BF"/>
     <w:rsid w:val="004C38FD"/>
     <w:rsid w:val="004C3D1C"/>
     <w:rsid w:val="004C404F"/>
-    <w:rsid w:val="004C4265"/>
+    <w:rsid w:val="004C41C1"/>
     <w:rsid w:val="004C4286"/>
     <w:rsid w:val="004C433B"/>
     <w:rsid w:val="004C4EF3"/>
+    <w:rsid w:val="004C4F07"/>
     <w:rsid w:val="004C5307"/>
     <w:rsid w:val="004C5CB2"/>
-    <w:rsid w:val="004C5CBB"/>
     <w:rsid w:val="004C6227"/>
     <w:rsid w:val="004C68FD"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="004C6F43"/>
     <w:rsid w:val="004C789E"/>
     <w:rsid w:val="004C7997"/>
     <w:rsid w:val="004C7CD5"/>
     <w:rsid w:val="004C7F26"/>
     <w:rsid w:val="004D05C6"/>
     <w:rsid w:val="004D0ECD"/>
-    <w:rsid w:val="004D101D"/>
-    <w:rsid w:val="004D1CE1"/>
+    <w:rsid w:val="004D13DF"/>
+    <w:rsid w:val="004D1A99"/>
     <w:rsid w:val="004D2A93"/>
     <w:rsid w:val="004D3336"/>
     <w:rsid w:val="004D387D"/>
     <w:rsid w:val="004D3915"/>
     <w:rsid w:val="004D3A5D"/>
-    <w:rsid w:val="004D4A06"/>
+    <w:rsid w:val="004D4276"/>
+    <w:rsid w:val="004D4525"/>
+    <w:rsid w:val="004D47D2"/>
     <w:rsid w:val="004D4C37"/>
     <w:rsid w:val="004D65B0"/>
     <w:rsid w:val="004D7543"/>
     <w:rsid w:val="004E06CD"/>
     <w:rsid w:val="004E1249"/>
     <w:rsid w:val="004E1C40"/>
+    <w:rsid w:val="004E1C44"/>
     <w:rsid w:val="004E1E93"/>
     <w:rsid w:val="004E2047"/>
-    <w:rsid w:val="004E2394"/>
+    <w:rsid w:val="004E240F"/>
     <w:rsid w:val="004E2CD6"/>
     <w:rsid w:val="004E378B"/>
     <w:rsid w:val="004E3899"/>
+    <w:rsid w:val="004E4016"/>
     <w:rsid w:val="004E4052"/>
+    <w:rsid w:val="004E40C2"/>
     <w:rsid w:val="004E430B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004E4BCC"/>
     <w:rsid w:val="004E4D51"/>
     <w:rsid w:val="004E55E4"/>
     <w:rsid w:val="004E5706"/>
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7D4B"/>
     <w:rsid w:val="004E7FC1"/>
+    <w:rsid w:val="004F0DE7"/>
+    <w:rsid w:val="004F0F63"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F160B"/>
+    <w:rsid w:val="004F196F"/>
     <w:rsid w:val="004F1B8D"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
-    <w:rsid w:val="004F2DC6"/>
     <w:rsid w:val="004F35A5"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
-    <w:rsid w:val="004F4BD0"/>
     <w:rsid w:val="004F50F1"/>
+    <w:rsid w:val="004F521A"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
-    <w:rsid w:val="004F600C"/>
     <w:rsid w:val="004F62CC"/>
+    <w:rsid w:val="004F636A"/>
+    <w:rsid w:val="004F6AAA"/>
+    <w:rsid w:val="004F6F66"/>
     <w:rsid w:val="00500724"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
     <w:rsid w:val="00501AD6"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00501E28"/>
     <w:rsid w:val="005023F4"/>
     <w:rsid w:val="0050272B"/>
     <w:rsid w:val="00502B07"/>
     <w:rsid w:val="00502D1B"/>
     <w:rsid w:val="00502F88"/>
     <w:rsid w:val="0050384E"/>
+    <w:rsid w:val="00504258"/>
     <w:rsid w:val="0050438D"/>
     <w:rsid w:val="005043CE"/>
     <w:rsid w:val="00504788"/>
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
-    <w:rsid w:val="00505C82"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
+    <w:rsid w:val="00507A5B"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
-    <w:rsid w:val="0051092F"/>
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
+    <w:rsid w:val="005120C8"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
+    <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
+    <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
+    <w:rsid w:val="00516E99"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
+    <w:rsid w:val="00521658"/>
+    <w:rsid w:val="00521D49"/>
     <w:rsid w:val="005221F3"/>
+    <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
-    <w:rsid w:val="00523097"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
+    <w:rsid w:val="0052641C"/>
+    <w:rsid w:val="00526765"/>
+    <w:rsid w:val="005268C0"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
-    <w:rsid w:val="00527F10"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00530205"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
+    <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
+    <w:rsid w:val="0053115E"/>
+    <w:rsid w:val="00531809"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
-    <w:rsid w:val="00532863"/>
+    <w:rsid w:val="005332D6"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
-    <w:rsid w:val="00534DF0"/>
+    <w:rsid w:val="00534983"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
-    <w:rsid w:val="005370DC"/>
+    <w:rsid w:val="00536494"/>
+    <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
-    <w:rsid w:val="005414F2"/>
+    <w:rsid w:val="005419AD"/>
+    <w:rsid w:val="00541B6F"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
+    <w:rsid w:val="005425BA"/>
+    <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
     <w:rsid w:val="00545746"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
     <w:rsid w:val="005460EF"/>
     <w:rsid w:val="00546250"/>
     <w:rsid w:val="00546AB2"/>
+    <w:rsid w:val="00550627"/>
     <w:rsid w:val="005507F7"/>
     <w:rsid w:val="00550D9E"/>
     <w:rsid w:val="00550E35"/>
     <w:rsid w:val="00550EFD"/>
     <w:rsid w:val="00551314"/>
     <w:rsid w:val="005516ED"/>
     <w:rsid w:val="00551CAB"/>
+    <w:rsid w:val="00552010"/>
+    <w:rsid w:val="0055226E"/>
+    <w:rsid w:val="0055255A"/>
     <w:rsid w:val="00552978"/>
     <w:rsid w:val="0055299F"/>
     <w:rsid w:val="00552B74"/>
+    <w:rsid w:val="00552E2A"/>
+    <w:rsid w:val="00553101"/>
     <w:rsid w:val="00553E47"/>
     <w:rsid w:val="005540D1"/>
     <w:rsid w:val="00554979"/>
     <w:rsid w:val="005549FA"/>
     <w:rsid w:val="00554AF0"/>
     <w:rsid w:val="00555255"/>
     <w:rsid w:val="0055555E"/>
     <w:rsid w:val="0055602E"/>
     <w:rsid w:val="005563A4"/>
+    <w:rsid w:val="00556773"/>
+    <w:rsid w:val="005569DF"/>
     <w:rsid w:val="00556B58"/>
     <w:rsid w:val="00556D31"/>
     <w:rsid w:val="00557039"/>
-    <w:rsid w:val="005574B6"/>
     <w:rsid w:val="005574BA"/>
     <w:rsid w:val="005576FE"/>
-    <w:rsid w:val="005577FA"/>
     <w:rsid w:val="005579E4"/>
     <w:rsid w:val="00557B8F"/>
+    <w:rsid w:val="00557DC6"/>
     <w:rsid w:val="00557E62"/>
+    <w:rsid w:val="00557F2C"/>
+    <w:rsid w:val="00560098"/>
+    <w:rsid w:val="00560313"/>
     <w:rsid w:val="005603DE"/>
     <w:rsid w:val="0056085F"/>
-    <w:rsid w:val="005609B6"/>
     <w:rsid w:val="00560EB5"/>
     <w:rsid w:val="00560F85"/>
     <w:rsid w:val="00561D1A"/>
     <w:rsid w:val="0056244C"/>
+    <w:rsid w:val="00562697"/>
     <w:rsid w:val="00562EFB"/>
+    <w:rsid w:val="00563148"/>
     <w:rsid w:val="00563606"/>
+    <w:rsid w:val="00563784"/>
     <w:rsid w:val="00564149"/>
     <w:rsid w:val="0056426D"/>
     <w:rsid w:val="00564A93"/>
     <w:rsid w:val="00564EF7"/>
     <w:rsid w:val="005654A3"/>
     <w:rsid w:val="00565A60"/>
     <w:rsid w:val="00565DEB"/>
     <w:rsid w:val="00565FBD"/>
     <w:rsid w:val="0056602A"/>
     <w:rsid w:val="0056669C"/>
-    <w:rsid w:val="00566B37"/>
     <w:rsid w:val="00566FCF"/>
     <w:rsid w:val="005673AE"/>
-    <w:rsid w:val="00567545"/>
-    <w:rsid w:val="005675AB"/>
     <w:rsid w:val="00567AAC"/>
     <w:rsid w:val="005700E1"/>
+    <w:rsid w:val="005703AE"/>
     <w:rsid w:val="005703BE"/>
+    <w:rsid w:val="00570761"/>
     <w:rsid w:val="00570EB4"/>
+    <w:rsid w:val="005710E8"/>
     <w:rsid w:val="005712A6"/>
+    <w:rsid w:val="00571316"/>
     <w:rsid w:val="0057140A"/>
-    <w:rsid w:val="00571AD3"/>
+    <w:rsid w:val="00571BEC"/>
     <w:rsid w:val="005720FA"/>
+    <w:rsid w:val="005729DA"/>
+    <w:rsid w:val="00572C13"/>
     <w:rsid w:val="0057357A"/>
     <w:rsid w:val="0057361C"/>
     <w:rsid w:val="00573686"/>
     <w:rsid w:val="0057382C"/>
+    <w:rsid w:val="00573B08"/>
     <w:rsid w:val="005741C5"/>
     <w:rsid w:val="005749F2"/>
-    <w:rsid w:val="00575409"/>
     <w:rsid w:val="00575ADB"/>
     <w:rsid w:val="00575AE4"/>
     <w:rsid w:val="00575D06"/>
     <w:rsid w:val="00575FD2"/>
+    <w:rsid w:val="005761E6"/>
     <w:rsid w:val="005762C5"/>
     <w:rsid w:val="0057655E"/>
     <w:rsid w:val="0057754E"/>
     <w:rsid w:val="0057785B"/>
     <w:rsid w:val="00577A36"/>
     <w:rsid w:val="00577ACB"/>
     <w:rsid w:val="005802CA"/>
     <w:rsid w:val="0058051A"/>
     <w:rsid w:val="00580600"/>
-    <w:rsid w:val="005806DF"/>
+    <w:rsid w:val="00581302"/>
     <w:rsid w:val="00581369"/>
+    <w:rsid w:val="00581690"/>
+    <w:rsid w:val="005816B4"/>
     <w:rsid w:val="00581840"/>
     <w:rsid w:val="00581AFD"/>
     <w:rsid w:val="0058230A"/>
-    <w:rsid w:val="00582908"/>
+    <w:rsid w:val="0058310F"/>
     <w:rsid w:val="0058323E"/>
     <w:rsid w:val="00583311"/>
-    <w:rsid w:val="005836CE"/>
     <w:rsid w:val="00583917"/>
-    <w:rsid w:val="005844D8"/>
+    <w:rsid w:val="00583E1D"/>
     <w:rsid w:val="0058463F"/>
     <w:rsid w:val="005847F9"/>
     <w:rsid w:val="00584C4A"/>
+    <w:rsid w:val="005851F6"/>
     <w:rsid w:val="00585D18"/>
     <w:rsid w:val="005875DD"/>
-    <w:rsid w:val="00587D50"/>
     <w:rsid w:val="00590190"/>
     <w:rsid w:val="00590927"/>
     <w:rsid w:val="00590E85"/>
     <w:rsid w:val="00591234"/>
+    <w:rsid w:val="0059140B"/>
     <w:rsid w:val="005918AD"/>
+    <w:rsid w:val="005918B7"/>
     <w:rsid w:val="00591E6A"/>
     <w:rsid w:val="0059231F"/>
     <w:rsid w:val="005925D9"/>
+    <w:rsid w:val="00592AF3"/>
+    <w:rsid w:val="00592E7B"/>
     <w:rsid w:val="0059392F"/>
+    <w:rsid w:val="005939F0"/>
     <w:rsid w:val="005943FD"/>
     <w:rsid w:val="00594CFF"/>
     <w:rsid w:val="00594F80"/>
     <w:rsid w:val="00595108"/>
+    <w:rsid w:val="00595122"/>
     <w:rsid w:val="00595134"/>
+    <w:rsid w:val="0059525A"/>
     <w:rsid w:val="00595342"/>
     <w:rsid w:val="00595B0F"/>
     <w:rsid w:val="00595D09"/>
     <w:rsid w:val="005961BD"/>
     <w:rsid w:val="00596410"/>
+    <w:rsid w:val="005966AE"/>
     <w:rsid w:val="00596752"/>
-    <w:rsid w:val="00596A8E"/>
     <w:rsid w:val="00596E24"/>
+    <w:rsid w:val="00597788"/>
     <w:rsid w:val="005977B8"/>
     <w:rsid w:val="00597905"/>
     <w:rsid w:val="00597A48"/>
     <w:rsid w:val="005A0258"/>
     <w:rsid w:val="005A03C2"/>
     <w:rsid w:val="005A06FE"/>
     <w:rsid w:val="005A0705"/>
     <w:rsid w:val="005A0937"/>
     <w:rsid w:val="005A0BA9"/>
     <w:rsid w:val="005A1039"/>
     <w:rsid w:val="005A12BC"/>
+    <w:rsid w:val="005A19D9"/>
     <w:rsid w:val="005A1A75"/>
     <w:rsid w:val="005A1F5C"/>
     <w:rsid w:val="005A202B"/>
-    <w:rsid w:val="005A20A6"/>
     <w:rsid w:val="005A21C6"/>
     <w:rsid w:val="005A2754"/>
     <w:rsid w:val="005A2878"/>
     <w:rsid w:val="005A2C2B"/>
     <w:rsid w:val="005A3986"/>
     <w:rsid w:val="005A3A2D"/>
     <w:rsid w:val="005A3DC8"/>
     <w:rsid w:val="005A3E65"/>
+    <w:rsid w:val="005A4667"/>
+    <w:rsid w:val="005A499A"/>
     <w:rsid w:val="005A4AB0"/>
     <w:rsid w:val="005A4E61"/>
     <w:rsid w:val="005A534B"/>
     <w:rsid w:val="005A5356"/>
     <w:rsid w:val="005A595C"/>
+    <w:rsid w:val="005A59E7"/>
     <w:rsid w:val="005A5C4D"/>
-    <w:rsid w:val="005A5D68"/>
     <w:rsid w:val="005A5FA8"/>
+    <w:rsid w:val="005A63F5"/>
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
     <w:rsid w:val="005A7D44"/>
     <w:rsid w:val="005A7F19"/>
     <w:rsid w:val="005B0AA4"/>
     <w:rsid w:val="005B0D92"/>
     <w:rsid w:val="005B0DAF"/>
     <w:rsid w:val="005B119A"/>
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
-    <w:rsid w:val="005B475C"/>
+    <w:rsid w:val="005B4860"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B5C2F"/>
-    <w:rsid w:val="005B5D47"/>
     <w:rsid w:val="005B62DB"/>
+    <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
+    <w:rsid w:val="005B71CC"/>
     <w:rsid w:val="005C005A"/>
+    <w:rsid w:val="005C05B6"/>
     <w:rsid w:val="005C0B61"/>
+    <w:rsid w:val="005C10A7"/>
     <w:rsid w:val="005C11B1"/>
-    <w:rsid w:val="005C1693"/>
     <w:rsid w:val="005C1696"/>
     <w:rsid w:val="005C2250"/>
     <w:rsid w:val="005C275D"/>
+    <w:rsid w:val="005C2F3E"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
-    <w:rsid w:val="005C4F0C"/>
+    <w:rsid w:val="005C5232"/>
     <w:rsid w:val="005C57C8"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005C76AA"/>
     <w:rsid w:val="005C7811"/>
     <w:rsid w:val="005C7BD2"/>
     <w:rsid w:val="005C7BFD"/>
     <w:rsid w:val="005C7DF3"/>
     <w:rsid w:val="005C7E72"/>
+    <w:rsid w:val="005D0073"/>
     <w:rsid w:val="005D11B4"/>
     <w:rsid w:val="005D1B3D"/>
     <w:rsid w:val="005D1C73"/>
     <w:rsid w:val="005D20CA"/>
     <w:rsid w:val="005D293C"/>
     <w:rsid w:val="005D2A12"/>
     <w:rsid w:val="005D2CC1"/>
+    <w:rsid w:val="005D2F2C"/>
     <w:rsid w:val="005D3A22"/>
+    <w:rsid w:val="005D3A7D"/>
     <w:rsid w:val="005D3C8F"/>
     <w:rsid w:val="005D3CA8"/>
     <w:rsid w:val="005D4189"/>
     <w:rsid w:val="005D445E"/>
-    <w:rsid w:val="005D4B89"/>
     <w:rsid w:val="005D4B8A"/>
     <w:rsid w:val="005D50E9"/>
     <w:rsid w:val="005D532F"/>
     <w:rsid w:val="005D59B0"/>
+    <w:rsid w:val="005D5A55"/>
     <w:rsid w:val="005D5D9A"/>
     <w:rsid w:val="005D632A"/>
-    <w:rsid w:val="005D6869"/>
     <w:rsid w:val="005D73E1"/>
-    <w:rsid w:val="005D7E70"/>
     <w:rsid w:val="005E044D"/>
+    <w:rsid w:val="005E069F"/>
     <w:rsid w:val="005E104A"/>
     <w:rsid w:val="005E1050"/>
     <w:rsid w:val="005E10B3"/>
-    <w:rsid w:val="005E2011"/>
     <w:rsid w:val="005E22E8"/>
+    <w:rsid w:val="005E24DF"/>
     <w:rsid w:val="005E2CE6"/>
-    <w:rsid w:val="005E2CEB"/>
     <w:rsid w:val="005E31A5"/>
     <w:rsid w:val="005E3431"/>
     <w:rsid w:val="005E36DC"/>
-    <w:rsid w:val="005E4F04"/>
+    <w:rsid w:val="005E3B6E"/>
     <w:rsid w:val="005E53DA"/>
     <w:rsid w:val="005E54AD"/>
+    <w:rsid w:val="005E560E"/>
     <w:rsid w:val="005E566F"/>
+    <w:rsid w:val="005E5CA7"/>
+    <w:rsid w:val="005E5E76"/>
     <w:rsid w:val="005E61C8"/>
     <w:rsid w:val="005E648B"/>
+    <w:rsid w:val="005E68C5"/>
     <w:rsid w:val="005E7362"/>
     <w:rsid w:val="005E7680"/>
-    <w:rsid w:val="005E79F3"/>
+    <w:rsid w:val="005E78F4"/>
     <w:rsid w:val="005F0209"/>
     <w:rsid w:val="005F04C2"/>
     <w:rsid w:val="005F0C1B"/>
     <w:rsid w:val="005F1251"/>
     <w:rsid w:val="005F1364"/>
     <w:rsid w:val="005F1412"/>
     <w:rsid w:val="005F1911"/>
     <w:rsid w:val="005F1A04"/>
+    <w:rsid w:val="005F1CA1"/>
     <w:rsid w:val="005F1E94"/>
+    <w:rsid w:val="005F1EA3"/>
     <w:rsid w:val="005F2518"/>
     <w:rsid w:val="005F26F2"/>
     <w:rsid w:val="005F2912"/>
+    <w:rsid w:val="005F2C76"/>
     <w:rsid w:val="005F32C3"/>
     <w:rsid w:val="005F344F"/>
     <w:rsid w:val="005F348C"/>
     <w:rsid w:val="005F3752"/>
     <w:rsid w:val="005F3C82"/>
     <w:rsid w:val="005F3FF8"/>
+    <w:rsid w:val="005F42E9"/>
     <w:rsid w:val="005F4FDE"/>
     <w:rsid w:val="005F5163"/>
+    <w:rsid w:val="005F537C"/>
     <w:rsid w:val="005F58A5"/>
     <w:rsid w:val="005F5BB2"/>
     <w:rsid w:val="005F6C9D"/>
     <w:rsid w:val="005F7591"/>
     <w:rsid w:val="005F7819"/>
     <w:rsid w:val="005F7C01"/>
     <w:rsid w:val="006008C0"/>
     <w:rsid w:val="00600C50"/>
     <w:rsid w:val="00600E7F"/>
     <w:rsid w:val="00601408"/>
     <w:rsid w:val="00601473"/>
+    <w:rsid w:val="00601617"/>
     <w:rsid w:val="00601784"/>
+    <w:rsid w:val="00601880"/>
     <w:rsid w:val="00601AD1"/>
     <w:rsid w:val="00601AEF"/>
-    <w:rsid w:val="00601B60"/>
     <w:rsid w:val="00601B84"/>
-    <w:rsid w:val="00601D07"/>
     <w:rsid w:val="006022C0"/>
     <w:rsid w:val="006023C3"/>
     <w:rsid w:val="00602CA4"/>
+    <w:rsid w:val="00602E1E"/>
     <w:rsid w:val="0060320F"/>
     <w:rsid w:val="00603363"/>
     <w:rsid w:val="00603957"/>
     <w:rsid w:val="0060400B"/>
     <w:rsid w:val="0060405B"/>
     <w:rsid w:val="00604328"/>
     <w:rsid w:val="00604587"/>
     <w:rsid w:val="0060459D"/>
     <w:rsid w:val="006054A8"/>
     <w:rsid w:val="006054FC"/>
     <w:rsid w:val="006061C4"/>
     <w:rsid w:val="0060623C"/>
+    <w:rsid w:val="00606368"/>
     <w:rsid w:val="006063B5"/>
     <w:rsid w:val="006063EB"/>
     <w:rsid w:val="00607322"/>
+    <w:rsid w:val="006075B3"/>
+    <w:rsid w:val="006105EB"/>
     <w:rsid w:val="006106BB"/>
     <w:rsid w:val="00610CE7"/>
     <w:rsid w:val="00610FC2"/>
+    <w:rsid w:val="00611AE9"/>
     <w:rsid w:val="00611B0C"/>
+    <w:rsid w:val="00611C5F"/>
     <w:rsid w:val="00611E9C"/>
     <w:rsid w:val="006120EC"/>
-    <w:rsid w:val="00612222"/>
     <w:rsid w:val="00612DA2"/>
     <w:rsid w:val="00613AD0"/>
     <w:rsid w:val="00613FA9"/>
-    <w:rsid w:val="0061451F"/>
+    <w:rsid w:val="0061424F"/>
+    <w:rsid w:val="00614844"/>
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
-    <w:rsid w:val="00615673"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
+    <w:rsid w:val="006159B4"/>
     <w:rsid w:val="00615FD9"/>
+    <w:rsid w:val="00616361"/>
+    <w:rsid w:val="006167F2"/>
     <w:rsid w:val="0061696E"/>
     <w:rsid w:val="00616DFF"/>
     <w:rsid w:val="006178AA"/>
     <w:rsid w:val="00617A30"/>
+    <w:rsid w:val="006201C6"/>
     <w:rsid w:val="00620242"/>
-    <w:rsid w:val="00620DE2"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="006219BA"/>
+    <w:rsid w:val="00621BA7"/>
+    <w:rsid w:val="00621D73"/>
     <w:rsid w:val="00621EE2"/>
+    <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
+    <w:rsid w:val="0062348E"/>
     <w:rsid w:val="0062359E"/>
     <w:rsid w:val="00624184"/>
     <w:rsid w:val="00624246"/>
-    <w:rsid w:val="006244F9"/>
     <w:rsid w:val="0062454C"/>
     <w:rsid w:val="0062468D"/>
     <w:rsid w:val="00624750"/>
     <w:rsid w:val="00624765"/>
-    <w:rsid w:val="0062476E"/>
-    <w:rsid w:val="006250DC"/>
     <w:rsid w:val="00625157"/>
-    <w:rsid w:val="00625537"/>
+    <w:rsid w:val="006251E4"/>
+    <w:rsid w:val="0062541B"/>
     <w:rsid w:val="00625F3D"/>
+    <w:rsid w:val="0062672B"/>
     <w:rsid w:val="006268EB"/>
     <w:rsid w:val="00626FDA"/>
+    <w:rsid w:val="00627E01"/>
     <w:rsid w:val="00630650"/>
+    <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
+    <w:rsid w:val="00631458"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
+    <w:rsid w:val="00631975"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
+    <w:rsid w:val="00633557"/>
+    <w:rsid w:val="00633568"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
-    <w:rsid w:val="0063470B"/>
     <w:rsid w:val="00634AC3"/>
+    <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
-    <w:rsid w:val="00635902"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
+    <w:rsid w:val="00636ABA"/>
     <w:rsid w:val="00636FE2"/>
-    <w:rsid w:val="00637949"/>
     <w:rsid w:val="00637DCB"/>
     <w:rsid w:val="006401F2"/>
+    <w:rsid w:val="006406A3"/>
     <w:rsid w:val="006407B7"/>
-    <w:rsid w:val="00640D51"/>
-    <w:rsid w:val="00640DD4"/>
+    <w:rsid w:val="0064148A"/>
     <w:rsid w:val="00642056"/>
     <w:rsid w:val="0064285B"/>
     <w:rsid w:val="00642CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="006434DA"/>
+    <w:rsid w:val="00643DF1"/>
     <w:rsid w:val="00644015"/>
     <w:rsid w:val="00644B19"/>
     <w:rsid w:val="00645098"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
+    <w:rsid w:val="006460EF"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
     <w:rsid w:val="00646EF9"/>
+    <w:rsid w:val="006470D1"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
+    <w:rsid w:val="00647B11"/>
     <w:rsid w:val="006506B2"/>
-    <w:rsid w:val="0065090F"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
-    <w:rsid w:val="00651DDB"/>
     <w:rsid w:val="00651E56"/>
-    <w:rsid w:val="00651FE7"/>
+    <w:rsid w:val="00652335"/>
     <w:rsid w:val="006523FD"/>
+    <w:rsid w:val="0065246C"/>
     <w:rsid w:val="00652494"/>
     <w:rsid w:val="00652750"/>
     <w:rsid w:val="0065298B"/>
+    <w:rsid w:val="00652A1E"/>
     <w:rsid w:val="00652A5E"/>
     <w:rsid w:val="00652EDE"/>
     <w:rsid w:val="0065311E"/>
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="006533D9"/>
     <w:rsid w:val="00653585"/>
     <w:rsid w:val="00653677"/>
+    <w:rsid w:val="0065375D"/>
     <w:rsid w:val="006541F2"/>
+    <w:rsid w:val="00654736"/>
     <w:rsid w:val="00654805"/>
     <w:rsid w:val="00654B0F"/>
     <w:rsid w:val="006556A0"/>
     <w:rsid w:val="00655D1B"/>
     <w:rsid w:val="00655E85"/>
     <w:rsid w:val="006560EC"/>
+    <w:rsid w:val="0065643E"/>
     <w:rsid w:val="0065666A"/>
+    <w:rsid w:val="00656985"/>
+    <w:rsid w:val="00656AA9"/>
     <w:rsid w:val="00656C95"/>
     <w:rsid w:val="0065740E"/>
-    <w:rsid w:val="00657878"/>
+    <w:rsid w:val="00657679"/>
+    <w:rsid w:val="006576AB"/>
     <w:rsid w:val="00657B01"/>
     <w:rsid w:val="00657B85"/>
     <w:rsid w:val="00657D21"/>
     <w:rsid w:val="0066070F"/>
+    <w:rsid w:val="00660948"/>
     <w:rsid w:val="00660A24"/>
+    <w:rsid w:val="00661953"/>
     <w:rsid w:val="00661A2B"/>
-    <w:rsid w:val="00662096"/>
+    <w:rsid w:val="00661B9D"/>
+    <w:rsid w:val="0066258F"/>
+    <w:rsid w:val="006626DD"/>
     <w:rsid w:val="00662C9A"/>
-    <w:rsid w:val="0066340E"/>
+    <w:rsid w:val="00663335"/>
+    <w:rsid w:val="0066334E"/>
     <w:rsid w:val="006637A8"/>
+    <w:rsid w:val="00663844"/>
     <w:rsid w:val="0066392F"/>
+    <w:rsid w:val="00663F0B"/>
+    <w:rsid w:val="0066415C"/>
     <w:rsid w:val="00664554"/>
     <w:rsid w:val="00664D8F"/>
     <w:rsid w:val="00664F00"/>
     <w:rsid w:val="00665202"/>
     <w:rsid w:val="006659DA"/>
+    <w:rsid w:val="00665A77"/>
     <w:rsid w:val="00665A92"/>
     <w:rsid w:val="00665CC5"/>
-    <w:rsid w:val="00665D8C"/>
     <w:rsid w:val="006664D8"/>
     <w:rsid w:val="00666503"/>
     <w:rsid w:val="00666649"/>
     <w:rsid w:val="00666816"/>
+    <w:rsid w:val="00666A4E"/>
     <w:rsid w:val="00666ACC"/>
+    <w:rsid w:val="00666B28"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="006673BB"/>
     <w:rsid w:val="006673BC"/>
     <w:rsid w:val="006676CF"/>
     <w:rsid w:val="00667C37"/>
     <w:rsid w:val="00667D22"/>
     <w:rsid w:val="00667D7B"/>
     <w:rsid w:val="00667E26"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00670955"/>
     <w:rsid w:val="006709BC"/>
-    <w:rsid w:val="0067280D"/>
+    <w:rsid w:val="00671BFA"/>
+    <w:rsid w:val="00671DFC"/>
+    <w:rsid w:val="006724F3"/>
     <w:rsid w:val="006729BA"/>
+    <w:rsid w:val="00672A95"/>
     <w:rsid w:val="00672EDB"/>
+    <w:rsid w:val="00674386"/>
     <w:rsid w:val="00674652"/>
-    <w:rsid w:val="006747D1"/>
+    <w:rsid w:val="00674D96"/>
     <w:rsid w:val="00674E3D"/>
     <w:rsid w:val="00675450"/>
     <w:rsid w:val="006756E0"/>
-    <w:rsid w:val="00675917"/>
+    <w:rsid w:val="00675A60"/>
+    <w:rsid w:val="00675B18"/>
     <w:rsid w:val="00675C65"/>
     <w:rsid w:val="0067638C"/>
     <w:rsid w:val="00676418"/>
     <w:rsid w:val="0067673B"/>
     <w:rsid w:val="00676A6A"/>
     <w:rsid w:val="00676D22"/>
     <w:rsid w:val="0067707E"/>
     <w:rsid w:val="006770F2"/>
+    <w:rsid w:val="00677335"/>
     <w:rsid w:val="00677486"/>
-    <w:rsid w:val="00677791"/>
     <w:rsid w:val="00677B85"/>
     <w:rsid w:val="00677C14"/>
     <w:rsid w:val="00677CE0"/>
     <w:rsid w:val="0068018F"/>
     <w:rsid w:val="006801C7"/>
     <w:rsid w:val="00680441"/>
     <w:rsid w:val="0068051C"/>
+    <w:rsid w:val="00680B92"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
+    <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
+    <w:rsid w:val="0068145B"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
     <w:rsid w:val="00681C1A"/>
     <w:rsid w:val="00681E96"/>
+    <w:rsid w:val="00682142"/>
     <w:rsid w:val="006824D3"/>
+    <w:rsid w:val="00682608"/>
     <w:rsid w:val="00682D2C"/>
+    <w:rsid w:val="006833EF"/>
     <w:rsid w:val="0068340E"/>
     <w:rsid w:val="00683725"/>
     <w:rsid w:val="00683AB6"/>
+    <w:rsid w:val="00683D10"/>
+    <w:rsid w:val="00684285"/>
     <w:rsid w:val="006842DD"/>
-    <w:rsid w:val="006848DF"/>
     <w:rsid w:val="0068516D"/>
-    <w:rsid w:val="006853B7"/>
     <w:rsid w:val="006853F7"/>
     <w:rsid w:val="0068545D"/>
     <w:rsid w:val="0068560F"/>
     <w:rsid w:val="00685BFC"/>
     <w:rsid w:val="00685F7E"/>
     <w:rsid w:val="006868D2"/>
+    <w:rsid w:val="00686E6F"/>
+    <w:rsid w:val="00687A17"/>
     <w:rsid w:val="00687D01"/>
     <w:rsid w:val="00687EF9"/>
     <w:rsid w:val="00690206"/>
     <w:rsid w:val="006904BA"/>
     <w:rsid w:val="00690647"/>
     <w:rsid w:val="0069078B"/>
+    <w:rsid w:val="00690E57"/>
     <w:rsid w:val="006911AE"/>
     <w:rsid w:val="00691469"/>
     <w:rsid w:val="0069162F"/>
     <w:rsid w:val="006919A9"/>
+    <w:rsid w:val="0069219E"/>
     <w:rsid w:val="00692551"/>
+    <w:rsid w:val="00692813"/>
     <w:rsid w:val="00692D2C"/>
     <w:rsid w:val="00693338"/>
     <w:rsid w:val="0069357D"/>
     <w:rsid w:val="00693B8C"/>
     <w:rsid w:val="00694011"/>
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
-    <w:rsid w:val="00694A4C"/>
+    <w:rsid w:val="00694588"/>
     <w:rsid w:val="00694AE3"/>
-    <w:rsid w:val="006951E4"/>
     <w:rsid w:val="006954D4"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
     <w:rsid w:val="00696433"/>
     <w:rsid w:val="006964B4"/>
     <w:rsid w:val="006966BC"/>
+    <w:rsid w:val="0069689C"/>
     <w:rsid w:val="00696A5E"/>
     <w:rsid w:val="00696F91"/>
     <w:rsid w:val="00696FE8"/>
     <w:rsid w:val="00697069"/>
     <w:rsid w:val="006973D1"/>
     <w:rsid w:val="00697BC9"/>
     <w:rsid w:val="006A072A"/>
     <w:rsid w:val="006A0753"/>
     <w:rsid w:val="006A0936"/>
     <w:rsid w:val="006A0CB7"/>
     <w:rsid w:val="006A14CE"/>
     <w:rsid w:val="006A15FA"/>
+    <w:rsid w:val="006A1692"/>
     <w:rsid w:val="006A17CD"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
     <w:rsid w:val="006A3129"/>
     <w:rsid w:val="006A3176"/>
     <w:rsid w:val="006A31EE"/>
     <w:rsid w:val="006A37B8"/>
     <w:rsid w:val="006A386C"/>
     <w:rsid w:val="006A3A90"/>
     <w:rsid w:val="006A3C83"/>
     <w:rsid w:val="006A3DBB"/>
     <w:rsid w:val="006A4017"/>
     <w:rsid w:val="006A40C5"/>
     <w:rsid w:val="006A4A2A"/>
+    <w:rsid w:val="006A5505"/>
     <w:rsid w:val="006A59E5"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006A5E3A"/>
     <w:rsid w:val="006A6154"/>
-    <w:rsid w:val="006A6A60"/>
     <w:rsid w:val="006A7206"/>
-    <w:rsid w:val="006A72B3"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006A7603"/>
-    <w:rsid w:val="006A7A82"/>
     <w:rsid w:val="006A7FD2"/>
     <w:rsid w:val="006B007F"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B0B2D"/>
     <w:rsid w:val="006B0E37"/>
     <w:rsid w:val="006B0FC2"/>
     <w:rsid w:val="006B1496"/>
     <w:rsid w:val="006B1756"/>
+    <w:rsid w:val="006B1880"/>
     <w:rsid w:val="006B1A9D"/>
     <w:rsid w:val="006B1B80"/>
     <w:rsid w:val="006B2248"/>
-    <w:rsid w:val="006B3081"/>
+    <w:rsid w:val="006B2AC7"/>
+    <w:rsid w:val="006B306F"/>
     <w:rsid w:val="006B3355"/>
     <w:rsid w:val="006B3494"/>
     <w:rsid w:val="006B4069"/>
     <w:rsid w:val="006B4209"/>
+    <w:rsid w:val="006B4618"/>
     <w:rsid w:val="006B516B"/>
     <w:rsid w:val="006B5F31"/>
+    <w:rsid w:val="006B64D7"/>
     <w:rsid w:val="006B64D8"/>
     <w:rsid w:val="006B681F"/>
     <w:rsid w:val="006B7B27"/>
     <w:rsid w:val="006C067C"/>
     <w:rsid w:val="006C0C5B"/>
     <w:rsid w:val="006C0D7D"/>
     <w:rsid w:val="006C0F06"/>
     <w:rsid w:val="006C15B9"/>
     <w:rsid w:val="006C1977"/>
     <w:rsid w:val="006C26B7"/>
+    <w:rsid w:val="006C2811"/>
+    <w:rsid w:val="006C28E1"/>
     <w:rsid w:val="006C2D38"/>
+    <w:rsid w:val="006C2DAB"/>
     <w:rsid w:val="006C3491"/>
     <w:rsid w:val="006C356B"/>
+    <w:rsid w:val="006C3764"/>
     <w:rsid w:val="006C38C9"/>
     <w:rsid w:val="006C3AA4"/>
     <w:rsid w:val="006C3FA8"/>
     <w:rsid w:val="006C3FD0"/>
-    <w:rsid w:val="006C48BB"/>
+    <w:rsid w:val="006C43CF"/>
     <w:rsid w:val="006C6312"/>
     <w:rsid w:val="006C6616"/>
     <w:rsid w:val="006C6B07"/>
     <w:rsid w:val="006C767A"/>
+    <w:rsid w:val="006C798C"/>
     <w:rsid w:val="006C7FDB"/>
-    <w:rsid w:val="006D09C6"/>
     <w:rsid w:val="006D0FC9"/>
-    <w:rsid w:val="006D149F"/>
     <w:rsid w:val="006D1666"/>
     <w:rsid w:val="006D16A7"/>
     <w:rsid w:val="006D1C79"/>
     <w:rsid w:val="006D2431"/>
     <w:rsid w:val="006D250A"/>
     <w:rsid w:val="006D274F"/>
     <w:rsid w:val="006D2CE8"/>
     <w:rsid w:val="006D2E7D"/>
     <w:rsid w:val="006D405E"/>
     <w:rsid w:val="006D4470"/>
     <w:rsid w:val="006D44CB"/>
     <w:rsid w:val="006D56B1"/>
     <w:rsid w:val="006D599C"/>
     <w:rsid w:val="006D5ABC"/>
+    <w:rsid w:val="006D5AFB"/>
     <w:rsid w:val="006D5B8B"/>
     <w:rsid w:val="006D5B9D"/>
-    <w:rsid w:val="006D657A"/>
     <w:rsid w:val="006D6608"/>
     <w:rsid w:val="006D66F1"/>
     <w:rsid w:val="006D679C"/>
-    <w:rsid w:val="006D768E"/>
-    <w:rsid w:val="006D7E08"/>
     <w:rsid w:val="006E0C6E"/>
     <w:rsid w:val="006E0CDD"/>
     <w:rsid w:val="006E1330"/>
     <w:rsid w:val="006E1D77"/>
     <w:rsid w:val="006E22E4"/>
     <w:rsid w:val="006E23F1"/>
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
-    <w:rsid w:val="006E3A50"/>
     <w:rsid w:val="006E3ED8"/>
     <w:rsid w:val="006E4178"/>
     <w:rsid w:val="006E4CBA"/>
+    <w:rsid w:val="006E4CCA"/>
+    <w:rsid w:val="006E52B9"/>
     <w:rsid w:val="006E574B"/>
     <w:rsid w:val="006E58B5"/>
+    <w:rsid w:val="006E5CF5"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
-    <w:rsid w:val="006E7809"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
+    <w:rsid w:val="006F0A13"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
-    <w:rsid w:val="006F37DA"/>
+    <w:rsid w:val="006F319D"/>
     <w:rsid w:val="006F3ABD"/>
+    <w:rsid w:val="006F493B"/>
     <w:rsid w:val="006F4EB3"/>
-    <w:rsid w:val="006F50E3"/>
+    <w:rsid w:val="006F52F2"/>
+    <w:rsid w:val="006F5315"/>
+    <w:rsid w:val="006F5520"/>
     <w:rsid w:val="006F5AA2"/>
     <w:rsid w:val="006F5ADA"/>
-    <w:rsid w:val="006F5D48"/>
-    <w:rsid w:val="006F6902"/>
+    <w:rsid w:val="006F661A"/>
     <w:rsid w:val="006F6959"/>
     <w:rsid w:val="006F7178"/>
-    <w:rsid w:val="006F72C9"/>
     <w:rsid w:val="006F78A4"/>
+    <w:rsid w:val="007002E9"/>
     <w:rsid w:val="007003D9"/>
     <w:rsid w:val="007013E8"/>
     <w:rsid w:val="00701768"/>
-    <w:rsid w:val="00701FBD"/>
     <w:rsid w:val="00702312"/>
-    <w:rsid w:val="0070249F"/>
     <w:rsid w:val="00702DA9"/>
     <w:rsid w:val="00702E47"/>
     <w:rsid w:val="00702EEE"/>
     <w:rsid w:val="00703D37"/>
     <w:rsid w:val="007043AC"/>
     <w:rsid w:val="00705B70"/>
     <w:rsid w:val="00705E5A"/>
+    <w:rsid w:val="00706309"/>
+    <w:rsid w:val="007071A0"/>
     <w:rsid w:val="007071CB"/>
     <w:rsid w:val="00707E24"/>
     <w:rsid w:val="00707F26"/>
+    <w:rsid w:val="0071016B"/>
+    <w:rsid w:val="007101EC"/>
     <w:rsid w:val="007107ED"/>
     <w:rsid w:val="00710C34"/>
     <w:rsid w:val="00710EA6"/>
     <w:rsid w:val="007113DC"/>
     <w:rsid w:val="00711900"/>
+    <w:rsid w:val="00711AAE"/>
     <w:rsid w:val="00711CD2"/>
     <w:rsid w:val="007121CD"/>
+    <w:rsid w:val="00712427"/>
+    <w:rsid w:val="007124EE"/>
     <w:rsid w:val="007125D8"/>
     <w:rsid w:val="00712647"/>
+    <w:rsid w:val="00712921"/>
     <w:rsid w:val="00712B87"/>
     <w:rsid w:val="00712D65"/>
     <w:rsid w:val="00713D0C"/>
     <w:rsid w:val="007144ED"/>
     <w:rsid w:val="0071462A"/>
     <w:rsid w:val="007156D4"/>
     <w:rsid w:val="00715D26"/>
     <w:rsid w:val="00715E69"/>
     <w:rsid w:val="00715EB3"/>
     <w:rsid w:val="007160BE"/>
     <w:rsid w:val="00716EE8"/>
-    <w:rsid w:val="00717045"/>
+    <w:rsid w:val="0071705D"/>
+    <w:rsid w:val="0071728B"/>
     <w:rsid w:val="0071734E"/>
     <w:rsid w:val="007173B7"/>
-    <w:rsid w:val="00717B43"/>
+    <w:rsid w:val="0071760F"/>
     <w:rsid w:val="00717F45"/>
     <w:rsid w:val="007206C5"/>
     <w:rsid w:val="00720B50"/>
     <w:rsid w:val="00720C80"/>
+    <w:rsid w:val="00720FCF"/>
     <w:rsid w:val="00721589"/>
     <w:rsid w:val="007215A7"/>
     <w:rsid w:val="00722170"/>
     <w:rsid w:val="00722B08"/>
     <w:rsid w:val="00722C2A"/>
+    <w:rsid w:val="00722C5A"/>
     <w:rsid w:val="00723608"/>
     <w:rsid w:val="007242B4"/>
+    <w:rsid w:val="0072458F"/>
     <w:rsid w:val="0072462C"/>
     <w:rsid w:val="00724893"/>
-    <w:rsid w:val="00724ABB"/>
+    <w:rsid w:val="0072504A"/>
     <w:rsid w:val="0072528A"/>
     <w:rsid w:val="00725500"/>
     <w:rsid w:val="0072552E"/>
     <w:rsid w:val="00725582"/>
     <w:rsid w:val="0072593D"/>
     <w:rsid w:val="00725A52"/>
     <w:rsid w:val="007262F3"/>
     <w:rsid w:val="00726F22"/>
     <w:rsid w:val="00727662"/>
-    <w:rsid w:val="0073045F"/>
     <w:rsid w:val="00730B55"/>
     <w:rsid w:val="00730C42"/>
+    <w:rsid w:val="00730FB9"/>
     <w:rsid w:val="007314FB"/>
     <w:rsid w:val="00731D28"/>
+    <w:rsid w:val="00731D8C"/>
+    <w:rsid w:val="0073219F"/>
+    <w:rsid w:val="00732591"/>
     <w:rsid w:val="00733367"/>
     <w:rsid w:val="00733561"/>
     <w:rsid w:val="00734547"/>
-    <w:rsid w:val="00734B3B"/>
     <w:rsid w:val="00735109"/>
     <w:rsid w:val="007351C7"/>
+    <w:rsid w:val="0073555B"/>
     <w:rsid w:val="00735765"/>
+    <w:rsid w:val="00735960"/>
+    <w:rsid w:val="00736266"/>
+    <w:rsid w:val="0073677B"/>
+    <w:rsid w:val="00736BEF"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
-    <w:rsid w:val="00740A8B"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
+    <w:rsid w:val="00741074"/>
     <w:rsid w:val="00741244"/>
+    <w:rsid w:val="007418B6"/>
     <w:rsid w:val="0074213D"/>
     <w:rsid w:val="00742279"/>
     <w:rsid w:val="007423F4"/>
     <w:rsid w:val="00742503"/>
     <w:rsid w:val="0074264F"/>
     <w:rsid w:val="00742882"/>
     <w:rsid w:val="00742D32"/>
     <w:rsid w:val="00743276"/>
     <w:rsid w:val="007436D2"/>
     <w:rsid w:val="007439B5"/>
     <w:rsid w:val="00743ACA"/>
     <w:rsid w:val="00743C39"/>
     <w:rsid w:val="00743F4E"/>
-    <w:rsid w:val="00744908"/>
-    <w:rsid w:val="0074496A"/>
     <w:rsid w:val="00744CB8"/>
     <w:rsid w:val="00745468"/>
-    <w:rsid w:val="00745855"/>
-    <w:rsid w:val="0074588C"/>
+    <w:rsid w:val="00745E16"/>
     <w:rsid w:val="0074637F"/>
     <w:rsid w:val="00746451"/>
     <w:rsid w:val="007464B3"/>
     <w:rsid w:val="007472BB"/>
     <w:rsid w:val="00747845"/>
     <w:rsid w:val="00750294"/>
     <w:rsid w:val="0075041B"/>
+    <w:rsid w:val="00750849"/>
     <w:rsid w:val="00750860"/>
-    <w:rsid w:val="00750874"/>
+    <w:rsid w:val="00751118"/>
+    <w:rsid w:val="0075112C"/>
+    <w:rsid w:val="0075116C"/>
     <w:rsid w:val="007514C7"/>
     <w:rsid w:val="007514E1"/>
     <w:rsid w:val="00752008"/>
-    <w:rsid w:val="007522F7"/>
     <w:rsid w:val="0075262F"/>
     <w:rsid w:val="00752872"/>
     <w:rsid w:val="00752BCE"/>
     <w:rsid w:val="00753127"/>
-    <w:rsid w:val="007535A1"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="0075396C"/>
     <w:rsid w:val="00753E85"/>
+    <w:rsid w:val="0075457A"/>
     <w:rsid w:val="0075477B"/>
     <w:rsid w:val="00754DF1"/>
     <w:rsid w:val="00754F08"/>
     <w:rsid w:val="00754FD0"/>
     <w:rsid w:val="00755050"/>
     <w:rsid w:val="0075509D"/>
+    <w:rsid w:val="0075530E"/>
     <w:rsid w:val="007553C2"/>
-    <w:rsid w:val="007556E0"/>
     <w:rsid w:val="00756482"/>
     <w:rsid w:val="00756CDF"/>
     <w:rsid w:val="00756D9B"/>
     <w:rsid w:val="0075729A"/>
     <w:rsid w:val="0075785E"/>
     <w:rsid w:val="007609D7"/>
     <w:rsid w:val="00760DC2"/>
-    <w:rsid w:val="0076141B"/>
     <w:rsid w:val="0076150F"/>
     <w:rsid w:val="00761812"/>
     <w:rsid w:val="00762005"/>
     <w:rsid w:val="00762723"/>
     <w:rsid w:val="00762D6F"/>
     <w:rsid w:val="00762F59"/>
     <w:rsid w:val="007637D8"/>
-    <w:rsid w:val="00763C4B"/>
+    <w:rsid w:val="00763D29"/>
     <w:rsid w:val="00764332"/>
-    <w:rsid w:val="00764AC2"/>
     <w:rsid w:val="00764E96"/>
     <w:rsid w:val="00765A54"/>
     <w:rsid w:val="00765B01"/>
     <w:rsid w:val="00765FD0"/>
     <w:rsid w:val="007660A8"/>
     <w:rsid w:val="007662A7"/>
+    <w:rsid w:val="00766E23"/>
+    <w:rsid w:val="0077068B"/>
     <w:rsid w:val="00770C3A"/>
     <w:rsid w:val="00770F71"/>
     <w:rsid w:val="00770FEF"/>
     <w:rsid w:val="0077176F"/>
     <w:rsid w:val="0077195F"/>
     <w:rsid w:val="00771A3C"/>
     <w:rsid w:val="00771EB0"/>
     <w:rsid w:val="0077248B"/>
+    <w:rsid w:val="00772FEC"/>
     <w:rsid w:val="00773039"/>
+    <w:rsid w:val="0077341E"/>
     <w:rsid w:val="00773A04"/>
     <w:rsid w:val="00774286"/>
     <w:rsid w:val="00774E12"/>
     <w:rsid w:val="00774E9A"/>
     <w:rsid w:val="00774EAE"/>
     <w:rsid w:val="007750E6"/>
+    <w:rsid w:val="007756D6"/>
     <w:rsid w:val="00775712"/>
     <w:rsid w:val="0077579E"/>
     <w:rsid w:val="00775C72"/>
     <w:rsid w:val="00775E24"/>
     <w:rsid w:val="00775EDA"/>
+    <w:rsid w:val="00775EEC"/>
     <w:rsid w:val="007761C8"/>
     <w:rsid w:val="0077633E"/>
     <w:rsid w:val="0077675C"/>
     <w:rsid w:val="007767C0"/>
     <w:rsid w:val="007772D5"/>
-    <w:rsid w:val="00777390"/>
     <w:rsid w:val="00777CA8"/>
     <w:rsid w:val="00777D0B"/>
     <w:rsid w:val="00780083"/>
+    <w:rsid w:val="007808DD"/>
+    <w:rsid w:val="00780991"/>
+    <w:rsid w:val="00780C24"/>
     <w:rsid w:val="00780D9B"/>
-    <w:rsid w:val="00781862"/>
+    <w:rsid w:val="007810FC"/>
+    <w:rsid w:val="00781971"/>
     <w:rsid w:val="00781E5F"/>
+    <w:rsid w:val="007820D3"/>
     <w:rsid w:val="00782391"/>
     <w:rsid w:val="0078328C"/>
     <w:rsid w:val="007832D0"/>
     <w:rsid w:val="00783970"/>
     <w:rsid w:val="007839B1"/>
     <w:rsid w:val="00783A83"/>
     <w:rsid w:val="007847C8"/>
     <w:rsid w:val="007851D2"/>
     <w:rsid w:val="00785643"/>
     <w:rsid w:val="0078597E"/>
     <w:rsid w:val="00785A0A"/>
     <w:rsid w:val="007860A7"/>
     <w:rsid w:val="00786231"/>
     <w:rsid w:val="007871FC"/>
     <w:rsid w:val="0079049B"/>
     <w:rsid w:val="007909C4"/>
+    <w:rsid w:val="00791030"/>
     <w:rsid w:val="00791323"/>
     <w:rsid w:val="007918B9"/>
-    <w:rsid w:val="00792131"/>
     <w:rsid w:val="007922B8"/>
-    <w:rsid w:val="0079284A"/>
     <w:rsid w:val="00792C0D"/>
     <w:rsid w:val="00793003"/>
     <w:rsid w:val="00793174"/>
     <w:rsid w:val="00793564"/>
+    <w:rsid w:val="00794290"/>
     <w:rsid w:val="00794C98"/>
     <w:rsid w:val="00794CC5"/>
-    <w:rsid w:val="00794F27"/>
+    <w:rsid w:val="00794EEF"/>
     <w:rsid w:val="00795177"/>
     <w:rsid w:val="007951E1"/>
     <w:rsid w:val="0079534A"/>
-    <w:rsid w:val="007956B0"/>
     <w:rsid w:val="00795AEA"/>
     <w:rsid w:val="00795B07"/>
     <w:rsid w:val="00795CB7"/>
-    <w:rsid w:val="00796603"/>
     <w:rsid w:val="007970B9"/>
     <w:rsid w:val="007971F7"/>
     <w:rsid w:val="00797483"/>
     <w:rsid w:val="0079778A"/>
     <w:rsid w:val="00797A65"/>
     <w:rsid w:val="00797D0F"/>
     <w:rsid w:val="00797EC1"/>
     <w:rsid w:val="00797F33"/>
     <w:rsid w:val="007A023C"/>
     <w:rsid w:val="007A0487"/>
     <w:rsid w:val="007A0F40"/>
-    <w:rsid w:val="007A10B5"/>
+    <w:rsid w:val="007A1542"/>
     <w:rsid w:val="007A19C4"/>
+    <w:rsid w:val="007A1AA5"/>
     <w:rsid w:val="007A264C"/>
     <w:rsid w:val="007A2B8A"/>
     <w:rsid w:val="007A2C0D"/>
+    <w:rsid w:val="007A374A"/>
     <w:rsid w:val="007A39E9"/>
     <w:rsid w:val="007A3D89"/>
     <w:rsid w:val="007A4A20"/>
     <w:rsid w:val="007A6659"/>
     <w:rsid w:val="007A698E"/>
     <w:rsid w:val="007A6BC1"/>
     <w:rsid w:val="007A6CB8"/>
     <w:rsid w:val="007A6FE3"/>
     <w:rsid w:val="007A7158"/>
     <w:rsid w:val="007A7335"/>
     <w:rsid w:val="007A7916"/>
     <w:rsid w:val="007A79C8"/>
     <w:rsid w:val="007A7A6E"/>
+    <w:rsid w:val="007A7D44"/>
+    <w:rsid w:val="007A7E73"/>
     <w:rsid w:val="007B006D"/>
     <w:rsid w:val="007B08B3"/>
     <w:rsid w:val="007B0B28"/>
     <w:rsid w:val="007B1158"/>
     <w:rsid w:val="007B1C7E"/>
     <w:rsid w:val="007B213A"/>
     <w:rsid w:val="007B224C"/>
     <w:rsid w:val="007B2341"/>
+    <w:rsid w:val="007B253E"/>
     <w:rsid w:val="007B2D04"/>
     <w:rsid w:val="007B2FC4"/>
+    <w:rsid w:val="007B33C1"/>
     <w:rsid w:val="007B36D2"/>
     <w:rsid w:val="007B4139"/>
     <w:rsid w:val="007B4899"/>
     <w:rsid w:val="007B524F"/>
     <w:rsid w:val="007B573A"/>
+    <w:rsid w:val="007B5864"/>
+    <w:rsid w:val="007B5CF4"/>
     <w:rsid w:val="007B5FBA"/>
     <w:rsid w:val="007B666D"/>
     <w:rsid w:val="007B66AC"/>
     <w:rsid w:val="007B6A7E"/>
     <w:rsid w:val="007B6B29"/>
     <w:rsid w:val="007B7D70"/>
     <w:rsid w:val="007B7F34"/>
     <w:rsid w:val="007C008D"/>
-    <w:rsid w:val="007C011E"/>
     <w:rsid w:val="007C094D"/>
     <w:rsid w:val="007C0F67"/>
+    <w:rsid w:val="007C17B1"/>
     <w:rsid w:val="007C1DB8"/>
+    <w:rsid w:val="007C20CD"/>
     <w:rsid w:val="007C24FB"/>
-    <w:rsid w:val="007C25A9"/>
+    <w:rsid w:val="007C2514"/>
     <w:rsid w:val="007C2817"/>
     <w:rsid w:val="007C2B51"/>
+    <w:rsid w:val="007C2D29"/>
     <w:rsid w:val="007C2FD9"/>
     <w:rsid w:val="007C3D73"/>
     <w:rsid w:val="007C44CB"/>
     <w:rsid w:val="007C4768"/>
     <w:rsid w:val="007C54DB"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C5900"/>
-    <w:rsid w:val="007C59D2"/>
+    <w:rsid w:val="007C5A30"/>
+    <w:rsid w:val="007C5EC9"/>
     <w:rsid w:val="007C61D2"/>
     <w:rsid w:val="007C6CF1"/>
     <w:rsid w:val="007C70AA"/>
-    <w:rsid w:val="007C7452"/>
     <w:rsid w:val="007C7A4A"/>
     <w:rsid w:val="007C7AE0"/>
-    <w:rsid w:val="007C7C5D"/>
     <w:rsid w:val="007D0521"/>
     <w:rsid w:val="007D0555"/>
-    <w:rsid w:val="007D0675"/>
+    <w:rsid w:val="007D064B"/>
     <w:rsid w:val="007D07D9"/>
     <w:rsid w:val="007D09E6"/>
+    <w:rsid w:val="007D0C0F"/>
     <w:rsid w:val="007D1167"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
-    <w:rsid w:val="007D2008"/>
     <w:rsid w:val="007D20D9"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
+    <w:rsid w:val="007D42CF"/>
+    <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
     <w:rsid w:val="007D5312"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
+    <w:rsid w:val="007D7442"/>
     <w:rsid w:val="007D75C7"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4F58"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
+    <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
+    <w:rsid w:val="007F05AC"/>
+    <w:rsid w:val="007F0A2F"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
+    <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
+    <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F46A1"/>
     <w:rsid w:val="007F4E97"/>
     <w:rsid w:val="007F5076"/>
+    <w:rsid w:val="007F523B"/>
+    <w:rsid w:val="007F52FA"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
-    <w:rsid w:val="007F7617"/>
     <w:rsid w:val="007F7740"/>
+    <w:rsid w:val="007F7A1F"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
     <w:rsid w:val="00800BAA"/>
     <w:rsid w:val="00800BCE"/>
+    <w:rsid w:val="00800E9C"/>
     <w:rsid w:val="0080104A"/>
     <w:rsid w:val="00801381"/>
     <w:rsid w:val="00802319"/>
     <w:rsid w:val="008024EE"/>
+    <w:rsid w:val="00802718"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
-    <w:rsid w:val="0080301B"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
+    <w:rsid w:val="00803882"/>
     <w:rsid w:val="00803BBB"/>
+    <w:rsid w:val="00803BD8"/>
+    <w:rsid w:val="00803DF5"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="0080427D"/>
+    <w:rsid w:val="0080435B"/>
     <w:rsid w:val="008046E1"/>
+    <w:rsid w:val="00804AB1"/>
     <w:rsid w:val="008052E3"/>
     <w:rsid w:val="00805372"/>
     <w:rsid w:val="00805600"/>
+    <w:rsid w:val="00806296"/>
     <w:rsid w:val="008065D0"/>
     <w:rsid w:val="008067EB"/>
     <w:rsid w:val="0080709A"/>
     <w:rsid w:val="0080791C"/>
     <w:rsid w:val="00807FBA"/>
+    <w:rsid w:val="008105B0"/>
     <w:rsid w:val="0081067A"/>
+    <w:rsid w:val="008107FB"/>
+    <w:rsid w:val="008108C5"/>
+    <w:rsid w:val="00810B8B"/>
     <w:rsid w:val="00811868"/>
+    <w:rsid w:val="00811ECF"/>
     <w:rsid w:val="0081239D"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
-    <w:rsid w:val="00815A69"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
+    <w:rsid w:val="008168D8"/>
     <w:rsid w:val="00816990"/>
-    <w:rsid w:val="00816F82"/>
-    <w:rsid w:val="0081719E"/>
+    <w:rsid w:val="00816EC0"/>
+    <w:rsid w:val="00817595"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
+    <w:rsid w:val="00817B9F"/>
+    <w:rsid w:val="00817E73"/>
     <w:rsid w:val="008200BD"/>
-    <w:rsid w:val="0082013F"/>
+    <w:rsid w:val="008200FC"/>
+    <w:rsid w:val="00820106"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
     <w:rsid w:val="0082151F"/>
-    <w:rsid w:val="00821758"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
+    <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
+    <w:rsid w:val="00826DF4"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
+    <w:rsid w:val="00827B81"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
+    <w:rsid w:val="00830B52"/>
     <w:rsid w:val="00830CD0"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
-    <w:rsid w:val="008324FF"/>
     <w:rsid w:val="008329A9"/>
     <w:rsid w:val="00832C4E"/>
-    <w:rsid w:val="00832E7B"/>
     <w:rsid w:val="008332F4"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833AFD"/>
     <w:rsid w:val="00833B99"/>
     <w:rsid w:val="00833DAC"/>
     <w:rsid w:val="00834059"/>
     <w:rsid w:val="00834B42"/>
     <w:rsid w:val="00834DF1"/>
-    <w:rsid w:val="0083518C"/>
     <w:rsid w:val="00835644"/>
-    <w:rsid w:val="00835759"/>
     <w:rsid w:val="00835A9A"/>
+    <w:rsid w:val="00836826"/>
     <w:rsid w:val="00836BC9"/>
     <w:rsid w:val="00837172"/>
     <w:rsid w:val="00837306"/>
-    <w:rsid w:val="00840240"/>
+    <w:rsid w:val="00837BEB"/>
+    <w:rsid w:val="00837E47"/>
     <w:rsid w:val="00840E8C"/>
     <w:rsid w:val="0084157E"/>
     <w:rsid w:val="00841D10"/>
     <w:rsid w:val="008427FB"/>
+    <w:rsid w:val="00842ABB"/>
     <w:rsid w:val="0084318E"/>
     <w:rsid w:val="008434FC"/>
     <w:rsid w:val="0084350E"/>
     <w:rsid w:val="00843636"/>
     <w:rsid w:val="0084375A"/>
     <w:rsid w:val="008437E6"/>
     <w:rsid w:val="008438DA"/>
     <w:rsid w:val="00843E28"/>
     <w:rsid w:val="00843F44"/>
     <w:rsid w:val="00844694"/>
     <w:rsid w:val="008456D0"/>
+    <w:rsid w:val="0084594D"/>
     <w:rsid w:val="00845ECF"/>
     <w:rsid w:val="00846123"/>
     <w:rsid w:val="00846541"/>
     <w:rsid w:val="008466C2"/>
-    <w:rsid w:val="008468A2"/>
     <w:rsid w:val="008469A0"/>
     <w:rsid w:val="008469EA"/>
     <w:rsid w:val="00846AAE"/>
     <w:rsid w:val="00846F44"/>
     <w:rsid w:val="00847198"/>
     <w:rsid w:val="0084780C"/>
     <w:rsid w:val="00847A7A"/>
     <w:rsid w:val="00847AD9"/>
-    <w:rsid w:val="008509E9"/>
-    <w:rsid w:val="008516E9"/>
     <w:rsid w:val="0085182B"/>
     <w:rsid w:val="0085185E"/>
-    <w:rsid w:val="00851B67"/>
+    <w:rsid w:val="00851C0A"/>
     <w:rsid w:val="00851D93"/>
+    <w:rsid w:val="00851E77"/>
     <w:rsid w:val="008521D9"/>
     <w:rsid w:val="00852A90"/>
-    <w:rsid w:val="0085300D"/>
-    <w:rsid w:val="008536D8"/>
     <w:rsid w:val="008536F7"/>
     <w:rsid w:val="0085394B"/>
     <w:rsid w:val="00853DFD"/>
+    <w:rsid w:val="00853F35"/>
     <w:rsid w:val="00854029"/>
+    <w:rsid w:val="008541B0"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="0085451E"/>
+    <w:rsid w:val="008545A5"/>
+    <w:rsid w:val="00854968"/>
     <w:rsid w:val="00854BAC"/>
     <w:rsid w:val="00855613"/>
     <w:rsid w:val="00855D07"/>
     <w:rsid w:val="0085601F"/>
     <w:rsid w:val="0085630A"/>
     <w:rsid w:val="00856446"/>
     <w:rsid w:val="008569F8"/>
     <w:rsid w:val="008572D1"/>
     <w:rsid w:val="008577AF"/>
+    <w:rsid w:val="00857F56"/>
     <w:rsid w:val="00857F61"/>
-    <w:rsid w:val="0086013B"/>
     <w:rsid w:val="008601EA"/>
     <w:rsid w:val="0086071A"/>
     <w:rsid w:val="0086098F"/>
     <w:rsid w:val="00860BE8"/>
+    <w:rsid w:val="00861069"/>
     <w:rsid w:val="00861464"/>
     <w:rsid w:val="008623DC"/>
     <w:rsid w:val="00862605"/>
     <w:rsid w:val="00862C10"/>
     <w:rsid w:val="00863A5B"/>
     <w:rsid w:val="00863B7D"/>
+    <w:rsid w:val="00864021"/>
     <w:rsid w:val="008640BD"/>
     <w:rsid w:val="008643FA"/>
     <w:rsid w:val="00864505"/>
+    <w:rsid w:val="00864683"/>
     <w:rsid w:val="008646F3"/>
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="00864EBE"/>
+    <w:rsid w:val="00866305"/>
     <w:rsid w:val="008668E4"/>
+    <w:rsid w:val="00866B2C"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
+    <w:rsid w:val="00870971"/>
     <w:rsid w:val="008709A9"/>
+    <w:rsid w:val="00870E1F"/>
     <w:rsid w:val="008711DC"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
+    <w:rsid w:val="0087261A"/>
     <w:rsid w:val="008733BF"/>
     <w:rsid w:val="00873CC9"/>
     <w:rsid w:val="00874032"/>
-    <w:rsid w:val="008741C5"/>
     <w:rsid w:val="008754E5"/>
-    <w:rsid w:val="00875B97"/>
-    <w:rsid w:val="008777C2"/>
+    <w:rsid w:val="008771EF"/>
+    <w:rsid w:val="008775A4"/>
     <w:rsid w:val="00877836"/>
     <w:rsid w:val="00877C00"/>
     <w:rsid w:val="00877DC7"/>
     <w:rsid w:val="00877E7C"/>
-    <w:rsid w:val="0088011B"/>
+    <w:rsid w:val="00880356"/>
     <w:rsid w:val="00880E4C"/>
     <w:rsid w:val="008817A5"/>
     <w:rsid w:val="00881B7C"/>
     <w:rsid w:val="0088215A"/>
+    <w:rsid w:val="00882573"/>
     <w:rsid w:val="00882744"/>
+    <w:rsid w:val="00882999"/>
     <w:rsid w:val="00882B21"/>
     <w:rsid w:val="0088334D"/>
     <w:rsid w:val="008837CE"/>
-    <w:rsid w:val="00884631"/>
     <w:rsid w:val="00884893"/>
     <w:rsid w:val="00884C00"/>
+    <w:rsid w:val="00884E07"/>
     <w:rsid w:val="00885029"/>
     <w:rsid w:val="00885782"/>
+    <w:rsid w:val="00885852"/>
     <w:rsid w:val="008858EA"/>
+    <w:rsid w:val="008858EB"/>
     <w:rsid w:val="00885D1A"/>
     <w:rsid w:val="0088612E"/>
     <w:rsid w:val="008862B5"/>
     <w:rsid w:val="00886780"/>
+    <w:rsid w:val="00886D49"/>
     <w:rsid w:val="00886D4B"/>
     <w:rsid w:val="00886F53"/>
     <w:rsid w:val="0088708C"/>
+    <w:rsid w:val="008870ED"/>
     <w:rsid w:val="0088733B"/>
+    <w:rsid w:val="008874F3"/>
     <w:rsid w:val="00887F69"/>
+    <w:rsid w:val="008901F5"/>
     <w:rsid w:val="008902CF"/>
     <w:rsid w:val="0089074C"/>
     <w:rsid w:val="00890931"/>
     <w:rsid w:val="00890B3F"/>
-    <w:rsid w:val="008919E6"/>
     <w:rsid w:val="00891EA7"/>
     <w:rsid w:val="00891F99"/>
     <w:rsid w:val="0089224B"/>
     <w:rsid w:val="008923E7"/>
+    <w:rsid w:val="008934D4"/>
     <w:rsid w:val="00893761"/>
     <w:rsid w:val="00893862"/>
     <w:rsid w:val="00893A28"/>
     <w:rsid w:val="00893BE2"/>
     <w:rsid w:val="00893E3B"/>
+    <w:rsid w:val="0089455B"/>
     <w:rsid w:val="00894D67"/>
     <w:rsid w:val="00894D9C"/>
+    <w:rsid w:val="0089540D"/>
     <w:rsid w:val="00895415"/>
-    <w:rsid w:val="0089586D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00895DE0"/>
+    <w:rsid w:val="008955CF"/>
     <w:rsid w:val="00895E2D"/>
     <w:rsid w:val="0089602F"/>
     <w:rsid w:val="00896086"/>
     <w:rsid w:val="0089636C"/>
     <w:rsid w:val="00896666"/>
+    <w:rsid w:val="008966F1"/>
+    <w:rsid w:val="00896E8E"/>
     <w:rsid w:val="0089758C"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="00897D5F"/>
     <w:rsid w:val="008A060E"/>
     <w:rsid w:val="008A06F9"/>
     <w:rsid w:val="008A0A7D"/>
     <w:rsid w:val="008A0D58"/>
     <w:rsid w:val="008A165E"/>
     <w:rsid w:val="008A1726"/>
     <w:rsid w:val="008A196A"/>
     <w:rsid w:val="008A19DE"/>
-    <w:rsid w:val="008A21F7"/>
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
-    <w:rsid w:val="008A46A0"/>
-    <w:rsid w:val="008A4770"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
-    <w:rsid w:val="008A4D76"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
-    <w:rsid w:val="008A4F8C"/>
     <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A56CA"/>
-    <w:rsid w:val="008A599E"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
+    <w:rsid w:val="008B0962"/>
     <w:rsid w:val="008B0EC0"/>
+    <w:rsid w:val="008B1399"/>
+    <w:rsid w:val="008B1C1B"/>
+    <w:rsid w:val="008B1C4B"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
-    <w:rsid w:val="008B30F3"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
     <w:rsid w:val="008B4AA4"/>
     <w:rsid w:val="008B4C54"/>
+    <w:rsid w:val="008B4DE7"/>
     <w:rsid w:val="008B4F51"/>
     <w:rsid w:val="008B5634"/>
     <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008B6513"/>
     <w:rsid w:val="008B6A50"/>
     <w:rsid w:val="008B707F"/>
     <w:rsid w:val="008B74E9"/>
+    <w:rsid w:val="008B75CC"/>
     <w:rsid w:val="008B7881"/>
     <w:rsid w:val="008B7C9A"/>
     <w:rsid w:val="008B7D4E"/>
-    <w:rsid w:val="008B7E4A"/>
     <w:rsid w:val="008C08F5"/>
     <w:rsid w:val="008C0AF8"/>
     <w:rsid w:val="008C0C26"/>
+    <w:rsid w:val="008C0DFF"/>
     <w:rsid w:val="008C0FF4"/>
     <w:rsid w:val="008C10AA"/>
     <w:rsid w:val="008C18BF"/>
     <w:rsid w:val="008C2162"/>
-    <w:rsid w:val="008C23BE"/>
-    <w:rsid w:val="008C2689"/>
+    <w:rsid w:val="008C2A6D"/>
     <w:rsid w:val="008C2CF4"/>
+    <w:rsid w:val="008C2E84"/>
     <w:rsid w:val="008C32E7"/>
     <w:rsid w:val="008C36B7"/>
     <w:rsid w:val="008C388D"/>
     <w:rsid w:val="008C38C1"/>
     <w:rsid w:val="008C39CC"/>
     <w:rsid w:val="008C3CFF"/>
     <w:rsid w:val="008C4133"/>
     <w:rsid w:val="008C45FA"/>
+    <w:rsid w:val="008C4910"/>
     <w:rsid w:val="008C4B77"/>
-    <w:rsid w:val="008C4F61"/>
     <w:rsid w:val="008C4FE1"/>
     <w:rsid w:val="008C5550"/>
+    <w:rsid w:val="008C5E2E"/>
     <w:rsid w:val="008C6212"/>
-    <w:rsid w:val="008C678C"/>
     <w:rsid w:val="008C68B5"/>
     <w:rsid w:val="008C6A68"/>
+    <w:rsid w:val="008C6D78"/>
+    <w:rsid w:val="008C6EE2"/>
+    <w:rsid w:val="008C70BC"/>
     <w:rsid w:val="008C71FE"/>
-    <w:rsid w:val="008C730C"/>
     <w:rsid w:val="008C73C3"/>
+    <w:rsid w:val="008C742D"/>
     <w:rsid w:val="008C7622"/>
     <w:rsid w:val="008C7735"/>
     <w:rsid w:val="008C7951"/>
-    <w:rsid w:val="008D0F35"/>
     <w:rsid w:val="008D11A7"/>
     <w:rsid w:val="008D1A6C"/>
     <w:rsid w:val="008D1CCC"/>
     <w:rsid w:val="008D1FD7"/>
     <w:rsid w:val="008D21CA"/>
     <w:rsid w:val="008D28FE"/>
-    <w:rsid w:val="008D29C2"/>
     <w:rsid w:val="008D2D17"/>
     <w:rsid w:val="008D2DDD"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D318A"/>
     <w:rsid w:val="008D31BA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D3EB3"/>
     <w:rsid w:val="008D3F41"/>
+    <w:rsid w:val="008D4B97"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
+    <w:rsid w:val="008D630E"/>
+    <w:rsid w:val="008D670A"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
+    <w:rsid w:val="008E1392"/>
+    <w:rsid w:val="008E174F"/>
+    <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
+    <w:rsid w:val="008E2E82"/>
     <w:rsid w:val="008E35F9"/>
-    <w:rsid w:val="008E37BB"/>
-    <w:rsid w:val="008E39F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
-    <w:rsid w:val="008E4528"/>
+    <w:rsid w:val="008E555C"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
     <w:rsid w:val="008E667B"/>
     <w:rsid w:val="008E7AB5"/>
     <w:rsid w:val="008F0E15"/>
     <w:rsid w:val="008F0F89"/>
     <w:rsid w:val="008F193B"/>
     <w:rsid w:val="008F1BED"/>
     <w:rsid w:val="008F1FA3"/>
     <w:rsid w:val="008F2383"/>
+    <w:rsid w:val="008F3495"/>
     <w:rsid w:val="008F4357"/>
     <w:rsid w:val="008F490B"/>
-    <w:rsid w:val="008F4A96"/>
     <w:rsid w:val="008F4C70"/>
     <w:rsid w:val="008F4D1A"/>
+    <w:rsid w:val="008F4FD3"/>
     <w:rsid w:val="008F54B9"/>
     <w:rsid w:val="008F5538"/>
     <w:rsid w:val="008F55FF"/>
     <w:rsid w:val="008F56F1"/>
+    <w:rsid w:val="008F629C"/>
+    <w:rsid w:val="008F6302"/>
     <w:rsid w:val="008F6972"/>
     <w:rsid w:val="008F69A0"/>
     <w:rsid w:val="008F6AD4"/>
+    <w:rsid w:val="008F6D48"/>
     <w:rsid w:val="008F6FBC"/>
-    <w:rsid w:val="008F79D1"/>
+    <w:rsid w:val="008F758C"/>
+    <w:rsid w:val="008F7B9B"/>
     <w:rsid w:val="008F7E37"/>
     <w:rsid w:val="00900251"/>
     <w:rsid w:val="009006C2"/>
     <w:rsid w:val="009017B3"/>
     <w:rsid w:val="0090235A"/>
     <w:rsid w:val="00902738"/>
     <w:rsid w:val="00902A7C"/>
+    <w:rsid w:val="00902CD2"/>
+    <w:rsid w:val="00903710"/>
+    <w:rsid w:val="009038CA"/>
+    <w:rsid w:val="00903CD7"/>
     <w:rsid w:val="00904972"/>
     <w:rsid w:val="009049E7"/>
     <w:rsid w:val="00904ED5"/>
     <w:rsid w:val="00905097"/>
     <w:rsid w:val="00905353"/>
     <w:rsid w:val="00905401"/>
+    <w:rsid w:val="00905478"/>
     <w:rsid w:val="00905582"/>
     <w:rsid w:val="009055E7"/>
     <w:rsid w:val="00905EF0"/>
     <w:rsid w:val="0090649E"/>
-    <w:rsid w:val="00907297"/>
     <w:rsid w:val="0090786C"/>
+    <w:rsid w:val="00907DBD"/>
     <w:rsid w:val="00910479"/>
     <w:rsid w:val="009108E0"/>
     <w:rsid w:val="00910916"/>
     <w:rsid w:val="00910B37"/>
     <w:rsid w:val="00910FD9"/>
     <w:rsid w:val="00911671"/>
+    <w:rsid w:val="00911F9B"/>
     <w:rsid w:val="0091216D"/>
     <w:rsid w:val="00912266"/>
+    <w:rsid w:val="00912D9B"/>
+    <w:rsid w:val="00912E76"/>
+    <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
-    <w:rsid w:val="00913791"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
     <w:rsid w:val="00914EB3"/>
+    <w:rsid w:val="0091505C"/>
     <w:rsid w:val="0091512A"/>
+    <w:rsid w:val="00915172"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
-    <w:rsid w:val="00916AED"/>
+    <w:rsid w:val="009164C1"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
     <w:rsid w:val="00922C93"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
+    <w:rsid w:val="00924F61"/>
     <w:rsid w:val="009255CB"/>
     <w:rsid w:val="00926C19"/>
     <w:rsid w:val="00926DB8"/>
     <w:rsid w:val="0092769E"/>
-    <w:rsid w:val="009276F8"/>
     <w:rsid w:val="009277DE"/>
     <w:rsid w:val="00927985"/>
+    <w:rsid w:val="009279B3"/>
+    <w:rsid w:val="0093033F"/>
     <w:rsid w:val="00930B72"/>
     <w:rsid w:val="00930DEA"/>
+    <w:rsid w:val="00930FB6"/>
+    <w:rsid w:val="009310AC"/>
     <w:rsid w:val="00931513"/>
     <w:rsid w:val="00931787"/>
     <w:rsid w:val="00931DF2"/>
+    <w:rsid w:val="00931F63"/>
     <w:rsid w:val="00931F93"/>
+    <w:rsid w:val="00931FCC"/>
+    <w:rsid w:val="00932550"/>
     <w:rsid w:val="009329E5"/>
     <w:rsid w:val="00932B3C"/>
     <w:rsid w:val="00932CA0"/>
     <w:rsid w:val="00933361"/>
-    <w:rsid w:val="00933669"/>
-    <w:rsid w:val="0093390E"/>
     <w:rsid w:val="00934797"/>
-    <w:rsid w:val="00934A6D"/>
     <w:rsid w:val="00934B33"/>
     <w:rsid w:val="00934EEC"/>
     <w:rsid w:val="009351DB"/>
     <w:rsid w:val="009358CA"/>
-    <w:rsid w:val="00935C17"/>
     <w:rsid w:val="00935D4B"/>
     <w:rsid w:val="00936138"/>
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
+    <w:rsid w:val="00936D1E"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
-    <w:rsid w:val="009405B5"/>
+    <w:rsid w:val="00937E20"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
-    <w:rsid w:val="00941B77"/>
-    <w:rsid w:val="00941F90"/>
+    <w:rsid w:val="00941D26"/>
     <w:rsid w:val="009420A2"/>
-    <w:rsid w:val="0094318A"/>
     <w:rsid w:val="00943337"/>
+    <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
-    <w:rsid w:val="009437D6"/>
+    <w:rsid w:val="00943764"/>
     <w:rsid w:val="00943E7F"/>
+    <w:rsid w:val="00944644"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
-    <w:rsid w:val="00945355"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
+    <w:rsid w:val="00946422"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
-    <w:rsid w:val="009502AE"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="00953DE7"/>
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
     <w:rsid w:val="009541EC"/>
     <w:rsid w:val="00954506"/>
+    <w:rsid w:val="0095461C"/>
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
-    <w:rsid w:val="00957984"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
+    <w:rsid w:val="00960456"/>
     <w:rsid w:val="00960D6F"/>
-    <w:rsid w:val="009610A1"/>
     <w:rsid w:val="009613D0"/>
+    <w:rsid w:val="0096166C"/>
+    <w:rsid w:val="00961745"/>
+    <w:rsid w:val="009622A3"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
-    <w:rsid w:val="009644E1"/>
+    <w:rsid w:val="00964CD3"/>
+    <w:rsid w:val="0096516B"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
-    <w:rsid w:val="00970F22"/>
+    <w:rsid w:val="009710B3"/>
     <w:rsid w:val="00971241"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
-    <w:rsid w:val="0097357C"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
+    <w:rsid w:val="00974CF3"/>
     <w:rsid w:val="00974D8C"/>
-    <w:rsid w:val="009753B5"/>
+    <w:rsid w:val="00975956"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
+    <w:rsid w:val="009770D2"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
+    <w:rsid w:val="009801A9"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
-    <w:rsid w:val="00980D89"/>
     <w:rsid w:val="009812F9"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
+    <w:rsid w:val="00982B29"/>
     <w:rsid w:val="0098311C"/>
     <w:rsid w:val="00984154"/>
     <w:rsid w:val="00984B4D"/>
     <w:rsid w:val="00984B63"/>
-    <w:rsid w:val="00984DFC"/>
     <w:rsid w:val="009851E3"/>
     <w:rsid w:val="00985758"/>
-    <w:rsid w:val="00986D28"/>
+    <w:rsid w:val="009863AE"/>
     <w:rsid w:val="00986DB3"/>
     <w:rsid w:val="00986F52"/>
     <w:rsid w:val="009876E8"/>
     <w:rsid w:val="00987AC9"/>
     <w:rsid w:val="00990347"/>
     <w:rsid w:val="00990499"/>
     <w:rsid w:val="009906F8"/>
+    <w:rsid w:val="00990A36"/>
+    <w:rsid w:val="009913F3"/>
+    <w:rsid w:val="009914D2"/>
     <w:rsid w:val="00991665"/>
     <w:rsid w:val="00991872"/>
     <w:rsid w:val="00991914"/>
     <w:rsid w:val="00991BA2"/>
     <w:rsid w:val="009929D7"/>
     <w:rsid w:val="00993294"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00994306"/>
     <w:rsid w:val="00994456"/>
     <w:rsid w:val="009946D3"/>
     <w:rsid w:val="00994C97"/>
     <w:rsid w:val="00994FAB"/>
-    <w:rsid w:val="00995201"/>
-    <w:rsid w:val="00995FB6"/>
     <w:rsid w:val="00996783"/>
     <w:rsid w:val="00997C33"/>
+    <w:rsid w:val="009A0825"/>
     <w:rsid w:val="009A08D6"/>
+    <w:rsid w:val="009A1361"/>
     <w:rsid w:val="009A1A47"/>
     <w:rsid w:val="009A1D5C"/>
+    <w:rsid w:val="009A1EF8"/>
     <w:rsid w:val="009A1F86"/>
     <w:rsid w:val="009A2036"/>
     <w:rsid w:val="009A2159"/>
     <w:rsid w:val="009A2706"/>
     <w:rsid w:val="009A2798"/>
     <w:rsid w:val="009A27BF"/>
     <w:rsid w:val="009A2BCE"/>
     <w:rsid w:val="009A30A6"/>
     <w:rsid w:val="009A327B"/>
     <w:rsid w:val="009A36C3"/>
     <w:rsid w:val="009A3819"/>
+    <w:rsid w:val="009A39CD"/>
     <w:rsid w:val="009A3CBB"/>
     <w:rsid w:val="009A3DD1"/>
     <w:rsid w:val="009A3F4A"/>
+    <w:rsid w:val="009A3FB5"/>
     <w:rsid w:val="009A453E"/>
-    <w:rsid w:val="009A48FF"/>
     <w:rsid w:val="009A4AF1"/>
+    <w:rsid w:val="009A4D2B"/>
     <w:rsid w:val="009A5329"/>
     <w:rsid w:val="009A57A3"/>
-    <w:rsid w:val="009A636D"/>
-    <w:rsid w:val="009A6696"/>
+    <w:rsid w:val="009A5B67"/>
+    <w:rsid w:val="009A64E0"/>
     <w:rsid w:val="009A68A0"/>
     <w:rsid w:val="009B0544"/>
     <w:rsid w:val="009B057D"/>
     <w:rsid w:val="009B11B9"/>
     <w:rsid w:val="009B13E0"/>
     <w:rsid w:val="009B1563"/>
     <w:rsid w:val="009B1861"/>
     <w:rsid w:val="009B2060"/>
     <w:rsid w:val="009B2099"/>
-    <w:rsid w:val="009B20B1"/>
     <w:rsid w:val="009B214B"/>
+    <w:rsid w:val="009B22D0"/>
     <w:rsid w:val="009B274E"/>
     <w:rsid w:val="009B298E"/>
+    <w:rsid w:val="009B2DA2"/>
     <w:rsid w:val="009B2E3D"/>
-    <w:rsid w:val="009B3809"/>
     <w:rsid w:val="009B39C7"/>
     <w:rsid w:val="009B3A20"/>
-    <w:rsid w:val="009B3D0B"/>
     <w:rsid w:val="009B3F3F"/>
     <w:rsid w:val="009B4023"/>
-    <w:rsid w:val="009B412D"/>
     <w:rsid w:val="009B41AC"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B4AB3"/>
     <w:rsid w:val="009B4D40"/>
     <w:rsid w:val="009B4EAA"/>
     <w:rsid w:val="009B52B7"/>
     <w:rsid w:val="009B54CD"/>
     <w:rsid w:val="009B5CC7"/>
+    <w:rsid w:val="009B5FFA"/>
     <w:rsid w:val="009B601C"/>
-    <w:rsid w:val="009B618C"/>
     <w:rsid w:val="009B62D5"/>
     <w:rsid w:val="009B65A3"/>
     <w:rsid w:val="009C04CB"/>
-    <w:rsid w:val="009C07BB"/>
     <w:rsid w:val="009C08B7"/>
+    <w:rsid w:val="009C0D72"/>
     <w:rsid w:val="009C11B8"/>
+    <w:rsid w:val="009C15B9"/>
+    <w:rsid w:val="009C19F3"/>
+    <w:rsid w:val="009C1ECD"/>
     <w:rsid w:val="009C275B"/>
-    <w:rsid w:val="009C3311"/>
     <w:rsid w:val="009C3CB9"/>
     <w:rsid w:val="009C4008"/>
-    <w:rsid w:val="009C447A"/>
+    <w:rsid w:val="009C4057"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
+    <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
-    <w:rsid w:val="009D0D20"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
+    <w:rsid w:val="009D19DC"/>
+    <w:rsid w:val="009D1A3C"/>
     <w:rsid w:val="009D1CF0"/>
-    <w:rsid w:val="009D2777"/>
     <w:rsid w:val="009D2EFD"/>
     <w:rsid w:val="009D3B6F"/>
     <w:rsid w:val="009D400E"/>
     <w:rsid w:val="009D46F8"/>
     <w:rsid w:val="009D4A13"/>
     <w:rsid w:val="009D4EDC"/>
     <w:rsid w:val="009D523B"/>
     <w:rsid w:val="009D54D2"/>
-    <w:rsid w:val="009D63DA"/>
+    <w:rsid w:val="009D5BA6"/>
+    <w:rsid w:val="009D6294"/>
     <w:rsid w:val="009D6864"/>
     <w:rsid w:val="009D6A37"/>
     <w:rsid w:val="009E0ECD"/>
     <w:rsid w:val="009E12A3"/>
     <w:rsid w:val="009E12DB"/>
     <w:rsid w:val="009E1707"/>
     <w:rsid w:val="009E1828"/>
     <w:rsid w:val="009E1A15"/>
     <w:rsid w:val="009E1C59"/>
     <w:rsid w:val="009E23AC"/>
     <w:rsid w:val="009E2781"/>
     <w:rsid w:val="009E280D"/>
     <w:rsid w:val="009E28EA"/>
+    <w:rsid w:val="009E2D17"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
-    <w:rsid w:val="009E39B3"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
+    <w:rsid w:val="009E5417"/>
+    <w:rsid w:val="009E57AD"/>
     <w:rsid w:val="009E591E"/>
     <w:rsid w:val="009E5D94"/>
     <w:rsid w:val="009E6027"/>
     <w:rsid w:val="009E6054"/>
     <w:rsid w:val="009E612D"/>
+    <w:rsid w:val="009E61DC"/>
+    <w:rsid w:val="009E685D"/>
     <w:rsid w:val="009E6D6B"/>
     <w:rsid w:val="009E71B8"/>
     <w:rsid w:val="009E7345"/>
     <w:rsid w:val="009F0227"/>
-    <w:rsid w:val="009F03EE"/>
     <w:rsid w:val="009F0AE9"/>
+    <w:rsid w:val="009F1369"/>
+    <w:rsid w:val="009F148F"/>
+    <w:rsid w:val="009F172F"/>
     <w:rsid w:val="009F1E6C"/>
     <w:rsid w:val="009F2D16"/>
     <w:rsid w:val="009F3464"/>
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
-    <w:rsid w:val="009F4A18"/>
+    <w:rsid w:val="009F425C"/>
+    <w:rsid w:val="009F4B20"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
+    <w:rsid w:val="009F5078"/>
     <w:rsid w:val="009F55B6"/>
     <w:rsid w:val="009F57D1"/>
+    <w:rsid w:val="009F580F"/>
     <w:rsid w:val="009F5AC0"/>
     <w:rsid w:val="009F6189"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="00A002CD"/>
+    <w:rsid w:val="00A00702"/>
     <w:rsid w:val="00A00AD6"/>
     <w:rsid w:val="00A00D9A"/>
-    <w:rsid w:val="00A01471"/>
+    <w:rsid w:val="00A01082"/>
+    <w:rsid w:val="00A01DC3"/>
     <w:rsid w:val="00A01EC7"/>
     <w:rsid w:val="00A0248E"/>
     <w:rsid w:val="00A02763"/>
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
+    <w:rsid w:val="00A0324D"/>
     <w:rsid w:val="00A0381B"/>
     <w:rsid w:val="00A040B6"/>
+    <w:rsid w:val="00A041D5"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
     <w:rsid w:val="00A069C0"/>
     <w:rsid w:val="00A07610"/>
     <w:rsid w:val="00A0791A"/>
+    <w:rsid w:val="00A0797F"/>
     <w:rsid w:val="00A07CC2"/>
     <w:rsid w:val="00A07D47"/>
+    <w:rsid w:val="00A10197"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A107F6"/>
     <w:rsid w:val="00A114CB"/>
-    <w:rsid w:val="00A11BFF"/>
+    <w:rsid w:val="00A11683"/>
     <w:rsid w:val="00A122BC"/>
     <w:rsid w:val="00A12457"/>
     <w:rsid w:val="00A1249D"/>
-    <w:rsid w:val="00A12828"/>
     <w:rsid w:val="00A12C2C"/>
     <w:rsid w:val="00A13A57"/>
+    <w:rsid w:val="00A14344"/>
     <w:rsid w:val="00A14A44"/>
     <w:rsid w:val="00A14E22"/>
-    <w:rsid w:val="00A158F1"/>
+    <w:rsid w:val="00A15F77"/>
     <w:rsid w:val="00A15FB5"/>
     <w:rsid w:val="00A16309"/>
     <w:rsid w:val="00A16329"/>
     <w:rsid w:val="00A163AF"/>
     <w:rsid w:val="00A168F7"/>
     <w:rsid w:val="00A17394"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A176B8"/>
     <w:rsid w:val="00A17C6C"/>
+    <w:rsid w:val="00A17CD7"/>
     <w:rsid w:val="00A200CB"/>
+    <w:rsid w:val="00A202A8"/>
+    <w:rsid w:val="00A2036A"/>
+    <w:rsid w:val="00A203CE"/>
     <w:rsid w:val="00A2072A"/>
-    <w:rsid w:val="00A2091D"/>
     <w:rsid w:val="00A20AD2"/>
+    <w:rsid w:val="00A217EE"/>
     <w:rsid w:val="00A21D3F"/>
-    <w:rsid w:val="00A22D4A"/>
-    <w:rsid w:val="00A23031"/>
+    <w:rsid w:val="00A2205C"/>
+    <w:rsid w:val="00A22237"/>
+    <w:rsid w:val="00A22463"/>
+    <w:rsid w:val="00A22805"/>
     <w:rsid w:val="00A23358"/>
     <w:rsid w:val="00A23392"/>
     <w:rsid w:val="00A237B6"/>
     <w:rsid w:val="00A23D68"/>
     <w:rsid w:val="00A23FD5"/>
     <w:rsid w:val="00A248CA"/>
-    <w:rsid w:val="00A25ADF"/>
+    <w:rsid w:val="00A24F57"/>
+    <w:rsid w:val="00A25427"/>
     <w:rsid w:val="00A26541"/>
     <w:rsid w:val="00A266B4"/>
     <w:rsid w:val="00A270E0"/>
     <w:rsid w:val="00A27729"/>
     <w:rsid w:val="00A2788F"/>
-    <w:rsid w:val="00A27FF6"/>
+    <w:rsid w:val="00A27D79"/>
+    <w:rsid w:val="00A27DEF"/>
     <w:rsid w:val="00A30901"/>
     <w:rsid w:val="00A30922"/>
+    <w:rsid w:val="00A3093A"/>
     <w:rsid w:val="00A30A67"/>
+    <w:rsid w:val="00A31A6A"/>
     <w:rsid w:val="00A321EE"/>
     <w:rsid w:val="00A326FA"/>
     <w:rsid w:val="00A32735"/>
     <w:rsid w:val="00A33EEF"/>
+    <w:rsid w:val="00A341A4"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A3552B"/>
     <w:rsid w:val="00A35C30"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A361DB"/>
     <w:rsid w:val="00A367BD"/>
     <w:rsid w:val="00A36AA5"/>
-    <w:rsid w:val="00A36AA9"/>
     <w:rsid w:val="00A372AE"/>
     <w:rsid w:val="00A37B09"/>
     <w:rsid w:val="00A37BE7"/>
     <w:rsid w:val="00A37C13"/>
     <w:rsid w:val="00A4000C"/>
     <w:rsid w:val="00A400FF"/>
+    <w:rsid w:val="00A4039E"/>
+    <w:rsid w:val="00A4065F"/>
     <w:rsid w:val="00A4076A"/>
     <w:rsid w:val="00A40EED"/>
     <w:rsid w:val="00A411B1"/>
     <w:rsid w:val="00A411C3"/>
     <w:rsid w:val="00A41852"/>
     <w:rsid w:val="00A41948"/>
+    <w:rsid w:val="00A42295"/>
     <w:rsid w:val="00A4303F"/>
     <w:rsid w:val="00A437A4"/>
     <w:rsid w:val="00A43C2A"/>
     <w:rsid w:val="00A43C9B"/>
+    <w:rsid w:val="00A446EC"/>
     <w:rsid w:val="00A44B22"/>
+    <w:rsid w:val="00A44EC1"/>
+    <w:rsid w:val="00A4506D"/>
     <w:rsid w:val="00A4522E"/>
     <w:rsid w:val="00A45621"/>
     <w:rsid w:val="00A45A60"/>
     <w:rsid w:val="00A45C97"/>
     <w:rsid w:val="00A45E0A"/>
     <w:rsid w:val="00A4671E"/>
     <w:rsid w:val="00A468D1"/>
     <w:rsid w:val="00A469C4"/>
+    <w:rsid w:val="00A46A1A"/>
     <w:rsid w:val="00A46F29"/>
     <w:rsid w:val="00A475C1"/>
     <w:rsid w:val="00A476A7"/>
+    <w:rsid w:val="00A47CE8"/>
+    <w:rsid w:val="00A50145"/>
     <w:rsid w:val="00A50339"/>
     <w:rsid w:val="00A505AE"/>
     <w:rsid w:val="00A507D2"/>
+    <w:rsid w:val="00A50BA7"/>
     <w:rsid w:val="00A50DED"/>
+    <w:rsid w:val="00A50DFE"/>
     <w:rsid w:val="00A51210"/>
     <w:rsid w:val="00A515DF"/>
     <w:rsid w:val="00A516AE"/>
     <w:rsid w:val="00A51773"/>
     <w:rsid w:val="00A51C99"/>
     <w:rsid w:val="00A51D7E"/>
+    <w:rsid w:val="00A51FD3"/>
     <w:rsid w:val="00A52024"/>
     <w:rsid w:val="00A52C96"/>
     <w:rsid w:val="00A52F81"/>
+    <w:rsid w:val="00A530C6"/>
     <w:rsid w:val="00A538BC"/>
     <w:rsid w:val="00A53BCF"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A54C3C"/>
-    <w:rsid w:val="00A54D29"/>
     <w:rsid w:val="00A552CD"/>
-    <w:rsid w:val="00A565A4"/>
+    <w:rsid w:val="00A55468"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A57CCA"/>
     <w:rsid w:val="00A60BFC"/>
+    <w:rsid w:val="00A617F9"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
+    <w:rsid w:val="00A63214"/>
     <w:rsid w:val="00A64D6D"/>
+    <w:rsid w:val="00A6581E"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
+    <w:rsid w:val="00A6698E"/>
     <w:rsid w:val="00A673D1"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
+    <w:rsid w:val="00A67D05"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A72542"/>
     <w:rsid w:val="00A72593"/>
     <w:rsid w:val="00A72844"/>
     <w:rsid w:val="00A72FD9"/>
-    <w:rsid w:val="00A7406E"/>
     <w:rsid w:val="00A7414D"/>
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
     <w:rsid w:val="00A774B6"/>
+    <w:rsid w:val="00A77B47"/>
     <w:rsid w:val="00A77EC2"/>
     <w:rsid w:val="00A800CD"/>
     <w:rsid w:val="00A80256"/>
     <w:rsid w:val="00A80360"/>
     <w:rsid w:val="00A8084E"/>
+    <w:rsid w:val="00A8098F"/>
     <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A81426"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A81E2B"/>
-    <w:rsid w:val="00A8205C"/>
+    <w:rsid w:val="00A825E8"/>
+    <w:rsid w:val="00A82679"/>
     <w:rsid w:val="00A8273C"/>
     <w:rsid w:val="00A82EE7"/>
     <w:rsid w:val="00A831DA"/>
+    <w:rsid w:val="00A836D7"/>
     <w:rsid w:val="00A83E4F"/>
+    <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A84D37"/>
-    <w:rsid w:val="00A8539A"/>
     <w:rsid w:val="00A866DC"/>
-    <w:rsid w:val="00A86CA3"/>
     <w:rsid w:val="00A87130"/>
-    <w:rsid w:val="00A87271"/>
-    <w:rsid w:val="00A875A4"/>
     <w:rsid w:val="00A876A9"/>
     <w:rsid w:val="00A87A58"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
+    <w:rsid w:val="00A9166C"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A921B4"/>
     <w:rsid w:val="00A923EE"/>
     <w:rsid w:val="00A929B1"/>
     <w:rsid w:val="00A92CEC"/>
     <w:rsid w:val="00A92F99"/>
+    <w:rsid w:val="00A9321E"/>
     <w:rsid w:val="00A9325F"/>
-    <w:rsid w:val="00A93368"/>
-    <w:rsid w:val="00A93B6E"/>
+    <w:rsid w:val="00A93512"/>
     <w:rsid w:val="00A93C5B"/>
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
+    <w:rsid w:val="00A9519E"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
+    <w:rsid w:val="00A9624D"/>
     <w:rsid w:val="00A96457"/>
     <w:rsid w:val="00A96592"/>
+    <w:rsid w:val="00A966B5"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A979B2"/>
-    <w:rsid w:val="00A97E08"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
     <w:rsid w:val="00AA2117"/>
-    <w:rsid w:val="00AA2276"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
     <w:rsid w:val="00AA35D6"/>
-    <w:rsid w:val="00AA3E5C"/>
-    <w:rsid w:val="00AA446F"/>
+    <w:rsid w:val="00AA3642"/>
     <w:rsid w:val="00AA4D44"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6138"/>
-    <w:rsid w:val="00AA6806"/>
+    <w:rsid w:val="00AA6402"/>
     <w:rsid w:val="00AA7DE3"/>
     <w:rsid w:val="00AB0878"/>
     <w:rsid w:val="00AB0CF1"/>
+    <w:rsid w:val="00AB0EE8"/>
+    <w:rsid w:val="00AB0EEC"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
+    <w:rsid w:val="00AB2163"/>
+    <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
     <w:rsid w:val="00AB315D"/>
+    <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
-    <w:rsid w:val="00AB5992"/>
+    <w:rsid w:val="00AB5EB5"/>
     <w:rsid w:val="00AB5ED1"/>
-    <w:rsid w:val="00AB7B06"/>
     <w:rsid w:val="00AB7D22"/>
+    <w:rsid w:val="00AC0716"/>
+    <w:rsid w:val="00AC0745"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
-    <w:rsid w:val="00AC23B9"/>
+    <w:rsid w:val="00AC1E9E"/>
+    <w:rsid w:val="00AC1F5F"/>
+    <w:rsid w:val="00AC214E"/>
     <w:rsid w:val="00AC2465"/>
-    <w:rsid w:val="00AC30C2"/>
+    <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
+    <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
+    <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
+    <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
+    <w:rsid w:val="00AD0AA7"/>
     <w:rsid w:val="00AD0EA3"/>
+    <w:rsid w:val="00AD1864"/>
     <w:rsid w:val="00AD1E34"/>
     <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD2919"/>
+    <w:rsid w:val="00AD2F61"/>
     <w:rsid w:val="00AD417B"/>
     <w:rsid w:val="00AD4B04"/>
     <w:rsid w:val="00AD5B66"/>
     <w:rsid w:val="00AD5BAE"/>
-    <w:rsid w:val="00AD5C17"/>
     <w:rsid w:val="00AD5C4F"/>
     <w:rsid w:val="00AD600C"/>
     <w:rsid w:val="00AD6157"/>
     <w:rsid w:val="00AD62AC"/>
-    <w:rsid w:val="00AD65AD"/>
     <w:rsid w:val="00AD675E"/>
     <w:rsid w:val="00AD68AC"/>
-    <w:rsid w:val="00AD78A5"/>
     <w:rsid w:val="00AD7C67"/>
     <w:rsid w:val="00AD7E99"/>
     <w:rsid w:val="00AE02DB"/>
     <w:rsid w:val="00AE0456"/>
+    <w:rsid w:val="00AE045D"/>
     <w:rsid w:val="00AE0CB9"/>
-    <w:rsid w:val="00AE0CD2"/>
     <w:rsid w:val="00AE0FFC"/>
     <w:rsid w:val="00AE1544"/>
     <w:rsid w:val="00AE1E72"/>
-    <w:rsid w:val="00AE2AE6"/>
+    <w:rsid w:val="00AE2A5A"/>
     <w:rsid w:val="00AE2F93"/>
     <w:rsid w:val="00AE3028"/>
     <w:rsid w:val="00AE3A14"/>
     <w:rsid w:val="00AE416F"/>
     <w:rsid w:val="00AE460E"/>
     <w:rsid w:val="00AE48A2"/>
     <w:rsid w:val="00AE4D5A"/>
-    <w:rsid w:val="00AE4DF3"/>
     <w:rsid w:val="00AE4F31"/>
     <w:rsid w:val="00AE517D"/>
     <w:rsid w:val="00AE5266"/>
     <w:rsid w:val="00AE56B2"/>
     <w:rsid w:val="00AE5D43"/>
     <w:rsid w:val="00AE68F5"/>
     <w:rsid w:val="00AE6F33"/>
     <w:rsid w:val="00AE7434"/>
     <w:rsid w:val="00AE7738"/>
-    <w:rsid w:val="00AE79BB"/>
     <w:rsid w:val="00AE7A1D"/>
     <w:rsid w:val="00AE7CA3"/>
-    <w:rsid w:val="00AEC13D"/>
     <w:rsid w:val="00AF055D"/>
     <w:rsid w:val="00AF0903"/>
-    <w:rsid w:val="00AF26AB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AF3285"/>
+    <w:rsid w:val="00AF0B4C"/>
+    <w:rsid w:val="00AF190D"/>
+    <w:rsid w:val="00AF1A7D"/>
+    <w:rsid w:val="00AF2F85"/>
+    <w:rsid w:val="00AF30DA"/>
     <w:rsid w:val="00AF332B"/>
     <w:rsid w:val="00AF3DB0"/>
     <w:rsid w:val="00AF41D1"/>
     <w:rsid w:val="00AF445B"/>
     <w:rsid w:val="00AF459F"/>
     <w:rsid w:val="00AF4745"/>
+    <w:rsid w:val="00AF4C61"/>
     <w:rsid w:val="00AF5593"/>
     <w:rsid w:val="00AF5834"/>
+    <w:rsid w:val="00AF5BDE"/>
     <w:rsid w:val="00AF646A"/>
     <w:rsid w:val="00AF64F2"/>
     <w:rsid w:val="00AF6911"/>
     <w:rsid w:val="00AF6C1A"/>
-    <w:rsid w:val="00AF758B"/>
+    <w:rsid w:val="00AF6E9E"/>
+    <w:rsid w:val="00AF7622"/>
     <w:rsid w:val="00B0005A"/>
     <w:rsid w:val="00B00E73"/>
+    <w:rsid w:val="00B01054"/>
     <w:rsid w:val="00B017BE"/>
-    <w:rsid w:val="00B018C6"/>
     <w:rsid w:val="00B01A01"/>
     <w:rsid w:val="00B01B6D"/>
-    <w:rsid w:val="00B01F78"/>
     <w:rsid w:val="00B02221"/>
     <w:rsid w:val="00B027BC"/>
+    <w:rsid w:val="00B02C4B"/>
     <w:rsid w:val="00B02DA9"/>
     <w:rsid w:val="00B03068"/>
     <w:rsid w:val="00B03625"/>
     <w:rsid w:val="00B03E2B"/>
     <w:rsid w:val="00B042F3"/>
-    <w:rsid w:val="00B044C5"/>
     <w:rsid w:val="00B0456F"/>
     <w:rsid w:val="00B0461B"/>
+    <w:rsid w:val="00B04869"/>
     <w:rsid w:val="00B04D42"/>
+    <w:rsid w:val="00B04F9F"/>
     <w:rsid w:val="00B058E8"/>
     <w:rsid w:val="00B0592F"/>
     <w:rsid w:val="00B06720"/>
     <w:rsid w:val="00B06BD9"/>
-    <w:rsid w:val="00B07AD9"/>
+    <w:rsid w:val="00B07774"/>
+    <w:rsid w:val="00B0789A"/>
     <w:rsid w:val="00B07C65"/>
     <w:rsid w:val="00B10766"/>
     <w:rsid w:val="00B1076C"/>
     <w:rsid w:val="00B10FB4"/>
-    <w:rsid w:val="00B1102F"/>
     <w:rsid w:val="00B11350"/>
     <w:rsid w:val="00B11489"/>
+    <w:rsid w:val="00B1168A"/>
     <w:rsid w:val="00B11FB8"/>
     <w:rsid w:val="00B12A55"/>
+    <w:rsid w:val="00B12D22"/>
     <w:rsid w:val="00B12D67"/>
+    <w:rsid w:val="00B1327D"/>
     <w:rsid w:val="00B14286"/>
     <w:rsid w:val="00B142B5"/>
     <w:rsid w:val="00B142C7"/>
     <w:rsid w:val="00B1436C"/>
     <w:rsid w:val="00B14C59"/>
     <w:rsid w:val="00B151E2"/>
     <w:rsid w:val="00B15265"/>
     <w:rsid w:val="00B152BF"/>
     <w:rsid w:val="00B154E5"/>
     <w:rsid w:val="00B15794"/>
     <w:rsid w:val="00B15B3F"/>
     <w:rsid w:val="00B15B48"/>
+    <w:rsid w:val="00B16326"/>
     <w:rsid w:val="00B16931"/>
     <w:rsid w:val="00B16A2E"/>
     <w:rsid w:val="00B16A8E"/>
     <w:rsid w:val="00B16D23"/>
     <w:rsid w:val="00B17154"/>
+    <w:rsid w:val="00B171F7"/>
     <w:rsid w:val="00B17711"/>
     <w:rsid w:val="00B1797E"/>
     <w:rsid w:val="00B17B22"/>
     <w:rsid w:val="00B203B5"/>
     <w:rsid w:val="00B2049E"/>
     <w:rsid w:val="00B20511"/>
+    <w:rsid w:val="00B207C6"/>
     <w:rsid w:val="00B20F7B"/>
     <w:rsid w:val="00B2154F"/>
+    <w:rsid w:val="00B21A5B"/>
     <w:rsid w:val="00B21B46"/>
+    <w:rsid w:val="00B22304"/>
     <w:rsid w:val="00B22C90"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B22DEF"/>
+    <w:rsid w:val="00B23427"/>
     <w:rsid w:val="00B240ED"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B24699"/>
     <w:rsid w:val="00B24883"/>
-    <w:rsid w:val="00B25036"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
+    <w:rsid w:val="00B26CAF"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
-    <w:rsid w:val="00B304D9"/>
-    <w:rsid w:val="00B30D8E"/>
+    <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
+    <w:rsid w:val="00B316C3"/>
     <w:rsid w:val="00B31CFC"/>
+    <w:rsid w:val="00B3263F"/>
     <w:rsid w:val="00B32745"/>
+    <w:rsid w:val="00B32B3F"/>
     <w:rsid w:val="00B32FEB"/>
+    <w:rsid w:val="00B3390A"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
+    <w:rsid w:val="00B33F71"/>
+    <w:rsid w:val="00B342F6"/>
+    <w:rsid w:val="00B349EE"/>
+    <w:rsid w:val="00B34B4B"/>
     <w:rsid w:val="00B356CF"/>
-    <w:rsid w:val="00B35FDD"/>
     <w:rsid w:val="00B36A5C"/>
+    <w:rsid w:val="00B3704B"/>
     <w:rsid w:val="00B370B6"/>
-    <w:rsid w:val="00B37189"/>
+    <w:rsid w:val="00B37417"/>
     <w:rsid w:val="00B37E70"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
-    <w:rsid w:val="00B429D2"/>
+    <w:rsid w:val="00B42C2D"/>
     <w:rsid w:val="00B42E2A"/>
+    <w:rsid w:val="00B434E5"/>
     <w:rsid w:val="00B43B26"/>
     <w:rsid w:val="00B43D8E"/>
     <w:rsid w:val="00B440B2"/>
     <w:rsid w:val="00B440DD"/>
     <w:rsid w:val="00B4430B"/>
     <w:rsid w:val="00B4437D"/>
     <w:rsid w:val="00B4441D"/>
     <w:rsid w:val="00B44482"/>
     <w:rsid w:val="00B446BE"/>
     <w:rsid w:val="00B449FC"/>
+    <w:rsid w:val="00B44D50"/>
+    <w:rsid w:val="00B44E9D"/>
     <w:rsid w:val="00B450EE"/>
     <w:rsid w:val="00B4512B"/>
     <w:rsid w:val="00B454CA"/>
     <w:rsid w:val="00B45644"/>
+    <w:rsid w:val="00B45EF5"/>
     <w:rsid w:val="00B465DF"/>
     <w:rsid w:val="00B46675"/>
-    <w:rsid w:val="00B47DA2"/>
+    <w:rsid w:val="00B46C84"/>
+    <w:rsid w:val="00B4782A"/>
+    <w:rsid w:val="00B47965"/>
+    <w:rsid w:val="00B47A8E"/>
     <w:rsid w:val="00B50291"/>
     <w:rsid w:val="00B502B9"/>
     <w:rsid w:val="00B50593"/>
     <w:rsid w:val="00B50603"/>
+    <w:rsid w:val="00B50C7C"/>
     <w:rsid w:val="00B51763"/>
     <w:rsid w:val="00B51900"/>
     <w:rsid w:val="00B519E1"/>
     <w:rsid w:val="00B51A5C"/>
-    <w:rsid w:val="00B51C58"/>
-    <w:rsid w:val="00B51DBB"/>
+    <w:rsid w:val="00B5238F"/>
+    <w:rsid w:val="00B523EE"/>
     <w:rsid w:val="00B52440"/>
     <w:rsid w:val="00B525B7"/>
     <w:rsid w:val="00B52817"/>
     <w:rsid w:val="00B536E2"/>
     <w:rsid w:val="00B537BE"/>
-    <w:rsid w:val="00B54728"/>
+    <w:rsid w:val="00B54244"/>
     <w:rsid w:val="00B549FA"/>
     <w:rsid w:val="00B54C97"/>
+    <w:rsid w:val="00B54EDF"/>
     <w:rsid w:val="00B550C7"/>
     <w:rsid w:val="00B55A6F"/>
-    <w:rsid w:val="00B569A3"/>
-    <w:rsid w:val="00B569CB"/>
+    <w:rsid w:val="00B564C1"/>
     <w:rsid w:val="00B5782C"/>
     <w:rsid w:val="00B57D6D"/>
+    <w:rsid w:val="00B57DAE"/>
     <w:rsid w:val="00B60DEF"/>
+    <w:rsid w:val="00B6139A"/>
     <w:rsid w:val="00B614C1"/>
     <w:rsid w:val="00B61741"/>
     <w:rsid w:val="00B61764"/>
-    <w:rsid w:val="00B61813"/>
     <w:rsid w:val="00B61978"/>
     <w:rsid w:val="00B61A77"/>
+    <w:rsid w:val="00B61ACA"/>
     <w:rsid w:val="00B61BA9"/>
     <w:rsid w:val="00B61D1E"/>
     <w:rsid w:val="00B620E2"/>
     <w:rsid w:val="00B6210E"/>
     <w:rsid w:val="00B6218B"/>
     <w:rsid w:val="00B62320"/>
-    <w:rsid w:val="00B624C0"/>
     <w:rsid w:val="00B62566"/>
     <w:rsid w:val="00B63060"/>
     <w:rsid w:val="00B631EE"/>
     <w:rsid w:val="00B6325A"/>
     <w:rsid w:val="00B632E9"/>
     <w:rsid w:val="00B634C1"/>
     <w:rsid w:val="00B6354D"/>
     <w:rsid w:val="00B637B4"/>
     <w:rsid w:val="00B63E5A"/>
     <w:rsid w:val="00B64320"/>
-    <w:rsid w:val="00B64D73"/>
+    <w:rsid w:val="00B64C9D"/>
     <w:rsid w:val="00B65975"/>
     <w:rsid w:val="00B65AF7"/>
     <w:rsid w:val="00B65BC6"/>
     <w:rsid w:val="00B66495"/>
     <w:rsid w:val="00B665CE"/>
+    <w:rsid w:val="00B666A0"/>
     <w:rsid w:val="00B66AAC"/>
-    <w:rsid w:val="00B66E52"/>
+    <w:rsid w:val="00B66E07"/>
     <w:rsid w:val="00B6761D"/>
     <w:rsid w:val="00B67D2F"/>
+    <w:rsid w:val="00B70257"/>
+    <w:rsid w:val="00B70C27"/>
     <w:rsid w:val="00B70F2C"/>
     <w:rsid w:val="00B70FFB"/>
+    <w:rsid w:val="00B7103D"/>
     <w:rsid w:val="00B7206D"/>
     <w:rsid w:val="00B720C8"/>
-    <w:rsid w:val="00B72296"/>
+    <w:rsid w:val="00B722FE"/>
+    <w:rsid w:val="00B7277C"/>
+    <w:rsid w:val="00B72D6D"/>
     <w:rsid w:val="00B73214"/>
     <w:rsid w:val="00B73651"/>
     <w:rsid w:val="00B74465"/>
     <w:rsid w:val="00B74627"/>
     <w:rsid w:val="00B74893"/>
     <w:rsid w:val="00B75A1C"/>
     <w:rsid w:val="00B75F15"/>
     <w:rsid w:val="00B768C2"/>
     <w:rsid w:val="00B76BB7"/>
+    <w:rsid w:val="00B76BEF"/>
     <w:rsid w:val="00B76FBE"/>
     <w:rsid w:val="00B7723C"/>
     <w:rsid w:val="00B77742"/>
     <w:rsid w:val="00B778DE"/>
     <w:rsid w:val="00B77AE5"/>
     <w:rsid w:val="00B77DA3"/>
     <w:rsid w:val="00B77E92"/>
     <w:rsid w:val="00B77EC4"/>
-    <w:rsid w:val="00B802A3"/>
     <w:rsid w:val="00B805A4"/>
     <w:rsid w:val="00B8094D"/>
+    <w:rsid w:val="00B81337"/>
     <w:rsid w:val="00B820D9"/>
     <w:rsid w:val="00B82428"/>
     <w:rsid w:val="00B825B6"/>
     <w:rsid w:val="00B825FC"/>
     <w:rsid w:val="00B82D04"/>
     <w:rsid w:val="00B82EDF"/>
+    <w:rsid w:val="00B82F2E"/>
     <w:rsid w:val="00B83354"/>
     <w:rsid w:val="00B833E2"/>
+    <w:rsid w:val="00B83659"/>
     <w:rsid w:val="00B84519"/>
     <w:rsid w:val="00B845C5"/>
-    <w:rsid w:val="00B847B8"/>
     <w:rsid w:val="00B848D5"/>
     <w:rsid w:val="00B84AB7"/>
     <w:rsid w:val="00B84F24"/>
     <w:rsid w:val="00B85109"/>
+    <w:rsid w:val="00B8522D"/>
     <w:rsid w:val="00B853B4"/>
+    <w:rsid w:val="00B854B6"/>
     <w:rsid w:val="00B85AA9"/>
     <w:rsid w:val="00B85C26"/>
     <w:rsid w:val="00B85E2F"/>
     <w:rsid w:val="00B85F04"/>
     <w:rsid w:val="00B864E3"/>
     <w:rsid w:val="00B8682F"/>
     <w:rsid w:val="00B86895"/>
     <w:rsid w:val="00B868CB"/>
     <w:rsid w:val="00B86CC9"/>
     <w:rsid w:val="00B86F20"/>
     <w:rsid w:val="00B86F92"/>
-    <w:rsid w:val="00B87386"/>
+    <w:rsid w:val="00B87992"/>
+    <w:rsid w:val="00B87AC4"/>
     <w:rsid w:val="00B87C87"/>
-    <w:rsid w:val="00B908EB"/>
     <w:rsid w:val="00B91049"/>
     <w:rsid w:val="00B9170D"/>
     <w:rsid w:val="00B91EE7"/>
     <w:rsid w:val="00B92292"/>
+    <w:rsid w:val="00B928AC"/>
     <w:rsid w:val="00B92C81"/>
     <w:rsid w:val="00B930FD"/>
     <w:rsid w:val="00B93208"/>
     <w:rsid w:val="00B93353"/>
     <w:rsid w:val="00B933FC"/>
+    <w:rsid w:val="00B93975"/>
     <w:rsid w:val="00B93B8B"/>
     <w:rsid w:val="00B93D98"/>
     <w:rsid w:val="00B93FB9"/>
     <w:rsid w:val="00B94333"/>
     <w:rsid w:val="00B948AC"/>
+    <w:rsid w:val="00B94AC4"/>
     <w:rsid w:val="00B94B6C"/>
     <w:rsid w:val="00B94D0F"/>
     <w:rsid w:val="00B94D70"/>
-    <w:rsid w:val="00B94FA2"/>
-    <w:rsid w:val="00B95109"/>
+    <w:rsid w:val="00B95364"/>
     <w:rsid w:val="00B953CA"/>
     <w:rsid w:val="00B9622B"/>
     <w:rsid w:val="00B9641B"/>
+    <w:rsid w:val="00B96467"/>
     <w:rsid w:val="00B96974"/>
     <w:rsid w:val="00B96BA2"/>
     <w:rsid w:val="00B97145"/>
+    <w:rsid w:val="00B9742A"/>
     <w:rsid w:val="00B97525"/>
     <w:rsid w:val="00B9768A"/>
     <w:rsid w:val="00B978BA"/>
     <w:rsid w:val="00B97D39"/>
     <w:rsid w:val="00B97EAD"/>
     <w:rsid w:val="00BA0322"/>
     <w:rsid w:val="00BA08A0"/>
     <w:rsid w:val="00BA0A00"/>
     <w:rsid w:val="00BA0E1C"/>
-    <w:rsid w:val="00BA1BEE"/>
     <w:rsid w:val="00BA21E7"/>
     <w:rsid w:val="00BA2B98"/>
+    <w:rsid w:val="00BA30B0"/>
     <w:rsid w:val="00BA3AC3"/>
     <w:rsid w:val="00BA3BBE"/>
     <w:rsid w:val="00BA3F3B"/>
     <w:rsid w:val="00BA3F47"/>
     <w:rsid w:val="00BA405B"/>
     <w:rsid w:val="00BA479C"/>
+    <w:rsid w:val="00BA483E"/>
+    <w:rsid w:val="00BA4B0F"/>
     <w:rsid w:val="00BA4C0C"/>
     <w:rsid w:val="00BA50F6"/>
     <w:rsid w:val="00BA546B"/>
     <w:rsid w:val="00BA5EB4"/>
     <w:rsid w:val="00BA623E"/>
     <w:rsid w:val="00BA63E7"/>
     <w:rsid w:val="00BA651E"/>
     <w:rsid w:val="00BA70A8"/>
     <w:rsid w:val="00BA72A2"/>
+    <w:rsid w:val="00BA73C6"/>
     <w:rsid w:val="00BB243E"/>
     <w:rsid w:val="00BB263E"/>
     <w:rsid w:val="00BB3497"/>
-    <w:rsid w:val="00BB3CDF"/>
     <w:rsid w:val="00BB3E74"/>
     <w:rsid w:val="00BB438B"/>
+    <w:rsid w:val="00BB48C4"/>
     <w:rsid w:val="00BB5223"/>
+    <w:rsid w:val="00BB5677"/>
     <w:rsid w:val="00BB595F"/>
+    <w:rsid w:val="00BB63B1"/>
     <w:rsid w:val="00BB6F58"/>
     <w:rsid w:val="00BB71AA"/>
     <w:rsid w:val="00BB7832"/>
     <w:rsid w:val="00BB7B76"/>
     <w:rsid w:val="00BB7C29"/>
     <w:rsid w:val="00BB7DD8"/>
     <w:rsid w:val="00BC0061"/>
     <w:rsid w:val="00BC00AE"/>
     <w:rsid w:val="00BC015E"/>
+    <w:rsid w:val="00BC05D2"/>
     <w:rsid w:val="00BC06A4"/>
-    <w:rsid w:val="00BC0A0F"/>
     <w:rsid w:val="00BC0C5C"/>
     <w:rsid w:val="00BC0F18"/>
     <w:rsid w:val="00BC1029"/>
     <w:rsid w:val="00BC1081"/>
     <w:rsid w:val="00BC11FD"/>
+    <w:rsid w:val="00BC12EB"/>
     <w:rsid w:val="00BC1BA2"/>
-    <w:rsid w:val="00BC1CDA"/>
     <w:rsid w:val="00BC1E8D"/>
+    <w:rsid w:val="00BC237C"/>
     <w:rsid w:val="00BC238D"/>
     <w:rsid w:val="00BC2619"/>
     <w:rsid w:val="00BC2C4D"/>
+    <w:rsid w:val="00BC2CE2"/>
     <w:rsid w:val="00BC340D"/>
     <w:rsid w:val="00BC3653"/>
     <w:rsid w:val="00BC4277"/>
     <w:rsid w:val="00BC4768"/>
     <w:rsid w:val="00BC4ACB"/>
     <w:rsid w:val="00BC4AF0"/>
     <w:rsid w:val="00BC517F"/>
-    <w:rsid w:val="00BC51F2"/>
     <w:rsid w:val="00BC56F3"/>
     <w:rsid w:val="00BC5762"/>
     <w:rsid w:val="00BC58D7"/>
     <w:rsid w:val="00BC5D65"/>
     <w:rsid w:val="00BC5DEA"/>
+    <w:rsid w:val="00BC6254"/>
     <w:rsid w:val="00BC6326"/>
-    <w:rsid w:val="00BC636B"/>
+    <w:rsid w:val="00BC686F"/>
     <w:rsid w:val="00BC69B5"/>
     <w:rsid w:val="00BC7097"/>
     <w:rsid w:val="00BC75E6"/>
     <w:rsid w:val="00BC75FE"/>
+    <w:rsid w:val="00BC7610"/>
     <w:rsid w:val="00BC77B5"/>
     <w:rsid w:val="00BD00B0"/>
     <w:rsid w:val="00BD08FD"/>
     <w:rsid w:val="00BD1000"/>
+    <w:rsid w:val="00BD1071"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD19D2"/>
+    <w:rsid w:val="00BD1AAA"/>
     <w:rsid w:val="00BD211F"/>
     <w:rsid w:val="00BD280E"/>
     <w:rsid w:val="00BD296A"/>
-    <w:rsid w:val="00BD2B53"/>
     <w:rsid w:val="00BD2E7E"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
+    <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
+    <w:rsid w:val="00BD447E"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD523D"/>
+    <w:rsid w:val="00BD5579"/>
+    <w:rsid w:val="00BD59DC"/>
+    <w:rsid w:val="00BD5EF2"/>
     <w:rsid w:val="00BD62F1"/>
+    <w:rsid w:val="00BD658C"/>
+    <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
+    <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
+    <w:rsid w:val="00BE10C9"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
-    <w:rsid w:val="00BE1771"/>
     <w:rsid w:val="00BE190A"/>
+    <w:rsid w:val="00BE22A5"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
+    <w:rsid w:val="00BE41B0"/>
+    <w:rsid w:val="00BE4881"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
+    <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
+    <w:rsid w:val="00BE5560"/>
+    <w:rsid w:val="00BE5CD0"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
+    <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
+    <w:rsid w:val="00BF0028"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
+    <w:rsid w:val="00BF0A37"/>
+    <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
-    <w:rsid w:val="00BF1DB6"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
-    <w:rsid w:val="00BF5373"/>
+    <w:rsid w:val="00BF422D"/>
+    <w:rsid w:val="00BF54B9"/>
+    <w:rsid w:val="00BF5B25"/>
+    <w:rsid w:val="00BF6E04"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF761E"/>
+    <w:rsid w:val="00BF77A9"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
+    <w:rsid w:val="00C0096B"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
-    <w:rsid w:val="00C0151C"/>
     <w:rsid w:val="00C02022"/>
+    <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
-    <w:rsid w:val="00C02EC9"/>
+    <w:rsid w:val="00C02C71"/>
     <w:rsid w:val="00C03325"/>
-    <w:rsid w:val="00C03B0B"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
-    <w:rsid w:val="00C058FF"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
-    <w:rsid w:val="00C0666D"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
+    <w:rsid w:val="00C1086B"/>
     <w:rsid w:val="00C109DA"/>
     <w:rsid w:val="00C10E2C"/>
+    <w:rsid w:val="00C112E9"/>
+    <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
-    <w:rsid w:val="00C11C33"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
+    <w:rsid w:val="00C120D2"/>
     <w:rsid w:val="00C1221F"/>
+    <w:rsid w:val="00C127D4"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
-    <w:rsid w:val="00C12D08"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
-    <w:rsid w:val="00C13275"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
+    <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C16309"/>
+    <w:rsid w:val="00C1651B"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
-    <w:rsid w:val="00C16BA5"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
     <w:rsid w:val="00C17972"/>
+    <w:rsid w:val="00C1799B"/>
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C2051C"/>
-    <w:rsid w:val="00C2076F"/>
+    <w:rsid w:val="00C20DED"/>
+    <w:rsid w:val="00C210EA"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
-    <w:rsid w:val="00C23DEA"/>
+    <w:rsid w:val="00C240F1"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
+    <w:rsid w:val="00C251C7"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
     <w:rsid w:val="00C25C9B"/>
     <w:rsid w:val="00C25C9C"/>
     <w:rsid w:val="00C264FA"/>
     <w:rsid w:val="00C26749"/>
+    <w:rsid w:val="00C268A2"/>
     <w:rsid w:val="00C26DFF"/>
+    <w:rsid w:val="00C27626"/>
     <w:rsid w:val="00C278D5"/>
-    <w:rsid w:val="00C27C45"/>
     <w:rsid w:val="00C30588"/>
+    <w:rsid w:val="00C309D3"/>
     <w:rsid w:val="00C30DE4"/>
-    <w:rsid w:val="00C3147D"/>
+    <w:rsid w:val="00C31731"/>
     <w:rsid w:val="00C319E1"/>
     <w:rsid w:val="00C31A56"/>
     <w:rsid w:val="00C31E2C"/>
     <w:rsid w:val="00C32171"/>
     <w:rsid w:val="00C33D4C"/>
     <w:rsid w:val="00C3451A"/>
+    <w:rsid w:val="00C34937"/>
     <w:rsid w:val="00C34F94"/>
+    <w:rsid w:val="00C36214"/>
     <w:rsid w:val="00C364B2"/>
     <w:rsid w:val="00C36E69"/>
     <w:rsid w:val="00C36FCD"/>
     <w:rsid w:val="00C371F2"/>
+    <w:rsid w:val="00C3727E"/>
     <w:rsid w:val="00C372E9"/>
     <w:rsid w:val="00C374C9"/>
     <w:rsid w:val="00C37D9A"/>
     <w:rsid w:val="00C4071C"/>
     <w:rsid w:val="00C40979"/>
     <w:rsid w:val="00C40C40"/>
     <w:rsid w:val="00C41031"/>
+    <w:rsid w:val="00C411FA"/>
     <w:rsid w:val="00C4154C"/>
     <w:rsid w:val="00C41DF8"/>
-    <w:rsid w:val="00C429AE"/>
     <w:rsid w:val="00C4311D"/>
     <w:rsid w:val="00C432A8"/>
     <w:rsid w:val="00C43679"/>
+    <w:rsid w:val="00C43880"/>
     <w:rsid w:val="00C43EB0"/>
     <w:rsid w:val="00C43F56"/>
     <w:rsid w:val="00C44180"/>
+    <w:rsid w:val="00C44563"/>
     <w:rsid w:val="00C4474E"/>
     <w:rsid w:val="00C45174"/>
     <w:rsid w:val="00C45434"/>
     <w:rsid w:val="00C455CD"/>
     <w:rsid w:val="00C45833"/>
     <w:rsid w:val="00C45E76"/>
     <w:rsid w:val="00C47508"/>
     <w:rsid w:val="00C47905"/>
     <w:rsid w:val="00C47EAD"/>
     <w:rsid w:val="00C50162"/>
-    <w:rsid w:val="00C50C33"/>
     <w:rsid w:val="00C50D01"/>
-    <w:rsid w:val="00C510E4"/>
     <w:rsid w:val="00C5127A"/>
-    <w:rsid w:val="00C5130F"/>
     <w:rsid w:val="00C5185E"/>
     <w:rsid w:val="00C51A24"/>
     <w:rsid w:val="00C51A4E"/>
     <w:rsid w:val="00C51A68"/>
     <w:rsid w:val="00C51BF7"/>
-    <w:rsid w:val="00C52C2F"/>
     <w:rsid w:val="00C53640"/>
     <w:rsid w:val="00C537A2"/>
     <w:rsid w:val="00C546E6"/>
     <w:rsid w:val="00C54F10"/>
-    <w:rsid w:val="00C556C1"/>
     <w:rsid w:val="00C55773"/>
     <w:rsid w:val="00C557F6"/>
     <w:rsid w:val="00C55864"/>
-    <w:rsid w:val="00C55C80"/>
+    <w:rsid w:val="00C55CE1"/>
     <w:rsid w:val="00C55ECE"/>
+    <w:rsid w:val="00C5637A"/>
     <w:rsid w:val="00C567EE"/>
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
-    <w:rsid w:val="00C56ECB"/>
     <w:rsid w:val="00C56F96"/>
-    <w:rsid w:val="00C5703E"/>
+    <w:rsid w:val="00C570C5"/>
+    <w:rsid w:val="00C570F2"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
-    <w:rsid w:val="00C60012"/>
-    <w:rsid w:val="00C60320"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
+    <w:rsid w:val="00C611F0"/>
+    <w:rsid w:val="00C6177E"/>
     <w:rsid w:val="00C61A5C"/>
-    <w:rsid w:val="00C61FC4"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
-    <w:rsid w:val="00C63466"/>
+    <w:rsid w:val="00C63BAD"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
+    <w:rsid w:val="00C649C0"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
+    <w:rsid w:val="00C6578A"/>
     <w:rsid w:val="00C6715F"/>
+    <w:rsid w:val="00C674DC"/>
+    <w:rsid w:val="00C67564"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
-    <w:rsid w:val="00C7030A"/>
+    <w:rsid w:val="00C708F6"/>
     <w:rsid w:val="00C70A4C"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
-    <w:rsid w:val="00C71562"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
+    <w:rsid w:val="00C73C16"/>
     <w:rsid w:val="00C74A6A"/>
     <w:rsid w:val="00C74DB0"/>
     <w:rsid w:val="00C755ED"/>
     <w:rsid w:val="00C75914"/>
     <w:rsid w:val="00C759B2"/>
     <w:rsid w:val="00C75D6D"/>
+    <w:rsid w:val="00C75DB5"/>
     <w:rsid w:val="00C764DD"/>
     <w:rsid w:val="00C769C8"/>
+    <w:rsid w:val="00C76B10"/>
     <w:rsid w:val="00C76C87"/>
     <w:rsid w:val="00C77C15"/>
-    <w:rsid w:val="00C80043"/>
+    <w:rsid w:val="00C77FDB"/>
     <w:rsid w:val="00C80375"/>
     <w:rsid w:val="00C8057F"/>
-    <w:rsid w:val="00C805CC"/>
     <w:rsid w:val="00C80750"/>
     <w:rsid w:val="00C80D9B"/>
     <w:rsid w:val="00C8141C"/>
     <w:rsid w:val="00C818D3"/>
     <w:rsid w:val="00C81A37"/>
     <w:rsid w:val="00C81BC3"/>
     <w:rsid w:val="00C81C28"/>
-    <w:rsid w:val="00C8230B"/>
     <w:rsid w:val="00C8263B"/>
     <w:rsid w:val="00C8294A"/>
     <w:rsid w:val="00C82A99"/>
-    <w:rsid w:val="00C832F4"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00C833FC"/>
     <w:rsid w:val="00C837D4"/>
     <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C85213"/>
+    <w:rsid w:val="00C8598E"/>
+    <w:rsid w:val="00C85C2D"/>
     <w:rsid w:val="00C85EA4"/>
     <w:rsid w:val="00C86429"/>
     <w:rsid w:val="00C86C88"/>
     <w:rsid w:val="00C86E35"/>
+    <w:rsid w:val="00C870C5"/>
     <w:rsid w:val="00C87295"/>
     <w:rsid w:val="00C87F12"/>
     <w:rsid w:val="00C87FC9"/>
     <w:rsid w:val="00C902FB"/>
+    <w:rsid w:val="00C903FD"/>
+    <w:rsid w:val="00C90E5A"/>
+    <w:rsid w:val="00C90E6E"/>
     <w:rsid w:val="00C9106D"/>
-    <w:rsid w:val="00C912A2"/>
     <w:rsid w:val="00C91368"/>
+    <w:rsid w:val="00C91B65"/>
     <w:rsid w:val="00C9213E"/>
+    <w:rsid w:val="00C9214F"/>
     <w:rsid w:val="00C92578"/>
     <w:rsid w:val="00C92632"/>
     <w:rsid w:val="00C93B80"/>
+    <w:rsid w:val="00C93DFE"/>
     <w:rsid w:val="00C94170"/>
     <w:rsid w:val="00C942A0"/>
+    <w:rsid w:val="00C9452E"/>
+    <w:rsid w:val="00C94898"/>
+    <w:rsid w:val="00C94A10"/>
     <w:rsid w:val="00C94A6E"/>
     <w:rsid w:val="00C94A92"/>
     <w:rsid w:val="00C94AEA"/>
-    <w:rsid w:val="00C94DC2"/>
     <w:rsid w:val="00C951AA"/>
     <w:rsid w:val="00C956B9"/>
     <w:rsid w:val="00C95903"/>
     <w:rsid w:val="00C95AE5"/>
-    <w:rsid w:val="00C96AF3"/>
+    <w:rsid w:val="00C963D1"/>
     <w:rsid w:val="00C96C5D"/>
     <w:rsid w:val="00C96F5B"/>
     <w:rsid w:val="00C96FCF"/>
     <w:rsid w:val="00C96FD3"/>
-    <w:rsid w:val="00C9730D"/>
     <w:rsid w:val="00C9757A"/>
     <w:rsid w:val="00C977DC"/>
+    <w:rsid w:val="00CA0059"/>
+    <w:rsid w:val="00CA02EC"/>
     <w:rsid w:val="00CA04C9"/>
     <w:rsid w:val="00CA0B28"/>
     <w:rsid w:val="00CA0D58"/>
+    <w:rsid w:val="00CA0DC3"/>
     <w:rsid w:val="00CA1405"/>
     <w:rsid w:val="00CA16D1"/>
     <w:rsid w:val="00CA16E0"/>
     <w:rsid w:val="00CA1918"/>
     <w:rsid w:val="00CA1A36"/>
+    <w:rsid w:val="00CA1D4C"/>
     <w:rsid w:val="00CA203B"/>
+    <w:rsid w:val="00CA243B"/>
+    <w:rsid w:val="00CA258A"/>
     <w:rsid w:val="00CA2779"/>
     <w:rsid w:val="00CA2FD5"/>
     <w:rsid w:val="00CA30A4"/>
     <w:rsid w:val="00CA30E4"/>
     <w:rsid w:val="00CA35F3"/>
     <w:rsid w:val="00CA36E7"/>
-    <w:rsid w:val="00CA36F0"/>
     <w:rsid w:val="00CA381B"/>
     <w:rsid w:val="00CA3F4D"/>
     <w:rsid w:val="00CA411C"/>
+    <w:rsid w:val="00CA4C3A"/>
     <w:rsid w:val="00CA4DFD"/>
     <w:rsid w:val="00CA4E94"/>
-    <w:rsid w:val="00CA529E"/>
     <w:rsid w:val="00CA542A"/>
     <w:rsid w:val="00CA58AB"/>
     <w:rsid w:val="00CA6586"/>
     <w:rsid w:val="00CA6641"/>
     <w:rsid w:val="00CA6DF2"/>
+    <w:rsid w:val="00CA72C8"/>
     <w:rsid w:val="00CA74C6"/>
+    <w:rsid w:val="00CA7992"/>
     <w:rsid w:val="00CA7AB6"/>
     <w:rsid w:val="00CA7F6E"/>
     <w:rsid w:val="00CB00F2"/>
+    <w:rsid w:val="00CB0191"/>
+    <w:rsid w:val="00CB0DE4"/>
     <w:rsid w:val="00CB1034"/>
     <w:rsid w:val="00CB10A5"/>
     <w:rsid w:val="00CB12EB"/>
     <w:rsid w:val="00CB2CDD"/>
+    <w:rsid w:val="00CB2E2F"/>
+    <w:rsid w:val="00CB30C6"/>
     <w:rsid w:val="00CB33D7"/>
     <w:rsid w:val="00CB33FC"/>
     <w:rsid w:val="00CB360A"/>
     <w:rsid w:val="00CB3696"/>
     <w:rsid w:val="00CB3F07"/>
     <w:rsid w:val="00CB4FF1"/>
     <w:rsid w:val="00CB5AFC"/>
     <w:rsid w:val="00CB5B5C"/>
+    <w:rsid w:val="00CB5C5C"/>
+    <w:rsid w:val="00CB5FCD"/>
     <w:rsid w:val="00CB61C4"/>
     <w:rsid w:val="00CB6BA8"/>
     <w:rsid w:val="00CB7E21"/>
+    <w:rsid w:val="00CB7F39"/>
+    <w:rsid w:val="00CC0BE2"/>
     <w:rsid w:val="00CC1B02"/>
     <w:rsid w:val="00CC2001"/>
     <w:rsid w:val="00CC258E"/>
     <w:rsid w:val="00CC2B3B"/>
     <w:rsid w:val="00CC2BB3"/>
     <w:rsid w:val="00CC2D61"/>
     <w:rsid w:val="00CC3014"/>
+    <w:rsid w:val="00CC30F2"/>
     <w:rsid w:val="00CC3513"/>
     <w:rsid w:val="00CC367A"/>
-    <w:rsid w:val="00CC3E69"/>
+    <w:rsid w:val="00CC38BA"/>
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
+    <w:rsid w:val="00CC5DA5"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
+    <w:rsid w:val="00CC6BEF"/>
+    <w:rsid w:val="00CC7F28"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
+    <w:rsid w:val="00CD0682"/>
     <w:rsid w:val="00CD0F08"/>
-    <w:rsid w:val="00CD191C"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD2D00"/>
+    <w:rsid w:val="00CD31EF"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
-    <w:rsid w:val="00CD451E"/>
+    <w:rsid w:val="00CD43D9"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
-    <w:rsid w:val="00CD48B9"/>
-    <w:rsid w:val="00CD5776"/>
+    <w:rsid w:val="00CD4CC6"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
+    <w:rsid w:val="00CD6AC7"/>
+    <w:rsid w:val="00CD6B0B"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
+    <w:rsid w:val="00CE16B5"/>
+    <w:rsid w:val="00CE17D2"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
-    <w:rsid w:val="00CE21D2"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
+    <w:rsid w:val="00CE363C"/>
+    <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
-    <w:rsid w:val="00CE44AD"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
+    <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
+    <w:rsid w:val="00CE6D9A"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
+    <w:rsid w:val="00CF03A2"/>
+    <w:rsid w:val="00CF04CB"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
+    <w:rsid w:val="00CF2009"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
+    <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
+    <w:rsid w:val="00CF5988"/>
+    <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
+    <w:rsid w:val="00CF63AB"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
+    <w:rsid w:val="00CF78D8"/>
     <w:rsid w:val="00D0099F"/>
+    <w:rsid w:val="00D00B75"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
+    <w:rsid w:val="00D03565"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
-    <w:rsid w:val="00D05B32"/>
+    <w:rsid w:val="00D0623B"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
+    <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
-    <w:rsid w:val="00D12E5C"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D70"/>
+    <w:rsid w:val="00D14276"/>
     <w:rsid w:val="00D14D61"/>
+    <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
+    <w:rsid w:val="00D15E08"/>
     <w:rsid w:val="00D15E47"/>
+    <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
+    <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
-    <w:rsid w:val="00D176C3"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
+    <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
+    <w:rsid w:val="00D22097"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
     <w:rsid w:val="00D2340D"/>
     <w:rsid w:val="00D234B2"/>
     <w:rsid w:val="00D235AD"/>
     <w:rsid w:val="00D2376E"/>
     <w:rsid w:val="00D24256"/>
     <w:rsid w:val="00D24B5F"/>
+    <w:rsid w:val="00D24FD4"/>
     <w:rsid w:val="00D2576A"/>
     <w:rsid w:val="00D25D2C"/>
-    <w:rsid w:val="00D26861"/>
-    <w:rsid w:val="00D26A09"/>
+    <w:rsid w:val="00D26A70"/>
     <w:rsid w:val="00D26A9B"/>
     <w:rsid w:val="00D26EF8"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D3045F"/>
+    <w:rsid w:val="00D30589"/>
     <w:rsid w:val="00D306A7"/>
-    <w:rsid w:val="00D31F34"/>
+    <w:rsid w:val="00D318C3"/>
+    <w:rsid w:val="00D31D64"/>
     <w:rsid w:val="00D321FA"/>
+    <w:rsid w:val="00D321FD"/>
+    <w:rsid w:val="00D325A1"/>
+    <w:rsid w:val="00D3296C"/>
+    <w:rsid w:val="00D332F1"/>
     <w:rsid w:val="00D3369B"/>
+    <w:rsid w:val="00D33A14"/>
     <w:rsid w:val="00D33BDB"/>
     <w:rsid w:val="00D3430F"/>
     <w:rsid w:val="00D346D1"/>
     <w:rsid w:val="00D347CD"/>
     <w:rsid w:val="00D34DCA"/>
     <w:rsid w:val="00D353AA"/>
     <w:rsid w:val="00D35A46"/>
     <w:rsid w:val="00D35D05"/>
     <w:rsid w:val="00D362F3"/>
     <w:rsid w:val="00D365FE"/>
     <w:rsid w:val="00D37E5D"/>
     <w:rsid w:val="00D40131"/>
     <w:rsid w:val="00D402EF"/>
     <w:rsid w:val="00D4030A"/>
+    <w:rsid w:val="00D403F6"/>
     <w:rsid w:val="00D40553"/>
+    <w:rsid w:val="00D405E8"/>
     <w:rsid w:val="00D40E02"/>
     <w:rsid w:val="00D40F23"/>
     <w:rsid w:val="00D41841"/>
-    <w:rsid w:val="00D41D96"/>
     <w:rsid w:val="00D4215A"/>
     <w:rsid w:val="00D424EB"/>
-    <w:rsid w:val="00D42E60"/>
     <w:rsid w:val="00D4339C"/>
     <w:rsid w:val="00D43604"/>
     <w:rsid w:val="00D4391D"/>
     <w:rsid w:val="00D439B8"/>
     <w:rsid w:val="00D43A61"/>
     <w:rsid w:val="00D43B59"/>
     <w:rsid w:val="00D43CEC"/>
     <w:rsid w:val="00D445B1"/>
+    <w:rsid w:val="00D4464F"/>
     <w:rsid w:val="00D447A7"/>
     <w:rsid w:val="00D448FC"/>
+    <w:rsid w:val="00D44D92"/>
+    <w:rsid w:val="00D45329"/>
+    <w:rsid w:val="00D45C95"/>
     <w:rsid w:val="00D46323"/>
     <w:rsid w:val="00D4659E"/>
+    <w:rsid w:val="00D468B0"/>
     <w:rsid w:val="00D47118"/>
     <w:rsid w:val="00D47408"/>
     <w:rsid w:val="00D5048A"/>
     <w:rsid w:val="00D50C28"/>
     <w:rsid w:val="00D51754"/>
+    <w:rsid w:val="00D51D8D"/>
     <w:rsid w:val="00D5235C"/>
     <w:rsid w:val="00D5248D"/>
     <w:rsid w:val="00D52BC4"/>
     <w:rsid w:val="00D52DB7"/>
     <w:rsid w:val="00D52DED"/>
-    <w:rsid w:val="00D53D32"/>
+    <w:rsid w:val="00D52E0B"/>
+    <w:rsid w:val="00D53B2A"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
-    <w:rsid w:val="00D55897"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
+    <w:rsid w:val="00D57678"/>
     <w:rsid w:val="00D57708"/>
+    <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
-    <w:rsid w:val="00D604C2"/>
+    <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
+    <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
+    <w:rsid w:val="00D619AA"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
-    <w:rsid w:val="00D628CC"/>
+    <w:rsid w:val="00D628A1"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
-    <w:rsid w:val="00D632F6"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
+    <w:rsid w:val="00D649DE"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
+    <w:rsid w:val="00D67595"/>
+    <w:rsid w:val="00D67C28"/>
+    <w:rsid w:val="00D70C5C"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
+    <w:rsid w:val="00D72E66"/>
     <w:rsid w:val="00D7367A"/>
-    <w:rsid w:val="00D73AA0"/>
+    <w:rsid w:val="00D73AD9"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
-    <w:rsid w:val="00D747DC"/>
+    <w:rsid w:val="00D7449E"/>
+    <w:rsid w:val="00D7510B"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
-    <w:rsid w:val="00D7654C"/>
+    <w:rsid w:val="00D76D85"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
-    <w:rsid w:val="00D775B5"/>
     <w:rsid w:val="00D77907"/>
     <w:rsid w:val="00D77ACD"/>
+    <w:rsid w:val="00D77E1B"/>
     <w:rsid w:val="00D77F0B"/>
     <w:rsid w:val="00D801DF"/>
     <w:rsid w:val="00D80261"/>
-    <w:rsid w:val="00D80738"/>
     <w:rsid w:val="00D80749"/>
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
+    <w:rsid w:val="00D813D2"/>
     <w:rsid w:val="00D81C7E"/>
+    <w:rsid w:val="00D81D77"/>
     <w:rsid w:val="00D81E4E"/>
+    <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
-    <w:rsid w:val="00D834B8"/>
+    <w:rsid w:val="00D8384B"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
-    <w:rsid w:val="00D85EF5"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
-    <w:rsid w:val="00D9107A"/>
+    <w:rsid w:val="00D87E6F"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
     <w:rsid w:val="00D93081"/>
+    <w:rsid w:val="00D933AC"/>
     <w:rsid w:val="00D93B0C"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FED"/>
     <w:rsid w:val="00D95373"/>
+    <w:rsid w:val="00D95579"/>
     <w:rsid w:val="00D958F1"/>
-    <w:rsid w:val="00D95AF6"/>
+    <w:rsid w:val="00D95C7F"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
+    <w:rsid w:val="00D97551"/>
     <w:rsid w:val="00D9774C"/>
     <w:rsid w:val="00DA0204"/>
     <w:rsid w:val="00DA030C"/>
+    <w:rsid w:val="00DA0C01"/>
     <w:rsid w:val="00DA0DAA"/>
+    <w:rsid w:val="00DA0EE7"/>
     <w:rsid w:val="00DA1973"/>
     <w:rsid w:val="00DA1E2F"/>
     <w:rsid w:val="00DA1EA5"/>
-    <w:rsid w:val="00DA202D"/>
     <w:rsid w:val="00DA2039"/>
     <w:rsid w:val="00DA28D8"/>
     <w:rsid w:val="00DA2CC8"/>
     <w:rsid w:val="00DA2FC9"/>
     <w:rsid w:val="00DA32ED"/>
     <w:rsid w:val="00DA38F8"/>
     <w:rsid w:val="00DA3D2C"/>
+    <w:rsid w:val="00DA3FD7"/>
     <w:rsid w:val="00DA4146"/>
     <w:rsid w:val="00DA455F"/>
     <w:rsid w:val="00DA459F"/>
+    <w:rsid w:val="00DA4C36"/>
     <w:rsid w:val="00DA4E51"/>
-    <w:rsid w:val="00DA508B"/>
     <w:rsid w:val="00DA5946"/>
     <w:rsid w:val="00DA5AD5"/>
     <w:rsid w:val="00DA5BC9"/>
     <w:rsid w:val="00DA632C"/>
     <w:rsid w:val="00DA7827"/>
     <w:rsid w:val="00DA7A54"/>
+    <w:rsid w:val="00DA7B49"/>
     <w:rsid w:val="00DA7EAA"/>
     <w:rsid w:val="00DB009B"/>
     <w:rsid w:val="00DB0221"/>
     <w:rsid w:val="00DB048F"/>
     <w:rsid w:val="00DB04D0"/>
     <w:rsid w:val="00DB077A"/>
-    <w:rsid w:val="00DB091B"/>
+    <w:rsid w:val="00DB090C"/>
     <w:rsid w:val="00DB1EC2"/>
     <w:rsid w:val="00DB254B"/>
     <w:rsid w:val="00DB2DC7"/>
     <w:rsid w:val="00DB321B"/>
     <w:rsid w:val="00DB33F1"/>
+    <w:rsid w:val="00DB3964"/>
     <w:rsid w:val="00DB3A14"/>
     <w:rsid w:val="00DB4178"/>
+    <w:rsid w:val="00DB5AD4"/>
     <w:rsid w:val="00DB5D77"/>
     <w:rsid w:val="00DB6094"/>
-    <w:rsid w:val="00DB66A6"/>
+    <w:rsid w:val="00DB6557"/>
+    <w:rsid w:val="00DB65CC"/>
+    <w:rsid w:val="00DB7558"/>
+    <w:rsid w:val="00DB7790"/>
     <w:rsid w:val="00DB7BE1"/>
     <w:rsid w:val="00DB7FFE"/>
     <w:rsid w:val="00DC0042"/>
     <w:rsid w:val="00DC029D"/>
-    <w:rsid w:val="00DC0A86"/>
     <w:rsid w:val="00DC0DCF"/>
     <w:rsid w:val="00DC0E3B"/>
     <w:rsid w:val="00DC1A07"/>
     <w:rsid w:val="00DC1D0E"/>
     <w:rsid w:val="00DC2105"/>
     <w:rsid w:val="00DC2900"/>
     <w:rsid w:val="00DC2B56"/>
-    <w:rsid w:val="00DC315B"/>
+    <w:rsid w:val="00DC2C68"/>
+    <w:rsid w:val="00DC300A"/>
     <w:rsid w:val="00DC36F0"/>
     <w:rsid w:val="00DC3D3F"/>
+    <w:rsid w:val="00DC3DF1"/>
     <w:rsid w:val="00DC4074"/>
+    <w:rsid w:val="00DC4292"/>
     <w:rsid w:val="00DC450E"/>
+    <w:rsid w:val="00DC47E6"/>
+    <w:rsid w:val="00DC48F0"/>
+    <w:rsid w:val="00DC5113"/>
     <w:rsid w:val="00DC5230"/>
     <w:rsid w:val="00DC56C0"/>
     <w:rsid w:val="00DC5830"/>
     <w:rsid w:val="00DC5CC1"/>
+    <w:rsid w:val="00DC6031"/>
     <w:rsid w:val="00DC6078"/>
+    <w:rsid w:val="00DC62D3"/>
+    <w:rsid w:val="00DC6645"/>
     <w:rsid w:val="00DC6930"/>
     <w:rsid w:val="00DC71BD"/>
-    <w:rsid w:val="00DC7A03"/>
+    <w:rsid w:val="00DC74D4"/>
     <w:rsid w:val="00DC7B5F"/>
     <w:rsid w:val="00DD0065"/>
     <w:rsid w:val="00DD0432"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DD24A4"/>
     <w:rsid w:val="00DD28DB"/>
     <w:rsid w:val="00DD2D97"/>
     <w:rsid w:val="00DD2DF9"/>
     <w:rsid w:val="00DD2FD3"/>
     <w:rsid w:val="00DD2FE9"/>
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
+    <w:rsid w:val="00DD384C"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
+    <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
+    <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
-    <w:rsid w:val="00DD6BE1"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
+    <w:rsid w:val="00DE1052"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1E47"/>
     <w:rsid w:val="00DE24F3"/>
+    <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
-    <w:rsid w:val="00DE3A0A"/>
+    <w:rsid w:val="00DE4216"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
     <w:rsid w:val="00DE4DCC"/>
     <w:rsid w:val="00DE584D"/>
     <w:rsid w:val="00DE5CEA"/>
     <w:rsid w:val="00DE5EA6"/>
     <w:rsid w:val="00DE6899"/>
-    <w:rsid w:val="00DE7B82"/>
     <w:rsid w:val="00DE7F26"/>
     <w:rsid w:val="00DF0062"/>
     <w:rsid w:val="00DF05D5"/>
     <w:rsid w:val="00DF0674"/>
+    <w:rsid w:val="00DF0B69"/>
     <w:rsid w:val="00DF0E96"/>
     <w:rsid w:val="00DF10E4"/>
     <w:rsid w:val="00DF166B"/>
-    <w:rsid w:val="00DF1E81"/>
     <w:rsid w:val="00DF2189"/>
+    <w:rsid w:val="00DF23A0"/>
+    <w:rsid w:val="00DF27BA"/>
     <w:rsid w:val="00DF2D65"/>
+    <w:rsid w:val="00DF30A8"/>
+    <w:rsid w:val="00DF3644"/>
     <w:rsid w:val="00DF39A6"/>
     <w:rsid w:val="00DF3E00"/>
-    <w:rsid w:val="00DF46EA"/>
     <w:rsid w:val="00DF5F40"/>
+    <w:rsid w:val="00DF608A"/>
     <w:rsid w:val="00DF662D"/>
     <w:rsid w:val="00DF6A43"/>
+    <w:rsid w:val="00DF6BD4"/>
+    <w:rsid w:val="00DF7803"/>
+    <w:rsid w:val="00DF780E"/>
     <w:rsid w:val="00DF7992"/>
     <w:rsid w:val="00E00000"/>
     <w:rsid w:val="00E006A5"/>
     <w:rsid w:val="00E009A3"/>
-    <w:rsid w:val="00E0117D"/>
     <w:rsid w:val="00E01644"/>
     <w:rsid w:val="00E01DD0"/>
     <w:rsid w:val="00E01E86"/>
+    <w:rsid w:val="00E01E9D"/>
+    <w:rsid w:val="00E025FF"/>
     <w:rsid w:val="00E02790"/>
+    <w:rsid w:val="00E02A9D"/>
     <w:rsid w:val="00E02DCD"/>
-    <w:rsid w:val="00E037CD"/>
+    <w:rsid w:val="00E03487"/>
     <w:rsid w:val="00E03C59"/>
     <w:rsid w:val="00E04B37"/>
     <w:rsid w:val="00E050B1"/>
     <w:rsid w:val="00E0530D"/>
+    <w:rsid w:val="00E055B2"/>
     <w:rsid w:val="00E0574D"/>
     <w:rsid w:val="00E06290"/>
     <w:rsid w:val="00E0688A"/>
-    <w:rsid w:val="00E06D85"/>
     <w:rsid w:val="00E07391"/>
     <w:rsid w:val="00E07673"/>
     <w:rsid w:val="00E07D26"/>
     <w:rsid w:val="00E07E56"/>
-    <w:rsid w:val="00E07FB7"/>
     <w:rsid w:val="00E101FC"/>
+    <w:rsid w:val="00E103B3"/>
     <w:rsid w:val="00E10877"/>
+    <w:rsid w:val="00E10891"/>
+    <w:rsid w:val="00E109DE"/>
     <w:rsid w:val="00E10CB0"/>
     <w:rsid w:val="00E10CB2"/>
-    <w:rsid w:val="00E111EE"/>
     <w:rsid w:val="00E11493"/>
     <w:rsid w:val="00E116C2"/>
     <w:rsid w:val="00E11B55"/>
+    <w:rsid w:val="00E11E30"/>
     <w:rsid w:val="00E12243"/>
     <w:rsid w:val="00E124C1"/>
     <w:rsid w:val="00E12E99"/>
     <w:rsid w:val="00E12EE1"/>
     <w:rsid w:val="00E135BE"/>
-    <w:rsid w:val="00E14891"/>
+    <w:rsid w:val="00E1382D"/>
     <w:rsid w:val="00E148FF"/>
     <w:rsid w:val="00E15670"/>
     <w:rsid w:val="00E15966"/>
-    <w:rsid w:val="00E1628F"/>
     <w:rsid w:val="00E163E2"/>
     <w:rsid w:val="00E17219"/>
-    <w:rsid w:val="00E179E4"/>
+    <w:rsid w:val="00E17E6B"/>
     <w:rsid w:val="00E20893"/>
-    <w:rsid w:val="00E20FB1"/>
+    <w:rsid w:val="00E21CC3"/>
     <w:rsid w:val="00E21DA4"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
-    <w:rsid w:val="00E23E2D"/>
+    <w:rsid w:val="00E22DFB"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
+    <w:rsid w:val="00E262A1"/>
     <w:rsid w:val="00E262B2"/>
-    <w:rsid w:val="00E264A5"/>
+    <w:rsid w:val="00E26609"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
-    <w:rsid w:val="00E319F2"/>
+    <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
+    <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
+    <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
-    <w:rsid w:val="00E36244"/>
+    <w:rsid w:val="00E365B8"/>
     <w:rsid w:val="00E37447"/>
-    <w:rsid w:val="00E3776E"/>
     <w:rsid w:val="00E3784A"/>
+    <w:rsid w:val="00E37E18"/>
     <w:rsid w:val="00E4037B"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
-    <w:rsid w:val="00E41C5F"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
+    <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
-    <w:rsid w:val="00E44C80"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
+    <w:rsid w:val="00E45D54"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
-    <w:rsid w:val="00E50C98"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E5125C"/>
     <w:rsid w:val="00E51D03"/>
     <w:rsid w:val="00E51F06"/>
     <w:rsid w:val="00E52167"/>
     <w:rsid w:val="00E52312"/>
     <w:rsid w:val="00E523CF"/>
     <w:rsid w:val="00E53092"/>
     <w:rsid w:val="00E53E55"/>
     <w:rsid w:val="00E54235"/>
     <w:rsid w:val="00E54275"/>
     <w:rsid w:val="00E54602"/>
     <w:rsid w:val="00E54801"/>
     <w:rsid w:val="00E548FF"/>
     <w:rsid w:val="00E54D0E"/>
-    <w:rsid w:val="00E55138"/>
-    <w:rsid w:val="00E5540C"/>
     <w:rsid w:val="00E55A13"/>
     <w:rsid w:val="00E55AAB"/>
+    <w:rsid w:val="00E55DBB"/>
     <w:rsid w:val="00E55DBC"/>
+    <w:rsid w:val="00E55F87"/>
+    <w:rsid w:val="00E56042"/>
     <w:rsid w:val="00E56BE6"/>
     <w:rsid w:val="00E56F05"/>
     <w:rsid w:val="00E56F86"/>
     <w:rsid w:val="00E5713C"/>
     <w:rsid w:val="00E571FB"/>
+    <w:rsid w:val="00E57289"/>
     <w:rsid w:val="00E5746E"/>
     <w:rsid w:val="00E57C91"/>
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
+    <w:rsid w:val="00E607AD"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E60F88"/>
     <w:rsid w:val="00E61AFA"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E62420"/>
     <w:rsid w:val="00E624E8"/>
     <w:rsid w:val="00E62939"/>
     <w:rsid w:val="00E62AB6"/>
     <w:rsid w:val="00E62B70"/>
     <w:rsid w:val="00E62F63"/>
     <w:rsid w:val="00E63032"/>
+    <w:rsid w:val="00E630EA"/>
     <w:rsid w:val="00E63474"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E63562"/>
+    <w:rsid w:val="00E638F6"/>
     <w:rsid w:val="00E6393A"/>
     <w:rsid w:val="00E63C93"/>
     <w:rsid w:val="00E63DD0"/>
     <w:rsid w:val="00E643BF"/>
-    <w:rsid w:val="00E65B99"/>
+    <w:rsid w:val="00E65272"/>
     <w:rsid w:val="00E669BA"/>
     <w:rsid w:val="00E66EAC"/>
     <w:rsid w:val="00E701E0"/>
     <w:rsid w:val="00E706D4"/>
     <w:rsid w:val="00E708D5"/>
-    <w:rsid w:val="00E71E0B"/>
+    <w:rsid w:val="00E70D5A"/>
     <w:rsid w:val="00E71F5E"/>
     <w:rsid w:val="00E7249E"/>
+    <w:rsid w:val="00E7265E"/>
     <w:rsid w:val="00E72943"/>
     <w:rsid w:val="00E73574"/>
     <w:rsid w:val="00E7373F"/>
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E73B4C"/>
     <w:rsid w:val="00E73CDC"/>
     <w:rsid w:val="00E73ED3"/>
     <w:rsid w:val="00E741B4"/>
     <w:rsid w:val="00E7435B"/>
     <w:rsid w:val="00E746F5"/>
     <w:rsid w:val="00E748DF"/>
     <w:rsid w:val="00E74989"/>
     <w:rsid w:val="00E752B2"/>
+    <w:rsid w:val="00E7555A"/>
     <w:rsid w:val="00E75853"/>
+    <w:rsid w:val="00E75CFF"/>
     <w:rsid w:val="00E77B47"/>
     <w:rsid w:val="00E801E6"/>
     <w:rsid w:val="00E806E6"/>
     <w:rsid w:val="00E80851"/>
+    <w:rsid w:val="00E80DA1"/>
     <w:rsid w:val="00E810BA"/>
     <w:rsid w:val="00E815A8"/>
     <w:rsid w:val="00E816BD"/>
-    <w:rsid w:val="00E8192C"/>
     <w:rsid w:val="00E8195C"/>
     <w:rsid w:val="00E81B4E"/>
+    <w:rsid w:val="00E820F7"/>
     <w:rsid w:val="00E8235E"/>
     <w:rsid w:val="00E82C24"/>
+    <w:rsid w:val="00E82D9A"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E8347B"/>
     <w:rsid w:val="00E83484"/>
+    <w:rsid w:val="00E84D04"/>
     <w:rsid w:val="00E85370"/>
+    <w:rsid w:val="00E85735"/>
+    <w:rsid w:val="00E857D6"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
-    <w:rsid w:val="00E85ACD"/>
     <w:rsid w:val="00E85CDF"/>
     <w:rsid w:val="00E870A4"/>
+    <w:rsid w:val="00E871C5"/>
     <w:rsid w:val="00E87947"/>
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
-    <w:rsid w:val="00E90DD4"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
     <w:rsid w:val="00E928F6"/>
-    <w:rsid w:val="00E92B1C"/>
-    <w:rsid w:val="00E92E0B"/>
+    <w:rsid w:val="00E93701"/>
     <w:rsid w:val="00E946C2"/>
+    <w:rsid w:val="00E9505D"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
     <w:rsid w:val="00E95DE1"/>
     <w:rsid w:val="00E95F46"/>
     <w:rsid w:val="00E965AA"/>
     <w:rsid w:val="00E968DA"/>
+    <w:rsid w:val="00E96D43"/>
     <w:rsid w:val="00E9749F"/>
     <w:rsid w:val="00E976C1"/>
     <w:rsid w:val="00E97BB0"/>
+    <w:rsid w:val="00E97DDB"/>
     <w:rsid w:val="00EA0089"/>
-    <w:rsid w:val="00EA025A"/>
     <w:rsid w:val="00EA06C5"/>
-    <w:rsid w:val="00EA0B48"/>
     <w:rsid w:val="00EA193C"/>
     <w:rsid w:val="00EA1E44"/>
+    <w:rsid w:val="00EA1EB4"/>
+    <w:rsid w:val="00EA20F9"/>
     <w:rsid w:val="00EA22DE"/>
+    <w:rsid w:val="00EA26D7"/>
+    <w:rsid w:val="00EA26FF"/>
     <w:rsid w:val="00EA2A5D"/>
     <w:rsid w:val="00EA2CDA"/>
     <w:rsid w:val="00EA2D03"/>
+    <w:rsid w:val="00EA2DBB"/>
     <w:rsid w:val="00EA2E2E"/>
     <w:rsid w:val="00EA2EC6"/>
     <w:rsid w:val="00EA2F32"/>
     <w:rsid w:val="00EA3067"/>
     <w:rsid w:val="00EA3325"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3448"/>
     <w:rsid w:val="00EA4434"/>
     <w:rsid w:val="00EA4465"/>
     <w:rsid w:val="00EA455C"/>
+    <w:rsid w:val="00EA4812"/>
+    <w:rsid w:val="00EA49A2"/>
+    <w:rsid w:val="00EA4D16"/>
+    <w:rsid w:val="00EA4D40"/>
     <w:rsid w:val="00EA4F7C"/>
     <w:rsid w:val="00EA5B7E"/>
     <w:rsid w:val="00EA5E67"/>
     <w:rsid w:val="00EA6671"/>
+    <w:rsid w:val="00EA6A15"/>
     <w:rsid w:val="00EA6CB9"/>
     <w:rsid w:val="00EA6D22"/>
     <w:rsid w:val="00EA7C3E"/>
     <w:rsid w:val="00EA7CAA"/>
     <w:rsid w:val="00EB01AC"/>
     <w:rsid w:val="00EB01C8"/>
-    <w:rsid w:val="00EB042B"/>
+    <w:rsid w:val="00EB246E"/>
     <w:rsid w:val="00EB27BA"/>
     <w:rsid w:val="00EB29AA"/>
     <w:rsid w:val="00EB3354"/>
     <w:rsid w:val="00EB3613"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EB396E"/>
     <w:rsid w:val="00EB3D2D"/>
-    <w:rsid w:val="00EB40FB"/>
+    <w:rsid w:val="00EB461D"/>
+    <w:rsid w:val="00EB4EBA"/>
     <w:rsid w:val="00EB5458"/>
     <w:rsid w:val="00EB551D"/>
     <w:rsid w:val="00EB5616"/>
     <w:rsid w:val="00EB5EF0"/>
     <w:rsid w:val="00EB66F5"/>
     <w:rsid w:val="00EB6774"/>
     <w:rsid w:val="00EB6967"/>
     <w:rsid w:val="00EB69E1"/>
     <w:rsid w:val="00EB6EE8"/>
-    <w:rsid w:val="00EB77A0"/>
     <w:rsid w:val="00EC00E9"/>
     <w:rsid w:val="00EC03A8"/>
     <w:rsid w:val="00EC0435"/>
     <w:rsid w:val="00EC04C3"/>
     <w:rsid w:val="00EC0842"/>
     <w:rsid w:val="00EC09EE"/>
     <w:rsid w:val="00EC1F0E"/>
     <w:rsid w:val="00EC215D"/>
     <w:rsid w:val="00EC21AD"/>
     <w:rsid w:val="00EC24DF"/>
+    <w:rsid w:val="00EC2629"/>
+    <w:rsid w:val="00EC2941"/>
     <w:rsid w:val="00EC2BCB"/>
+    <w:rsid w:val="00EC3055"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
-    <w:rsid w:val="00EC4A35"/>
+    <w:rsid w:val="00EC4044"/>
     <w:rsid w:val="00EC4AE8"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
+    <w:rsid w:val="00EC67F3"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
+    <w:rsid w:val="00EC6DFC"/>
     <w:rsid w:val="00EC73CF"/>
-    <w:rsid w:val="00EC742A"/>
-    <w:rsid w:val="00EC74CD"/>
     <w:rsid w:val="00ED150D"/>
     <w:rsid w:val="00ED195A"/>
+    <w:rsid w:val="00ED1C51"/>
+    <w:rsid w:val="00ED2118"/>
     <w:rsid w:val="00ED2378"/>
+    <w:rsid w:val="00ED285F"/>
     <w:rsid w:val="00ED2E9B"/>
+    <w:rsid w:val="00ED4906"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
+    <w:rsid w:val="00ED6956"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
     <w:rsid w:val="00EE0DAF"/>
-    <w:rsid w:val="00EE0F62"/>
+    <w:rsid w:val="00EE0E1F"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EE285C"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
+    <w:rsid w:val="00EE2E5E"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
+    <w:rsid w:val="00EE4869"/>
     <w:rsid w:val="00EE4960"/>
-    <w:rsid w:val="00EE49A4"/>
     <w:rsid w:val="00EE49AA"/>
     <w:rsid w:val="00EE4A24"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4CFD"/>
     <w:rsid w:val="00EE4E4F"/>
     <w:rsid w:val="00EE60CC"/>
-    <w:rsid w:val="00EE64F0"/>
+    <w:rsid w:val="00EE648E"/>
+    <w:rsid w:val="00EE6593"/>
+    <w:rsid w:val="00EE6A61"/>
     <w:rsid w:val="00EE6B2A"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rsid w:val="00EE6E6A"/>
     <w:rsid w:val="00EE6FA2"/>
     <w:rsid w:val="00EE72CC"/>
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
-    <w:rsid w:val="00EF0DD4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF15CC"/>
+    <w:rsid w:val="00EF0CC6"/>
+    <w:rsid w:val="00EF0FCD"/>
+    <w:rsid w:val="00EF12F2"/>
     <w:rsid w:val="00EF1817"/>
-    <w:rsid w:val="00EF2B44"/>
-    <w:rsid w:val="00EF2D59"/>
+    <w:rsid w:val="00EF24D7"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
+    <w:rsid w:val="00EF4C2A"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
+    <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
+    <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
+    <w:rsid w:val="00F023AF"/>
     <w:rsid w:val="00F026B8"/>
-    <w:rsid w:val="00F0288D"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
-    <w:rsid w:val="00F0362B"/>
+    <w:rsid w:val="00F034C8"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F0402B"/>
     <w:rsid w:val="00F047E4"/>
     <w:rsid w:val="00F05186"/>
+    <w:rsid w:val="00F0545F"/>
     <w:rsid w:val="00F05601"/>
+    <w:rsid w:val="00F060F0"/>
     <w:rsid w:val="00F06170"/>
     <w:rsid w:val="00F061FB"/>
     <w:rsid w:val="00F06587"/>
     <w:rsid w:val="00F06645"/>
     <w:rsid w:val="00F0707D"/>
+    <w:rsid w:val="00F0752D"/>
+    <w:rsid w:val="00F07913"/>
     <w:rsid w:val="00F0793A"/>
-    <w:rsid w:val="00F07DCE"/>
+    <w:rsid w:val="00F07D28"/>
     <w:rsid w:val="00F07E53"/>
     <w:rsid w:val="00F102E7"/>
     <w:rsid w:val="00F10442"/>
     <w:rsid w:val="00F1069D"/>
     <w:rsid w:val="00F106B8"/>
+    <w:rsid w:val="00F10CA5"/>
+    <w:rsid w:val="00F10E20"/>
+    <w:rsid w:val="00F10F07"/>
+    <w:rsid w:val="00F11B51"/>
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F125CC"/>
+    <w:rsid w:val="00F12D32"/>
     <w:rsid w:val="00F12EF4"/>
     <w:rsid w:val="00F12F87"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F138AD"/>
     <w:rsid w:val="00F13A4A"/>
     <w:rsid w:val="00F13EEC"/>
+    <w:rsid w:val="00F14121"/>
     <w:rsid w:val="00F1498F"/>
     <w:rsid w:val="00F14E12"/>
     <w:rsid w:val="00F14EFA"/>
     <w:rsid w:val="00F15311"/>
+    <w:rsid w:val="00F17D5D"/>
     <w:rsid w:val="00F17EF5"/>
+    <w:rsid w:val="00F17F5B"/>
     <w:rsid w:val="00F17FBE"/>
+    <w:rsid w:val="00F20251"/>
     <w:rsid w:val="00F207BB"/>
     <w:rsid w:val="00F20EAA"/>
+    <w:rsid w:val="00F21752"/>
     <w:rsid w:val="00F21BD8"/>
+    <w:rsid w:val="00F220FA"/>
     <w:rsid w:val="00F22853"/>
     <w:rsid w:val="00F229C4"/>
     <w:rsid w:val="00F22BEC"/>
     <w:rsid w:val="00F2394A"/>
     <w:rsid w:val="00F23A6E"/>
     <w:rsid w:val="00F23A93"/>
     <w:rsid w:val="00F23CD1"/>
     <w:rsid w:val="00F24CBA"/>
-    <w:rsid w:val="00F24FD1"/>
+    <w:rsid w:val="00F251D2"/>
     <w:rsid w:val="00F25599"/>
     <w:rsid w:val="00F25D65"/>
     <w:rsid w:val="00F261AF"/>
+    <w:rsid w:val="00F26222"/>
     <w:rsid w:val="00F2631B"/>
     <w:rsid w:val="00F2639E"/>
     <w:rsid w:val="00F267D7"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F26DFB"/>
+    <w:rsid w:val="00F26F1B"/>
     <w:rsid w:val="00F2712F"/>
     <w:rsid w:val="00F27392"/>
+    <w:rsid w:val="00F27499"/>
     <w:rsid w:val="00F27A82"/>
     <w:rsid w:val="00F27A97"/>
     <w:rsid w:val="00F27C81"/>
     <w:rsid w:val="00F27D29"/>
     <w:rsid w:val="00F30778"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F309D8"/>
     <w:rsid w:val="00F30FFA"/>
     <w:rsid w:val="00F31269"/>
     <w:rsid w:val="00F31504"/>
     <w:rsid w:val="00F32129"/>
     <w:rsid w:val="00F321C0"/>
     <w:rsid w:val="00F325B1"/>
     <w:rsid w:val="00F3264B"/>
     <w:rsid w:val="00F329EE"/>
     <w:rsid w:val="00F329F3"/>
     <w:rsid w:val="00F32B15"/>
+    <w:rsid w:val="00F32D54"/>
     <w:rsid w:val="00F32DA2"/>
     <w:rsid w:val="00F330D2"/>
     <w:rsid w:val="00F33440"/>
+    <w:rsid w:val="00F338DC"/>
     <w:rsid w:val="00F33C73"/>
     <w:rsid w:val="00F340E0"/>
     <w:rsid w:val="00F345E1"/>
-    <w:rsid w:val="00F34744"/>
-    <w:rsid w:val="00F34B59"/>
+    <w:rsid w:val="00F34B90"/>
     <w:rsid w:val="00F34E2E"/>
     <w:rsid w:val="00F35003"/>
+    <w:rsid w:val="00F353B2"/>
     <w:rsid w:val="00F355B6"/>
     <w:rsid w:val="00F355D9"/>
     <w:rsid w:val="00F35874"/>
+    <w:rsid w:val="00F35940"/>
+    <w:rsid w:val="00F35947"/>
     <w:rsid w:val="00F35A63"/>
+    <w:rsid w:val="00F35C88"/>
     <w:rsid w:val="00F35D70"/>
     <w:rsid w:val="00F35EDD"/>
     <w:rsid w:val="00F364F7"/>
     <w:rsid w:val="00F367AF"/>
     <w:rsid w:val="00F36874"/>
     <w:rsid w:val="00F3716E"/>
     <w:rsid w:val="00F37330"/>
     <w:rsid w:val="00F374BB"/>
     <w:rsid w:val="00F37795"/>
+    <w:rsid w:val="00F3790E"/>
     <w:rsid w:val="00F379AD"/>
     <w:rsid w:val="00F379EF"/>
     <w:rsid w:val="00F37B19"/>
     <w:rsid w:val="00F37D6F"/>
     <w:rsid w:val="00F37E97"/>
     <w:rsid w:val="00F4089C"/>
+    <w:rsid w:val="00F40D0F"/>
     <w:rsid w:val="00F4104A"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F4125B"/>
+    <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F42100"/>
     <w:rsid w:val="00F4232A"/>
     <w:rsid w:val="00F42848"/>
     <w:rsid w:val="00F42EBC"/>
-    <w:rsid w:val="00F42F93"/>
     <w:rsid w:val="00F43223"/>
+    <w:rsid w:val="00F4417D"/>
     <w:rsid w:val="00F44C34"/>
-    <w:rsid w:val="00F4539F"/>
     <w:rsid w:val="00F456B7"/>
     <w:rsid w:val="00F463B7"/>
+    <w:rsid w:val="00F463D6"/>
     <w:rsid w:val="00F46C9D"/>
     <w:rsid w:val="00F46CC8"/>
     <w:rsid w:val="00F46D1A"/>
     <w:rsid w:val="00F46EBB"/>
     <w:rsid w:val="00F47843"/>
-    <w:rsid w:val="00F50082"/>
     <w:rsid w:val="00F50856"/>
     <w:rsid w:val="00F50FE7"/>
     <w:rsid w:val="00F510EF"/>
     <w:rsid w:val="00F513F9"/>
-    <w:rsid w:val="00F515A1"/>
     <w:rsid w:val="00F51A87"/>
-    <w:rsid w:val="00F52167"/>
     <w:rsid w:val="00F5225D"/>
     <w:rsid w:val="00F524BC"/>
-    <w:rsid w:val="00F52510"/>
     <w:rsid w:val="00F52DB7"/>
+    <w:rsid w:val="00F536C6"/>
     <w:rsid w:val="00F543EE"/>
     <w:rsid w:val="00F54AC0"/>
     <w:rsid w:val="00F54D06"/>
+    <w:rsid w:val="00F54FD7"/>
     <w:rsid w:val="00F55415"/>
     <w:rsid w:val="00F55958"/>
+    <w:rsid w:val="00F55D62"/>
     <w:rsid w:val="00F56585"/>
     <w:rsid w:val="00F56B7A"/>
     <w:rsid w:val="00F56D93"/>
+    <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F570CE"/>
     <w:rsid w:val="00F57295"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
     <w:rsid w:val="00F60B5D"/>
     <w:rsid w:val="00F60BB0"/>
     <w:rsid w:val="00F60F79"/>
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
     <w:rsid w:val="00F63381"/>
+    <w:rsid w:val="00F63432"/>
     <w:rsid w:val="00F6347E"/>
     <w:rsid w:val="00F64C20"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F65026"/>
+    <w:rsid w:val="00F65434"/>
     <w:rsid w:val="00F6559C"/>
     <w:rsid w:val="00F65966"/>
+    <w:rsid w:val="00F65D82"/>
+    <w:rsid w:val="00F65DE5"/>
     <w:rsid w:val="00F65ED5"/>
+    <w:rsid w:val="00F6608D"/>
     <w:rsid w:val="00F6612A"/>
+    <w:rsid w:val="00F66636"/>
     <w:rsid w:val="00F66E2D"/>
+    <w:rsid w:val="00F670C2"/>
     <w:rsid w:val="00F67CC7"/>
     <w:rsid w:val="00F67EFD"/>
+    <w:rsid w:val="00F703CA"/>
+    <w:rsid w:val="00F7051D"/>
     <w:rsid w:val="00F7172F"/>
     <w:rsid w:val="00F71BC3"/>
     <w:rsid w:val="00F72C78"/>
     <w:rsid w:val="00F73197"/>
     <w:rsid w:val="00F7373A"/>
     <w:rsid w:val="00F7425A"/>
     <w:rsid w:val="00F74367"/>
     <w:rsid w:val="00F74870"/>
-    <w:rsid w:val="00F74978"/>
     <w:rsid w:val="00F74AFE"/>
+    <w:rsid w:val="00F75507"/>
     <w:rsid w:val="00F75989"/>
     <w:rsid w:val="00F7641E"/>
+    <w:rsid w:val="00F76D22"/>
+    <w:rsid w:val="00F770C2"/>
     <w:rsid w:val="00F77333"/>
+    <w:rsid w:val="00F77882"/>
     <w:rsid w:val="00F778FF"/>
     <w:rsid w:val="00F77F84"/>
     <w:rsid w:val="00F8018D"/>
     <w:rsid w:val="00F80200"/>
     <w:rsid w:val="00F80AD0"/>
     <w:rsid w:val="00F80DF3"/>
-    <w:rsid w:val="00F81045"/>
     <w:rsid w:val="00F811F5"/>
     <w:rsid w:val="00F81E6A"/>
     <w:rsid w:val="00F822AB"/>
+    <w:rsid w:val="00F82317"/>
     <w:rsid w:val="00F82A0A"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00F834A7"/>
     <w:rsid w:val="00F834E5"/>
+    <w:rsid w:val="00F83A36"/>
+    <w:rsid w:val="00F83A95"/>
     <w:rsid w:val="00F83CA4"/>
     <w:rsid w:val="00F843F0"/>
     <w:rsid w:val="00F84676"/>
     <w:rsid w:val="00F84E0A"/>
     <w:rsid w:val="00F84E34"/>
     <w:rsid w:val="00F84FBD"/>
-    <w:rsid w:val="00F84FFB"/>
     <w:rsid w:val="00F85138"/>
     <w:rsid w:val="00F852D0"/>
     <w:rsid w:val="00F85B4F"/>
     <w:rsid w:val="00F8634D"/>
     <w:rsid w:val="00F87386"/>
     <w:rsid w:val="00F90354"/>
     <w:rsid w:val="00F90BAF"/>
     <w:rsid w:val="00F9111F"/>
     <w:rsid w:val="00F917D4"/>
     <w:rsid w:val="00F91DEE"/>
     <w:rsid w:val="00F92587"/>
     <w:rsid w:val="00F927F8"/>
     <w:rsid w:val="00F92CAC"/>
     <w:rsid w:val="00F92F90"/>
     <w:rsid w:val="00F93377"/>
+    <w:rsid w:val="00F9341C"/>
     <w:rsid w:val="00F93850"/>
     <w:rsid w:val="00F93950"/>
     <w:rsid w:val="00F93A64"/>
-    <w:rsid w:val="00F94383"/>
     <w:rsid w:val="00F94514"/>
     <w:rsid w:val="00F94729"/>
     <w:rsid w:val="00F949D0"/>
     <w:rsid w:val="00F951D6"/>
     <w:rsid w:val="00F951EC"/>
     <w:rsid w:val="00F9532C"/>
     <w:rsid w:val="00F9541C"/>
     <w:rsid w:val="00F9569D"/>
     <w:rsid w:val="00F95E43"/>
-    <w:rsid w:val="00F96F9C"/>
     <w:rsid w:val="00F970DE"/>
     <w:rsid w:val="00F9728D"/>
     <w:rsid w:val="00F977AD"/>
     <w:rsid w:val="00F977E9"/>
     <w:rsid w:val="00F97B17"/>
     <w:rsid w:val="00FA0017"/>
+    <w:rsid w:val="00FA0194"/>
     <w:rsid w:val="00FA080F"/>
     <w:rsid w:val="00FA08A7"/>
     <w:rsid w:val="00FA0A0F"/>
     <w:rsid w:val="00FA1136"/>
+    <w:rsid w:val="00FA13BA"/>
     <w:rsid w:val="00FA1808"/>
     <w:rsid w:val="00FA1A70"/>
     <w:rsid w:val="00FA244F"/>
     <w:rsid w:val="00FA2EDB"/>
+    <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
+    <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
     <w:rsid w:val="00FA4A75"/>
+    <w:rsid w:val="00FA4EE1"/>
     <w:rsid w:val="00FA5188"/>
     <w:rsid w:val="00FA5FC5"/>
+    <w:rsid w:val="00FA6015"/>
+    <w:rsid w:val="00FA608F"/>
     <w:rsid w:val="00FA63EF"/>
-    <w:rsid w:val="00FA679B"/>
-    <w:rsid w:val="00FA681F"/>
     <w:rsid w:val="00FA6956"/>
+    <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
-    <w:rsid w:val="00FB0E75"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
-    <w:rsid w:val="00FB602C"/>
     <w:rsid w:val="00FB624A"/>
+    <w:rsid w:val="00FB68CD"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
+    <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
+    <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
-    <w:rsid w:val="00FC3B61"/>
-    <w:rsid w:val="00FC4875"/>
+    <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
-    <w:rsid w:val="00FC6211"/>
     <w:rsid w:val="00FC6263"/>
     <w:rsid w:val="00FC6F7F"/>
     <w:rsid w:val="00FC7864"/>
+    <w:rsid w:val="00FC78B7"/>
     <w:rsid w:val="00FC78EF"/>
     <w:rsid w:val="00FC7B47"/>
     <w:rsid w:val="00FD0121"/>
-    <w:rsid w:val="00FD067E"/>
     <w:rsid w:val="00FD0BA0"/>
+    <w:rsid w:val="00FD0F18"/>
     <w:rsid w:val="00FD113F"/>
     <w:rsid w:val="00FD1A4D"/>
     <w:rsid w:val="00FD2515"/>
     <w:rsid w:val="00FD3078"/>
     <w:rsid w:val="00FD30D0"/>
     <w:rsid w:val="00FD335F"/>
     <w:rsid w:val="00FD354B"/>
     <w:rsid w:val="00FD385A"/>
-    <w:rsid w:val="00FD392D"/>
     <w:rsid w:val="00FD3AD0"/>
     <w:rsid w:val="00FD3D27"/>
+    <w:rsid w:val="00FD3E97"/>
     <w:rsid w:val="00FD4160"/>
     <w:rsid w:val="00FD457A"/>
     <w:rsid w:val="00FD46A5"/>
+    <w:rsid w:val="00FD4BB5"/>
     <w:rsid w:val="00FD4BFB"/>
     <w:rsid w:val="00FD4E5C"/>
     <w:rsid w:val="00FD5116"/>
     <w:rsid w:val="00FD5DB3"/>
     <w:rsid w:val="00FD5DFA"/>
     <w:rsid w:val="00FD6052"/>
-    <w:rsid w:val="00FD643F"/>
     <w:rsid w:val="00FD6715"/>
-    <w:rsid w:val="00FD7098"/>
     <w:rsid w:val="00FD7474"/>
     <w:rsid w:val="00FD7977"/>
     <w:rsid w:val="00FD7B5F"/>
     <w:rsid w:val="00FE024B"/>
-    <w:rsid w:val="00FE08CF"/>
     <w:rsid w:val="00FE0B73"/>
     <w:rsid w:val="00FE13A2"/>
+    <w:rsid w:val="00FE15A5"/>
     <w:rsid w:val="00FE15B7"/>
-    <w:rsid w:val="00FE1861"/>
     <w:rsid w:val="00FE18C4"/>
     <w:rsid w:val="00FE1B82"/>
     <w:rsid w:val="00FE1EB2"/>
     <w:rsid w:val="00FE2191"/>
     <w:rsid w:val="00FE2251"/>
-    <w:rsid w:val="00FE2322"/>
     <w:rsid w:val="00FE2575"/>
     <w:rsid w:val="00FE2685"/>
     <w:rsid w:val="00FE298E"/>
     <w:rsid w:val="00FE2C46"/>
     <w:rsid w:val="00FE302E"/>
     <w:rsid w:val="00FE39DD"/>
+    <w:rsid w:val="00FE3CAD"/>
     <w:rsid w:val="00FE3D2A"/>
-    <w:rsid w:val="00FE3FD5"/>
     <w:rsid w:val="00FE3FFD"/>
     <w:rsid w:val="00FE406B"/>
     <w:rsid w:val="00FE4392"/>
     <w:rsid w:val="00FE5312"/>
     <w:rsid w:val="00FE5645"/>
     <w:rsid w:val="00FE5730"/>
     <w:rsid w:val="00FE65A7"/>
-    <w:rsid w:val="00FE69FF"/>
+    <w:rsid w:val="00FE662F"/>
     <w:rsid w:val="00FE6C3C"/>
-    <w:rsid w:val="00FF063C"/>
     <w:rsid w:val="00FF0A24"/>
     <w:rsid w:val="00FF0B2F"/>
     <w:rsid w:val="00FF0F09"/>
+    <w:rsid w:val="00FF0F69"/>
     <w:rsid w:val="00FF12E5"/>
+    <w:rsid w:val="00FF199A"/>
     <w:rsid w:val="00FF1FE4"/>
     <w:rsid w:val="00FF2206"/>
     <w:rsid w:val="00FF2292"/>
     <w:rsid w:val="00FF23F1"/>
     <w:rsid w:val="00FF2694"/>
-    <w:rsid w:val="00FF2CF7"/>
-    <w:rsid w:val="00FF3066"/>
     <w:rsid w:val="00FF3072"/>
     <w:rsid w:val="00FF341B"/>
-    <w:rsid w:val="00FF36DD"/>
     <w:rsid w:val="00FF3C75"/>
     <w:rsid w:val="00FF3C9D"/>
-    <w:rsid w:val="00FF3DA5"/>
+    <w:rsid w:val="00FF4366"/>
     <w:rsid w:val="00FF47C9"/>
     <w:rsid w:val="00FF485A"/>
     <w:rsid w:val="00FF48B6"/>
     <w:rsid w:val="00FF4ACE"/>
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
+    <w:rsid w:val="00FF5B81"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
+    <w:rsid w:val="00FF756C"/>
+    <w:rsid w:val="00FF75FE"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
-    <w:rsid w:val="00FF9A77"/>
-    <w:rsid w:val="0105DC1F"/>
     <w:rsid w:val="010885C3"/>
-    <w:rsid w:val="013E556E"/>
-    <w:rsid w:val="01929B81"/>
     <w:rsid w:val="019FA6FE"/>
-    <w:rsid w:val="01C5FEB1"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
     <w:rsid w:val="01CEA699"/>
     <w:rsid w:val="01E9F111"/>
-    <w:rsid w:val="02376902"/>
-[...1 lines deleted...]
-    <w:rsid w:val="02A55427"/>
     <w:rsid w:val="03551CE2"/>
     <w:rsid w:val="035B2436"/>
     <w:rsid w:val="036DD822"/>
-    <w:rsid w:val="03B52571"/>
     <w:rsid w:val="03BC793B"/>
     <w:rsid w:val="0437704C"/>
-    <w:rsid w:val="04410C01"/>
-    <w:rsid w:val="047BE652"/>
     <w:rsid w:val="0485E228"/>
     <w:rsid w:val="049D1B31"/>
-    <w:rsid w:val="04FA3604"/>
     <w:rsid w:val="0509E76F"/>
-    <w:rsid w:val="05144C26"/>
     <w:rsid w:val="054706EA"/>
-    <w:rsid w:val="05519BAA"/>
     <w:rsid w:val="05AE4FF4"/>
     <w:rsid w:val="05DB7DAE"/>
-    <w:rsid w:val="06369D51"/>
-    <w:rsid w:val="0661566F"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
-    <w:rsid w:val="06A7A982"/>
     <w:rsid w:val="06B94735"/>
-    <w:rsid w:val="06EEC8DF"/>
-    <w:rsid w:val="072ED2EC"/>
     <w:rsid w:val="0740F279"/>
     <w:rsid w:val="074CA3AC"/>
     <w:rsid w:val="07641289"/>
-    <w:rsid w:val="07E83CB1"/>
     <w:rsid w:val="07FDB4D4"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
-    <w:rsid w:val="09054316"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
-    <w:rsid w:val="0A825A3F"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
-    <w:rsid w:val="0AB6D2C9"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
-    <w:rsid w:val="0AFB3488"/>
     <w:rsid w:val="0BCAC867"/>
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
-    <w:rsid w:val="0D6DCC74"/>
     <w:rsid w:val="0DBCE8E0"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
-    <w:rsid w:val="0F109F4C"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
-    <w:rsid w:val="0F95BD79"/>
-    <w:rsid w:val="0FA3F96E"/>
     <w:rsid w:val="0FC45D6A"/>
-    <w:rsid w:val="100E6985"/>
-[...1 lines deleted...]
-    <w:rsid w:val="102D917D"/>
     <w:rsid w:val="106BA343"/>
-    <w:rsid w:val="10964723"/>
     <w:rsid w:val="10FA09CB"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
-    <w:rsid w:val="1268C4C3"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
-    <w:rsid w:val="12B2E8C9"/>
     <w:rsid w:val="12E59FB7"/>
-    <w:rsid w:val="138366F4"/>
-    <w:rsid w:val="13E93C2A"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
-    <w:rsid w:val="14922CB7"/>
-    <w:rsid w:val="14EDB14D"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
-    <w:rsid w:val="153A3681"/>
-    <w:rsid w:val="153D4AD4"/>
     <w:rsid w:val="154D7715"/>
-    <w:rsid w:val="155ABB4D"/>
-    <w:rsid w:val="15740F89"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
-    <w:rsid w:val="16443010"/>
     <w:rsid w:val="165133A1"/>
-    <w:rsid w:val="16A1E01A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="172EFF45"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
-    <w:rsid w:val="17AF0D90"/>
     <w:rsid w:val="1803DD5F"/>
-    <w:rsid w:val="18A3C5F2"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
-    <w:rsid w:val="195D9313"/>
-[...1 lines deleted...]
-    <w:rsid w:val="1986417C"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
-    <w:rsid w:val="1A1D44CB"/>
-    <w:rsid w:val="1A26C38D"/>
     <w:rsid w:val="1A6CF678"/>
-    <w:rsid w:val="1A8007CE"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B7813E7"/>
-    <w:rsid w:val="1C36E61B"/>
-[...8 lines deleted...]
-    <w:rsid w:val="1D3545B0"/>
     <w:rsid w:val="1D821450"/>
-    <w:rsid w:val="1D91FBFB"/>
     <w:rsid w:val="1DBE6FF2"/>
-    <w:rsid w:val="1DC5845E"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
     <w:rsid w:val="1E5F70B0"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
-    <w:rsid w:val="1EB7D0FB"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
-    <w:rsid w:val="1F4B41DD"/>
     <w:rsid w:val="1F63B926"/>
-    <w:rsid w:val="1F924966"/>
     <w:rsid w:val="1FE4BDD1"/>
-    <w:rsid w:val="1FFF2F72"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
-    <w:rsid w:val="209A54CB"/>
-    <w:rsid w:val="20A10B3D"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
-    <w:rsid w:val="210E2710"/>
-[...1 lines deleted...]
-    <w:rsid w:val="21616893"/>
     <w:rsid w:val="21657D0C"/>
-    <w:rsid w:val="21687C1A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="219F9508"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
-    <w:rsid w:val="2224CDCC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="224A2494"/>
     <w:rsid w:val="2262AA78"/>
-    <w:rsid w:val="22794DB8"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
-    <w:rsid w:val="2361FAFD"/>
-    <w:rsid w:val="2367BCB8"/>
     <w:rsid w:val="239ABB7D"/>
-    <w:rsid w:val="23C87BEA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="24005FD2"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
-    <w:rsid w:val="245C4D0A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
-    <w:rsid w:val="24B9E707"/>
     <w:rsid w:val="2523191D"/>
-    <w:rsid w:val="255C54BB"/>
     <w:rsid w:val="2568AB0B"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
-    <w:rsid w:val="266EC0C6"/>
-    <w:rsid w:val="2673869B"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
-    <w:rsid w:val="26C59DE7"/>
     <w:rsid w:val="26CCB7AA"/>
-    <w:rsid w:val="26D9032A"/>
     <w:rsid w:val="26E34B4E"/>
-    <w:rsid w:val="26F318F6"/>
     <w:rsid w:val="2714C861"/>
-    <w:rsid w:val="272B7A88"/>
-[...1 lines deleted...]
-    <w:rsid w:val="2751C286"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
-    <w:rsid w:val="27845679"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
-    <w:rsid w:val="27905FDC"/>
-    <w:rsid w:val="27A857D8"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
-    <w:rsid w:val="27E6A548"/>
-    <w:rsid w:val="28011887"/>
     <w:rsid w:val="28273D65"/>
-    <w:rsid w:val="28823C0A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="2901B4CB"/>
     <w:rsid w:val="29085A55"/>
-    <w:rsid w:val="293D8A6A"/>
     <w:rsid w:val="295F0B3C"/>
-    <w:rsid w:val="29926A02"/>
-[...1 lines deleted...]
-    <w:rsid w:val="2A077BF3"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
-    <w:rsid w:val="2B79EAFD"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
-    <w:rsid w:val="2C3D3BC5"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
-    <w:rsid w:val="2D0E3459"/>
-[...1 lines deleted...]
-    <w:rsid w:val="2D58773E"/>
     <w:rsid w:val="2DA1BF57"/>
-    <w:rsid w:val="2DBBC857"/>
     <w:rsid w:val="2DEA05BD"/>
-    <w:rsid w:val="2DF187FC"/>
     <w:rsid w:val="2DFFAC9A"/>
-    <w:rsid w:val="2E065EDB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="2E752037"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
-    <w:rsid w:val="2F3B2DF3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="3005E13C"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
-    <w:rsid w:val="3050146D"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
-    <w:rsid w:val="313E3870"/>
     <w:rsid w:val="318985F6"/>
-    <w:rsid w:val="31B8712D"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
-    <w:rsid w:val="3229C6BE"/>
-    <w:rsid w:val="3240585C"/>
     <w:rsid w:val="32B4A2FF"/>
-    <w:rsid w:val="32B80E9B"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
-    <w:rsid w:val="3325DCC3"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
     <w:rsid w:val="33E2ABA4"/>
-    <w:rsid w:val="33EC970F"/>
     <w:rsid w:val="33ED6D7C"/>
-    <w:rsid w:val="3404E2FF"/>
     <w:rsid w:val="342BD182"/>
-    <w:rsid w:val="342E1033"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
-    <w:rsid w:val="34B51890"/>
-    <w:rsid w:val="35423C94"/>
     <w:rsid w:val="354EFDAC"/>
-    <w:rsid w:val="35572AD0"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
-    <w:rsid w:val="35AC68ED"/>
     <w:rsid w:val="35B80FFE"/>
-    <w:rsid w:val="35F67AB2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="36B79B34"/>
     <w:rsid w:val="36D3BC6C"/>
-    <w:rsid w:val="3716AE5B"/>
     <w:rsid w:val="3746FD72"/>
-    <w:rsid w:val="3753D9F3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="37A816E3"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
     <w:rsid w:val="37E3E6A4"/>
-    <w:rsid w:val="37E86608"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
-    <w:rsid w:val="391CDB36"/>
-[...1 lines deleted...]
-    <w:rsid w:val="39857BA6"/>
     <w:rsid w:val="39FE3EBC"/>
-    <w:rsid w:val="3A093BCA"/>
-    <w:rsid w:val="3A09F76E"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
-    <w:rsid w:val="3B96C727"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
     <w:rsid w:val="3BF261C1"/>
-    <w:rsid w:val="3C3A02D6"/>
     <w:rsid w:val="3C4BAF29"/>
-    <w:rsid w:val="3C8A2178"/>
     <w:rsid w:val="3C9336CA"/>
-    <w:rsid w:val="3CB6F3C7"/>
-    <w:rsid w:val="3CBB7E9C"/>
     <w:rsid w:val="3CC77A80"/>
     <w:rsid w:val="3CF9746A"/>
     <w:rsid w:val="3D5B8B69"/>
-    <w:rsid w:val="3D8FDA10"/>
     <w:rsid w:val="3DDCB5F8"/>
-    <w:rsid w:val="3DFEB2D7"/>
-    <w:rsid w:val="3E1F1948"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
-    <w:rsid w:val="3E9EA814"/>
-    <w:rsid w:val="3EB1599E"/>
     <w:rsid w:val="3EBF43C7"/>
-    <w:rsid w:val="3F0B6D7E"/>
     <w:rsid w:val="3F25643A"/>
-    <w:rsid w:val="3F9AD2FD"/>
     <w:rsid w:val="3FADDAA1"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
-    <w:rsid w:val="4044E009"/>
     <w:rsid w:val="410F418A"/>
-    <w:rsid w:val="4119461F"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
-    <w:rsid w:val="420FC04A"/>
     <w:rsid w:val="421609B3"/>
-    <w:rsid w:val="426DC18F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="42A409F7"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
-    <w:rsid w:val="433C30AF"/>
     <w:rsid w:val="433C90B5"/>
-    <w:rsid w:val="43435C70"/>
     <w:rsid w:val="43504692"/>
-    <w:rsid w:val="43A5F36C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="449C43DD"/>
     <w:rsid w:val="44DB780A"/>
-    <w:rsid w:val="450B0BC7"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
-    <w:rsid w:val="454530EA"/>
     <w:rsid w:val="4569191D"/>
-    <w:rsid w:val="4594C850"/>
     <w:rsid w:val="45F1749E"/>
-    <w:rsid w:val="46142584"/>
-[...4 lines deleted...]
-    <w:rsid w:val="46CC52F5"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
-    <w:rsid w:val="4743ADFA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="476AEC2D"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
-    <w:rsid w:val="486FA03E"/>
-    <w:rsid w:val="48A5B453"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
-    <w:rsid w:val="4A271DC5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="4AEEEB9A"/>
     <w:rsid w:val="4B0163C5"/>
-    <w:rsid w:val="4B243B91"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
-    <w:rsid w:val="4C86667B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="4CAAA42F"/>
     <w:rsid w:val="4CD9714A"/>
-    <w:rsid w:val="4CDA0E59"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
     <w:rsid w:val="4E079D94"/>
-    <w:rsid w:val="4E115885"/>
     <w:rsid w:val="4E395CC5"/>
-    <w:rsid w:val="4EA847F4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="4EC62CCD"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
-    <w:rsid w:val="4F04AAD6"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
-    <w:rsid w:val="501B6878"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
-    <w:rsid w:val="507DF93B"/>
-    <w:rsid w:val="50A58147"/>
     <w:rsid w:val="50BEEE4F"/>
-    <w:rsid w:val="50C4F127"/>
-    <w:rsid w:val="50D34A04"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
-    <w:rsid w:val="516259D4"/>
-    <w:rsid w:val="51853F19"/>
     <w:rsid w:val="5187E4DA"/>
-    <w:rsid w:val="51ADC216"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
-    <w:rsid w:val="52A4ABED"/>
-[...1 lines deleted...]
-    <w:rsid w:val="531A1349"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
-    <w:rsid w:val="547CEEC4"/>
-    <w:rsid w:val="550E17E7"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
-    <w:rsid w:val="5568AD15"/>
-    <w:rsid w:val="556ABDB2"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
-    <w:rsid w:val="5689DB15"/>
-    <w:rsid w:val="576D5E4A"/>
     <w:rsid w:val="577BB6F1"/>
-    <w:rsid w:val="578C9670"/>
     <w:rsid w:val="57ADD150"/>
-    <w:rsid w:val="57B0BF10"/>
-[...1 lines deleted...]
-    <w:rsid w:val="57E3AA90"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
-    <w:rsid w:val="581479EE"/>
     <w:rsid w:val="58314F50"/>
-    <w:rsid w:val="58384AF1"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
-    <w:rsid w:val="59921F86"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
     <w:rsid w:val="5A90A5A1"/>
-    <w:rsid w:val="5AB6D575"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
-    <w:rsid w:val="5B8604AF"/>
     <w:rsid w:val="5BA94C62"/>
-    <w:rsid w:val="5BD94C83"/>
-    <w:rsid w:val="5C641CFF"/>
     <w:rsid w:val="5C82BDF2"/>
-    <w:rsid w:val="5CCDD899"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
-    <w:rsid w:val="5D176F75"/>
-    <w:rsid w:val="5D1A91FA"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
-    <w:rsid w:val="5DAF4A9B"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
-    <w:rsid w:val="5E5DDCBE"/>
     <w:rsid w:val="5E647E3E"/>
-    <w:rsid w:val="5E679CE7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="5EB400DF"/>
     <w:rsid w:val="5F2B1441"/>
-    <w:rsid w:val="60788C1D"/>
     <w:rsid w:val="60841615"/>
-    <w:rsid w:val="608F7291"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
-    <w:rsid w:val="611ABBF5"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
-    <w:rsid w:val="61C671CD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="62C54843"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
-    <w:rsid w:val="63B85B43"/>
     <w:rsid w:val="63C6D75D"/>
-    <w:rsid w:val="63D18DC6"/>
-    <w:rsid w:val="645A228D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
-    <w:rsid w:val="64A7EAD6"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
-    <w:rsid w:val="65846206"/>
     <w:rsid w:val="65B31951"/>
-    <w:rsid w:val="65CA7DE0"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
-    <w:rsid w:val="66455EFB"/>
     <w:rsid w:val="668AFE8F"/>
-    <w:rsid w:val="66A11844"/>
-[...2 lines deleted...]
-    <w:rsid w:val="66E8C796"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
-    <w:rsid w:val="67D7F3D3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="682A498F"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
-    <w:rsid w:val="68450A1A"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
-    <w:rsid w:val="68AA33DB"/>
     <w:rsid w:val="68C2DA8B"/>
-    <w:rsid w:val="68DAF779"/>
     <w:rsid w:val="690F72A4"/>
-    <w:rsid w:val="69178CD4"/>
     <w:rsid w:val="695AE07A"/>
-    <w:rsid w:val="696B72C1"/>
     <w:rsid w:val="697B0267"/>
-    <w:rsid w:val="69E2262D"/>
     <w:rsid w:val="69F389EE"/>
-    <w:rsid w:val="6A07144A"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
-    <w:rsid w:val="6A4F0EE9"/>
-    <w:rsid w:val="6A6C3450"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
-    <w:rsid w:val="6B1963EC"/>
-    <w:rsid w:val="6B4B0D6E"/>
     <w:rsid w:val="6B61C945"/>
-    <w:rsid w:val="6B87E858"/>
-    <w:rsid w:val="6BFF1EA9"/>
     <w:rsid w:val="6C05D65D"/>
-    <w:rsid w:val="6C07AE07"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
-    <w:rsid w:val="6CC75115"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
-    <w:rsid w:val="6D58EC7A"/>
     <w:rsid w:val="6D792608"/>
-    <w:rsid w:val="6D7E4F1F"/>
-    <w:rsid w:val="6DDC78FE"/>
     <w:rsid w:val="6DF6F073"/>
-    <w:rsid w:val="6E31FAFA"/>
-    <w:rsid w:val="6E345D42"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
-    <w:rsid w:val="6E8A03EC"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
-    <w:rsid w:val="6EF18A72"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
-    <w:rsid w:val="6F6694F0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="6FC3A21E"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
-    <w:rsid w:val="705BF8F7"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
-    <w:rsid w:val="70E14F96"/>
-[...2 lines deleted...]
-    <w:rsid w:val="710DF193"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
-    <w:rsid w:val="71A5ECA0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="724869F7"/>
     <w:rsid w:val="7262548E"/>
-    <w:rsid w:val="727BA24B"/>
     <w:rsid w:val="73000191"/>
-    <w:rsid w:val="7303840F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="732C1E53"/>
     <w:rsid w:val="73580557"/>
-    <w:rsid w:val="73649A5C"/>
-    <w:rsid w:val="7385CC16"/>
     <w:rsid w:val="73938ACA"/>
-    <w:rsid w:val="73D226CD"/>
     <w:rsid w:val="740F3C8E"/>
-    <w:rsid w:val="74188AE0"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
-    <w:rsid w:val="74A8FDFE"/>
     <w:rsid w:val="74B80E6F"/>
-    <w:rsid w:val="74D34E6A"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
-    <w:rsid w:val="753CB826"/>
     <w:rsid w:val="754E27E2"/>
-    <w:rsid w:val="75617BA0"/>
     <w:rsid w:val="7581A57D"/>
-    <w:rsid w:val="75C03864"/>
-    <w:rsid w:val="75C2D974"/>
     <w:rsid w:val="75CF1133"/>
-    <w:rsid w:val="75D05E31"/>
     <w:rsid w:val="75D2AC8C"/>
-    <w:rsid w:val="75D9932D"/>
-    <w:rsid w:val="75E80666"/>
     <w:rsid w:val="7678258D"/>
-    <w:rsid w:val="767DE44C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="76C80FF4"/>
     <w:rsid w:val="76DCC80E"/>
-    <w:rsid w:val="76E2E2CA"/>
-    <w:rsid w:val="770C9A2A"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
-    <w:rsid w:val="7772F53F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="778D4095"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
-    <w:rsid w:val="78B889B3"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
-    <w:rsid w:val="78FAA9D6"/>
     <w:rsid w:val="79269133"/>
     <w:rsid w:val="798AF338"/>
-    <w:rsid w:val="79F8CE08"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
-    <w:rsid w:val="7A8B61F3"/>
     <w:rsid w:val="7AC076D5"/>
     <w:rsid w:val="7AFEAAEE"/>
-    <w:rsid w:val="7B079770"/>
-[...1 lines deleted...]
-    <w:rsid w:val="7B4107DF"/>
     <w:rsid w:val="7B440EC2"/>
-    <w:rsid w:val="7BC4BB7F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="7BD41B15"/>
     <w:rsid w:val="7BD6BBA1"/>
-    <w:rsid w:val="7C0083D8"/>
     <w:rsid w:val="7C366D10"/>
     <w:rsid w:val="7CA547BB"/>
-    <w:rsid w:val="7CBE84BD"/>
     <w:rsid w:val="7CE59954"/>
     <w:rsid w:val="7CEE9EB0"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
     <w:rsid w:val="7D59E082"/>
-    <w:rsid w:val="7D877928"/>
-    <w:rsid w:val="7D9E116E"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
-    <w:rsid w:val="7E12CF86"/>
-[...1 lines deleted...]
-    <w:rsid w:val="7E4DED85"/>
     <w:rsid w:val="7E757346"/>
     <w:rsid w:val="7E9FA087"/>
-    <w:rsid w:val="7F449B41"/>
-    <w:rsid w:val="7F44DBB7"/>
     <w:rsid w:val="7F887486"/>
     <w:rsid w:val="7FAC7894"/>
-    <w:rsid w:val="7FB7F073"/>
     <w:rsid w:val="7FB999C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FB3A3FC"/>
-  <w15:docId w15:val="{AB60F834-C369-4121-BCF8-B66B24E9D91A}"/>
+  <w15:docId w15:val="{E6E23F7D-CA89-44BF-AEB2-1D210E85A415}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -34553,120 +38593,125 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00506B17"/>
+    <w:rsid w:val="006C798C"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B848D5"/>
+    <w:rsid w:val="00BB5677"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2D029A"/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E3354F"/>
+    <w:rsid w:val="00633557"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:val="2D029A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E669BA"/>
+    <w:rsid w:val="00633557"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
@@ -34870,110 +38915,119 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA4C0C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B848D5"/>
+    <w:rsid w:val="00BB5677"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2D029A"/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E3354F"/>
+    <w:rsid w:val="00633557"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:val="2D029A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA16E0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00CA16E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
-    <w:tblPr/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid">
     <w:name w:val="Light Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CA16E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -35059,55 +39113,57 @@
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E669BA"/>
+    <w:rsid w:val="00633557"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
@@ -35209,51 +39265,50 @@
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
@@ -35397,61 +39452,63 @@
       <w:color w:val="C0504D" w:themeColor="accent2"/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001D2500"/>
+    <w:rsid w:val="00633557"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="001D2500"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006B0B2D"/>
@@ -35530,73 +39587,72 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B91049"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003E118F"/>
+    <w:rsid w:val="006C798C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="003E118F"/>
+    <w:rsid w:val="006C798C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:b/>
       <w:bCs/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadText2">
     <w:name w:val="Head Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeadText2Char"/>
     <w:rsid w:val="00980306"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadText2Char">
     <w:name w:val="Head Text 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HeadText2"/>
     <w:rsid w:val="00980306"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
@@ -35673,102 +39729,102 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DefaultFontHxMailStyle">
     <w:name w:val="Default Font HxMail Style"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="auto"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00242685"/>
+    <w:rsid w:val="00B22304"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9926"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:bCs/>
-      <w:caps/>
       <w:noProof/>
-      <w:sz w:val="20"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00242685"/>
+    <w:rsid w:val="00003C5E"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="220"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
-      <w:smallCaps/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B1B80"/>
+    <w:rsid w:val="00003C5E"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+      </w:tabs>
+      <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
-      <w:i/>
       <w:iCs/>
-      <w:sz w:val="16"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00550EFD"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="660"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -35968,57 +40024,60 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
     <w:name w:val="Grid Table 5 Dark Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00C72039"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
-      <w:tcBorders>
-[...3 lines deleted...]
-      </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -36036,188 +40095,241 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00B948AC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4">
     <w:name w:val="Grid Table 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006E71B1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent1">
     <w:name w:val="List Table 7 Colorful Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00F55415"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -36229,50 +40341,69 @@
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -36410,99 +40541,108 @@
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2">
     <w:name w:val="Grid Table 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00B62566"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent5">
     <w:name w:val="Grid Table 7 Colorful Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00F13EEC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
@@ -37116,175 +41256,209 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent1">
     <w:name w:val="Grid Table 2 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00910FD9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent2">
     <w:name w:val="Grid Table 4 Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="001C38B4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent2">
     <w:name w:val="Grid Table 5 Dark Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="005A2754"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -37313,178 +41487,191 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009812F9"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D87E6F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D87E6F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D87E6F"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00557F2C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00557F2C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00557F2C"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000715DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="000715DB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="000715DB"/>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="0013285C"/>
+    <w:rsid w:val="003103B1"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
-  </w:style>
-[...97 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="4332848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="47732983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -37579,177 +41766,89 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1007633226">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="354428730">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="405155810">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2059546067">
           <w:marLeft w:val="446"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="462626580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...73 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="465701482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="500198995">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -39087,75 +43186,71 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cminaya@voltrek.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim@andersonmotors.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37280&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin@KTTDistributors.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37528&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John@rivermoorenergy.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/weekly-certified-payroll-report/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bids@fulcrumenergy.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.dusse@pairedpower.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37218&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Madeline@emmaty.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@verdek.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37151&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darmano@guardian-energy.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh110-light-and-medium-duty-vehicles/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Abellevue@revolt-charging.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37680&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/lbe-priorities-and-efforts-clean-transportation" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37472&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ev4all@wv4all.net" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@matchaelectric.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37525&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=VEH122&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37214&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37070&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brittany@BT2Energy.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Harper@gatewayintl360.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37241&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh111/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mayur.kamalakar@suryatechpower.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/lbe-priorities-and-efforts-clean-transportation" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37366&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frances.palmer@powerflex.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37344&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@eci-ne.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37150&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37091&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ben.sonnega@highlandfleet.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37152&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ZachG@viatec.us" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikeh@allproelectric.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh117/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/executive-office-of-labor-and-workforce-development" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37154&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jmartin@fleetelectric.co" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ross@revvit.net" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37367&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bcarter@moveev.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37717&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joe@districtfleet.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37343&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/vehicles-transportation-and-road-maintenance" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37529&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.teahan@graybar.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37217&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mquinn@uecma.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37524&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/department-of-labor-standards" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott@alwayz.us" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37240&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37682&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CsWalker345@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Barryw@revisionemergy.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37344&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott@alwayz.us" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-25-1080-OSD03-OSD03-37682&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim@andersonmotors.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37280&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin@KTTDistributors.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37152&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ZachG@viatec.us" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jmartin@fleetelectric.co" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-acquisition-and-maintenance-contract-user-guides?_gl=1*mopg0a*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjQwOTcwMzgkbzU2OSRnMSR0MTc2NDA5NzE3NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37154&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ross@revvit.net" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Madeline@emmaty.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/225-CMR-900-appliance-energy-efficiency-standards-testing-and-certification-program" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.dusse@pairedpower.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mquinn@uecma.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37343&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37218&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37240&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.teahan@graybar.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-acquisition-and-maintenance-contract-user-guides?_gl=1*mopg0a*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjQwOTcwMzgkbzU2OSRnMSR0MTc2NDA5NzE3NCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=VEH122&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Barryw@revisionemergy.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37524&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/lbe-priorities-and-efforts-clean-transportation" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37472&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ev4all@wv4all.net" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@voltrek.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/Section29" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37525&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brittany@BT2Energy.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@matchaelectric.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John@rivermoorenergy.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37528&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37070&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bids@fulcrumenergy.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37154&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh123/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-25-1080-OSD03-OSD03-37681&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frances.palmer@powerflex.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@eci-ne.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37091&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ben.sonnega@highlandfleet.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37150&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@verdek.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikeh@allproelectric.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37151&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darmano@guardian-energy.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-25-1080-OSD03-OSD03-37680&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Abellevue@revolt-charging.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37367&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:souellette@evsellc.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-25-1080-OSD03-OSD03-37717&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bcarter@moveev.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37214&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37529&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joe@districtfleet.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Harper@gatewayintl360.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37241&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37217&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mayur.kamalakar@suryatechpower.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/vehicles-transportation-and-road-maintenance" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37366&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CsWalker345@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -39416,61 +43511,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -39659,2775 +43769,1566 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00439E44-8C1D-475D-A1F0-8DFFA0C81C13}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>8232</Words>
-  <Characters>46923</Characters>
+  <Words>8806</Words>
+  <Characters>50196</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>110</Paragraphs>
+  <DocSecurity>2</DocSecurity>
+  <Lines>418</Lines>
+  <Paragraphs>117</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55045</CharactersWithSpaces>
+  <CharactersWithSpaces>58885</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="876" baseType="variant">
-[...4 lines deleted...]
-        <vt:i4>519</vt:i4>
+    <vt:vector size="480" baseType="variant">
+      <vt:variant>
+        <vt:i4>3342415</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6619215</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>516</vt:i4>
+        <vt:i4>2424926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>339</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Cminaya@voltrek.com</vt:lpwstr>
+        <vt:lpwstr>mailto:Comptroller.Info@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3866742</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>513</vt:i4>
+        <vt:i4>6094936</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>336</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37343&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3342344</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>510</vt:i4>
+        <vt:i4>6553639</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>333</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:ZachG@viatec.us</vt:lpwstr>
+        <vt:lpwstr>https://go.procurated.com/ma-statewide/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3997811</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>507</vt:i4>
+        <vt:i4>6553703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>330</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37214&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2097166</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>504</vt:i4>
+        <vt:i4>6619241</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:admin@verdek.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3539056</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>501</vt:i4>
+        <vt:i4>2228276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>324</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37528&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.macomptroller.org/policies/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1900584</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>498</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>321</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Mquinn@uecma.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670135</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>495</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3145732</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>318</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37152&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5308477</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>492</vt:i4>
+        <vt:i4>852015</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Mayur.kamalakar@suryatechpower.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA.</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3997818</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>489</vt:i4>
+        <vt:i4>4128803</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>312</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37680&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>524326</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>486</vt:i4>
+        <vt:i4>852045</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>309</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:John@rivermoorenergy.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/statewide-contract-index</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3801200</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>483</vt:i4>
+        <vt:i4>2162729</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>306</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37524&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/supplier-diversity-office-sdo</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6160496</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>480</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>303</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Ross@revvit.net</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3932278</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>477</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505096</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37344&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/information-for-apprentices</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4587552</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>474</vt:i4>
+        <vt:i4>6553725</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Abellevue@revolt-charging.com</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/prevailing-wage-enforcement</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3539067</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>471</vt:i4>
+        <vt:i4>1179721</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>294</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/weekly-certified-payroll-report/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2621456</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>468</vt:i4>
+        <vt:i4>7536743</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>291</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Barryw@revisionemergy.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/department-of-labor-standards</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3866741</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>465</vt:i4>
+        <vt:i4>5832719</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>288</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/executive-office-of-labor-and-workforce-development</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1900656</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>462</vt:i4>
+        <vt:i4>1507421</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:CsWalker345@gmail.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/public-construction</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3866739</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>459</vt:i4>
+        <vt:i4>5898350</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>282</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37717&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>mailto:AGOBidUnit@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>262241</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>456</vt:i4>
+        <vt:i4>5046399</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>279</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Frances.palmer@powerflex.com</vt:lpwstr>
+        <vt:lpwstr>mailto:OIGProcurementSupport@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3866736</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>453</vt:i4>
+        <vt:i4>3080228</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37525&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553628</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>450</vt:i4>
+        <vt:i4>6750246</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>273</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Steve.dusse@pairedpower.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/download-oig-public-purchasing-and-public-construction-manuals</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4128890</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>447</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>270</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37682&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5767265</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>444</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>267</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Bcarter@moveev.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3801207</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>441</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883710</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>264</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37150&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-15-1080-OSD01-OSD10-00000003619&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2949141</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>438</vt:i4>
+        <vt:i4>5242970</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>261</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Chris@matchaelectric.com</vt:lpwstr>
+        <vt:lpwstr>http://www.commbuys.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3932274</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>435</vt:i4>
+        <vt:i4>2949151</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>258</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>mailto:OSDhelpdesk@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1900594</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>432</vt:i4>
+        <vt:i4>7012465</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>255</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Kevin@KTTDistributors.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4063347</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>429</vt:i4>
+        <vt:i4>6684796</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>252</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37217&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>196715</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>426</vt:i4>
+        <vt:i4>6684796</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>249</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Ben.sonnega@highlandfleet.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670134</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>423</vt:i4>
+        <vt:i4>3538979</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>246</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37241&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4128846</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>420</vt:i4>
+        <vt:i4>2621489</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>243</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:darmano@guardian-energy.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3342454</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>417</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>240</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8257558</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>414</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5308441</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>237</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Michael.teahan@graybar.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/info-details/non-profit-purchasing-programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3801202</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>411</vt:i4>
+        <vt:i4>8323141</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>234</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2621505</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>408</vt:i4>
+        <vt:lpwstr>_Frequently_Purchased_Items</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>227</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Harper@gatewayintl360.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3866743</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>405</vt:i4>
+        <vt:lpwstr>_Toc198032187</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>221</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37151&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6357059</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>402</vt:i4>
+        <vt:lpwstr>_Toc198032186</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>215</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Bids@fulcrumenergy.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3735670</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>399</vt:i4>
+        <vt:lpwstr>_Toc198032185</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>209</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37240&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7929926</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>396</vt:i4>
+        <vt:lpwstr>_Toc198032184</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>203</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Jmartin@fleetelectric.co</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4063348</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>393</vt:i4>
+        <vt:lpwstr>_Toc198032183</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>197</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37366&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8257621</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>390</vt:i4>
+        <vt:lpwstr>_Toc198032182</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>191</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Ev4all@wv4all.net</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3997810</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>387</vt:i4>
+        <vt:lpwstr>_Toc198032181</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>185</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670047</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>384</vt:i4>
+        <vt:lpwstr>_Toc198032180</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>179</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Scott@alwayz.us</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4128884</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>381</vt:i4>
+        <vt:lpwstr>_Toc198032179</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>173</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37367&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2293827</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>378</vt:i4>
+        <vt:lpwstr>_Toc198032178</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>167</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Chris@eci-ne.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3997813</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>375</vt:i4>
+        <vt:lpwstr>_Toc198032177</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>161</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37472&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5374079</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>372</vt:i4>
+        <vt:lpwstr>_Toc198032176</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>155</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Madeline@emmaty.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3735674</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>369</vt:i4>
+        <vt:lpwstr>_Toc198032175</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>149</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37280&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1179693</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>366</vt:i4>
+        <vt:lpwstr>_Toc198032174</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>143</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Joe@districtfleet.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3801211</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>363</vt:i4>
+        <vt:lpwstr>_Toc198032173</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>137</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37091&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6356994</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>360</vt:i4>
+        <vt:lpwstr>_Toc198032172</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Brittany@BT2Energy.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3211379</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>357</vt:i4>
+        <vt:lpwstr>_Toc198032171</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769531</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>125</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37218&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5701733</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>354</vt:i4>
+        <vt:lpwstr>_Toc198032170</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>119</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Jim@andersonmotors.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3604592</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>351</vt:i4>
+        <vt:lpwstr>_Toc198032169</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>113</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37529&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3080200</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>348</vt:i4>
+        <vt:lpwstr>_Toc198032168</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>107</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Mikeh@allproelectric.com</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3866681</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>345</vt:i4>
+        <vt:lpwstr>_Toc198032167</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>101</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37070&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>342</vt:i4>
+        <vt:lpwstr>_Toc198032166</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3211322</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>339</vt:i4>
+        <vt:lpwstr>_Toc198032165</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>89</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>336</vt:i4>
+        <vt:lpwstr>_Toc198032164</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>83</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Kelly.thompsonclark@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3735612</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>333</vt:i4>
+        <vt:lpwstr>_Toc198032163</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>77</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37154&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2424926</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>330</vt:i4>
+        <vt:lpwstr>_Toc198032162</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>71</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Comptroller.Info@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1507410</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>327</vt:i4>
+        <vt:lpwstr>_Toc198032161</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703995</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>65</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts</vt:lpwstr>
-[...8 lines deleted...]
-        <vt:i4>324</vt:i4>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc198032160</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>59</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1900621</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>321</vt:i4>
+        <vt:lpwstr>_Toc198032159</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>53</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/environmentally-preferable-products-epp-procurement-program</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6357041</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>318</vt:i4>
+        <vt:lpwstr>_Toc198032158</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>47</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5767197</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>315</vt:i4>
+        <vt:lpwstr>_Toc198032157</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>41</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3473469</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>312</vt:i4>
+        <vt:lpwstr>_Toc198032156</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>35</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>309</vt:i4>
+        <vt:lpwstr>_Toc198032155</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>29</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>306</vt:i4>
+        <vt:lpwstr>_Toc198032154</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>23</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>303</vt:i4>
+        <vt:lpwstr>_Toc198032153</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553639</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>300</vt:i4>
+        <vt:lpwstr>_Toc198032152</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://go.procurated.com/ma-statewide/</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553703</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>297</vt:i4>
+        <vt:lpwstr>_Toc198032151</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6619241</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>294</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5701758</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2228276</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>291</vt:i4>
+        <vt:lpwstr>_Quote_Response_and</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376354</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.macomptroller.org/policies/</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>262249</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>288</vt:i4>
+        <vt:lpwstr>_Extend_Beyond_(Performance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621500</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/osd</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
-[...5 lines deleted...]
-        <vt:i4>285</vt:i4>
+        <vt:i4>2621500</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/osd</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>852045</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>282</vt:i4>
+        <vt:i4>2621500</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/doc/statewide-contract-index</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/osd</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
-      </vt:variant>
-[...1186 lines deleted...]
-        <vt:lpwstr>ev-charging-station-grants-and-incentives-</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>