--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -96,128 +96,129 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
           <w:p w14:paraId="64CB314E" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="2A317570" w14:textId="77777777" w:rsidTr="76E2E2CA">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F10356C" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4F10356C" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-              <w:rPr>
+            <w:r w:rsidRPr="00AA2276">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C1A140F" w14:textId="06027F66" w:rsidR="00B03625" w:rsidRDefault="00E92B1C" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kelly Thompson Clark</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C7515B0" w14:textId="7ED3EA08" w:rsidR="00E92B1C" w:rsidRDefault="00E92B1C" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>617-720-3184</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="1" w:name="_Hlk201662965"/>
           <w:p w14:paraId="6F805B0A" w14:textId="557BB45E" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00E92B1C" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText>HYPERLINK "mailto:kelly.thompsonclark@mass.gov"</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
@@ -236,62 +237,64 @@
               </w:rPr>
               <w:t>kelly.thompsonclark@mass.gov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="4F6B66C8" w14:textId="77777777" w:rsidTr="76E2E2CA">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46730541" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="46730541" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-              <w:rPr>
+            <w:r w:rsidRPr="00AA2276">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="459D77F6" w14:textId="3917E76C" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="1DC5845E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -501,138 +504,141 @@
             </w:r>
             <w:r w:rsidRPr="76E2E2CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E2BBFD6" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="159D2588" w14:textId="77777777" w:rsidTr="76E2E2CA">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6652F207" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6652F207" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-              <w:rPr>
+            <w:r w:rsidRPr="00AA2276">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MMARS MA#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22C25E02" w14:textId="035CA8DF" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="001A6112" w:rsidP="76E2E2CA">
             <w:pPr>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="76E2E2CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>VEH1</w:t>
             </w:r>
             <w:r w:rsidR="10964723" w:rsidRPr="76E2E2CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="76E2E2CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>00000000000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="5AC5ABD3" w14:textId="77777777" w:rsidTr="76E2E2CA">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B58BBA" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="48B58BBA" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-              <w:rPr>
+            <w:r w:rsidRPr="00AA2276">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5744C8CA" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Quotes are required for purchasing. See the </w:t>
@@ -647,170 +653,187 @@
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67A908DB" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="0061451F">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="5A84D122" w14:textId="77777777" w:rsidTr="76E2E2CA">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5D9790" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6C5D9790" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-              <w:rPr>
+            <w:r w:rsidRPr="00AA2276">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D8C6E51" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F70EEC4" w14:textId="77777777" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03625" w:rsidRPr="00136526" w14:paraId="46C59EDB" w14:textId="77777777" w:rsidTr="76E2E2CA">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3457EFFA" w14:textId="0E0263EC" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3457EFFA" w14:textId="0E0263EC" w:rsidR="00B03625" w:rsidRPr="00AA2276" w:rsidRDefault="00B03625" w:rsidP="00DC7A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
-              <w:rPr>
+            <w:r w:rsidRPr="00AA2276">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9E0F81" w14:textId="0CD97D61" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="00B03625" w:rsidP="76E2E2CA">
+          <w:p w14:paraId="2C9E0F81" w14:textId="4F5C8CD3" w:rsidR="00B03625" w:rsidRPr="00136526" w:rsidRDefault="006747D1" w:rsidP="76E2E2CA">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11/12/25</w:t>
+            </w:r>
+            <w:r w:rsidR="002C6D0A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vendor Updates </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="241CCDAE" w14:textId="7A6C3BA1" w:rsidR="007D0521" w:rsidRDefault="007D0521" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25388760" w14:textId="77777777" w:rsidR="007D0521" w:rsidRDefault="007D0521">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId11"/>
@@ -3828,51 +3851,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PPD)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4122FFB9" w14:textId="63B5C943" w:rsidR="00EF0700" w:rsidRPr="00BF1DB6" w:rsidRDefault="00EF0700" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF1DB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Improving the availability of environmentally preferable products</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4DB69E" w14:textId="77777777" w:rsidR="000B30DC" w:rsidRDefault="001C48A1" w:rsidP="000B30DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C48A1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
       <w:r w:rsidR="000B30DC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -4084,51 +4106,51 @@
         <w:r w:rsidRPr="00F0288D">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>VEH111</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F0288D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Heavy-Duty Vehicles, Road Maintenance and Construction Equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00F0288D">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0878F568" w14:textId="65376F3E" w:rsidR="00F0288D" w:rsidRPr="00601D07" w:rsidRDefault="00F0288D" w:rsidP="006F5D48">
+    <w:p w14:paraId="0878F568" w14:textId="12BBA2B9" w:rsidR="00F0288D" w:rsidRPr="00601D07" w:rsidRDefault="00F0288D" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="3C3A02D6">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>VEH117</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="3C3A02D6">
@@ -4165,56 +4187,56 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FA681F" w:rsidRPr="3C3A02D6">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>VEH123 as of 1</w:t>
       </w:r>
       <w:r w:rsidR="6DDC78FE" w:rsidRPr="3C3A02D6">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00FA681F" w:rsidRPr="3C3A02D6">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="682353E9" w:rsidRPr="3C3A02D6">
+      <w:r w:rsidR="0040680A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>07</w:t>
+        <w:t>15</w:t>
       </w:r>
       <w:r w:rsidR="00FA681F" w:rsidRPr="3C3A02D6">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>/25)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5828DA87" w14:textId="35FFF393" w:rsidR="00792131" w:rsidRPr="00CD191C" w:rsidRDefault="00F0288D" w:rsidP="00792131">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00792131" w:rsidRPr="00792131">
         <w:rPr>
@@ -4235,81 +4257,81 @@
       </w:hyperlink>
       <w:r w:rsidR="008A599E" w:rsidRPr="008A599E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="39A4707C" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="008646F3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Who_Can_Use"/>
       <w:bookmarkStart w:id="13" w:name="_Toc205802922"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="000067FD">
         <w:t>Who Can Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00080CFA">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B27E16" w14:textId="77777777" w:rsidR="001029A3" w:rsidRDefault="001029A3" w:rsidP="001029A3">
+    <w:p w14:paraId="27B27E16" w14:textId="77777777" w:rsidR="001029A3" w:rsidRPr="00A97E08" w:rsidRDefault="001029A3" w:rsidP="001029A3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="4F81BD"/>
+          <w:color w:val="00538C"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A97E08">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="4F81BD"/>
+          <w:color w:val="00538C"/>
         </w:rPr>
         <w:t>Applicable Procurement Law</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A97E08">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="4F81BD"/>
+          <w:color w:val="00538C"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059BE431" w14:textId="77777777" w:rsidR="001029A3" w:rsidRPr="00080CFA" w:rsidRDefault="001029A3" w:rsidP="001029A3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080CFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Executive Branch Goods and Services: MGL c. 7, § 22; c. 30, § 51, § 52; 801 CMR 21.00; </w:t>
       </w:r>
       <w:r w:rsidRPr="00080CFA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -4536,51 +4558,50 @@
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Local public libraries, public school districts, and charter schools</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F85341C" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Public hospitals owned by the Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342D2151" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Public institutions of higher education</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4263DFBE" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="006F5D48">
       <w:pPr>
@@ -5042,51 +5063,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o Hours billed/invoiced and Statewide Contract hourly rate or portion of project billed </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="110561C0" w14:textId="77777777" w:rsidR="00B54728" w:rsidRPr="005675AB" w:rsidRDefault="00E037CD" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005675AB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">o Hourly rate: Identify account manager or another vendor agent and applicable hourly rate </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566B5B4F" w14:textId="77777777" w:rsidR="00B54728" w:rsidRDefault="00E037CD" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005675AB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o Identify portion of project billed and balance remaining, but not an average rate </w:t>
       </w:r>
@@ -5380,51 +5400,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc194066596"/>
       <w:r w:rsidRPr="00CE21D2">
         <w:t xml:space="preserve">Contract users should always reference </w:t>
       </w:r>
       <w:r w:rsidR="005D4B89">
         <w:t>VEH122</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE21D2">
         <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Work should be awarded based on best value</w:t>
       </w:r>
       <w:r w:rsidR="000B7D3F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="33C179BC" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00ED723A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc205802925"/>
       <w:r w:rsidRPr="00564A93">
-        <w:lastRenderedPageBreak/>
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="1ACE2DDA" w14:textId="2F32C516" w:rsidR="00C833FC" w:rsidRPr="005A20A6" w:rsidRDefault="00F27D29" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A20A6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5949,51 +5968,50 @@
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are in place:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E42A25" w14:textId="78AA1D54" w:rsidR="00FE302E" w:rsidRPr="00136C46" w:rsidRDefault="17AF0D90" w:rsidP="3C3A02D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>For Charging-as-a-Service (CaaS) agreements, no written ag</w:t>
       </w:r>
       <w:r w:rsidR="013E556E" w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">reement shall extend more than five (5) years </w:t>
       </w:r>
       <w:r w:rsidR="26D9032A" w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(September 30, 2038) </w:t>
       </w:r>
       <w:r w:rsidR="013E556E" w:rsidRPr="32B80E9B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>beyond</w:t>
       </w:r>
       <w:r w:rsidR="219F9508" w:rsidRPr="32B80E9B">
         <w:rPr>
@@ -6538,51 +6556,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers can view contract documents on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26289368" w14:textId="04AFF596" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>To find contract documents</w:t>
       </w:r>
       <w:r w:rsidR="00E571FB" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00A774B6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="7027D3F6" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
@@ -7532,51 +7549,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Scope of services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC8656E" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Deliverables dates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE82A77" w14:textId="77777777" w:rsidR="0024729E" w:rsidRPr="00136C46" w:rsidRDefault="0024729E" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Location of service</w:t>
       </w:r>
     </w:p>
@@ -7835,59 +7851,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>OSD does not provide guidance on Construction Law.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FF8C4F9" w14:textId="77777777" w:rsidR="002D7297" w:rsidRPr="00CD5776" w:rsidRDefault="002D7297" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Hlk76561990"/>
       <w:r w:rsidRPr="00CD5776">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">For further information about the public construction bidding laws, please contact the Attorney General’s Office Bid Unit by email at: AGOBidUnit@mass.gov. Visit the Attorney </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">General’s </w:t>
+        <w:t xml:space="preserve">For further information about the public construction bidding laws, please contact the Attorney General’s Office Bid Unit by email at: AGOBidUnit@mass.gov. Visit the Attorney General’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00CD5776">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Public Construction web page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD5776">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD5776">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to learn more about Public Bidding Laws. Questions around Construction Law must be directed to the Eligible Entity’s legal counsel. </w:t>
@@ -8234,61 +8242,51 @@
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pursuant to M.G.L. Ch 149 § 27B, all contractors and subcontractors must submit accurate weekly payroll records directly to the Eligible Entity.</w:t>
       </w:r>
       <w:r w:rsidR="00613AD0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Non-compliance can lead to criminal </w:t>
-[...9 lines deleted...]
-        <w:t>charges or civil penalties</w:t>
+        <w:t xml:space="preserve"> Non-compliance can lead to criminal charges or civil penalties</w:t>
       </w:r>
       <w:r w:rsidR="00360AB6" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009823DC" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C7735" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8649,51 +8647,50 @@
       <w:r w:rsidR="00DB077A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Many state facilities </w:t>
       </w:r>
       <w:r w:rsidR="003624C5" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>operate continuously (24/7).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18ADE978" w14:textId="639A2856" w:rsidR="003624C5" w:rsidRDefault="003624C5" w:rsidP="003624C5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc205802934"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Apprentice Labor Rates</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="40308299" w14:textId="4D4D2CC6" w:rsidR="00720C80" w:rsidRDefault="00720C80" w:rsidP="00720C80">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bidders may only include apprentice labor rates if they are participating in the Commonwealth's Approved Apprentice Program</w:t>
       </w:r>
       <w:r w:rsidR="00AE4F31" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and can </w:t>
       </w:r>
@@ -8876,51 +8873,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please see the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E74447" w14:textId="446E62C9" w:rsidR="00F9111F" w:rsidRPr="009E12A3" w:rsidRDefault="00927985" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00F9111F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor SDP commitment percentages can be found </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00F9111F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
@@ -9435,51 +9431,50 @@
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00177A06">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc194066614"/>
       <w:bookmarkStart w:id="44" w:name="_Toc205802938"/>
       <w:r w:rsidRPr="00564A93">
-        <w:lastRenderedPageBreak/>
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="77AA4A60" w14:textId="39A0F8E8" w:rsidR="00601AEF" w:rsidRPr="009E12A3" w:rsidRDefault="00254F2B" w:rsidP="00601AEF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00AA6806">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’ performance is measured by a number of factors to include:</w:t>
@@ -9915,51 +9910,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62965195" w14:textId="0D0009D2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
       </w:r>
       <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC49F8A" w14:textId="7545D66F" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
@@ -10305,55 +10299,51 @@
       <w:r w:rsidR="00F07DCE" w:rsidRPr="00F07DCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> or be supplemented by</w:t>
       </w:r>
       <w:r w:rsidR="00F07DCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F07DCE" w:rsidRPr="00F07DCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>alternative fuels or propulsion systems beyond their original design.</w:t>
       </w:r>
       <w:r w:rsidR="00F07DCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0013285C" w:rsidRPr="0013285C">
-        <w:t xml:space="preserve">Product offered in this category must be certified by one of the following: EPA Clean Alternative Fuel </w:t>
-[...3 lines deleted...]
-        <w:t>Conversion Systems, California Air Resources Board (CARB), a nationally recognized testing laboratory, or manufacturer certification that includes a warranty protection statement.</w:t>
+        <w:t>Product offered in this category must be certified by one of the following: EPA Clean Alternative Fuel Conversion Systems, California Air Resources Board (CARB), a nationally recognized testing laboratory, or manufacturer certification that includes a warranty protection statement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627DAFFB" w14:textId="44BC90FC" w:rsidR="00F07DCE" w:rsidRDefault="00F07DCE" w:rsidP="00F07DCE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00F07DCE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Idle Reduction:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F07DCE">
         <w:t>Idle reduction systems help minimize fuel consumption and emissions during vehicle idling.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> These systems must be certified by a nationally recognized third-party organization. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391A6B42" w14:textId="77777777" w:rsidR="00534DF0" w:rsidRPr="0013285C" w:rsidRDefault="00534DF0" w:rsidP="00534DF0">
@@ -10729,51 +10719,50 @@
         </w:rPr>
         <w:t>CPO – Charging Point Manager</w:t>
       </w:r>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: This refers to a type of software responsible for smart charging, i.e., allocating power to different electric vehicles to make sure that each one charges as quickly as possible. It relies on customizable algorithms to work efficiently. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48EF63D6" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>DC – Direct Current:</w:t>
       </w:r>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> DC is one of the two types of ‘fuel’ that can be used to power electric vehicles. Unlike AC charging, converted into DC power by the car, DC charging can convert the AC power into DC right in the plug itself. DC chargers are larger, more expensive, but faster. It will be more common at public charging stations, such as at a rest stop charge point.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D5E881" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>EV – Electric Vehicle</w:t>
@@ -10935,51 +10924,50 @@
         <w:t>Level 1 Charger</w:t>
       </w:r>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Utilizes the slowest EV charger available, which provides about 3.11 miles of range per hour of charging; up to 24 hours to fully charge a battery (may take longer depending on an empty battery).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08108170" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Level 2 Charger:</w:t>
       </w:r>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Much faster than Level 1 and can come with added functionality such as RFID cards, load balancing and networking. Approximately 20 to 30 miles of range per hour of charging; overnight typically produces a full battery charge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4249CD" w14:textId="77777777" w:rsidR="009610A1" w:rsidRPr="009610A1" w:rsidRDefault="009610A1" w:rsidP="009610A1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009610A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -10994,51 +10982,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC41498" w14:textId="77777777" w:rsidR="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="009610A1">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16162C72" w14:textId="723A3304" w:rsidR="009610A1" w:rsidRPr="000365A0" w:rsidRDefault="009610A1" w:rsidP="009610A1">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AA66FB9" wp14:editId="3F04FFD0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6994525" cy="6200775"/>
                 <wp:effectExtent l="0" t="0" r="15875" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 217">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -12892,51 +12879,50 @@
                       </w:r>
                       <w:r w:rsidRPr="008560AF">
                         <w:rPr>
                           <w:color w:val="4F81BD" w:themeColor="accent1"/>
                           <w:sz w:val="44"/>
                           <w:szCs w:val="44"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2656D3AD" w14:textId="77777777" w:rsidR="00AE79BB" w:rsidRPr="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="00EA0B48">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="_Toc205802944"/>
       <w:r w:rsidRPr="00AE79BB">
-        <w:lastRenderedPageBreak/>
         <w:t>Executive Office of Technology Services and Security (EOTSS) Product and Services Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="6C03601F" w14:textId="77777777" w:rsidR="00AE79BB" w:rsidRPr="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="00084F66">
       <w:r w:rsidRPr="00AE79BB">
         <w:t>All network software and other related products and services are subject to EOTSS’ requirements. Other eligible entities may require additional and/or alternate requirements: the contract user and contractor are strongly advised to review and understand such requirements at the beginning of the process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588B8204" w14:textId="77777777" w:rsidR="00AE79BB" w:rsidRPr="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="00EA0B48">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="_Toc205802945"/>
       <w:r w:rsidRPr="00AE79BB">
         <w:t>Accessibility Physical Appearances and Design</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidRPr="00AE79BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B07BDEC" w14:textId="6E3B7211" w:rsidR="00AE79BB" w:rsidRPr="00AE79BB" w:rsidRDefault="00AE79BB" w:rsidP="00084F66">
       <w:pPr>
         <w:rPr>
@@ -12949,6818 +12935,8088 @@
       </w:r>
       <w:r w:rsidR="00165ED7">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE79BB">
         <w:t>heelchair approach (48 inches) or side approach (54 inches).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="6BB3C556" w:rsidR="00A93368" w:rsidRDefault="00A93368" w:rsidP="009610A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A93368" w:rsidSect="003E7DC2">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B68DB9E" w14:textId="2948C287" w:rsidR="00E51057" w:rsidRPr="00136890" w:rsidRDefault="00E51057" w:rsidP="00136890">
+    <w:p w14:paraId="2B68DB9E" w14:textId="2948C287" w:rsidR="00E51057" w:rsidRPr="00136890" w:rsidRDefault="00E51057" w:rsidP="006F50E3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="65" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="66" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="67" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="68" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="69" w:name="_Toc194066623"/>
       <w:bookmarkStart w:id="70" w:name="_Toc205802946"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="00ED150D">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-972" w:type="dxa"/>
+        <w:tblStyle w:val="GridTable1Light"/>
+        <w:tblW w:w="14327" w:type="dxa"/>
+        <w:tblInd w:w="-652" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2677"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="2245"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="2588"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="2452"/>
         <w:gridCol w:w="1080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D7654C" w14:paraId="4A49EA14" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00D80738" w:rsidRPr="00D7654C" w14:paraId="4A49EA14" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="584"/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="48FF7393" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="71" w:name="_Appendix_B:_Vendor"/>
-            <w:bookmarkEnd w:id="71"/>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="0B01AE64" w14:textId="6521AF1B" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Blanket </w:t>
             </w:r>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
+              <w:t xml:space="preserve">Purchase Order </w:t>
             </w:r>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Purchase Order </w:t>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00957984" w:rsidRPr="00D7654C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Last 5 digits </w:t>
+            </w:r>
+            <w:r w:rsidR="00C60012" w:rsidRPr="00D7654C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00957984" w:rsidRPr="00D7654C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">f </w:t>
             </w:r>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...49 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MBPO)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="5A8BD997" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="42275697" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Phone #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="7A31A56F" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="5DA49792" w14:textId="11C21396" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:b/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Categ</w:t>
             </w:r>
             <w:r w:rsidR="009A48FF" w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="0E57ACCF" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:b/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="548D42D6" w14:textId="1EAF8AF1" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:b/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7654C">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SDP  Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A4770" w:rsidRPr="00D7654C" w14:paraId="6AB22628" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00D80738" w:rsidRPr="00D7654C" w14:paraId="6AB22628" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="10A5CF0B" w14:textId="4EF721D4" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="000B0589" w:rsidP="00DC7A03">
+          <w:p w14:paraId="10A5CF0B" w14:textId="4EF721D4" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="000B0589" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Solicitation Enabled</w:t>
             </w:r>
-            <w:r w:rsidR="00136890" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00136890" w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Used for soliciting multiple quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="4404A14D" w14:textId="63CD0A04" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00C56ECB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4404A14D" w14:textId="63CD0A04" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00C56ECB" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="002852A9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>PO-2</w:t>
-[...8 lines deleted...]
-                <w:t>6-1080-OSD03-SRC3-37154</w:t>
+                <w:t>PO-26-1080-OSD03-SRC3-37154</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="00ACEBAE" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="00ACEBAE" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kelly Thompson Clark</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="04DA2A7C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="04DA2A7C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-720-3184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="409C9A55" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="409C9A55" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId57">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="002852A9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kelly.thompsonclark@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="52D9988F" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="009A48FF">
+          <w:p w14:paraId="52D9988F" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="00BE9333" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="00BE9333" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="2A21B890" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="2A21B890" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A4770" w:rsidRPr="00D7654C" w14:paraId="225C4F26" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00D80738" w:rsidRPr="00D7654C" w14:paraId="225C4F26" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="4F6EBA90" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4F6EBA90" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Master Contract Record (MCR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="65F8095E" w14:textId="529B029F" w:rsidR="00136890" w:rsidRPr="00F50082" w:rsidRDefault="006D7E08" w:rsidP="00DC7A03">
+          <w:p w14:paraId="65F8095E" w14:textId="529B029F" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="006D7E08" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r w:rsidRPr="00A22D4A">
+              <w:r w:rsidRPr="002852A9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-26-1080-OSD03-SRC3-37071</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="778C39EE" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="778C39EE" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kelly Thompson Clark</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="5997570C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5997570C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-720-3184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF33D4E" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1DF33D4E" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId59">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="002852A9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>kelly.thompsonclark@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="178399ED" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="009A48FF">
+          <w:p w14:paraId="178399ED" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB4E29B" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2EB4E29B" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="6C660F0D" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="6C660F0D" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="002852A9" w:rsidRDefault="00136890" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="002852A9">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w14:paraId="1E0F860A" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w14:paraId="1E0F860A" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36B5720B" w14:textId="6CC6C89E" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="004B0EE4" w:rsidP="00DC7A03">
+          <w:p w14:paraId="36B5720B" w14:textId="6CC6C89E" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="004B0EE4" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All-Pro Electric</w:t>
             </w:r>
-            <w:r w:rsidR="0001574E" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0001574E" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69E4EDBB" w14:textId="4D44C590" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="51853F19" w:rsidP="00DC7A03">
+          <w:p w14:paraId="69E4EDBB" w14:textId="4D44C590" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="51853F19" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId60">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37070</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E8101B1" w14:textId="6CC4D946" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0E8101B1" w14:textId="6CC4D946" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mike Harrington</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="062AA637" w14:textId="2ACFF542" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="062AA637" w14:textId="2ACFF542" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>978-469-0100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D374753" w14:textId="7AE151C3" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="009C3311" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2D374753" w14:textId="7AE151C3" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="009C3311" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Mikeh@allproelectric.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CB80F99" w14:textId="5686CC4C" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="0661566F" w:rsidP="009A48FF">
+          <w:p w14:paraId="3CB80F99" w14:textId="5686CC4C" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="0661566F" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C3B2F41" w14:textId="2D19BA51" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7C3B2F41" w14:textId="2D19BA51" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="0661566F" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1.0%=10 days; 0.5%=15 </w:t>
             </w:r>
-            <w:r w:rsidR="3759952A" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="3759952A" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ays; 0.5%=20 days;</w:t>
             </w:r>
-            <w:r w:rsidR="7F44DBB7" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="7F44DBB7" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004B0EE4" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="004B0EE4" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="1976586B" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="1976586B" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.25%= 30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0590C62E" w14:textId="5BFE5455" w:rsidR="004B0EE4" w:rsidRPr="00D7654C" w:rsidRDefault="1976586B" w:rsidP="008A4770">
+          <w:p w14:paraId="0590C62E" w14:textId="5BFE5455" w:rsidR="004B0EE4" w:rsidRPr="00D85EF5" w:rsidRDefault="1976586B" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="00E44D1B" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="00E44D1B" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19454AF1" w14:textId="663DCF8E" w:rsidR="35F67AB2" w:rsidRPr="00D7654C" w:rsidRDefault="35F67AB2" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="19454AF1" w14:textId="663DCF8E" w:rsidR="35F67AB2" w:rsidRPr="00D85EF5" w:rsidRDefault="35F67AB2" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anderson Motors Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7097E69A" w14:textId="0F5C3D6E" w:rsidR="3E9EA814" w:rsidRPr="00D7654C" w:rsidRDefault="3E9EA814" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7097E69A" w14:textId="0F5C3D6E" w:rsidR="3E9EA814" w:rsidRPr="00D85EF5" w:rsidRDefault="3E9EA814" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId62">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37529</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D43D8FE" w14:textId="00ACFD16" w:rsidR="35F67AB2" w:rsidRPr="00D7654C" w:rsidRDefault="35F67AB2" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5D43D8FE" w14:textId="00ACFD16" w:rsidR="35F67AB2" w:rsidRPr="00D85EF5" w:rsidRDefault="35F67AB2" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jim Anderson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE70D64" w14:textId="741F78A8" w:rsidR="67D7F3D3" w:rsidRPr="00D7654C" w:rsidRDefault="67D7F3D3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="4FE70D64" w14:textId="741F78A8" w:rsidR="67D7F3D3" w:rsidRPr="00D85EF5" w:rsidRDefault="67D7F3D3" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>401-434-5900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D6A675" w14:textId="3A6F3E4C" w:rsidR="67D7F3D3" w:rsidRPr="00D7654C" w:rsidRDefault="67D7F3D3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="04D6A675" w14:textId="3A6F3E4C" w:rsidR="67D7F3D3" w:rsidRPr="00D85EF5" w:rsidRDefault="67D7F3D3" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId63">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Jim@andersonmotors.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="440641B5" w14:textId="372C600A" w:rsidR="13E93C2A" w:rsidRPr="00D7654C" w:rsidRDefault="13E93C2A" w:rsidP="009A48FF">
+          <w:p w14:paraId="440641B5" w14:textId="372C600A" w:rsidR="13E93C2A" w:rsidRPr="00D85EF5" w:rsidRDefault="13E93C2A" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB91F37" w14:textId="13EC5B00" w:rsidR="13E93C2A" w:rsidRPr="00D7654C" w:rsidRDefault="13E93C2A" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7FB91F37" w14:textId="13EC5B00" w:rsidR="13E93C2A" w:rsidRPr="00D85EF5" w:rsidRDefault="13E93C2A" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.0%=10 days; 0.50%</w:t>
             </w:r>
-            <w:r w:rsidR="09054316" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="09054316" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; 0.25%=20 days; 0%=30 d</w:t>
             </w:r>
-            <w:r w:rsidR="100E6985" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="100E6985" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ay</w:t>
             </w:r>
-            <w:r w:rsidR="09054316" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="09054316" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3135FF52" w14:textId="065C7156" w:rsidR="09054316" w:rsidRPr="00D7654C" w:rsidRDefault="09054316" w:rsidP="008A4770">
+          <w:p w14:paraId="3135FF52" w14:textId="065C7156" w:rsidR="09054316" w:rsidRPr="00D85EF5" w:rsidRDefault="09054316" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w14:paraId="600D6D03" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="600D6D03" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FB2953" w14:textId="62888544" w:rsidR="00980D89" w:rsidRPr="00D7654C" w:rsidRDefault="00AD5C17" w:rsidP="00DC7A03">
+          <w:p w14:paraId="36FB2953" w14:textId="62888544" w:rsidR="00980D89" w:rsidRPr="00D85EF5" w:rsidRDefault="00AD5C17" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Better Together Brain Trus</w:t>
             </w:r>
-            <w:r w:rsidR="00980D89" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00980D89" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6202F0B3" w14:textId="5C6D2746" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="00AD5C17" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6202F0B3" w14:textId="5C6D2746" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00AD5C17" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25D8FBAA" w14:textId="768A44CD" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="465F61BE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="25D8FBAA" w14:textId="768A44CD" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="465F61BE" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId64">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37218</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="103B6D2C" w14:textId="447569F2" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
+          <w:p w14:paraId="103B6D2C" w14:textId="447569F2" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brittany Haringa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52D7DE3E" w14:textId="6DD5FFD9" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
+          <w:p w14:paraId="52D7DE3E" w14:textId="6DD5FFD9" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>774-462-8631</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E75BF46" w14:textId="743E590D" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3E75BF46" w14:textId="743E590D" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId65">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Brittany@BT2Energy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4637B699" w14:textId="5E6B0D0E" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="65CA7DE0" w:rsidP="009A48FF">
+          <w:p w14:paraId="4637B699" w14:textId="5E6B0D0E" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6264E113" w14:textId="03E92681" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6264E113" w14:textId="03E92681" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="531B7968" w14:textId="3388727A" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="65CA7DE0" w:rsidP="008A4770">
+          <w:p w14:paraId="531B7968" w14:textId="3388727A" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="65CA7DE0" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w14:paraId="4500AF60" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="4500AF60" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="561F5FC9" w14:textId="1888B6D5" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="003D07FB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="561F5FC9" w14:textId="1888B6D5" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="003D07FB" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>District Fleet</w:t>
             </w:r>
-            <w:r w:rsidR="00416404" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00416404" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CAA7CE9" w14:textId="07023CBF" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="465F61BE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0CAA7CE9" w14:textId="07023CBF" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="465F61BE" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId66">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37091</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0386B6CA" w14:textId="0846DB2F" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="6C07AE07" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0386B6CA" w14:textId="0846DB2F" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="6C07AE07" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Joe Candelmo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="621F0313" w14:textId="1884128B" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="6C07AE07" w:rsidP="00DC7A03">
+          <w:p w14:paraId="621F0313" w14:textId="1884128B" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="6C07AE07" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>610-295-7196</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC5E9BC" w14:textId="6A429CC4" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="3229C6BE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5AC5E9BC" w14:textId="6A429CC4" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="3229C6BE" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId67">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Joe@districtfleet.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A4B878" w14:textId="195E108E" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="443BF3CB" w:rsidP="009A48FF">
+          <w:p w14:paraId="75A4B878" w14:textId="195E108E" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="443BF3CB" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B45D85E" w14:textId="68A2D258" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="443BF3CB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4B45D85E" w14:textId="68A2D258" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="443BF3CB" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">0.5% </w:t>
             </w:r>
-            <w:r w:rsidR="547CEEC4" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="547CEEC4" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">= </w:t>
             </w:r>
-            <w:r w:rsidR="7A8B61F3" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="7A8B61F3" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10-</w:t>
             </w:r>
-            <w:r w:rsidR="547CEEC4" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="547CEEC4" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518A62E4" w14:textId="7195E165" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="547CEEC4" w:rsidP="008A4770">
+          <w:p w14:paraId="518A62E4" w14:textId="7195E165" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="547CEEC4" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w14:paraId="13CBA99D" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="13CBA99D" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EB17430" w14:textId="5FB76C43" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="00416404" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5EB17430" w14:textId="5FB76C43" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00416404" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Emmaty, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C3386B" w14:textId="3752CD5B" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="58C3386B" w14:textId="3752CD5B" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId68">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37280</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545838B0" w14:textId="0AB51F1A" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
+          <w:p w14:paraId="545838B0" w14:textId="0AB51F1A" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Madeline Cabrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57838D48" w14:textId="36BA13F1" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
+          <w:p w14:paraId="57838D48" w14:textId="36BA13F1" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-320-4243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCFD8B9" w14:textId="3F532C25" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6CCFD8B9" w14:textId="3F532C25" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="03B52571" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId69">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Madeline@emmaty.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBA1BAD" w14:textId="737F7907" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="1A1D44CB" w:rsidP="009A48FF">
+          <w:p w14:paraId="7CBA1BAD" w14:textId="737F7907" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="1A1D44CB" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC4C066" w14:textId="7E4443C8" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="1A1D44CB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0AC4C066" w14:textId="7E4443C8" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="1A1D44CB" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.5%= 10 days;1.0%=15 days;</w:t>
             </w:r>
-            <w:r w:rsidR="6E8A03EC" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="6E8A03EC" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="75E80666" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="75E80666" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.5% days</w:t>
             </w:r>
-            <w:r w:rsidR="00AEC13D" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00AEC13D" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>=20 days; 0%=30</w:t>
             </w:r>
-            <w:r w:rsidR="16A1E01A" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="16A1E01A" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AEC13D" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00AEC13D" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3915C8F8" w14:textId="488EC06E" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="550E17E7" w:rsidP="008A4770">
+          <w:p w14:paraId="3915C8F8" w14:textId="488EC06E" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="550E17E7" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w14:paraId="08D1EC0C" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="08D1EC0C" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C914D94" w14:textId="7E3DB8C6" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="00416404" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7C914D94" w14:textId="7E3DB8C6" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00416404" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Energy Conservation</w:t>
             </w:r>
-            <w:r w:rsidR="009502AE" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="009502AE" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5A2F82" w14:textId="1F25EA32" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6D5A2F82" w14:textId="1F25EA32" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId70">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37472</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37DD7B19" w14:textId="63ABCC98" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="00F96F9C" w:rsidP="00DC7A03">
+          <w:p w14:paraId="37DD7B19" w14:textId="63ABCC98" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="00F96F9C" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="5B8604AF" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="5B8604AF" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chris Collins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C84513" w14:textId="7B9E0321" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="5B8604AF" w:rsidP="00DC7A03">
+          <w:p w14:paraId="46C84513" w14:textId="7B9E0321" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="5B8604AF" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-504-6718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0EBF53" w14:textId="0CECA29C" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="5B8604AF" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0C0EBF53" w14:textId="0CECA29C" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="5B8604AF" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId71">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Chris@eci-ne.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCE8954" w14:textId="0B640541" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="43435C70" w:rsidP="009A48FF">
+          <w:p w14:paraId="2CCE8954" w14:textId="0B640541" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="43435C70" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A771B82" w14:textId="08F5D8C9" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="731DAECE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0A771B82" w14:textId="08F5D8C9" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="731DAECE" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.0%=10 days; 2.0% =15 day</w:t>
             </w:r>
-            <w:r w:rsidR="3C8A2178" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="3C8A2178" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r w:rsidR="7BCAFB2A" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="7BCAFB2A" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0% 20-10 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1667025A" w14:textId="50B38C59" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="68DAF779" w:rsidP="008A4770">
+          <w:p w14:paraId="1667025A" w14:textId="50B38C59" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="68DAF779" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w14:paraId="7ADDDE93" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w14:paraId="7ADDDE93" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="132C445B" w14:textId="5340735C" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="0083518C" w:rsidP="00DC7A03">
+          <w:p w14:paraId="132C445B" w14:textId="5340735C" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="0083518C" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EV Hub, Inc. dba Alwayz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244725E3" w14:textId="7ADCC34B" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="244725E3" w14:textId="7ADCC34B" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId72">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37367</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58852C3C" w14:textId="307C08B2" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="4658B376" w:rsidP="00DC7A03">
+          <w:p w14:paraId="58852C3C" w14:textId="307C08B2" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="4658B376" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scott Nathan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07FEF189" w14:textId="4A8BF5E2" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="4B243B91" w:rsidP="00DC7A03">
+          <w:p w14:paraId="07FEF189" w14:textId="4A8BF5E2" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="4B243B91" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-866-9542</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A84D249" w14:textId="44D5667C" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="79F8CE08" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5A84D249" w14:textId="44D5667C" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="79F8CE08" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId73">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Scott@alwayz.us</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="4A271DC5" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="4A271DC5" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3484193B" w14:textId="79D11F3A" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="7BCDFF66" w:rsidP="009A48FF">
+          <w:p w14:paraId="3484193B" w14:textId="79D11F3A" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="7BCDFF66" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC8B6B0" w14:textId="20FC9703" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="74A8FDFE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4AC8B6B0" w14:textId="20FC9703" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="74A8FDFE" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.0%=1</w:t>
             </w:r>
-            <w:r w:rsidR="2367BCB8" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="2367BCB8" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">days; 2.0%=15 days; 1.0 </w:t>
             </w:r>
-            <w:r w:rsidR="59921F86" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="59921F86" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>%=20 days; 0%=30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11155801" w14:textId="6305D907" w:rsidR="00F96F9C" w:rsidRPr="00D7654C" w:rsidRDefault="3CBB7E9C" w:rsidP="008A4770">
+          <w:p w14:paraId="11155801" w14:textId="6305D907" w:rsidR="00F96F9C" w:rsidRPr="00D85EF5" w:rsidRDefault="3CBB7E9C" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="32996C0C" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="32996C0C" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="227E3E7A" w14:textId="48803FFF" w:rsidR="501B6878" w:rsidRPr="00D7654C" w:rsidRDefault="501B6878" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="227E3E7A" w14:textId="48803FFF" w:rsidR="501B6878" w:rsidRPr="00D85EF5" w:rsidRDefault="501B6878" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EV4All Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A71CCA" w14:textId="2DCA6012" w:rsidR="3A093BCA" w:rsidRPr="00D7654C" w:rsidRDefault="3A093BCA" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="03A71CCA" w14:textId="2DCA6012" w:rsidR="3A093BCA" w:rsidRPr="00D85EF5" w:rsidRDefault="3A093BCA" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId74">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37503</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFF4E82" w14:textId="03CB69C9" w:rsidR="2739CCB2" w:rsidRPr="00D7654C" w:rsidRDefault="2739CCB2" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7EFF4E82" w14:textId="03CB69C9" w:rsidR="2739CCB2" w:rsidRPr="00D85EF5" w:rsidRDefault="2739CCB2" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michelle Zhang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48335E3C" w14:textId="45478EC8" w:rsidR="5568AD15" w:rsidRPr="00D7654C" w:rsidRDefault="5568AD15" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="48335E3C" w14:textId="45478EC8" w:rsidR="5568AD15" w:rsidRPr="00D85EF5" w:rsidRDefault="5568AD15" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>323-435-2284</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9FA674" w14:textId="0E7C43CD" w:rsidR="1D91FBFB" w:rsidRPr="00D7654C" w:rsidRDefault="1D91FBFB" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2C9FA674" w14:textId="0E7C43CD" w:rsidR="1D91FBFB" w:rsidRPr="00D85EF5" w:rsidRDefault="1D91FBFB" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId75">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Ev4all@wv4all.net</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="050DAAB8" w14:textId="445B0DDF" w:rsidR="34B51890" w:rsidRPr="00D7654C" w:rsidRDefault="34B51890" w:rsidP="009A48FF">
+          <w:p w14:paraId="050DAAB8" w14:textId="445B0DDF" w:rsidR="34B51890" w:rsidRPr="00D85EF5" w:rsidRDefault="34B51890" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E05A805" w14:textId="6E40CB0F" w:rsidR="645A228D" w:rsidRPr="00D7654C" w:rsidRDefault="645A228D" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="3E05A805" w14:textId="6E40CB0F" w:rsidR="645A228D" w:rsidRPr="00D85EF5" w:rsidRDefault="645A228D" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.0%=10 days; 3.0%=15 days; 2.0 %=20 days; 0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7922E18C" w14:textId="208BC600" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7922E18C" w14:textId="208BC600" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24359A90" w14:textId="7396A0F5" w:rsidR="36B79B34" w:rsidRPr="00D7654C" w:rsidRDefault="36B79B34" w:rsidP="008A4770">
+          <w:p w14:paraId="24359A90" w14:textId="7396A0F5" w:rsidR="36B79B34" w:rsidRPr="00D85EF5" w:rsidRDefault="36B79B34" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0083518C" w:rsidRPr="00D7654C" w14:paraId="003DA2C0" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="0083518C" w:rsidRPr="00D85EF5" w14:paraId="003DA2C0" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22773D34" w14:textId="72B27101" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
+          <w:p w14:paraId="22773D34" w14:textId="72B27101" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fleet Electrical Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5373C9D5" w14:textId="2BC06819" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5373C9D5" w14:textId="2BC06819" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="69E2262D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId76">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37366</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C12D755" w14:textId="72D9D595" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1C12D755" w14:textId="72D9D595" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jeremy Martin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19DBA163" w14:textId="5A50F6DF" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="19DBA163" w14:textId="5A50F6DF" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>774-239-8592</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19CB0DB6" w14:textId="365CCD65" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
+          <w:p w14:paraId="19CB0DB6" w14:textId="365CCD65" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="61EC3BBE" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId77">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Jmartin@fleetelectric.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD9C22E" w14:textId="1F283532" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="6CC75115" w:rsidP="009A48FF">
+          <w:p w14:paraId="1DD9C22E" w14:textId="1F283532" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="6CC75115" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB6042F" w14:textId="71ADEBD3" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="6CC75115" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1AB6042F" w14:textId="71ADEBD3" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="6CC75115" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.0%=10 days;</w:t>
             </w:r>
-            <w:r w:rsidR="0083518C" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0083518C" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0%=15-30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45FB27FE" w14:textId="6DFBF624" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="0083518C" w:rsidP="00DC7A03">
+          <w:p w14:paraId="45FB27FE" w14:textId="6DFBF624" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="0083518C" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3A077A" w14:textId="399D93AE" w:rsidR="0083518C" w:rsidRPr="00D7654C" w:rsidRDefault="6CC75115" w:rsidP="008A4770">
+          <w:p w14:paraId="4F3A077A" w14:textId="399D93AE" w:rsidR="0083518C" w:rsidRPr="00D85EF5" w:rsidRDefault="6CC75115" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A51A6" w:rsidRPr="00D7654C" w14:paraId="196AAE43" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w14:paraId="196AAE43" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="683437A5" w14:textId="49CE685F" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
+          <w:p w14:paraId="683437A5" w14:textId="49CE685F" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Fulcrum Energy Solutions</w:t>
             </w:r>
-            <w:r w:rsidR="00EF2D59" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00EF2D59" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36479394" w14:textId="512CA16B" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="36479394" w14:textId="512CA16B" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId78">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37240</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72F5580C" w14:textId="464680F0" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
+          <w:p w14:paraId="72F5580C" w14:textId="464680F0" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michelle Exaros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="493FC8E8" w14:textId="52E1DC73" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
+          <w:p w14:paraId="493FC8E8" w14:textId="52E1DC73" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>445-200-7356</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0B528F" w14:textId="67D31BD1" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2F0B528F" w14:textId="67D31BD1" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="3753D9F3" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId79">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Bids@fulcrumenergy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="606B0F77" w14:textId="1E550FC6" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="255C54BB" w:rsidP="009A48FF">
+          <w:p w14:paraId="606B0F77" w14:textId="1E550FC6" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="255C54BB" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="732C81A2" w14:textId="494D5173" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="255C54BB" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="732C81A2" w14:textId="494D5173" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="255C54BB" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.0%=10 days; 1.5%=15 days; 1.0 %=20 days; 0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="063D2811" w14:textId="34C97148" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
+          <w:p w14:paraId="063D2811" w14:textId="34C97148" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7336D3DD" w14:textId="38DBE29D" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="255C54BB" w:rsidP="008A4770">
+          <w:p w14:paraId="7336D3DD" w14:textId="38DBE29D" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="255C54BB" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A51A6" w:rsidRPr="00D7654C" w14:paraId="663AF2FD" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w14:paraId="663AF2FD" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B219556" w14:textId="6040C515" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="00EF2D59" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1B219556" w14:textId="6040C515" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="00EF2D59" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gateway International 360, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="726ACE0B" w14:textId="6200EF38" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="726ACE0B" w14:textId="6200EF38" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId80">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37151</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="066F78FB" w14:textId="30E5870A" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
+          <w:p w14:paraId="066F78FB" w14:textId="30E5870A" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Harper Zarker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D80E7C2" w14:textId="32DCDE64" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7D80E7C2" w14:textId="32DCDE64" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>609-458-1806</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5547EE9E" w14:textId="7CB6528E" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5547EE9E" w14:textId="7CB6528E" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="5BD94C83" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId81">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Harper@gatewayintl360.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="439A0807" w14:textId="43ACBC53" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="1F924966" w:rsidP="009A48FF">
+          <w:p w14:paraId="439A0807" w14:textId="43ACBC53" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="1F924966" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1, 3 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47C85A8F" w14:textId="4204B9B7" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="1F924966" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="47C85A8F" w14:textId="4204B9B7" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="1F924966" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2.0%=10 days; </w:t>
             </w:r>
-            <w:r w:rsidR="002A51A6" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="002A51A6" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0%=15-30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0732CC36" w14:textId="71AD8C4F" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0732CC36" w14:textId="71AD8C4F" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="002A51A6" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42D0FB06" w14:textId="7D64034D" w:rsidR="002A51A6" w:rsidRPr="00D7654C" w:rsidRDefault="1F924966" w:rsidP="008A4770">
+          <w:p w14:paraId="42D0FB06" w14:textId="7D64034D" w:rsidR="002A51A6" w:rsidRPr="00D85EF5" w:rsidRDefault="1F924966" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D7654C" w14:paraId="705636F2" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="705636F2" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A552E29" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4A552E29" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Graybar Electric Company Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40D8AE11" w14:textId="7EB58936" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="3CB6F3C7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="40D8AE11" w14:textId="7EB58936" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="3CB6F3C7" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId82">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37504</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="539A8D7A" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="539A8D7A" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michael Teahan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B327036" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6B327036" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-721-4041</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0907C13B" w14:textId="1A14EF45" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="2901B4CB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0907C13B" w14:textId="1A14EF45" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2901B4CB" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId83">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Michael.teahan@graybar.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="2E752037" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="2E752037" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C429AE" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00C429AE" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098CA06C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="009A48FF">
+          <w:p w14:paraId="098CA06C" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72F2F43F" w14:textId="7A75859B" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="72F2F43F" w14:textId="7A75859B" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="21687C1A" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="21687C1A" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.0%=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D910ABF" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="6D910ABF" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D7654C" w14:paraId="7C5E8557" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="7C5E8557" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3686E1F8" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3686E1F8" w14:textId="752C85D5" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Guardian Energy Management Solutions</w:t>
+            </w:r>
+            <w:r w:rsidR="00657878" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F97AAE7" w14:textId="3EEE179D" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6F97AAE7" w14:textId="3EEE179D" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="75D9932D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId84">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37149</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28844885" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="28844885" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75DEDFAB" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="75DEDFAB" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Domenic Armano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02379CA9" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="02379CA9" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>603-361-0979</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A81A47C" w14:textId="302BE81C" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="2901B4CB" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2A81A47C" w14:textId="302BE81C" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2901B4CB" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId85">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>darmano</w:t>
-[...9 lines deleted...]
-                <w:t>@guardian-energy.com</w:t>
+                <w:t>darmano@guardian-energy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C429AE" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00C429AE" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8FFF84" w14:textId="423C7CCE" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="2901B4CB" w:rsidP="009A48FF">
+          <w:p w14:paraId="4A8FFF84" w14:textId="423C7CCE" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2901B4CB" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="1D233E6E" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="1D233E6E" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C932868" w14:textId="4BE38CA1" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="1D233E6E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="6C932868" w14:textId="4BE38CA1" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="1D233E6E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.0%=10 days; 2.5%=15 days; 2.25 %=20 days; 2.0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="114A4CF6" w14:textId="17DCF4BB" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="114A4CF6" w14:textId="17DCF4BB" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A774352" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="008A4770">
+          <w:p w14:paraId="6A774352" w14:textId="77777777" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D7654C" w14:paraId="6A91B232" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="6A91B232" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="512E51AA" w14:textId="359FF7E1" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00203039" w:rsidP="00DC7A03">
+          <w:p w14:paraId="512E51AA" w14:textId="0E210B04" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00203039" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Highland Electric Fleet</w:t>
             </w:r>
-            <w:r w:rsidR="0063470B" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0063470B" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00657878" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, Inc</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF2B44" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78FFD8B8" w14:textId="6FA374C8" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
+          <w:p w14:paraId="78FFD8B8" w14:textId="6FA374C8" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId86">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37241</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2A159D" w14:textId="2362592A" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0A2A159D" w14:textId="2362592A" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ben Sonnega </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8BEACD" w14:textId="54134BF3" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0B8BEACD" w14:textId="54134BF3" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>74-377-1865</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11BB67E2" w14:textId="4FAE6756" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="11BB67E2" w14:textId="4FAE6756" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="6A4F0EE9" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId87">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Ben.sonnega@highlandfleet.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8CFF6C" w14:textId="1B4D454F" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="7BD41B15" w:rsidP="009A48FF">
+          <w:p w14:paraId="5D8CFF6C" w14:textId="1B4D454F" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7BD41B15" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="052FC687" w14:textId="34FFE0E8" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="7BD41B15" w:rsidP="00DC7A03">
+          <w:p w14:paraId="052FC687" w14:textId="34FFE0E8" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7BD41B15" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.5% 10-30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14DFD8ED" w14:textId="632BB159" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="7BD41B15" w:rsidP="008A4770">
+          <w:p w14:paraId="14DFD8ED" w14:textId="632BB159" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7BD41B15" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063470B" w:rsidRPr="00D7654C" w14:paraId="55921B1F" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="0063470B" w:rsidRPr="00D85EF5" w14:paraId="55921B1F" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA701E8" w14:textId="5C326745" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="00B304D9" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2FA701E8" w14:textId="13D2A0B8" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="00B304D9" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>KT&amp;T Dis</w:t>
             </w:r>
-            <w:r w:rsidR="004D1CE1" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="004D1CE1" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tributors</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12D08" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Inc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35010011" w14:textId="7165E0C7" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
+          <w:p w14:paraId="35010011" w14:textId="7165E0C7" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId88">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37217</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="026C5D67" w14:textId="500C1A01" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
+          <w:p w14:paraId="026C5D67" w14:textId="500C1A01" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kevin Porter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1247E800" w14:textId="3D41B94A" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1247E800" w14:textId="3D41B94A" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>401-465-7397</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9C0897" w14:textId="230339D1" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6B9C0897" w14:textId="230339D1" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="7CBE84BD" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId89">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kevin@KTTDistributors.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C02695D" w14:textId="2E2C12D7" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="3005E13C" w:rsidP="009A48FF">
+          <w:p w14:paraId="5C02695D" w14:textId="2E2C12D7" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="3005E13C" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1DFFE3" w14:textId="41D333BF" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="3005E13C" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="4D1DFFE3" w14:textId="41D333BF" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="3005E13C" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.0%=10 days; 2.0%=15 days; 1.0 %=20 days;1.0 %=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6390ECD3" w14:textId="421F1615" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="0063470B" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6390ECD3" w14:textId="421F1615" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="0063470B" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49DA44E6" w14:textId="451A8C94" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="3005E13C" w:rsidP="008A4770">
+          <w:p w14:paraId="49DA44E6" w14:textId="451A8C94" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="3005E13C" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="46E639EB" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="46E639EB" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5940DBD2" w14:textId="768F7412" w:rsidR="753CB826" w:rsidRPr="00D7654C" w:rsidRDefault="753CB826" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5940DBD2" w14:textId="0CF89A30" w:rsidR="753CB826" w:rsidRPr="00D85EF5" w:rsidRDefault="753CB826" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:t>Matcha Electric</w:t>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matcha E</w:t>
+            </w:r>
+            <w:r w:rsidR="007F7617" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09ABFB07" w14:textId="39AA9DC7" w:rsidR="753CB826" w:rsidRPr="00D7654C" w:rsidRDefault="753CB826" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="09ABFB07" w14:textId="39AA9DC7" w:rsidR="753CB826" w:rsidRPr="00D85EF5" w:rsidRDefault="753CB826" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId90">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37502</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFB9B47" w14:textId="78EB7D26" w:rsidR="12B2E8C9" w:rsidRPr="00D7654C" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1CFB9B47" w14:textId="78EB7D26" w:rsidR="12B2E8C9" w:rsidRPr="00D85EF5" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chris Kluesener</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56C4F0BB" w14:textId="60111BF7" w:rsidR="12B2E8C9" w:rsidRPr="00D7654C" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="56C4F0BB" w14:textId="60111BF7" w:rsidR="12B2E8C9" w:rsidRPr="00D85EF5" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-286-2355</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33E3EEE6" w14:textId="25979BF0" w:rsidR="12B2E8C9" w:rsidRPr="00D7654C" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="33E3EEE6" w14:textId="25979BF0" w:rsidR="12B2E8C9" w:rsidRPr="00D85EF5" w:rsidRDefault="12B2E8C9" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId91">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Chris@matchaelectric.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E843A5" w14:textId="27985D18" w:rsidR="1D1DFEAD" w:rsidRPr="00D7654C" w:rsidRDefault="1D1DFEAD" w:rsidP="009A48FF">
+          <w:p w14:paraId="03E843A5" w14:textId="27985D18" w:rsidR="1D1DFEAD" w:rsidRPr="00D85EF5" w:rsidRDefault="1D1DFEAD" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04692ED3" w14:textId="655D850D" w:rsidR="1D1DFEAD" w:rsidRPr="00D7654C" w:rsidRDefault="1D1DFEAD" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="04692ED3" w14:textId="655D850D" w:rsidR="1D1DFEAD" w:rsidRPr="00D85EF5" w:rsidRDefault="1D1DFEAD" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.0%=10 days; 4.0%=15 days; 3.0 %=20 days;2.0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F5FD0E5" w14:textId="604BC286" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="3F5FD0E5" w14:textId="604BC286" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21E7BC37" w14:textId="474420D4" w:rsidR="1D1DFEAD" w:rsidRPr="00D7654C" w:rsidRDefault="1D1DFEAD" w:rsidP="008A4770">
+          <w:p w14:paraId="21E7BC37" w14:textId="474420D4" w:rsidR="1D1DFEAD" w:rsidRPr="00D85EF5" w:rsidRDefault="1D1DFEAD" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063470B" w:rsidRPr="00D7654C" w14:paraId="1BC6AB9F" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="0063470B" w:rsidRPr="00D85EF5" w14:paraId="1BC6AB9F" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46F4380D" w14:textId="563A0069" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="00302740" w:rsidP="00DC7A03">
+          <w:p w14:paraId="46F4380D" w14:textId="754D485F" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="00302740" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MoveEV</w:t>
+            </w:r>
+            <w:r w:rsidR="004323C9" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Inc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2217223E" w14:textId="2D0C83E6" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2217223E" w14:textId="2D0C83E6" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="02376902" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId92">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37150</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C895DFE" w14:textId="76A8D06E" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6C895DFE" w14:textId="76A8D06E" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brant Carter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE7BF53" w14:textId="66A2F21D" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6CE7BF53" w14:textId="66A2F21D" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-733-5046</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11A3BC48" w14:textId="1452F13C" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
+          <w:p w14:paraId="11A3BC48" w14:textId="1452F13C" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="682A498F" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId93">
-              <w:r w:rsidRPr="00D7654C">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Bcarter@moveev.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="517AC3A3" w14:textId="72DEDC43" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="0AFB3488" w:rsidP="009A48FF">
+          <w:p w14:paraId="517AC3A3" w14:textId="72DEDC43" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="0AFB3488" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3580B546" w14:textId="0147629A" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="0AFB3488" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="3580B546" w14:textId="0147629A" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="0AFB3488" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.0%=10 days; 3.0%=15 days; 2.0 %=20 days; 2.0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DB027DE" w14:textId="063CF4A9" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="0063470B" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6DB027DE" w14:textId="063CF4A9" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="0063470B" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19F65FD2" w14:textId="17EA6D2E" w:rsidR="0063470B" w:rsidRPr="00D7654C" w:rsidRDefault="0AFB3488" w:rsidP="008A4770">
+          <w:p w14:paraId="19F65FD2" w14:textId="17EA6D2E" w:rsidR="0063470B" w:rsidRPr="00D85EF5" w:rsidRDefault="0AFB3488" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="25EF22BA" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w14:paraId="3DC81D2B" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05E65BA5" w14:textId="30A3446B" w:rsidR="0006F8CE" w:rsidRPr="00D7654C" w:rsidRDefault="0006F8CE" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="6A780679" w14:textId="38A60586" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="00093EC2" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:t>PowerFlex</w:t>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Paired Power</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0821A4DB" w14:textId="631E0E1B" w:rsidR="2194BECF" w:rsidRPr="00D7654C" w:rsidRDefault="2194BECF" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="199D326A" w14:textId="53FED6DF" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="00FC3B61" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>376</w:t>
+              </w:r>
+              <w:r w:rsidR="00331BEB" w:rsidRPr="00D85EF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>82</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA3D9E9" w14:textId="3DD4357D" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="006F72C9" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Steve Dusse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEB8B79" w14:textId="3ECF4F54" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="0014683A" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>669-877-2930</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5273E8" w14:textId="3ECFC324" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="000526B4" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Steve.dusse@pairedpower.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3541AD" w14:textId="5D4ACFFD" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="000A3728" w:rsidP="009A48FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 &amp; 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3925851B" w14:textId="2AF53C9A" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="001D764E" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+            <w:r w:rsidR="001741C2" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00441E31" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="001741C2" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10 d</w:t>
+            </w:r>
+            <w:r w:rsidR="00054F00" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ays</w:t>
+            </w:r>
+            <w:r w:rsidR="001741C2" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>; 1.5%</w:t>
+            </w:r>
+            <w:r w:rsidR="00054F00" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="00441E31" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="004976A6" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.0%=</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4F0C" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="00F34744" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0%=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F702F01" w14:textId="3B2773BA" w:rsidR="00093EC2" w:rsidRPr="00D85EF5" w:rsidRDefault="00123506" w:rsidP="008A4770">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="25EF22BA" w14:textId="77777777" w:rsidTr="00C11C33">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E65BA5" w14:textId="73AAF346" w:rsidR="0006F8CE" w:rsidRPr="00D85EF5" w:rsidRDefault="0006F8CE" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PowerFlex</w:t>
+            </w:r>
+            <w:r w:rsidR="0070249F" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Systems </w:t>
+            </w:r>
+            <w:r w:rsidR="004323C9" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0821A4DB" w14:textId="631E0E1B" w:rsidR="2194BECF" w:rsidRPr="00D85EF5" w:rsidRDefault="2194BECF" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId96">
+              <w:r w:rsidRPr="00D85EF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37525</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C4EAC9" w14:textId="4579A49C" w:rsidR="2A077BF3" w:rsidRPr="00D7654C" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="50C4EAC9" w14:textId="4579A49C" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Frances Palmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC3A01B" w14:textId="617A933E" w:rsidR="2A077BF3" w:rsidRPr="00D7654C" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7CC3A01B" w14:textId="617A933E" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>650-469-3392</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7712FA08" w14:textId="4B24B8EE" w:rsidR="2A077BF3" w:rsidRPr="00D7654C" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7712FA08" w14:textId="4B24B8EE" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId97">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Frances.palmer@powerflex.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56004CB9" w14:textId="32A6A7F3" w:rsidR="2A077BF3" w:rsidRPr="00D7654C" w:rsidRDefault="2A077BF3" w:rsidP="009A48FF">
+          <w:p w14:paraId="56004CB9" w14:textId="32A6A7F3" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="528C2C0F" w14:textId="62BD990B" w:rsidR="2A077BF3" w:rsidRPr="00D7654C" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="528C2C0F" w14:textId="62BD990B" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.30%=10 days; 0.25%=15 days; 0.20 %=20 days; 0.15%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="447B7459" w14:textId="40027600" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="447B7459" w14:textId="40027600" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20740FB8" w14:textId="2C84C1B0" w:rsidR="2A077BF3" w:rsidRPr="00D7654C" w:rsidRDefault="2A077BF3" w:rsidP="008A4770">
+          <w:p w14:paraId="20740FB8" w14:textId="2C84C1B0" w:rsidR="2A077BF3" w:rsidRPr="00D85EF5" w:rsidRDefault="2A077BF3" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D7654C" w14:paraId="06009261" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w14:paraId="7F792329" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="726E078C" w14:textId="45277591" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="683CEBA7" w14:textId="1E09AC6E" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="009D63DA" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:t>ReVision Energy Inc</w:t>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pro Managem</w:t>
+            </w:r>
+            <w:r w:rsidR="000272BC" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ent Design and Construction (PPMDC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02246878" w14:textId="62A53603" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="04294462" w14:textId="3FD4FB1C" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="00C0666D" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>37717</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E31077E" w14:textId="5AB41BAD" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="007D0675" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Carl Walker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F946D6" w14:textId="1A14C8EB" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="006B3081" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>508-944-6115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1F6651" w14:textId="60F9387D" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="00C11C33" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>CsWalker345@gmail.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA524E4" w14:textId="695EA987" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="005A5D68" w:rsidP="009A48FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10851539" w14:textId="7710FEF2" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="00C50C33" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5.0%=10 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="006A72B3" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.0%=15 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="003A26F2" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.0%</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61813" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF2CF7" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="00B25036" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0%=</w:t>
+            </w:r>
+            <w:r w:rsidR="00625537" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8BEFBE" w14:textId="6E9D4717" w:rsidR="009D63DA" w:rsidRPr="00D85EF5" w:rsidRDefault="0044594B" w:rsidP="008A4770">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="06009261" w14:textId="77777777" w:rsidTr="00C11C33">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="726E078C" w14:textId="45277591" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ReVision Energy Inc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02246878" w14:textId="62A53603" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37272</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49C87891" w14:textId="18FE53DE" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
+          <w:p w14:paraId="49C87891" w14:textId="18FE53DE" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Barry Woods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC63CA1" w14:textId="30E320B1" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
+          <w:p w14:paraId="2AC63CA1" w14:textId="30E320B1" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>503-504-6492</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1210B0D3" w14:textId="6D0076F7" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1210B0D3" w14:textId="6D0076F7" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="7E12CF86" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId101">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Barryw@revisionemergy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="255C5B4E" w14:textId="38898BF7" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="2E0F1B5C" w:rsidP="009A48FF">
+          <w:p w14:paraId="255C5B4E" w14:textId="38898BF7" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2E0F1B5C" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5071B175" w14:textId="20FC9703" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="2E0F1B5C" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5071B175" w14:textId="20FC9703" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2E0F1B5C" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.0%=10 days; 2.0%=15 days; 1.0 %=20 days; 0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63279234" w14:textId="41A5A5C7" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="63279234" w14:textId="41A5A5C7" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0020D10D" w14:textId="6C7036AA" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="2E0F1B5C" w:rsidP="008A4770">
+          <w:p w14:paraId="0020D10D" w14:textId="6C7036AA" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="2E0F1B5C" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="4D50731C" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="4D50731C" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD1F25F" w14:textId="445243A1" w:rsidR="3325DCC3" w:rsidRPr="00D7654C" w:rsidRDefault="3325DCC3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1BD1F25F" w14:textId="445243A1" w:rsidR="3325DCC3" w:rsidRPr="00D85EF5" w:rsidRDefault="3325DCC3" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Revolt Charging Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12562BCB" w14:textId="6C5A4A51" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="00B847B8" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="12562BCB" w14:textId="6C5A4A51" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="00B847B8" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37499</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD2BB26" w14:textId="42DCE5CF" w:rsidR="3325DCC3" w:rsidRPr="00D7654C" w:rsidRDefault="3325DCC3" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1AD2BB26" w14:textId="42DCE5CF" w:rsidR="3325DCC3" w:rsidRPr="00D85EF5" w:rsidRDefault="3325DCC3" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anel Bellevue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4C887C" w14:textId="2DC7BEAB" w:rsidR="342E1033" w:rsidRPr="00D7654C" w:rsidRDefault="342E1033" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0B4C887C" w14:textId="2DC7BEAB" w:rsidR="342E1033" w:rsidRPr="00D85EF5" w:rsidRDefault="342E1033" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-320-4494</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="579F1B09" w14:textId="1BD3A31E" w:rsidR="342E1033" w:rsidRPr="00D7654C" w:rsidRDefault="342E1033" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="579F1B09" w14:textId="1BD3A31E" w:rsidR="342E1033" w:rsidRPr="00D85EF5" w:rsidRDefault="342E1033" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId103">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Abellevue@revolt-charging.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="219FDE5E" w14:textId="348EB743" w:rsidR="724869F7" w:rsidRPr="00D7654C" w:rsidRDefault="724869F7" w:rsidP="009A48FF">
+          <w:p w14:paraId="219FDE5E" w14:textId="348EB743" w:rsidR="724869F7" w:rsidRPr="00D85EF5" w:rsidRDefault="724869F7" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp;4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="150F76E8" w14:textId="6159AC5F" w:rsidR="2241C615" w:rsidRPr="00D7654C" w:rsidRDefault="2241C615" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="150F76E8" w14:textId="6159AC5F" w:rsidR="2241C615" w:rsidRPr="00D85EF5" w:rsidRDefault="2241C615" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.0%=10 days; 4.0%=15 days; 3.0 %=20 days; 2.0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="780D3ED0" w14:textId="3DC74563" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="780D3ED0" w14:textId="3DC74563" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE56AEA" w14:textId="4ACB837F" w:rsidR="2241C615" w:rsidRPr="00D7654C" w:rsidRDefault="2241C615" w:rsidP="008A4770">
+          <w:p w14:paraId="3EE56AEA" w14:textId="4ACB837F" w:rsidR="2241C615" w:rsidRPr="00D85EF5" w:rsidRDefault="2241C615" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00136890" w:rsidRPr="00D7654C" w14:paraId="190B479F" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00136890" w:rsidRPr="00D85EF5" w14:paraId="190B479F" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFC3E9F" w14:textId="7D0AFB3A" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="5EFC3E9F" w14:textId="7D0AFB3A" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Revvit Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFB487F" w14:textId="7066213E" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0DFB487F" w14:textId="7066213E" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00BF5373" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37344</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C18DE97" w14:textId="12F343F0" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="7C18DE97" w14:textId="12F343F0" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ross Bloom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6120385F" w14:textId="14D4FD1E" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6120385F" w14:textId="14D4FD1E" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-789-6404</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DED37F4" w14:textId="0F663B23" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4DED37F4" w14:textId="0F663B23" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="450B0BC7" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId105">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Ross@revvit.net</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2088590B" w14:textId="0DB87163" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="4EC62CCD" w:rsidP="009A48FF">
+          <w:p w14:paraId="2088590B" w14:textId="0DB87163" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="4EC62CCD" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2720F34B" w14:textId="1306FCFF" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="65846206" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2720F34B" w14:textId="1306FCFF" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="65846206" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
-            <w:r w:rsidR="516259D4" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="516259D4" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>%=10 days;</w:t>
             </w:r>
-            <w:r w:rsidR="2C3D3BC5" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="2C3D3BC5" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
-            <w:r w:rsidR="516259D4" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="516259D4" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">%=15 days; 1.0 %=20 days; </w:t>
             </w:r>
-            <w:r w:rsidR="68AA33DB" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="68AA33DB" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="516259D4" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="516259D4" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0%=30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3917FDDD" w14:textId="0916AF8D" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3917FDDD" w14:textId="0916AF8D" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="00136890" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6872D968" w14:textId="7C949606" w:rsidR="00136890" w:rsidRPr="00D7654C" w:rsidRDefault="71A5ECA0" w:rsidP="008A4770">
+          <w:p w14:paraId="6872D968" w14:textId="7C949606" w:rsidR="00136890" w:rsidRPr="00D85EF5" w:rsidRDefault="71A5ECA0" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="0D06BC48" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="0D06BC48" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E53686B" w14:textId="756C6651" w:rsidR="28D4A261" w:rsidRPr="00D7654C" w:rsidRDefault="28D4A261" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0E53686B" w14:textId="756C6651" w:rsidR="28D4A261" w:rsidRPr="00D85EF5" w:rsidRDefault="28D4A261" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rivermoor Energy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1753296E" w14:textId="2B146C5C" w:rsidR="4119461F" w:rsidRPr="00D7654C" w:rsidRDefault="4119461F" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1753296E" w14:textId="2B146C5C" w:rsidR="4119461F" w:rsidRPr="00D85EF5" w:rsidRDefault="4119461F" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37524</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EF9B817" w14:textId="6288D4F2" w:rsidR="2D1B2978" w:rsidRPr="00D7654C" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0EF9B817" w14:textId="6288D4F2" w:rsidR="2D1B2978" w:rsidRPr="00D85EF5" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>John Tourtelotte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34F8824A" w14:textId="4AD08648" w:rsidR="2D1B2978" w:rsidRPr="00D7654C" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="34F8824A" w14:textId="4AD08648" w:rsidR="2D1B2978" w:rsidRPr="00D85EF5" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-655-6002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5E8B79" w14:textId="76BB1580" w:rsidR="2D1B2978" w:rsidRPr="00D7654C" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="4B5E8B79" w14:textId="76BB1580" w:rsidR="2D1B2978" w:rsidRPr="00D85EF5" w:rsidRDefault="2D1B2978" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId103">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId107">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>John@rivermoorenergy.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D491FBB" w14:textId="288285A9" w:rsidR="7385CC16" w:rsidRPr="00D7654C" w:rsidRDefault="7385CC16" w:rsidP="009A48FF">
+          <w:p w14:paraId="4D491FBB" w14:textId="288285A9" w:rsidR="7385CC16" w:rsidRPr="00D85EF5" w:rsidRDefault="7385CC16" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20EBC61F" w14:textId="644E7D40" w:rsidR="1C631AB9" w:rsidRPr="00D7654C" w:rsidRDefault="1C631AB9" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="20EBC61F" w14:textId="6E56E1D6" w:rsidR="1C631AB9" w:rsidRPr="00D85EF5" w:rsidRDefault="1C631AB9" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:t>0.25%=10 days; 0%=15-30 days</w:t>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.25%=10 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="00913791" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0%=15-30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73C94D18" w14:textId="79135754" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="73C94D18" w14:textId="79135754" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6E9FAB" w14:textId="74917DCA" w:rsidR="1C631AB9" w:rsidRPr="00D7654C" w:rsidRDefault="1C631AB9" w:rsidP="008A4770">
+          <w:p w14:paraId="6C6E9FAB" w14:textId="74917DCA" w:rsidR="1C631AB9" w:rsidRPr="00D85EF5" w:rsidRDefault="1C631AB9" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575409" w:rsidRPr="00D7654C" w14:paraId="0AF5E609" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="005836CE" w:rsidRPr="00D85EF5" w14:paraId="0AD7CA1F" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D100AC" w14:textId="2F3CA786" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="001C6827" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3EC03CD8" w14:textId="332A2364" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="005836CE" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:t>Universal Electric</w:t>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sur</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE44AD" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aTech EV Power</w:t>
+            </w:r>
+            <w:r w:rsidR="00781862" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78138439" w14:textId="468230BC" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="001C6827" w:rsidP="00DC7A03">
+          <w:p w14:paraId="6FEB08F3" w14:textId="310D3261" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="009F4A18" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>37680</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C3545B" w14:textId="121D87AD" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="00217D0F" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mayur Kamal</w:t>
+            </w:r>
+            <w:r w:rsidR="00651FE7" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>akar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E87E720" w14:textId="4F20B304" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="00651FE7" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>339-244-9464</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBA75B7" w14:textId="6C46315A" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="00651FE7" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Mayur.kamalakar@suryatechpower.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4242C512" w14:textId="68A12280" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="000A46AC" w:rsidP="009A48FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 &amp; 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="168F2A58" w14:textId="31FE7315" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="00744908" w:rsidP="3F0B6D7E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5.0%=10 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="00E50C98" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.0%</w:t>
+            </w:r>
+            <w:r w:rsidR="003A522A" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidR="00097534" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="00E65B99" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.0%</w:t>
+            </w:r>
+            <w:r w:rsidR="0017613D" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=20 days; </w:t>
+            </w:r>
+            <w:r w:rsidR="00E23E2D" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="0041274C" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23E2D" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=30 days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D582D8A" w14:textId="6CAD63E9" w:rsidR="005836CE" w:rsidRPr="00D85EF5" w:rsidRDefault="005370DC" w:rsidP="008A4770">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00217D0F" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00575409" w:rsidRPr="00D85EF5" w14:paraId="0AF5E609" w14:textId="77777777" w:rsidTr="00C11C33">
+        <w:trPr>
+          <w:trHeight w:val="98"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D100AC" w14:textId="2F3CA786" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="001C6827" w:rsidP="00DC7A03">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universal Electric</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78138439" w14:textId="468230BC" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="001C6827" w:rsidP="00DC7A03">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37152</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC47253" w14:textId="25AF2B09" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="1FC47253" w14:textId="25AF2B09" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mike Quinn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E62981E" w14:textId="5B8E8FDA" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="4E62981E" w14:textId="5B8E8FDA" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>413-788-9473</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3772990E" w14:textId="7DBDF4F7" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
+          <w:p w14:paraId="3772990E" w14:textId="7DBDF4F7" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="31B8712D" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId111">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Mquinn@uecma.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="426685FA" w14:textId="6BE77E27" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="46CC52F5" w:rsidP="009A48FF">
+          <w:p w14:paraId="426685FA" w14:textId="6BE77E27" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="46CC52F5" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7B9E3E" w14:textId="6DCC0018" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="46CC52F5" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7E7B9E3E" w14:textId="6DCC0018" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="46CC52F5" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.0%= 10 - 30 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="722EA421" w14:textId="5ADE0FAA" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="00575409" w:rsidP="00DC7A03">
+          <w:p w14:paraId="722EA421" w14:textId="5ADE0FAA" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="00575409" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="025B7DCD" w14:textId="5C1E080E" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="46CC52F5" w:rsidP="008A4770">
+          <w:p w14:paraId="025B7DCD" w14:textId="5C1E080E" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="46CC52F5" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="18C39DD2" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="18C39DD2" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1766C6" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1A1766C6" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verdek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBE5A5D" w14:textId="3AD443EB" w:rsidR="5C641CFF" w:rsidRPr="00D7654C" w:rsidRDefault="5C641CFF" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7CBE5A5D" w14:textId="3AD443EB" w:rsidR="5C641CFF" w:rsidRPr="00D85EF5" w:rsidRDefault="5C641CFF" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37528</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="544AF0AB" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="544AF0AB" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Margaret Paccione</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E2B9EE" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="50E2B9EE" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>203-421-6477</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2537BE5F" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="2537BE5F" w14:textId="77777777" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId113">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>admin@verdek.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01FBB4AF" w14:textId="4A9F7FBE" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="009A48FF">
+          <w:p w14:paraId="01FBB4AF" w14:textId="4A9F7FBE" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="047BE652" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="047BE652" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71CE736A" w14:textId="09EE09A5" w:rsidR="33EC970F" w:rsidRPr="00D7654C" w:rsidRDefault="33EC970F" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="71CE736A" w14:textId="09EE09A5" w:rsidR="33EC970F" w:rsidRPr="00D85EF5" w:rsidRDefault="33EC970F" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.0%= 10 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37BC7A84" w14:textId="22E81ED8" w:rsidR="33EC970F" w:rsidRPr="00D7654C" w:rsidRDefault="33EC970F" w:rsidP="008A4770">
+          <w:p w14:paraId="37BC7A84" w14:textId="22E81ED8" w:rsidR="33EC970F" w:rsidRPr="00D85EF5" w:rsidRDefault="33EC970F" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575409" w:rsidRPr="00D7654C" w14:paraId="2EF88CB4" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="00575409" w:rsidRPr="00D85EF5" w14:paraId="2EF88CB4" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739A7C1F" w14:textId="2873FA37" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="006D657A" w:rsidP="00DC7A03">
+          <w:p w14:paraId="739A7C1F" w14:textId="2873FA37" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="006D657A" w:rsidP="00DC7A03">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Viatec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0898A089" w14:textId="6DEADB36" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="006D657A" w:rsidP="00DC7A03">
+          <w:p w14:paraId="0898A089" w14:textId="6DEADB36" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="006D657A" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37214</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62535134" w14:textId="4E2B13FE" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
+          <w:p w14:paraId="62535134" w14:textId="4E2B13FE" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zach Gervin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="315F22E4" w14:textId="25526ABB" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
+          <w:p w14:paraId="315F22E4" w14:textId="25526ABB" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>650-384-9007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CA46FE" w14:textId="39A2B4F2" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
+          <w:p w14:paraId="29CA46FE" w14:textId="39A2B4F2" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId115">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ZachG@viatec.us</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="501240A9" w14:textId="0A9042A0" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="072ED2EC" w:rsidP="009A48FF">
+          <w:p w14:paraId="501240A9" w14:textId="0A9042A0" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69887D2F" w14:textId="43E9D39C" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="072ED2EC" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="69887D2F" w14:textId="43E9D39C" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.0% = 10 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67476AAF" w14:textId="3FDF2B81" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="00575409" w:rsidP="00DC7A03">
+          <w:p w14:paraId="67476AAF" w14:textId="3FDF2B81" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="00575409" w:rsidP="00DC7A03">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39D4ACDE" w14:textId="6014A003" w:rsidR="00575409" w:rsidRPr="00D7654C" w:rsidRDefault="072ED2EC" w:rsidP="008A4770">
+          <w:p w14:paraId="39D4ACDE" w14:textId="6014A003" w:rsidR="00575409" w:rsidRPr="00D85EF5" w:rsidRDefault="072ED2EC" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w14:paraId="77D87207" w14:textId="77777777" w:rsidTr="172EFF45">
+      <w:tr w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w14:paraId="77D87207" w14:textId="77777777" w:rsidTr="00C11C33">
         <w:trPr>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2677" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7416D0" w14:textId="7F399F3B" w:rsidR="58384AF1" w:rsidRPr="00D7654C" w:rsidRDefault="58384AF1" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="0E7416D0" w14:textId="7F399F3B" w:rsidR="58384AF1" w:rsidRPr="00D85EF5" w:rsidRDefault="58384AF1" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Voltrek</w:t>
             </w:r>
-            <w:r w:rsidR="3E1F1948" w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="3E1F1948" w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2175" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7895989F" w14:textId="76D7DBAD" w:rsidR="3E1F1948" w:rsidRPr="00D7654C" w:rsidRDefault="3E1F1948" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="7895989F" w14:textId="76D7DBAD" w:rsidR="3E1F1948" w:rsidRPr="00D85EF5" w:rsidRDefault="3E1F1948" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>37343</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="432D4181" w14:textId="6FCF41F2" w:rsidR="04FA3604" w:rsidRPr="00D7654C" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="432D4181" w14:textId="6FCF41F2" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Christine Minaya</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77980AEE" w14:textId="77A2AF8B" w:rsidR="04FA3604" w:rsidRPr="00D7654C" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="77980AEE" w14:textId="77A2AF8B" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>978-529-3848</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA7E6EE" w14:textId="4C98E1AB" w:rsidR="04FA3604" w:rsidRPr="00D7654C" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="1DA7E6EE" w14:textId="4C98E1AB" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111">
-              <w:r w:rsidRPr="00D7654C">
+            <w:hyperlink r:id="rId117">
+              <w:r w:rsidRPr="00D85EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Cminaya@voltrek.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="016F1D2B" w14:textId="487BA98B" w:rsidR="04FA3604" w:rsidRPr="00D7654C" w:rsidRDefault="04FA3604" w:rsidP="009A48FF">
+          <w:p w14:paraId="016F1D2B" w14:textId="487BA98B" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="009A48FF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 &amp; 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE7680E" w14:textId="77086230" w:rsidR="04FA3604" w:rsidRPr="00D7654C" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="5CE7680E" w14:textId="77086230" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.0% = 10 days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00E82321" w14:textId="04541782" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
+          <w:p w14:paraId="00E82321" w14:textId="04541782" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E" w:rsidP="3F0B6D7E">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B616BE0" w14:textId="698B16F5" w:rsidR="04FA3604" w:rsidRPr="00D7654C" w:rsidRDefault="04FA3604" w:rsidP="008A4770">
+          <w:p w14:paraId="6B616BE0" w14:textId="698B16F5" w:rsidR="04FA3604" w:rsidRPr="00D85EF5" w:rsidRDefault="04FA3604" w:rsidP="008A4770">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D7654C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D85EF5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EB88062" w14:textId="6F9F5693" w:rsidR="3F0B6D7E" w:rsidRPr="00D7654C" w:rsidRDefault="3F0B6D7E">
+    <w:p w14:paraId="4EB88062" w14:textId="6F9F5693" w:rsidR="3F0B6D7E" w:rsidRPr="00D85EF5" w:rsidRDefault="3F0B6D7E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Appendix_B:_Vendor"/>
       <w:bookmarkStart w:id="72" w:name="_Appendix_C:_Vendor"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="6332B1D8" w14:textId="234C0511" w:rsidR="000F0321" w:rsidRPr="00D7654C" w:rsidRDefault="000F0321" w:rsidP="000F0321">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7654C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">*Note that COMMBUYS is the official system of record for vendor contact information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADB5CDB" w14:textId="5085A4B4" w:rsidR="0013718A" w:rsidRPr="00D7654C" w:rsidRDefault="000F0321" w:rsidP="000F0321">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -19808,51 +21064,50 @@
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="387CC61A" w14:textId="5913596D" w:rsidR="00304C6F" w:rsidRPr="009C3311" w:rsidRDefault="009329E5" w:rsidP="00D604C2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="73" w:name="_Appendix_A:_[add"/>
       <w:bookmarkStart w:id="74" w:name="_Toc205802947"/>
       <w:bookmarkStart w:id="75" w:name="_Toc194066624"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="009C3311">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00480A60" w:rsidRPr="009C3311">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidR="00480A60" w:rsidRPr="009C3311">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
     </w:p>
     <w:p w14:paraId="59BFD38A" w14:textId="6017CD0C" w:rsidR="00E53E55" w:rsidRPr="009C3311" w:rsidRDefault="00E53E55" w:rsidP="00304C6F">
       <w:pPr>
         <w:rPr>
@@ -20595,51 +21850,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="046143DB" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7654C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Battery/Auxiliary Power Units or Generator Set (APU/GSs)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2274D79E" w14:textId="77777777" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="006F5D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7654C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -21102,51 +22356,50 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00322A89" w:rsidRPr="00D7654C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be responsible for ensuring the charging stations' optimal performance, reliability, and availability. These plans cover routine inspections, preventive</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C61B6AD" w14:textId="6A71EADD" w:rsidR="006A7A82" w:rsidRPr="00D7654C" w:rsidRDefault="00322A89" w:rsidP="00460ADA">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7654C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">maintenance, and prompt repair services to ensure optimal performance and reliability of the charging infrastructure. </w:t>
       </w:r>
       <w:r w:rsidR="00E179E4" w:rsidRPr="00D7654C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="006A7A82" w:rsidRPr="00D7654C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D7654C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>will be responsible for managing and servicing all aspects of the charging stations, including software updates, hardware repairs, and emergency response.</w:t>
       </w:r>
       <w:r w:rsidR="006A7A82" w:rsidRPr="00D7654C">
         <w:rPr>
@@ -21171,117 +22424,117 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors are required to clearly identify in the initial quote any and all possible modifications and changes to the vehicle’s current specifications.  Such modifications or changes may include fuel economy, towing capacity, dimension changes, ground clearance, etc.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="193BADA4" w14:textId="41B76E64" w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidRDefault="00001C92" w:rsidP="000F517E">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7654C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">If you need an electrician to work with your agency or municipality, please refer to the list of TRD01 Electrician Vendors located in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112">
+      <w:hyperlink r:id="rId118">
         <w:r w:rsidR="008C678C" w:rsidRPr="00D7654C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Master</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008C678C" w:rsidRPr="00D7654C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract Record</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7654C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> file.  These electricians are experienced with charging station installation and equipment.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00001C92" w:rsidRPr="00D7654C" w:rsidSect="00001C92">
-      <w:footerReference w:type="first" r:id="rId113"/>
+      <w:footerReference w:type="first" r:id="rId119"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11B96238" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="1C77B07B" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF9BFD6" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="36BA28A4" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C468E50" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="41702B44" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CE5A9F" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="07389B3C" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="178AABED" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9">
+    <w:p w14:paraId="45A948E5" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -21373,105 +22626,97 @@
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>mass.gov/osd</w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78F8526E" w14:textId="19CA5918" w:rsidR="00B85E2F" w:rsidRDefault="005875DD" w:rsidP="00B85E2F">
+  <w:p w14:paraId="78F8526E" w14:textId="611B6952" w:rsidR="00B85E2F" w:rsidRDefault="005875DD" w:rsidP="00B85E2F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>U</w:t>
     </w:r>
     <w:r w:rsidR="0081067A" w:rsidRPr="00222273">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>pdated:</w:t>
     </w:r>
     <w:r w:rsidR="00A16309" w:rsidRPr="00FC288C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="005D4B89">
+    <w:r w:rsidR="004D101D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>October</w:t>
+      <w:t>N</w:t>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidR="00970F22">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:t>23</w:t>
+      <w:t>ovember 13</w:t>
     </w:r>
     <w:r w:rsidR="009E3A45">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, 2025</w:t>
     </w:r>
     <w:r w:rsidR="00B85E2F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Template </w:t>
     </w:r>
     <w:r w:rsidR="00C70F3C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>V</w:t>
@@ -21699,51 +22944,51 @@
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Twitter: @Mass_OSD | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="027B16A5" w14:textId="77777777" w:rsidR="00B85E2F" w:rsidRDefault="00B85E2F">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47206A98" wp14:editId="41A61AF8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47206A98" wp14:editId="41A61AF8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9705975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="26" name="Group 26">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -21820,51 +23065,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="7BF9859B" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="26EFFFD8" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251675136;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRDefault="0019409E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -21927,155 +23172,151 @@
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>mass.gov/osd</w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="07400D7F" w14:textId="1158BA3B" w:rsidR="00B84519" w:rsidRDefault="00B84519" w:rsidP="00B84519">
+  <w:p w14:paraId="07400D7F" w14:textId="5B58295B" w:rsidR="00B84519" w:rsidRDefault="00B84519" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>U</w:t>
     </w:r>
     <w:r w:rsidRPr="00222273">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>pdated:</w:t>
     </w:r>
     <w:r w:rsidR="005D4B89">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> October</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="009E3A45">
+    <w:r w:rsidR="009C447A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:t>23</w:t>
+      <w:t>November 13</w:t>
     </w:r>
     <w:r w:rsidR="009E3A45">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, 2025</w:t>
     </w:r>
     <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
       <w:t xml:space="preserve">Template </w:t>
     </w:r>
     <w:r w:rsidR="00C70F3C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">ersion: </w:t>
     </w:r>
     <w:r w:rsidR="009E3A45">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
     <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="000D2433">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -22632,107 +23873,107 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Twitter: @Mass_OSD | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="01D301B6" w14:textId="56E37B51" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="00362B9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12FCF857" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5B3567ED" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCFDA41" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="2AE0CB7C" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CB221F8" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="35159198" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18CDE942" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
+    <w:p w14:paraId="177F4F2F" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="24AA0614" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9">
+    <w:p w14:paraId="43BB1E03" w14:textId="77777777" w:rsidR="004300E9" w:rsidRDefault="004300E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="488F56C6" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C527650" wp14:editId="35D49D6F">
           <wp:extent cx="1837690" cy="767194"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1920136933" name="Picture 1920136933" descr="Operational Services Division Logo" title="OSD Logo"/>
+          <wp:docPr id="8093787" name="Picture 8093787" descr="Operational Services Division Logo" title="OSD Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -22964,83 +24205,83 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6CF7A527" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="14318494" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="65EFE440" w14:textId="77777777" w:rsidR="0019409E" w:rsidRDefault="0019409E"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="7A34F4A0" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="790EE6F8" wp14:editId="4BBFB17A">
           <wp:extent cx="1837944" cy="777240"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
-          <wp:docPr id="198744915" name="Picture 198744915" descr="Operational Services Division Logo" title="OSD Logo"/>
+          <wp:docPr id="493062747" name="Picture 493062747" descr="Operational Services Division Logo" title="OSD Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -23533,51 +24774,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3C717BD8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="2AE06B4E" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26027,51 +27268,51 @@
   </w:num>
   <w:num w:numId="18" w16cid:durableId="436564727">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1668554764">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1606427497">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="473647670">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="125129013">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="995064923">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -26081,174 +27322,181 @@
     <w:rsidRoot w:val="009369A0"/>
     <w:rsid w:val="00000134"/>
     <w:rsid w:val="00000736"/>
     <w:rsid w:val="000008BD"/>
     <w:rsid w:val="000013EB"/>
     <w:rsid w:val="000015F4"/>
     <w:rsid w:val="00001B46"/>
     <w:rsid w:val="00001C92"/>
     <w:rsid w:val="0000281C"/>
     <w:rsid w:val="0000476F"/>
     <w:rsid w:val="00004AAB"/>
     <w:rsid w:val="000055B6"/>
     <w:rsid w:val="00005B0B"/>
     <w:rsid w:val="00005DDD"/>
     <w:rsid w:val="000063D9"/>
     <w:rsid w:val="0000661A"/>
     <w:rsid w:val="000067FD"/>
     <w:rsid w:val="00006867"/>
     <w:rsid w:val="00007251"/>
     <w:rsid w:val="000077C2"/>
     <w:rsid w:val="00007EFA"/>
     <w:rsid w:val="0001081E"/>
     <w:rsid w:val="00010C5E"/>
     <w:rsid w:val="00011132"/>
     <w:rsid w:val="000114B0"/>
+    <w:rsid w:val="00011542"/>
     <w:rsid w:val="00011ED4"/>
     <w:rsid w:val="000122EC"/>
     <w:rsid w:val="00012CBF"/>
     <w:rsid w:val="00012E9F"/>
     <w:rsid w:val="000133D1"/>
     <w:rsid w:val="0001472E"/>
     <w:rsid w:val="00014EA3"/>
     <w:rsid w:val="0001574E"/>
     <w:rsid w:val="000157ED"/>
     <w:rsid w:val="00015DFD"/>
     <w:rsid w:val="00015EB8"/>
     <w:rsid w:val="0001647C"/>
     <w:rsid w:val="000176A7"/>
     <w:rsid w:val="00020269"/>
     <w:rsid w:val="00020715"/>
     <w:rsid w:val="00020955"/>
     <w:rsid w:val="00020A13"/>
     <w:rsid w:val="000211D7"/>
     <w:rsid w:val="000212FD"/>
     <w:rsid w:val="0002144E"/>
     <w:rsid w:val="000216EB"/>
     <w:rsid w:val="00021C99"/>
     <w:rsid w:val="00021FC5"/>
     <w:rsid w:val="00022070"/>
     <w:rsid w:val="000225A8"/>
     <w:rsid w:val="00023A9B"/>
     <w:rsid w:val="00023AB5"/>
     <w:rsid w:val="0002451F"/>
     <w:rsid w:val="000245DD"/>
     <w:rsid w:val="00024698"/>
     <w:rsid w:val="00024CE2"/>
     <w:rsid w:val="000258F6"/>
     <w:rsid w:val="000260F2"/>
     <w:rsid w:val="000261D2"/>
     <w:rsid w:val="0002675D"/>
+    <w:rsid w:val="000272BC"/>
     <w:rsid w:val="000272F0"/>
     <w:rsid w:val="00027C5A"/>
     <w:rsid w:val="00027D5D"/>
     <w:rsid w:val="00027E5F"/>
     <w:rsid w:val="0003060D"/>
     <w:rsid w:val="00030EE3"/>
     <w:rsid w:val="00031624"/>
     <w:rsid w:val="000316C5"/>
     <w:rsid w:val="00031F99"/>
     <w:rsid w:val="000321AC"/>
     <w:rsid w:val="000323BE"/>
     <w:rsid w:val="00032449"/>
     <w:rsid w:val="00032494"/>
     <w:rsid w:val="0003335E"/>
     <w:rsid w:val="00033590"/>
     <w:rsid w:val="000339E1"/>
     <w:rsid w:val="00033A05"/>
     <w:rsid w:val="00033FAC"/>
     <w:rsid w:val="000340F0"/>
+    <w:rsid w:val="00034149"/>
     <w:rsid w:val="00034395"/>
     <w:rsid w:val="0003445F"/>
     <w:rsid w:val="000346B2"/>
     <w:rsid w:val="0003470F"/>
     <w:rsid w:val="000347B4"/>
     <w:rsid w:val="00034843"/>
     <w:rsid w:val="00034DA1"/>
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="0003637D"/>
     <w:rsid w:val="00036385"/>
     <w:rsid w:val="0003653B"/>
     <w:rsid w:val="00036729"/>
     <w:rsid w:val="00036AB2"/>
     <w:rsid w:val="00036C85"/>
     <w:rsid w:val="00037112"/>
     <w:rsid w:val="00037504"/>
     <w:rsid w:val="000377EB"/>
     <w:rsid w:val="00037E2A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040628"/>
     <w:rsid w:val="000409EE"/>
     <w:rsid w:val="00040A67"/>
     <w:rsid w:val="00041A63"/>
     <w:rsid w:val="0004258A"/>
     <w:rsid w:val="00042727"/>
     <w:rsid w:val="00042C1F"/>
     <w:rsid w:val="00043A65"/>
     <w:rsid w:val="00043A70"/>
     <w:rsid w:val="00043AF6"/>
     <w:rsid w:val="00043E3F"/>
     <w:rsid w:val="0004406E"/>
     <w:rsid w:val="000440D6"/>
     <w:rsid w:val="000444F2"/>
     <w:rsid w:val="00044567"/>
     <w:rsid w:val="00044702"/>
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
+    <w:rsid w:val="00045686"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
     <w:rsid w:val="00050399"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="0005094B"/>
     <w:rsid w:val="00050A2F"/>
     <w:rsid w:val="00050F9C"/>
     <w:rsid w:val="00051537"/>
     <w:rsid w:val="00051972"/>
     <w:rsid w:val="00051C03"/>
     <w:rsid w:val="00051F6B"/>
+    <w:rsid w:val="000526B4"/>
     <w:rsid w:val="00052767"/>
     <w:rsid w:val="0005289A"/>
     <w:rsid w:val="00052AF0"/>
     <w:rsid w:val="00052DA2"/>
     <w:rsid w:val="0005359A"/>
     <w:rsid w:val="00054340"/>
     <w:rsid w:val="00054915"/>
+    <w:rsid w:val="00054F00"/>
     <w:rsid w:val="0005508B"/>
     <w:rsid w:val="00055156"/>
     <w:rsid w:val="00055222"/>
     <w:rsid w:val="00055356"/>
     <w:rsid w:val="0005642B"/>
     <w:rsid w:val="0005684F"/>
     <w:rsid w:val="0005780F"/>
     <w:rsid w:val="000578FC"/>
     <w:rsid w:val="00057CE6"/>
     <w:rsid w:val="0006042A"/>
     <w:rsid w:val="000606C7"/>
     <w:rsid w:val="00060815"/>
+    <w:rsid w:val="000608FB"/>
     <w:rsid w:val="000611C7"/>
     <w:rsid w:val="00061212"/>
     <w:rsid w:val="00062147"/>
     <w:rsid w:val="000627FE"/>
     <w:rsid w:val="00062930"/>
     <w:rsid w:val="00062A4B"/>
     <w:rsid w:val="00062AE7"/>
     <w:rsid w:val="00062DDE"/>
     <w:rsid w:val="00062F21"/>
     <w:rsid w:val="00063010"/>
     <w:rsid w:val="000633A7"/>
     <w:rsid w:val="00063865"/>
     <w:rsid w:val="00063CB1"/>
     <w:rsid w:val="00064CC9"/>
     <w:rsid w:val="0006602E"/>
     <w:rsid w:val="000667FF"/>
     <w:rsid w:val="00066DCE"/>
     <w:rsid w:val="00067072"/>
     <w:rsid w:val="000675A7"/>
     <w:rsid w:val="0006F8CE"/>
     <w:rsid w:val="00070889"/>
     <w:rsid w:val="000708FE"/>
     <w:rsid w:val="000716DD"/>
     <w:rsid w:val="0007185E"/>
     <w:rsid w:val="00071964"/>
@@ -26299,116 +27547,123 @@
     <w:rsid w:val="00084F66"/>
     <w:rsid w:val="00084FFD"/>
     <w:rsid w:val="00085300"/>
     <w:rsid w:val="000858B6"/>
     <w:rsid w:val="000859D8"/>
     <w:rsid w:val="00085F04"/>
     <w:rsid w:val="00086D13"/>
     <w:rsid w:val="00086DB8"/>
     <w:rsid w:val="00086F6D"/>
     <w:rsid w:val="0008776A"/>
     <w:rsid w:val="00087CD6"/>
     <w:rsid w:val="00087E20"/>
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
     <w:rsid w:val="00090D57"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
     <w:rsid w:val="00091677"/>
     <w:rsid w:val="000918E5"/>
     <w:rsid w:val="00092DDE"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
     <w:rsid w:val="00093DC0"/>
+    <w:rsid w:val="00093EC2"/>
     <w:rsid w:val="00093FAA"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
     <w:rsid w:val="000946AA"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
+    <w:rsid w:val="00097534"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
+    <w:rsid w:val="000A3728"/>
     <w:rsid w:val="000A3917"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
+    <w:rsid w:val="000A46AC"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
     <w:rsid w:val="000A52A9"/>
     <w:rsid w:val="000A52C4"/>
     <w:rsid w:val="000A5384"/>
     <w:rsid w:val="000A5986"/>
     <w:rsid w:val="000A5E6A"/>
     <w:rsid w:val="000A716E"/>
     <w:rsid w:val="000A7626"/>
     <w:rsid w:val="000A76F0"/>
     <w:rsid w:val="000A7EC2"/>
     <w:rsid w:val="000B0079"/>
     <w:rsid w:val="000B0589"/>
     <w:rsid w:val="000B0DF5"/>
     <w:rsid w:val="000B14CC"/>
+    <w:rsid w:val="000B17F3"/>
     <w:rsid w:val="000B2106"/>
     <w:rsid w:val="000B2152"/>
     <w:rsid w:val="000B2914"/>
     <w:rsid w:val="000B3095"/>
     <w:rsid w:val="000B30DC"/>
     <w:rsid w:val="000B42F9"/>
     <w:rsid w:val="000B5F54"/>
     <w:rsid w:val="000B69DC"/>
     <w:rsid w:val="000B6C29"/>
     <w:rsid w:val="000B7D3F"/>
     <w:rsid w:val="000B7E41"/>
     <w:rsid w:val="000C0F9A"/>
     <w:rsid w:val="000C17B5"/>
     <w:rsid w:val="000C1D14"/>
     <w:rsid w:val="000C21CB"/>
     <w:rsid w:val="000C2766"/>
     <w:rsid w:val="000C2C11"/>
     <w:rsid w:val="000C2DF3"/>
     <w:rsid w:val="000C2F58"/>
     <w:rsid w:val="000C3134"/>
     <w:rsid w:val="000C33B3"/>
     <w:rsid w:val="000C361D"/>
     <w:rsid w:val="000C4CD8"/>
     <w:rsid w:val="000C4DB8"/>
     <w:rsid w:val="000C4F12"/>
     <w:rsid w:val="000C5283"/>
     <w:rsid w:val="000C5CD9"/>
     <w:rsid w:val="000C5DEF"/>
     <w:rsid w:val="000C5EFB"/>
+    <w:rsid w:val="000C64BB"/>
     <w:rsid w:val="000C659E"/>
+    <w:rsid w:val="000C6A4A"/>
     <w:rsid w:val="000C6C89"/>
     <w:rsid w:val="000C7194"/>
     <w:rsid w:val="000C794C"/>
     <w:rsid w:val="000C7969"/>
     <w:rsid w:val="000C7A46"/>
     <w:rsid w:val="000D012D"/>
     <w:rsid w:val="000D0603"/>
     <w:rsid w:val="000D134C"/>
     <w:rsid w:val="000D1573"/>
     <w:rsid w:val="000D1F0B"/>
     <w:rsid w:val="000D332E"/>
     <w:rsid w:val="000D35C1"/>
     <w:rsid w:val="000D3625"/>
     <w:rsid w:val="000D3A16"/>
     <w:rsid w:val="000D4542"/>
     <w:rsid w:val="000D4A98"/>
     <w:rsid w:val="000D4B42"/>
     <w:rsid w:val="000D4C12"/>
     <w:rsid w:val="000D55B6"/>
     <w:rsid w:val="000D5CBA"/>
     <w:rsid w:val="000D6B77"/>
     <w:rsid w:val="000D6CE0"/>
     <w:rsid w:val="000D6E6D"/>
     <w:rsid w:val="000D73B9"/>
     <w:rsid w:val="000D758F"/>
@@ -26486,50 +27741,51 @@
     <w:rsid w:val="00111D01"/>
     <w:rsid w:val="00112067"/>
     <w:rsid w:val="00112124"/>
     <w:rsid w:val="001136A0"/>
     <w:rsid w:val="00113C29"/>
     <w:rsid w:val="00113CF8"/>
     <w:rsid w:val="00113FE7"/>
     <w:rsid w:val="001148FB"/>
     <w:rsid w:val="00115CE6"/>
     <w:rsid w:val="0011605C"/>
     <w:rsid w:val="00116495"/>
     <w:rsid w:val="001168CC"/>
     <w:rsid w:val="00116C1E"/>
     <w:rsid w:val="00117182"/>
     <w:rsid w:val="00117FF3"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00120504"/>
     <w:rsid w:val="0012078B"/>
     <w:rsid w:val="001209D4"/>
     <w:rsid w:val="00120A10"/>
     <w:rsid w:val="00121D78"/>
     <w:rsid w:val="001228CC"/>
     <w:rsid w:val="00122C58"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="00123385"/>
+    <w:rsid w:val="00123506"/>
     <w:rsid w:val="0012351B"/>
     <w:rsid w:val="00123522"/>
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
     <w:rsid w:val="0012705C"/>
     <w:rsid w:val="00127604"/>
     <w:rsid w:val="0012764F"/>
     <w:rsid w:val="0012768F"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="00130051"/>
     <w:rsid w:val="001300B3"/>
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
     <w:rsid w:val="001318CC"/>
     <w:rsid w:val="00131B3A"/>
@@ -26542,139 +27798,145 @@
     <w:rsid w:val="00134A24"/>
     <w:rsid w:val="00134C65"/>
     <w:rsid w:val="001361A1"/>
     <w:rsid w:val="00136526"/>
     <w:rsid w:val="00136649"/>
     <w:rsid w:val="00136890"/>
     <w:rsid w:val="0013695A"/>
     <w:rsid w:val="00136C46"/>
     <w:rsid w:val="00136D93"/>
     <w:rsid w:val="00137037"/>
     <w:rsid w:val="0013718A"/>
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
     <w:rsid w:val="00140603"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
     <w:rsid w:val="001422CB"/>
     <w:rsid w:val="001424D7"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
+    <w:rsid w:val="001437AE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
     <w:rsid w:val="00145088"/>
     <w:rsid w:val="001458E0"/>
     <w:rsid w:val="001465FF"/>
+    <w:rsid w:val="0014683A"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="0014784D"/>
     <w:rsid w:val="00150A45"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
     <w:rsid w:val="00152088"/>
     <w:rsid w:val="00153404"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
     <w:rsid w:val="00154BFC"/>
     <w:rsid w:val="00155137"/>
     <w:rsid w:val="001557BC"/>
     <w:rsid w:val="00155D61"/>
     <w:rsid w:val="00155FF4"/>
     <w:rsid w:val="001563B2"/>
     <w:rsid w:val="001569E2"/>
     <w:rsid w:val="00156EC8"/>
     <w:rsid w:val="00157563"/>
     <w:rsid w:val="001607A6"/>
     <w:rsid w:val="001607B6"/>
     <w:rsid w:val="001608EC"/>
     <w:rsid w:val="001610CD"/>
     <w:rsid w:val="001614C5"/>
     <w:rsid w:val="00161669"/>
     <w:rsid w:val="00161685"/>
     <w:rsid w:val="00161A7C"/>
     <w:rsid w:val="00162A0F"/>
     <w:rsid w:val="00162B1A"/>
     <w:rsid w:val="00163070"/>
+    <w:rsid w:val="00163091"/>
     <w:rsid w:val="001632CC"/>
     <w:rsid w:val="00163404"/>
     <w:rsid w:val="00163557"/>
     <w:rsid w:val="00163A42"/>
     <w:rsid w:val="00163ED6"/>
     <w:rsid w:val="00164115"/>
     <w:rsid w:val="001654B8"/>
     <w:rsid w:val="0016572C"/>
     <w:rsid w:val="00165ED7"/>
     <w:rsid w:val="00166284"/>
     <w:rsid w:val="00166D22"/>
     <w:rsid w:val="00166D83"/>
     <w:rsid w:val="00167937"/>
     <w:rsid w:val="0017020F"/>
     <w:rsid w:val="00170351"/>
     <w:rsid w:val="0017049A"/>
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
     <w:rsid w:val="00170EFD"/>
     <w:rsid w:val="0017111C"/>
     <w:rsid w:val="001718AE"/>
     <w:rsid w:val="001718C4"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
+    <w:rsid w:val="001741C2"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175C2C"/>
     <w:rsid w:val="00175FFB"/>
+    <w:rsid w:val="0017613D"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
+    <w:rsid w:val="00184584"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185162"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
     <w:rsid w:val="00187CA9"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
@@ -26748,139 +28010,143 @@
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6827"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C79D6"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
     <w:rsid w:val="001D3BC9"/>
     <w:rsid w:val="001D4059"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5B17"/>
     <w:rsid w:val="001D6239"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
+    <w:rsid w:val="001D764E"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E4148"/>
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
     <w:rsid w:val="001E59B2"/>
     <w:rsid w:val="001E5E04"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="001E742A"/>
     <w:rsid w:val="001E79A5"/>
     <w:rsid w:val="001E7EF5"/>
     <w:rsid w:val="001F0019"/>
     <w:rsid w:val="001F001E"/>
     <w:rsid w:val="001F038E"/>
     <w:rsid w:val="001F05C1"/>
     <w:rsid w:val="001F17FD"/>
     <w:rsid w:val="001F1B8E"/>
     <w:rsid w:val="001F276D"/>
     <w:rsid w:val="001F2776"/>
     <w:rsid w:val="001F3097"/>
     <w:rsid w:val="001F375E"/>
     <w:rsid w:val="001F4035"/>
     <w:rsid w:val="001F4888"/>
     <w:rsid w:val="001F507E"/>
     <w:rsid w:val="001F5FC0"/>
     <w:rsid w:val="001F61FD"/>
     <w:rsid w:val="001F641F"/>
     <w:rsid w:val="001F677B"/>
+    <w:rsid w:val="001F70AC"/>
     <w:rsid w:val="001F743D"/>
     <w:rsid w:val="001F7620"/>
     <w:rsid w:val="001F76AB"/>
+    <w:rsid w:val="002006E0"/>
     <w:rsid w:val="00200813"/>
     <w:rsid w:val="00200A54"/>
     <w:rsid w:val="00200F92"/>
     <w:rsid w:val="002014FE"/>
     <w:rsid w:val="002016EF"/>
     <w:rsid w:val="00201B09"/>
     <w:rsid w:val="00201FF2"/>
     <w:rsid w:val="002022DF"/>
     <w:rsid w:val="002028FB"/>
     <w:rsid w:val="00202D47"/>
     <w:rsid w:val="00202D56"/>
     <w:rsid w:val="00203039"/>
     <w:rsid w:val="0020314F"/>
     <w:rsid w:val="0020323F"/>
     <w:rsid w:val="00203A0C"/>
     <w:rsid w:val="00204312"/>
     <w:rsid w:val="0020479A"/>
     <w:rsid w:val="002048B2"/>
     <w:rsid w:val="002052A7"/>
     <w:rsid w:val="00205323"/>
     <w:rsid w:val="00205879"/>
     <w:rsid w:val="00205FDA"/>
     <w:rsid w:val="002060C0"/>
     <w:rsid w:val="002069CA"/>
     <w:rsid w:val="0020751A"/>
     <w:rsid w:val="00207B7E"/>
     <w:rsid w:val="002105BE"/>
     <w:rsid w:val="00210BD7"/>
     <w:rsid w:val="00211108"/>
     <w:rsid w:val="002119EF"/>
     <w:rsid w:val="00211B7F"/>
     <w:rsid w:val="00212171"/>
     <w:rsid w:val="00213045"/>
     <w:rsid w:val="00213632"/>
     <w:rsid w:val="00213662"/>
     <w:rsid w:val="00213A67"/>
     <w:rsid w:val="00214875"/>
     <w:rsid w:val="00214B32"/>
     <w:rsid w:val="0021535D"/>
     <w:rsid w:val="00215B12"/>
     <w:rsid w:val="00215BF2"/>
     <w:rsid w:val="0021633E"/>
     <w:rsid w:val="0021685E"/>
     <w:rsid w:val="00216A7B"/>
     <w:rsid w:val="00217649"/>
     <w:rsid w:val="0021794D"/>
     <w:rsid w:val="00217ABB"/>
+    <w:rsid w:val="00217D0F"/>
     <w:rsid w:val="0022000D"/>
     <w:rsid w:val="0022021A"/>
     <w:rsid w:val="002206C9"/>
     <w:rsid w:val="002208BA"/>
     <w:rsid w:val="00222273"/>
     <w:rsid w:val="002228E1"/>
     <w:rsid w:val="00222B88"/>
     <w:rsid w:val="00222DA8"/>
     <w:rsid w:val="00222FBE"/>
     <w:rsid w:val="0022320B"/>
     <w:rsid w:val="002235C3"/>
     <w:rsid w:val="0022452D"/>
     <w:rsid w:val="0022475A"/>
     <w:rsid w:val="00224C35"/>
     <w:rsid w:val="00225567"/>
     <w:rsid w:val="00225CD6"/>
     <w:rsid w:val="00226810"/>
     <w:rsid w:val="0022684D"/>
     <w:rsid w:val="002276AB"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="0023012D"/>
     <w:rsid w:val="002301A7"/>
     <w:rsid w:val="00230786"/>
     <w:rsid w:val="00230B7E"/>
     <w:rsid w:val="00231254"/>
@@ -26904,60 +28170,62 @@
     <w:rsid w:val="00240817"/>
     <w:rsid w:val="002411B9"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
     <w:rsid w:val="00242AC9"/>
     <w:rsid w:val="00243276"/>
     <w:rsid w:val="00243561"/>
     <w:rsid w:val="002437F5"/>
     <w:rsid w:val="00243F9D"/>
     <w:rsid w:val="002449BE"/>
     <w:rsid w:val="00245B24"/>
     <w:rsid w:val="00245FDB"/>
     <w:rsid w:val="002468FF"/>
     <w:rsid w:val="00246E10"/>
     <w:rsid w:val="0024729E"/>
     <w:rsid w:val="00247454"/>
     <w:rsid w:val="00250704"/>
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00250B29"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
+    <w:rsid w:val="00252E56"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
     <w:rsid w:val="00254F2B"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
+    <w:rsid w:val="00256E11"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
     <w:rsid w:val="0026103A"/>
     <w:rsid w:val="002616E6"/>
     <w:rsid w:val="00262982"/>
     <w:rsid w:val="0026357A"/>
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
@@ -26974,74 +28242,76 @@
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="00282D0A"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
     <w:rsid w:val="00283EDD"/>
     <w:rsid w:val="00284325"/>
     <w:rsid w:val="00284411"/>
     <w:rsid w:val="0028465F"/>
     <w:rsid w:val="00284A09"/>
     <w:rsid w:val="00284BB5"/>
     <w:rsid w:val="00284C63"/>
+    <w:rsid w:val="002852A9"/>
     <w:rsid w:val="00285D6B"/>
     <w:rsid w:val="00285F4E"/>
     <w:rsid w:val="0028716D"/>
     <w:rsid w:val="00287C74"/>
     <w:rsid w:val="00287CDF"/>
     <w:rsid w:val="00287D41"/>
     <w:rsid w:val="00287EDE"/>
     <w:rsid w:val="00291C94"/>
     <w:rsid w:val="00291EE1"/>
     <w:rsid w:val="00291F79"/>
     <w:rsid w:val="002920C3"/>
     <w:rsid w:val="002922C9"/>
     <w:rsid w:val="00292F58"/>
     <w:rsid w:val="002932D3"/>
     <w:rsid w:val="002937AC"/>
     <w:rsid w:val="00293964"/>
     <w:rsid w:val="00293C71"/>
     <w:rsid w:val="00293DBD"/>
     <w:rsid w:val="002942B0"/>
     <w:rsid w:val="0029467D"/>
     <w:rsid w:val="00294E97"/>
     <w:rsid w:val="00295ADD"/>
     <w:rsid w:val="00295F16"/>
     <w:rsid w:val="0029614F"/>
+    <w:rsid w:val="0029635E"/>
     <w:rsid w:val="00296375"/>
     <w:rsid w:val="00296560"/>
     <w:rsid w:val="00296F0D"/>
     <w:rsid w:val="00296F64"/>
     <w:rsid w:val="00297106"/>
     <w:rsid w:val="00297429"/>
     <w:rsid w:val="002974C8"/>
     <w:rsid w:val="002974DB"/>
     <w:rsid w:val="00299973"/>
     <w:rsid w:val="002A02A8"/>
     <w:rsid w:val="002A03A1"/>
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
     <w:rsid w:val="002A1BDA"/>
     <w:rsid w:val="002A1C92"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
@@ -27069,85 +28339,88 @@
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5C5C"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C026B"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
     <w:rsid w:val="002C155F"/>
     <w:rsid w:val="002C17F3"/>
     <w:rsid w:val="002C1C34"/>
     <w:rsid w:val="002C24CF"/>
     <w:rsid w:val="002C2879"/>
     <w:rsid w:val="002C32B5"/>
     <w:rsid w:val="002C3E4C"/>
     <w:rsid w:val="002C404F"/>
     <w:rsid w:val="002C414A"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002C5832"/>
     <w:rsid w:val="002C652F"/>
     <w:rsid w:val="002C6C6E"/>
+    <w:rsid w:val="002C6D0A"/>
     <w:rsid w:val="002C6F74"/>
     <w:rsid w:val="002C72E6"/>
     <w:rsid w:val="002C7304"/>
     <w:rsid w:val="002C7B52"/>
     <w:rsid w:val="002C7CFF"/>
     <w:rsid w:val="002D031B"/>
     <w:rsid w:val="002D0489"/>
     <w:rsid w:val="002D099E"/>
     <w:rsid w:val="002D1055"/>
     <w:rsid w:val="002D1B7E"/>
     <w:rsid w:val="002D297F"/>
     <w:rsid w:val="002D2A9D"/>
     <w:rsid w:val="002D2B3C"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D4C74"/>
+    <w:rsid w:val="002D59E6"/>
     <w:rsid w:val="002D59FE"/>
     <w:rsid w:val="002D6808"/>
     <w:rsid w:val="002D7297"/>
     <w:rsid w:val="002D73B7"/>
     <w:rsid w:val="002D745B"/>
     <w:rsid w:val="002D74AB"/>
     <w:rsid w:val="002D7C5B"/>
     <w:rsid w:val="002D7D25"/>
     <w:rsid w:val="002D7E5D"/>
     <w:rsid w:val="002E25D3"/>
     <w:rsid w:val="002E29CF"/>
     <w:rsid w:val="002E2D42"/>
     <w:rsid w:val="002E3BDF"/>
     <w:rsid w:val="002E3C33"/>
     <w:rsid w:val="002E449D"/>
     <w:rsid w:val="002E58A6"/>
     <w:rsid w:val="002E58BD"/>
     <w:rsid w:val="002E5A64"/>
     <w:rsid w:val="002E618D"/>
     <w:rsid w:val="002E67A6"/>
+    <w:rsid w:val="002E6AE3"/>
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
     <w:rsid w:val="002E7698"/>
     <w:rsid w:val="002E79BA"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
     <w:rsid w:val="002F1BE2"/>
     <w:rsid w:val="002F215E"/>
     <w:rsid w:val="002F2EC5"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
     <w:rsid w:val="002F35DC"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F432C"/>
     <w:rsid w:val="002F4924"/>
     <w:rsid w:val="002F4F98"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
@@ -27211,121 +28484,126 @@
     <w:rsid w:val="00320FAB"/>
     <w:rsid w:val="003218BB"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00321C9E"/>
     <w:rsid w:val="003226E7"/>
     <w:rsid w:val="003229A4"/>
     <w:rsid w:val="00322A89"/>
     <w:rsid w:val="00322DC1"/>
     <w:rsid w:val="00323324"/>
     <w:rsid w:val="00323B02"/>
     <w:rsid w:val="00324F3B"/>
     <w:rsid w:val="003256F6"/>
     <w:rsid w:val="00325D8B"/>
     <w:rsid w:val="00325FC0"/>
     <w:rsid w:val="0032736B"/>
     <w:rsid w:val="00327761"/>
     <w:rsid w:val="00327853"/>
     <w:rsid w:val="003300E5"/>
     <w:rsid w:val="00330C0C"/>
     <w:rsid w:val="00330D13"/>
     <w:rsid w:val="00330F5E"/>
     <w:rsid w:val="00331685"/>
     <w:rsid w:val="003317A0"/>
     <w:rsid w:val="00331A19"/>
     <w:rsid w:val="00331A21"/>
+    <w:rsid w:val="00331BEB"/>
     <w:rsid w:val="00331C22"/>
     <w:rsid w:val="00331DAD"/>
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
     <w:rsid w:val="00334BD6"/>
     <w:rsid w:val="00334BF1"/>
     <w:rsid w:val="00334EC6"/>
     <w:rsid w:val="003359D1"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
+    <w:rsid w:val="00337A69"/>
     <w:rsid w:val="003405EB"/>
     <w:rsid w:val="00340BE0"/>
     <w:rsid w:val="00340F9A"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
+    <w:rsid w:val="003470AF"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
     <w:rsid w:val="00350787"/>
     <w:rsid w:val="0035098E"/>
     <w:rsid w:val="00350C44"/>
     <w:rsid w:val="00350D7E"/>
+    <w:rsid w:val="003515FD"/>
     <w:rsid w:val="0035246B"/>
     <w:rsid w:val="00352757"/>
     <w:rsid w:val="0035316A"/>
     <w:rsid w:val="003536A5"/>
     <w:rsid w:val="00353ABE"/>
     <w:rsid w:val="00353B2E"/>
     <w:rsid w:val="00353B74"/>
     <w:rsid w:val="00353C29"/>
     <w:rsid w:val="00353C4A"/>
     <w:rsid w:val="003541D2"/>
     <w:rsid w:val="00354CA8"/>
     <w:rsid w:val="003552F2"/>
     <w:rsid w:val="00355849"/>
     <w:rsid w:val="00355E77"/>
     <w:rsid w:val="00356623"/>
     <w:rsid w:val="0035686C"/>
     <w:rsid w:val="0035697E"/>
     <w:rsid w:val="003569FD"/>
     <w:rsid w:val="00356BEB"/>
     <w:rsid w:val="00356FBF"/>
     <w:rsid w:val="00357158"/>
+    <w:rsid w:val="00360113"/>
     <w:rsid w:val="00360811"/>
     <w:rsid w:val="00360985"/>
     <w:rsid w:val="00360AB6"/>
     <w:rsid w:val="00361533"/>
     <w:rsid w:val="00361CD4"/>
     <w:rsid w:val="003624C5"/>
     <w:rsid w:val="00362843"/>
     <w:rsid w:val="00362B9D"/>
     <w:rsid w:val="0036305B"/>
     <w:rsid w:val="003630DB"/>
     <w:rsid w:val="00363413"/>
     <w:rsid w:val="00363A21"/>
     <w:rsid w:val="00363A57"/>
     <w:rsid w:val="00363C98"/>
     <w:rsid w:val="00364115"/>
     <w:rsid w:val="003648B0"/>
     <w:rsid w:val="00364902"/>
     <w:rsid w:val="00364C24"/>
     <w:rsid w:val="00365361"/>
     <w:rsid w:val="003657F8"/>
     <w:rsid w:val="00365932"/>
     <w:rsid w:val="00365EE5"/>
     <w:rsid w:val="00366438"/>
     <w:rsid w:val="003667EC"/>
     <w:rsid w:val="0036680D"/>
@@ -27376,61 +28654,63 @@
     <w:rsid w:val="00390590"/>
     <w:rsid w:val="00390A4E"/>
     <w:rsid w:val="00390D45"/>
     <w:rsid w:val="0039101A"/>
     <w:rsid w:val="00391DAF"/>
     <w:rsid w:val="003920F0"/>
     <w:rsid w:val="00392559"/>
     <w:rsid w:val="00392DC5"/>
     <w:rsid w:val="0039371E"/>
     <w:rsid w:val="0039398B"/>
     <w:rsid w:val="00393C0A"/>
     <w:rsid w:val="003945EC"/>
     <w:rsid w:val="00396849"/>
     <w:rsid w:val="003969D0"/>
     <w:rsid w:val="0039704F"/>
     <w:rsid w:val="00397132"/>
     <w:rsid w:val="003973AC"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
     <w:rsid w:val="003A0FCC"/>
     <w:rsid w:val="003A1B97"/>
+    <w:rsid w:val="003A26F2"/>
     <w:rsid w:val="003A2781"/>
     <w:rsid w:val="003A27D6"/>
     <w:rsid w:val="003A2A75"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
     <w:rsid w:val="003A4B66"/>
+    <w:rsid w:val="003A522A"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
     <w:rsid w:val="003A7560"/>
     <w:rsid w:val="003A7646"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
     <w:rsid w:val="003B43C6"/>
     <w:rsid w:val="003B527F"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
@@ -27451,238 +28731,252 @@
     <w:rsid w:val="003C3178"/>
     <w:rsid w:val="003C3ABF"/>
     <w:rsid w:val="003C40A9"/>
     <w:rsid w:val="003C48D6"/>
     <w:rsid w:val="003C4D74"/>
     <w:rsid w:val="003C5500"/>
     <w:rsid w:val="003C5810"/>
     <w:rsid w:val="003C5E1E"/>
     <w:rsid w:val="003C62B7"/>
     <w:rsid w:val="003C69A7"/>
     <w:rsid w:val="003C6B7A"/>
     <w:rsid w:val="003C6BDE"/>
     <w:rsid w:val="003C6C32"/>
     <w:rsid w:val="003C6F89"/>
     <w:rsid w:val="003C7617"/>
     <w:rsid w:val="003C7B20"/>
     <w:rsid w:val="003C7B9C"/>
     <w:rsid w:val="003D02F9"/>
     <w:rsid w:val="003D03B0"/>
     <w:rsid w:val="003D07FB"/>
     <w:rsid w:val="003D098B"/>
     <w:rsid w:val="003D0B01"/>
     <w:rsid w:val="003D171F"/>
     <w:rsid w:val="003D212A"/>
     <w:rsid w:val="003D2485"/>
+    <w:rsid w:val="003D290E"/>
     <w:rsid w:val="003D2E60"/>
     <w:rsid w:val="003D3290"/>
     <w:rsid w:val="003D3825"/>
     <w:rsid w:val="003D3C27"/>
     <w:rsid w:val="003D430A"/>
+    <w:rsid w:val="003D46A9"/>
     <w:rsid w:val="003D4D32"/>
     <w:rsid w:val="003D4D92"/>
     <w:rsid w:val="003D547C"/>
     <w:rsid w:val="003D54DF"/>
     <w:rsid w:val="003D5B6C"/>
     <w:rsid w:val="003D6297"/>
     <w:rsid w:val="003D68A6"/>
     <w:rsid w:val="003D6EDB"/>
     <w:rsid w:val="003D7911"/>
     <w:rsid w:val="003D7CD6"/>
     <w:rsid w:val="003D7DB2"/>
     <w:rsid w:val="003D7EDE"/>
     <w:rsid w:val="003E0DE7"/>
     <w:rsid w:val="003E0F45"/>
     <w:rsid w:val="003E1014"/>
     <w:rsid w:val="003E118F"/>
     <w:rsid w:val="003E15D1"/>
     <w:rsid w:val="003E1A04"/>
     <w:rsid w:val="003E1D00"/>
     <w:rsid w:val="003E2473"/>
     <w:rsid w:val="003E281C"/>
+    <w:rsid w:val="003E2CFA"/>
     <w:rsid w:val="003E3202"/>
     <w:rsid w:val="003E3AA7"/>
     <w:rsid w:val="003E3E3F"/>
     <w:rsid w:val="003E3E87"/>
     <w:rsid w:val="003E46DD"/>
     <w:rsid w:val="003E477E"/>
     <w:rsid w:val="003E48FB"/>
     <w:rsid w:val="003E4ED7"/>
+    <w:rsid w:val="003E5EBA"/>
     <w:rsid w:val="003E6688"/>
     <w:rsid w:val="003E69F2"/>
     <w:rsid w:val="003E6E44"/>
     <w:rsid w:val="003E6EAA"/>
     <w:rsid w:val="003E6EB3"/>
     <w:rsid w:val="003E735D"/>
     <w:rsid w:val="003E7C00"/>
     <w:rsid w:val="003E7DC2"/>
     <w:rsid w:val="003F0DCA"/>
     <w:rsid w:val="003F122B"/>
     <w:rsid w:val="003F18DF"/>
     <w:rsid w:val="003F1B5B"/>
     <w:rsid w:val="003F2204"/>
     <w:rsid w:val="003F2422"/>
     <w:rsid w:val="003F25E5"/>
     <w:rsid w:val="003F2B53"/>
     <w:rsid w:val="003F33C7"/>
     <w:rsid w:val="003F33E4"/>
     <w:rsid w:val="003F378B"/>
     <w:rsid w:val="003F395B"/>
     <w:rsid w:val="003F399F"/>
     <w:rsid w:val="003F3B86"/>
     <w:rsid w:val="003F3DD2"/>
     <w:rsid w:val="003F46F5"/>
     <w:rsid w:val="003F48C6"/>
     <w:rsid w:val="003F521C"/>
     <w:rsid w:val="003F54E1"/>
     <w:rsid w:val="003F589A"/>
     <w:rsid w:val="003F5A2A"/>
     <w:rsid w:val="003F5C73"/>
     <w:rsid w:val="003F5CA4"/>
     <w:rsid w:val="003F621F"/>
     <w:rsid w:val="003F6242"/>
     <w:rsid w:val="003F63DE"/>
     <w:rsid w:val="003F6426"/>
     <w:rsid w:val="003F6703"/>
     <w:rsid w:val="003F68EA"/>
     <w:rsid w:val="003F7414"/>
+    <w:rsid w:val="003F7648"/>
     <w:rsid w:val="003F7E92"/>
     <w:rsid w:val="0040038F"/>
     <w:rsid w:val="00400777"/>
     <w:rsid w:val="00400C22"/>
     <w:rsid w:val="00400C9D"/>
     <w:rsid w:val="00400D95"/>
     <w:rsid w:val="00400DEF"/>
     <w:rsid w:val="00400FA1"/>
     <w:rsid w:val="0040267F"/>
     <w:rsid w:val="004029A0"/>
     <w:rsid w:val="00402DD9"/>
+    <w:rsid w:val="004031B8"/>
     <w:rsid w:val="00403C95"/>
     <w:rsid w:val="00404218"/>
     <w:rsid w:val="0040500D"/>
     <w:rsid w:val="00405088"/>
     <w:rsid w:val="004058B6"/>
     <w:rsid w:val="004058C9"/>
     <w:rsid w:val="00405E93"/>
+    <w:rsid w:val="0040680A"/>
     <w:rsid w:val="00407E4E"/>
     <w:rsid w:val="004104EB"/>
     <w:rsid w:val="0041059F"/>
     <w:rsid w:val="00411064"/>
     <w:rsid w:val="0041120C"/>
     <w:rsid w:val="00411B72"/>
     <w:rsid w:val="00411CD0"/>
     <w:rsid w:val="00411FF4"/>
+    <w:rsid w:val="0041274C"/>
     <w:rsid w:val="00412D06"/>
     <w:rsid w:val="004130E4"/>
     <w:rsid w:val="0041365D"/>
     <w:rsid w:val="004138A2"/>
     <w:rsid w:val="0041397A"/>
+    <w:rsid w:val="00413BBB"/>
     <w:rsid w:val="00413BCC"/>
     <w:rsid w:val="00413BF9"/>
     <w:rsid w:val="00413C82"/>
     <w:rsid w:val="00413EDA"/>
     <w:rsid w:val="00413FF4"/>
     <w:rsid w:val="00414041"/>
     <w:rsid w:val="0041464C"/>
     <w:rsid w:val="00414A45"/>
     <w:rsid w:val="00414E7C"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00416404"/>
     <w:rsid w:val="00416986"/>
     <w:rsid w:val="00416DD4"/>
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004176F8"/>
     <w:rsid w:val="00417B67"/>
     <w:rsid w:val="0042010C"/>
     <w:rsid w:val="0042039E"/>
     <w:rsid w:val="0042045B"/>
     <w:rsid w:val="0042072C"/>
     <w:rsid w:val="004216B9"/>
     <w:rsid w:val="00421F6D"/>
     <w:rsid w:val="00422244"/>
+    <w:rsid w:val="00422396"/>
     <w:rsid w:val="00422B43"/>
     <w:rsid w:val="0042348A"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
     <w:rsid w:val="004261A9"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427F42"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004300E9"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
+    <w:rsid w:val="004323C9"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433D49"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
     <w:rsid w:val="00434CA6"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00440EC1"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
+    <w:rsid w:val="00441E31"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
     <w:rsid w:val="00442EFC"/>
     <w:rsid w:val="00442F68"/>
+    <w:rsid w:val="00442FC1"/>
     <w:rsid w:val="00443814"/>
     <w:rsid w:val="004441DA"/>
     <w:rsid w:val="00444819"/>
     <w:rsid w:val="00444D12"/>
     <w:rsid w:val="004454C6"/>
+    <w:rsid w:val="0044594B"/>
     <w:rsid w:val="00445B77"/>
     <w:rsid w:val="00445C84"/>
     <w:rsid w:val="004466B5"/>
     <w:rsid w:val="00446821"/>
     <w:rsid w:val="00446880"/>
     <w:rsid w:val="00446F5D"/>
     <w:rsid w:val="00447266"/>
     <w:rsid w:val="004477E9"/>
     <w:rsid w:val="00447933"/>
     <w:rsid w:val="00447CEA"/>
     <w:rsid w:val="00450135"/>
     <w:rsid w:val="004504A1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="0045097F"/>
     <w:rsid w:val="004517CD"/>
     <w:rsid w:val="00451F2D"/>
     <w:rsid w:val="004520AA"/>
     <w:rsid w:val="0045231F"/>
     <w:rsid w:val="004525F4"/>
     <w:rsid w:val="00452A75"/>
     <w:rsid w:val="0045374F"/>
     <w:rsid w:val="004537FC"/>
     <w:rsid w:val="0045437F"/>
     <w:rsid w:val="004553B6"/>
     <w:rsid w:val="004553D2"/>
@@ -27758,126 +29052,134 @@
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
     <w:rsid w:val="00487A54"/>
     <w:rsid w:val="00487E43"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
     <w:rsid w:val="00493421"/>
     <w:rsid w:val="00493474"/>
     <w:rsid w:val="00493515"/>
     <w:rsid w:val="00493B0A"/>
     <w:rsid w:val="00493CCD"/>
     <w:rsid w:val="00493D08"/>
     <w:rsid w:val="00494B2F"/>
     <w:rsid w:val="00495251"/>
     <w:rsid w:val="0049540A"/>
     <w:rsid w:val="004956F6"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="00495FD4"/>
     <w:rsid w:val="004963C0"/>
+    <w:rsid w:val="004976A6"/>
     <w:rsid w:val="0049777A"/>
     <w:rsid w:val="00497CF1"/>
     <w:rsid w:val="00497F56"/>
     <w:rsid w:val="004A000D"/>
     <w:rsid w:val="004A019D"/>
     <w:rsid w:val="004A027B"/>
     <w:rsid w:val="004A07FA"/>
     <w:rsid w:val="004A0E01"/>
     <w:rsid w:val="004A0EDF"/>
     <w:rsid w:val="004A12D8"/>
     <w:rsid w:val="004A22D8"/>
     <w:rsid w:val="004A254C"/>
     <w:rsid w:val="004A2AD8"/>
     <w:rsid w:val="004A2DAA"/>
     <w:rsid w:val="004A3325"/>
     <w:rsid w:val="004A34AA"/>
+    <w:rsid w:val="004A38A8"/>
     <w:rsid w:val="004A38BA"/>
     <w:rsid w:val="004A3E72"/>
     <w:rsid w:val="004A4025"/>
     <w:rsid w:val="004A5164"/>
     <w:rsid w:val="004A54AD"/>
     <w:rsid w:val="004A551A"/>
     <w:rsid w:val="004A556D"/>
+    <w:rsid w:val="004A5AFA"/>
     <w:rsid w:val="004A6777"/>
     <w:rsid w:val="004A6B25"/>
     <w:rsid w:val="004A6BBD"/>
     <w:rsid w:val="004A6D55"/>
     <w:rsid w:val="004A7940"/>
     <w:rsid w:val="004A7A85"/>
     <w:rsid w:val="004B08CA"/>
     <w:rsid w:val="004B0B66"/>
     <w:rsid w:val="004B0EE4"/>
     <w:rsid w:val="004B0F71"/>
     <w:rsid w:val="004B1455"/>
     <w:rsid w:val="004B228C"/>
     <w:rsid w:val="004B2994"/>
     <w:rsid w:val="004B2B07"/>
     <w:rsid w:val="004B3685"/>
     <w:rsid w:val="004B3C56"/>
     <w:rsid w:val="004B4E12"/>
     <w:rsid w:val="004B61F6"/>
     <w:rsid w:val="004B6469"/>
     <w:rsid w:val="004B653F"/>
     <w:rsid w:val="004B6A60"/>
     <w:rsid w:val="004B6CB7"/>
     <w:rsid w:val="004B6DA7"/>
     <w:rsid w:val="004B6F2C"/>
     <w:rsid w:val="004B71AC"/>
     <w:rsid w:val="004B756B"/>
     <w:rsid w:val="004C019F"/>
     <w:rsid w:val="004C0559"/>
     <w:rsid w:val="004C0702"/>
     <w:rsid w:val="004C077E"/>
+    <w:rsid w:val="004C0F55"/>
     <w:rsid w:val="004C1425"/>
     <w:rsid w:val="004C164B"/>
     <w:rsid w:val="004C1874"/>
+    <w:rsid w:val="004C19FF"/>
     <w:rsid w:val="004C1D0C"/>
     <w:rsid w:val="004C32EF"/>
     <w:rsid w:val="004C38FD"/>
     <w:rsid w:val="004C3D1C"/>
     <w:rsid w:val="004C404F"/>
+    <w:rsid w:val="004C4265"/>
     <w:rsid w:val="004C4286"/>
     <w:rsid w:val="004C433B"/>
     <w:rsid w:val="004C4EF3"/>
     <w:rsid w:val="004C5307"/>
     <w:rsid w:val="004C5CB2"/>
+    <w:rsid w:val="004C5CBB"/>
     <w:rsid w:val="004C6227"/>
     <w:rsid w:val="004C68FD"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="004C6F43"/>
     <w:rsid w:val="004C789E"/>
     <w:rsid w:val="004C7997"/>
     <w:rsid w:val="004C7CD5"/>
     <w:rsid w:val="004C7F26"/>
     <w:rsid w:val="004D05C6"/>
     <w:rsid w:val="004D0ECD"/>
+    <w:rsid w:val="004D101D"/>
     <w:rsid w:val="004D1CE1"/>
     <w:rsid w:val="004D2A93"/>
     <w:rsid w:val="004D3336"/>
     <w:rsid w:val="004D387D"/>
     <w:rsid w:val="004D3915"/>
     <w:rsid w:val="004D3A5D"/>
     <w:rsid w:val="004D4A06"/>
     <w:rsid w:val="004D4C37"/>
     <w:rsid w:val="004D65B0"/>
     <w:rsid w:val="004D7543"/>
     <w:rsid w:val="004E06CD"/>
     <w:rsid w:val="004E1249"/>
     <w:rsid w:val="004E1C40"/>
     <w:rsid w:val="004E1E93"/>
     <w:rsid w:val="004E2047"/>
     <w:rsid w:val="004E2394"/>
     <w:rsid w:val="004E2CD6"/>
     <w:rsid w:val="004E378B"/>
     <w:rsid w:val="004E3899"/>
     <w:rsid w:val="004E4052"/>
     <w:rsid w:val="004E430B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
@@ -27888,136 +29190,143 @@
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7D4B"/>
     <w:rsid w:val="004E7FC1"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F160B"/>
     <w:rsid w:val="004F1B8D"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
     <w:rsid w:val="004F2DC6"/>
     <w:rsid w:val="004F35A5"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
     <w:rsid w:val="004F4BD0"/>
     <w:rsid w:val="004F50F1"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
+    <w:rsid w:val="004F600C"/>
     <w:rsid w:val="004F62CC"/>
     <w:rsid w:val="00500724"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
     <w:rsid w:val="00501AD6"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00501E28"/>
     <w:rsid w:val="005023F4"/>
     <w:rsid w:val="0050272B"/>
     <w:rsid w:val="00502B07"/>
     <w:rsid w:val="00502D1B"/>
     <w:rsid w:val="00502F88"/>
     <w:rsid w:val="0050384E"/>
     <w:rsid w:val="0050438D"/>
     <w:rsid w:val="005043CE"/>
     <w:rsid w:val="00504788"/>
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
+    <w:rsid w:val="00505C82"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="0051092F"/>
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="00523097"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
+    <w:rsid w:val="00527F10"/>
+    <w:rsid w:val="00527F50"/>
+    <w:rsid w:val="00530205"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
     <w:rsid w:val="00530EC5"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
+    <w:rsid w:val="00532863"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00534DF0"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
+    <w:rsid w:val="005370DC"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
     <w:rsid w:val="005414F2"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
     <w:rsid w:val="00545746"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
     <w:rsid w:val="005460EF"/>
     <w:rsid w:val="00546250"/>
     <w:rsid w:val="00546AB2"/>
@@ -28088,50 +29397,51 @@
     <w:rsid w:val="0057382C"/>
     <w:rsid w:val="005741C5"/>
     <w:rsid w:val="005749F2"/>
     <w:rsid w:val="00575409"/>
     <w:rsid w:val="00575ADB"/>
     <w:rsid w:val="00575AE4"/>
     <w:rsid w:val="00575D06"/>
     <w:rsid w:val="00575FD2"/>
     <w:rsid w:val="005762C5"/>
     <w:rsid w:val="0057655E"/>
     <w:rsid w:val="0057754E"/>
     <w:rsid w:val="0057785B"/>
     <w:rsid w:val="00577A36"/>
     <w:rsid w:val="00577ACB"/>
     <w:rsid w:val="005802CA"/>
     <w:rsid w:val="0058051A"/>
     <w:rsid w:val="00580600"/>
     <w:rsid w:val="005806DF"/>
     <w:rsid w:val="00581369"/>
     <w:rsid w:val="00581840"/>
     <w:rsid w:val="00581AFD"/>
     <w:rsid w:val="0058230A"/>
     <w:rsid w:val="00582908"/>
     <w:rsid w:val="0058323E"/>
     <w:rsid w:val="00583311"/>
+    <w:rsid w:val="005836CE"/>
     <w:rsid w:val="00583917"/>
     <w:rsid w:val="005844D8"/>
     <w:rsid w:val="0058463F"/>
     <w:rsid w:val="005847F9"/>
     <w:rsid w:val="00584C4A"/>
     <w:rsid w:val="00585D18"/>
     <w:rsid w:val="005875DD"/>
     <w:rsid w:val="00587D50"/>
     <w:rsid w:val="00590190"/>
     <w:rsid w:val="00590927"/>
     <w:rsid w:val="00590E85"/>
     <w:rsid w:val="00591234"/>
     <w:rsid w:val="005918AD"/>
     <w:rsid w:val="00591E6A"/>
     <w:rsid w:val="0059231F"/>
     <w:rsid w:val="005925D9"/>
     <w:rsid w:val="0059392F"/>
     <w:rsid w:val="005943FD"/>
     <w:rsid w:val="00594CFF"/>
     <w:rsid w:val="00594F80"/>
     <w:rsid w:val="00595108"/>
     <w:rsid w:val="00595134"/>
     <w:rsid w:val="00595342"/>
     <w:rsid w:val="00595B0F"/>
     <w:rsid w:val="00595D09"/>
@@ -28147,136 +29457,140 @@
     <w:rsid w:val="005A03C2"/>
     <w:rsid w:val="005A06FE"/>
     <w:rsid w:val="005A0705"/>
     <w:rsid w:val="005A0937"/>
     <w:rsid w:val="005A0BA9"/>
     <w:rsid w:val="005A1039"/>
     <w:rsid w:val="005A12BC"/>
     <w:rsid w:val="005A1A75"/>
     <w:rsid w:val="005A1F5C"/>
     <w:rsid w:val="005A202B"/>
     <w:rsid w:val="005A20A6"/>
     <w:rsid w:val="005A21C6"/>
     <w:rsid w:val="005A2754"/>
     <w:rsid w:val="005A2878"/>
     <w:rsid w:val="005A2C2B"/>
     <w:rsid w:val="005A3986"/>
     <w:rsid w:val="005A3A2D"/>
     <w:rsid w:val="005A3DC8"/>
     <w:rsid w:val="005A3E65"/>
     <w:rsid w:val="005A4AB0"/>
     <w:rsid w:val="005A4E61"/>
     <w:rsid w:val="005A534B"/>
     <w:rsid w:val="005A5356"/>
     <w:rsid w:val="005A595C"/>
     <w:rsid w:val="005A5C4D"/>
+    <w:rsid w:val="005A5D68"/>
     <w:rsid w:val="005A5FA8"/>
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
     <w:rsid w:val="005A7D44"/>
     <w:rsid w:val="005A7F19"/>
     <w:rsid w:val="005B0AA4"/>
     <w:rsid w:val="005B0D92"/>
     <w:rsid w:val="005B0DAF"/>
     <w:rsid w:val="005B119A"/>
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
+    <w:rsid w:val="005B475C"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B5D47"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
     <w:rsid w:val="005C005A"/>
     <w:rsid w:val="005C0B61"/>
     <w:rsid w:val="005C11B1"/>
     <w:rsid w:val="005C1693"/>
     <w:rsid w:val="005C1696"/>
     <w:rsid w:val="005C2250"/>
     <w:rsid w:val="005C275D"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
+    <w:rsid w:val="005C4F0C"/>
     <w:rsid w:val="005C57C8"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005C76AA"/>
     <w:rsid w:val="005C7811"/>
     <w:rsid w:val="005C7BD2"/>
     <w:rsid w:val="005C7BFD"/>
     <w:rsid w:val="005C7DF3"/>
     <w:rsid w:val="005C7E72"/>
     <w:rsid w:val="005D11B4"/>
     <w:rsid w:val="005D1B3D"/>
     <w:rsid w:val="005D1C73"/>
     <w:rsid w:val="005D20CA"/>
     <w:rsid w:val="005D293C"/>
     <w:rsid w:val="005D2A12"/>
     <w:rsid w:val="005D2CC1"/>
     <w:rsid w:val="005D3A22"/>
     <w:rsid w:val="005D3C8F"/>
     <w:rsid w:val="005D3CA8"/>
     <w:rsid w:val="005D4189"/>
     <w:rsid w:val="005D445E"/>
     <w:rsid w:val="005D4B89"/>
     <w:rsid w:val="005D4B8A"/>
     <w:rsid w:val="005D50E9"/>
     <w:rsid w:val="005D532F"/>
     <w:rsid w:val="005D59B0"/>
     <w:rsid w:val="005D5D9A"/>
     <w:rsid w:val="005D632A"/>
     <w:rsid w:val="005D6869"/>
     <w:rsid w:val="005D73E1"/>
     <w:rsid w:val="005D7E70"/>
     <w:rsid w:val="005E044D"/>
     <w:rsid w:val="005E104A"/>
     <w:rsid w:val="005E1050"/>
     <w:rsid w:val="005E10B3"/>
     <w:rsid w:val="005E2011"/>
     <w:rsid w:val="005E22E8"/>
     <w:rsid w:val="005E2CE6"/>
     <w:rsid w:val="005E2CEB"/>
     <w:rsid w:val="005E31A5"/>
     <w:rsid w:val="005E3431"/>
     <w:rsid w:val="005E36DC"/>
+    <w:rsid w:val="005E4F04"/>
     <w:rsid w:val="005E53DA"/>
     <w:rsid w:val="005E54AD"/>
     <w:rsid w:val="005E566F"/>
     <w:rsid w:val="005E61C8"/>
     <w:rsid w:val="005E648B"/>
     <w:rsid w:val="005E7362"/>
     <w:rsid w:val="005E7680"/>
     <w:rsid w:val="005E79F3"/>
     <w:rsid w:val="005F0209"/>
     <w:rsid w:val="005F04C2"/>
     <w:rsid w:val="005F0C1B"/>
     <w:rsid w:val="005F1251"/>
     <w:rsid w:val="005F1364"/>
     <w:rsid w:val="005F1412"/>
     <w:rsid w:val="005F1911"/>
     <w:rsid w:val="005F1A04"/>
     <w:rsid w:val="005F1E94"/>
     <w:rsid w:val="005F2518"/>
     <w:rsid w:val="005F26F2"/>
     <w:rsid w:val="005F2912"/>
     <w:rsid w:val="005F32C3"/>
     <w:rsid w:val="005F344F"/>
     <w:rsid w:val="005F348C"/>
     <w:rsid w:val="005F3752"/>
     <w:rsid w:val="005F3C82"/>
@@ -28332,166 +29646,175 @@
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
     <w:rsid w:val="00615673"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
     <w:rsid w:val="00615FD9"/>
     <w:rsid w:val="0061696E"/>
     <w:rsid w:val="00616DFF"/>
     <w:rsid w:val="006178AA"/>
     <w:rsid w:val="00617A30"/>
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620DE2"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="006219BA"/>
     <w:rsid w:val="00621EE2"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
     <w:rsid w:val="0062359E"/>
     <w:rsid w:val="00624184"/>
     <w:rsid w:val="00624246"/>
+    <w:rsid w:val="006244F9"/>
     <w:rsid w:val="0062454C"/>
     <w:rsid w:val="0062468D"/>
     <w:rsid w:val="00624750"/>
     <w:rsid w:val="00624765"/>
     <w:rsid w:val="0062476E"/>
+    <w:rsid w:val="006250DC"/>
     <w:rsid w:val="00625157"/>
+    <w:rsid w:val="00625537"/>
     <w:rsid w:val="00625F3D"/>
     <w:rsid w:val="006268EB"/>
     <w:rsid w:val="00626FDA"/>
     <w:rsid w:val="00630650"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="0063470B"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="006353BA"/>
+    <w:rsid w:val="00635902"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
     <w:rsid w:val="00636FE2"/>
     <w:rsid w:val="00637949"/>
     <w:rsid w:val="00637DCB"/>
     <w:rsid w:val="006401F2"/>
     <w:rsid w:val="006407B7"/>
     <w:rsid w:val="00640D51"/>
+    <w:rsid w:val="00640DD4"/>
     <w:rsid w:val="00642056"/>
     <w:rsid w:val="0064285B"/>
     <w:rsid w:val="00642CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="006434DA"/>
     <w:rsid w:val="00644015"/>
     <w:rsid w:val="00644B19"/>
     <w:rsid w:val="00645098"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
     <w:rsid w:val="006506B2"/>
     <w:rsid w:val="0065090F"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
     <w:rsid w:val="00651DDB"/>
     <w:rsid w:val="00651E56"/>
+    <w:rsid w:val="00651FE7"/>
     <w:rsid w:val="006523FD"/>
     <w:rsid w:val="00652494"/>
     <w:rsid w:val="00652750"/>
     <w:rsid w:val="0065298B"/>
     <w:rsid w:val="00652A5E"/>
     <w:rsid w:val="00652EDE"/>
     <w:rsid w:val="0065311E"/>
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="006533D9"/>
     <w:rsid w:val="00653585"/>
     <w:rsid w:val="00653677"/>
     <w:rsid w:val="006541F2"/>
     <w:rsid w:val="00654805"/>
     <w:rsid w:val="00654B0F"/>
     <w:rsid w:val="006556A0"/>
     <w:rsid w:val="00655D1B"/>
     <w:rsid w:val="00655E85"/>
     <w:rsid w:val="006560EC"/>
     <w:rsid w:val="0065666A"/>
     <w:rsid w:val="00656C95"/>
     <w:rsid w:val="0065740E"/>
+    <w:rsid w:val="00657878"/>
     <w:rsid w:val="00657B01"/>
     <w:rsid w:val="00657B85"/>
     <w:rsid w:val="00657D21"/>
     <w:rsid w:val="0066070F"/>
     <w:rsid w:val="00660A24"/>
     <w:rsid w:val="00661A2B"/>
     <w:rsid w:val="00662096"/>
     <w:rsid w:val="00662C9A"/>
+    <w:rsid w:val="0066340E"/>
     <w:rsid w:val="006637A8"/>
     <w:rsid w:val="0066392F"/>
     <w:rsid w:val="00664554"/>
     <w:rsid w:val="00664D8F"/>
     <w:rsid w:val="00664F00"/>
     <w:rsid w:val="00665202"/>
     <w:rsid w:val="006659DA"/>
     <w:rsid w:val="00665A92"/>
     <w:rsid w:val="00665CC5"/>
     <w:rsid w:val="00665D8C"/>
     <w:rsid w:val="006664D8"/>
     <w:rsid w:val="00666503"/>
     <w:rsid w:val="00666649"/>
     <w:rsid w:val="00666816"/>
     <w:rsid w:val="00666ACC"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="006673BB"/>
     <w:rsid w:val="006673BC"/>
     <w:rsid w:val="006676CF"/>
     <w:rsid w:val="00667C37"/>
     <w:rsid w:val="00667D22"/>
     <w:rsid w:val="00667D7B"/>
     <w:rsid w:val="00667E26"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00670955"/>
     <w:rsid w:val="006709BC"/>
     <w:rsid w:val="0067280D"/>
     <w:rsid w:val="006729BA"/>
     <w:rsid w:val="00672EDB"/>
     <w:rsid w:val="00674652"/>
+    <w:rsid w:val="006747D1"/>
     <w:rsid w:val="00674E3D"/>
     <w:rsid w:val="00675450"/>
     <w:rsid w:val="006756E0"/>
     <w:rsid w:val="00675917"/>
     <w:rsid w:val="00675C65"/>
     <w:rsid w:val="0067638C"/>
     <w:rsid w:val="00676418"/>
     <w:rsid w:val="0067673B"/>
     <w:rsid w:val="00676A6A"/>
     <w:rsid w:val="00676D22"/>
     <w:rsid w:val="0067707E"/>
     <w:rsid w:val="006770F2"/>
     <w:rsid w:val="00677486"/>
     <w:rsid w:val="00677791"/>
     <w:rsid w:val="00677B85"/>
     <w:rsid w:val="00677C14"/>
     <w:rsid w:val="00677CE0"/>
     <w:rsid w:val="0068018F"/>
     <w:rsid w:val="006801C7"/>
     <w:rsid w:val="00680441"/>
     <w:rsid w:val="0068051C"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
     <w:rsid w:val="0068134D"/>
     <w:rsid w:val="0068182D"/>
@@ -28553,64 +29876,66 @@
     <w:rsid w:val="006A14CE"/>
     <w:rsid w:val="006A15FA"/>
     <w:rsid w:val="006A17CD"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
     <w:rsid w:val="006A3129"/>
     <w:rsid w:val="006A3176"/>
     <w:rsid w:val="006A31EE"/>
     <w:rsid w:val="006A37B8"/>
     <w:rsid w:val="006A386C"/>
     <w:rsid w:val="006A3A90"/>
     <w:rsid w:val="006A3C83"/>
     <w:rsid w:val="006A3DBB"/>
     <w:rsid w:val="006A4017"/>
     <w:rsid w:val="006A40C5"/>
     <w:rsid w:val="006A4A2A"/>
     <w:rsid w:val="006A59E5"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006A5E3A"/>
     <w:rsid w:val="006A6154"/>
     <w:rsid w:val="006A6A60"/>
     <w:rsid w:val="006A7206"/>
+    <w:rsid w:val="006A72B3"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006A7603"/>
     <w:rsid w:val="006A7A82"/>
     <w:rsid w:val="006A7FD2"/>
     <w:rsid w:val="006B007F"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B0B2D"/>
     <w:rsid w:val="006B0E37"/>
     <w:rsid w:val="006B0FC2"/>
     <w:rsid w:val="006B1496"/>
     <w:rsid w:val="006B1756"/>
     <w:rsid w:val="006B1A9D"/>
     <w:rsid w:val="006B1B80"/>
     <w:rsid w:val="006B2248"/>
+    <w:rsid w:val="006B3081"/>
     <w:rsid w:val="006B3355"/>
     <w:rsid w:val="006B3494"/>
     <w:rsid w:val="006B4069"/>
     <w:rsid w:val="006B4209"/>
     <w:rsid w:val="006B516B"/>
     <w:rsid w:val="006B5F31"/>
     <w:rsid w:val="006B64D8"/>
     <w:rsid w:val="006B681F"/>
     <w:rsid w:val="006B7B27"/>
     <w:rsid w:val="006C067C"/>
     <w:rsid w:val="006C0C5B"/>
     <w:rsid w:val="006C0D7D"/>
     <w:rsid w:val="006C0F06"/>
     <w:rsid w:val="006C15B9"/>
     <w:rsid w:val="006C1977"/>
     <w:rsid w:val="006C26B7"/>
     <w:rsid w:val="006C2D38"/>
     <w:rsid w:val="006C3491"/>
     <w:rsid w:val="006C356B"/>
     <w:rsid w:val="006C38C9"/>
     <w:rsid w:val="006C3AA4"/>
     <w:rsid w:val="006C3FA8"/>
     <w:rsid w:val="006C3FD0"/>
     <w:rsid w:val="006C48BB"/>
     <w:rsid w:val="006C6312"/>
@@ -28650,238 +29975,250 @@
     <w:rsid w:val="006E22E4"/>
     <w:rsid w:val="006E23F1"/>
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3A50"/>
     <w:rsid w:val="006E3ED8"/>
     <w:rsid w:val="006E4178"/>
     <w:rsid w:val="006E4CBA"/>
     <w:rsid w:val="006E574B"/>
     <w:rsid w:val="006E58B5"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
     <w:rsid w:val="006E7809"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
+    <w:rsid w:val="006F37DA"/>
     <w:rsid w:val="006F3ABD"/>
     <w:rsid w:val="006F4EB3"/>
+    <w:rsid w:val="006F50E3"/>
     <w:rsid w:val="006F5AA2"/>
     <w:rsid w:val="006F5ADA"/>
     <w:rsid w:val="006F5D48"/>
+    <w:rsid w:val="006F6902"/>
     <w:rsid w:val="006F6959"/>
     <w:rsid w:val="006F7178"/>
+    <w:rsid w:val="006F72C9"/>
     <w:rsid w:val="006F78A4"/>
     <w:rsid w:val="007003D9"/>
     <w:rsid w:val="007013E8"/>
     <w:rsid w:val="00701768"/>
+    <w:rsid w:val="00701FBD"/>
     <w:rsid w:val="00702312"/>
+    <w:rsid w:val="0070249F"/>
     <w:rsid w:val="00702DA9"/>
     <w:rsid w:val="00702E47"/>
     <w:rsid w:val="00702EEE"/>
     <w:rsid w:val="00703D37"/>
     <w:rsid w:val="007043AC"/>
     <w:rsid w:val="00705B70"/>
     <w:rsid w:val="00705E5A"/>
     <w:rsid w:val="007071CB"/>
     <w:rsid w:val="00707E24"/>
     <w:rsid w:val="00707F26"/>
     <w:rsid w:val="007107ED"/>
     <w:rsid w:val="00710C34"/>
     <w:rsid w:val="00710EA6"/>
     <w:rsid w:val="007113DC"/>
     <w:rsid w:val="00711900"/>
     <w:rsid w:val="00711CD2"/>
     <w:rsid w:val="007121CD"/>
     <w:rsid w:val="007125D8"/>
     <w:rsid w:val="00712647"/>
     <w:rsid w:val="00712B87"/>
     <w:rsid w:val="00712D65"/>
     <w:rsid w:val="00713D0C"/>
     <w:rsid w:val="007144ED"/>
     <w:rsid w:val="0071462A"/>
     <w:rsid w:val="007156D4"/>
     <w:rsid w:val="00715D26"/>
     <w:rsid w:val="00715E69"/>
     <w:rsid w:val="00715EB3"/>
     <w:rsid w:val="007160BE"/>
     <w:rsid w:val="00716EE8"/>
+    <w:rsid w:val="00717045"/>
     <w:rsid w:val="0071734E"/>
     <w:rsid w:val="007173B7"/>
     <w:rsid w:val="00717B43"/>
     <w:rsid w:val="00717F45"/>
     <w:rsid w:val="007206C5"/>
     <w:rsid w:val="00720B50"/>
     <w:rsid w:val="00720C80"/>
     <w:rsid w:val="00721589"/>
     <w:rsid w:val="007215A7"/>
     <w:rsid w:val="00722170"/>
     <w:rsid w:val="00722B08"/>
     <w:rsid w:val="00722C2A"/>
     <w:rsid w:val="00723608"/>
     <w:rsid w:val="007242B4"/>
     <w:rsid w:val="0072462C"/>
     <w:rsid w:val="00724893"/>
     <w:rsid w:val="00724ABB"/>
     <w:rsid w:val="0072528A"/>
     <w:rsid w:val="00725500"/>
     <w:rsid w:val="0072552E"/>
     <w:rsid w:val="00725582"/>
     <w:rsid w:val="0072593D"/>
     <w:rsid w:val="00725A52"/>
     <w:rsid w:val="007262F3"/>
     <w:rsid w:val="00726F22"/>
     <w:rsid w:val="00727662"/>
     <w:rsid w:val="0073045F"/>
     <w:rsid w:val="00730B55"/>
     <w:rsid w:val="00730C42"/>
     <w:rsid w:val="007314FB"/>
     <w:rsid w:val="00731D28"/>
     <w:rsid w:val="00733367"/>
     <w:rsid w:val="00733561"/>
     <w:rsid w:val="00734547"/>
+    <w:rsid w:val="00734B3B"/>
     <w:rsid w:val="00735109"/>
     <w:rsid w:val="007351C7"/>
     <w:rsid w:val="00735765"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
     <w:rsid w:val="00740A8B"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
     <w:rsid w:val="00741244"/>
     <w:rsid w:val="0074213D"/>
     <w:rsid w:val="00742279"/>
     <w:rsid w:val="007423F4"/>
     <w:rsid w:val="00742503"/>
     <w:rsid w:val="0074264F"/>
     <w:rsid w:val="00742882"/>
     <w:rsid w:val="00742D32"/>
     <w:rsid w:val="00743276"/>
     <w:rsid w:val="007436D2"/>
     <w:rsid w:val="007439B5"/>
     <w:rsid w:val="00743ACA"/>
     <w:rsid w:val="00743C39"/>
     <w:rsid w:val="00743F4E"/>
+    <w:rsid w:val="00744908"/>
     <w:rsid w:val="0074496A"/>
     <w:rsid w:val="00744CB8"/>
     <w:rsid w:val="00745468"/>
     <w:rsid w:val="00745855"/>
     <w:rsid w:val="0074588C"/>
     <w:rsid w:val="0074637F"/>
     <w:rsid w:val="00746451"/>
     <w:rsid w:val="007464B3"/>
     <w:rsid w:val="007472BB"/>
     <w:rsid w:val="00747845"/>
     <w:rsid w:val="00750294"/>
     <w:rsid w:val="0075041B"/>
     <w:rsid w:val="00750860"/>
     <w:rsid w:val="00750874"/>
     <w:rsid w:val="007514C7"/>
     <w:rsid w:val="007514E1"/>
     <w:rsid w:val="00752008"/>
     <w:rsid w:val="007522F7"/>
     <w:rsid w:val="0075262F"/>
     <w:rsid w:val="00752872"/>
     <w:rsid w:val="00752BCE"/>
     <w:rsid w:val="00753127"/>
     <w:rsid w:val="007535A1"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="0075396C"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="0075477B"/>
     <w:rsid w:val="00754DF1"/>
     <w:rsid w:val="00754F08"/>
     <w:rsid w:val="00754FD0"/>
     <w:rsid w:val="00755050"/>
     <w:rsid w:val="0075509D"/>
     <w:rsid w:val="007553C2"/>
     <w:rsid w:val="007556E0"/>
     <w:rsid w:val="00756482"/>
     <w:rsid w:val="00756CDF"/>
     <w:rsid w:val="00756D9B"/>
     <w:rsid w:val="0075729A"/>
     <w:rsid w:val="0075785E"/>
     <w:rsid w:val="007609D7"/>
     <w:rsid w:val="00760DC2"/>
+    <w:rsid w:val="0076141B"/>
     <w:rsid w:val="0076150F"/>
     <w:rsid w:val="00761812"/>
     <w:rsid w:val="00762005"/>
     <w:rsid w:val="00762723"/>
     <w:rsid w:val="00762D6F"/>
     <w:rsid w:val="00762F59"/>
     <w:rsid w:val="007637D8"/>
     <w:rsid w:val="00763C4B"/>
     <w:rsid w:val="00764332"/>
+    <w:rsid w:val="00764AC2"/>
     <w:rsid w:val="00764E96"/>
     <w:rsid w:val="00765A54"/>
     <w:rsid w:val="00765B01"/>
     <w:rsid w:val="00765FD0"/>
     <w:rsid w:val="007660A8"/>
     <w:rsid w:val="007662A7"/>
     <w:rsid w:val="00770C3A"/>
     <w:rsid w:val="00770F71"/>
     <w:rsid w:val="00770FEF"/>
     <w:rsid w:val="0077176F"/>
     <w:rsid w:val="0077195F"/>
     <w:rsid w:val="00771A3C"/>
     <w:rsid w:val="00771EB0"/>
     <w:rsid w:val="0077248B"/>
     <w:rsid w:val="00773039"/>
     <w:rsid w:val="00773A04"/>
     <w:rsid w:val="00774286"/>
     <w:rsid w:val="00774E12"/>
     <w:rsid w:val="00774E9A"/>
     <w:rsid w:val="00774EAE"/>
     <w:rsid w:val="007750E6"/>
     <w:rsid w:val="00775712"/>
     <w:rsid w:val="0077579E"/>
     <w:rsid w:val="00775C72"/>
     <w:rsid w:val="00775E24"/>
     <w:rsid w:val="00775EDA"/>
     <w:rsid w:val="007761C8"/>
     <w:rsid w:val="0077633E"/>
     <w:rsid w:val="0077675C"/>
     <w:rsid w:val="007767C0"/>
     <w:rsid w:val="007772D5"/>
     <w:rsid w:val="00777390"/>
     <w:rsid w:val="00777CA8"/>
     <w:rsid w:val="00777D0B"/>
     <w:rsid w:val="00780083"/>
     <w:rsid w:val="00780D9B"/>
+    <w:rsid w:val="00781862"/>
     <w:rsid w:val="00781E5F"/>
     <w:rsid w:val="00782391"/>
     <w:rsid w:val="0078328C"/>
     <w:rsid w:val="007832D0"/>
     <w:rsid w:val="00783970"/>
     <w:rsid w:val="007839B1"/>
     <w:rsid w:val="00783A83"/>
     <w:rsid w:val="007847C8"/>
     <w:rsid w:val="007851D2"/>
     <w:rsid w:val="00785643"/>
     <w:rsid w:val="0078597E"/>
     <w:rsid w:val="00785A0A"/>
     <w:rsid w:val="007860A7"/>
     <w:rsid w:val="00786231"/>
     <w:rsid w:val="007871FC"/>
     <w:rsid w:val="0079049B"/>
     <w:rsid w:val="007909C4"/>
     <w:rsid w:val="00791323"/>
     <w:rsid w:val="007918B9"/>
     <w:rsid w:val="00792131"/>
     <w:rsid w:val="007922B8"/>
     <w:rsid w:val="0079284A"/>
     <w:rsid w:val="00792C0D"/>
     <w:rsid w:val="00793003"/>
     <w:rsid w:val="00793174"/>
@@ -28942,62 +30279,67 @@
     <w:rsid w:val="007B524F"/>
     <w:rsid w:val="007B573A"/>
     <w:rsid w:val="007B5FBA"/>
     <w:rsid w:val="007B666D"/>
     <w:rsid w:val="007B66AC"/>
     <w:rsid w:val="007B6A7E"/>
     <w:rsid w:val="007B6B29"/>
     <w:rsid w:val="007B7D70"/>
     <w:rsid w:val="007B7F34"/>
     <w:rsid w:val="007C008D"/>
     <w:rsid w:val="007C011E"/>
     <w:rsid w:val="007C094D"/>
     <w:rsid w:val="007C0F67"/>
     <w:rsid w:val="007C1DB8"/>
     <w:rsid w:val="007C24FB"/>
     <w:rsid w:val="007C25A9"/>
     <w:rsid w:val="007C2817"/>
     <w:rsid w:val="007C2B51"/>
     <w:rsid w:val="007C2FD9"/>
     <w:rsid w:val="007C3D73"/>
     <w:rsid w:val="007C44CB"/>
     <w:rsid w:val="007C4768"/>
     <w:rsid w:val="007C54DB"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C5900"/>
+    <w:rsid w:val="007C59D2"/>
     <w:rsid w:val="007C61D2"/>
     <w:rsid w:val="007C6CF1"/>
     <w:rsid w:val="007C70AA"/>
+    <w:rsid w:val="007C7452"/>
     <w:rsid w:val="007C7A4A"/>
     <w:rsid w:val="007C7AE0"/>
+    <w:rsid w:val="007C7C5D"/>
     <w:rsid w:val="007D0521"/>
     <w:rsid w:val="007D0555"/>
+    <w:rsid w:val="007D0675"/>
     <w:rsid w:val="007D07D9"/>
     <w:rsid w:val="007D09E6"/>
     <w:rsid w:val="007D1167"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
+    <w:rsid w:val="007D2008"/>
     <w:rsid w:val="007D20D9"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
     <w:rsid w:val="007D5312"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
     <w:rsid w:val="007D75C7"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
@@ -29008,85 +30350,87 @@
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F46A1"/>
     <w:rsid w:val="007F4E97"/>
     <w:rsid w:val="007F5076"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
+    <w:rsid w:val="007F7617"/>
     <w:rsid w:val="007F7740"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
     <w:rsid w:val="00800BAA"/>
     <w:rsid w:val="00800BCE"/>
     <w:rsid w:val="0080104A"/>
     <w:rsid w:val="00801381"/>
     <w:rsid w:val="00802319"/>
     <w:rsid w:val="008024EE"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
     <w:rsid w:val="0080301B"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
     <w:rsid w:val="00803BBB"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="0080427D"/>
     <w:rsid w:val="008046E1"/>
     <w:rsid w:val="008052E3"/>
     <w:rsid w:val="00805372"/>
     <w:rsid w:val="00805600"/>
     <w:rsid w:val="008065D0"/>
     <w:rsid w:val="008067EB"/>
     <w:rsid w:val="0080709A"/>
     <w:rsid w:val="0080791C"/>
     <w:rsid w:val="00807FBA"/>
     <w:rsid w:val="0081067A"/>
     <w:rsid w:val="00811868"/>
     <w:rsid w:val="0081239D"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
+    <w:rsid w:val="00815A69"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
     <w:rsid w:val="00816990"/>
     <w:rsid w:val="00816F82"/>
     <w:rsid w:val="0081719E"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
     <w:rsid w:val="008200BD"/>
     <w:rsid w:val="0082013F"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821758"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
@@ -29096,50 +30440,51 @@
     <w:rsid w:val="00826CE0"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
     <w:rsid w:val="00830CD0"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
     <w:rsid w:val="008324FF"/>
     <w:rsid w:val="008329A9"/>
     <w:rsid w:val="00832C4E"/>
     <w:rsid w:val="00832E7B"/>
     <w:rsid w:val="008332F4"/>
     <w:rsid w:val="00833378"/>
     <w:rsid w:val="00833AFD"/>
     <w:rsid w:val="00833B99"/>
     <w:rsid w:val="00833DAC"/>
     <w:rsid w:val="00834059"/>
     <w:rsid w:val="00834B42"/>
     <w:rsid w:val="00834DF1"/>
     <w:rsid w:val="0083518C"/>
     <w:rsid w:val="00835644"/>
+    <w:rsid w:val="00835759"/>
     <w:rsid w:val="00835A9A"/>
     <w:rsid w:val="00836BC9"/>
     <w:rsid w:val="00837172"/>
     <w:rsid w:val="00837306"/>
     <w:rsid w:val="00840240"/>
     <w:rsid w:val="00840E8C"/>
     <w:rsid w:val="0084157E"/>
     <w:rsid w:val="00841D10"/>
     <w:rsid w:val="008427FB"/>
     <w:rsid w:val="0084318E"/>
     <w:rsid w:val="008434FC"/>
     <w:rsid w:val="0084350E"/>
     <w:rsid w:val="00843636"/>
     <w:rsid w:val="0084375A"/>
     <w:rsid w:val="008437E6"/>
     <w:rsid w:val="008438DA"/>
     <w:rsid w:val="00843E28"/>
     <w:rsid w:val="00843F44"/>
     <w:rsid w:val="00844694"/>
     <w:rsid w:val="008456D0"/>
     <w:rsid w:val="00845ECF"/>
     <w:rsid w:val="00846123"/>
     <w:rsid w:val="00846541"/>
     <w:rsid w:val="008466C2"/>
     <w:rsid w:val="008468A2"/>
@@ -29155,208 +30500,216 @@
     <w:rsid w:val="008516E9"/>
     <w:rsid w:val="0085182B"/>
     <w:rsid w:val="0085185E"/>
     <w:rsid w:val="00851B67"/>
     <w:rsid w:val="00851D93"/>
     <w:rsid w:val="008521D9"/>
     <w:rsid w:val="00852A90"/>
     <w:rsid w:val="0085300D"/>
     <w:rsid w:val="008536D8"/>
     <w:rsid w:val="008536F7"/>
     <w:rsid w:val="0085394B"/>
     <w:rsid w:val="00853DFD"/>
     <w:rsid w:val="00854029"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="0085451E"/>
     <w:rsid w:val="00854BAC"/>
     <w:rsid w:val="00855613"/>
     <w:rsid w:val="00855D07"/>
     <w:rsid w:val="0085601F"/>
     <w:rsid w:val="0085630A"/>
     <w:rsid w:val="00856446"/>
     <w:rsid w:val="008569F8"/>
     <w:rsid w:val="008572D1"/>
     <w:rsid w:val="008577AF"/>
     <w:rsid w:val="00857F61"/>
+    <w:rsid w:val="0086013B"/>
     <w:rsid w:val="008601EA"/>
     <w:rsid w:val="0086071A"/>
     <w:rsid w:val="0086098F"/>
     <w:rsid w:val="00860BE8"/>
     <w:rsid w:val="00861464"/>
     <w:rsid w:val="008623DC"/>
     <w:rsid w:val="00862605"/>
     <w:rsid w:val="00862C10"/>
     <w:rsid w:val="00863A5B"/>
     <w:rsid w:val="00863B7D"/>
     <w:rsid w:val="008640BD"/>
     <w:rsid w:val="008643FA"/>
     <w:rsid w:val="00864505"/>
     <w:rsid w:val="008646F3"/>
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="00864EBE"/>
     <w:rsid w:val="008668E4"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
     <w:rsid w:val="008709A9"/>
     <w:rsid w:val="008711DC"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
     <w:rsid w:val="008733BF"/>
     <w:rsid w:val="00873CC9"/>
     <w:rsid w:val="00874032"/>
     <w:rsid w:val="008741C5"/>
     <w:rsid w:val="008754E5"/>
+    <w:rsid w:val="00875B97"/>
     <w:rsid w:val="008777C2"/>
     <w:rsid w:val="00877836"/>
     <w:rsid w:val="00877C00"/>
     <w:rsid w:val="00877DC7"/>
     <w:rsid w:val="00877E7C"/>
     <w:rsid w:val="0088011B"/>
     <w:rsid w:val="00880E4C"/>
     <w:rsid w:val="008817A5"/>
     <w:rsid w:val="00881B7C"/>
     <w:rsid w:val="0088215A"/>
     <w:rsid w:val="00882744"/>
     <w:rsid w:val="00882B21"/>
     <w:rsid w:val="0088334D"/>
     <w:rsid w:val="008837CE"/>
     <w:rsid w:val="00884631"/>
     <w:rsid w:val="00884893"/>
     <w:rsid w:val="00884C00"/>
     <w:rsid w:val="00885029"/>
     <w:rsid w:val="00885782"/>
     <w:rsid w:val="008858EA"/>
     <w:rsid w:val="00885D1A"/>
     <w:rsid w:val="0088612E"/>
     <w:rsid w:val="008862B5"/>
     <w:rsid w:val="00886780"/>
     <w:rsid w:val="00886D4B"/>
     <w:rsid w:val="00886F53"/>
     <w:rsid w:val="0088708C"/>
     <w:rsid w:val="0088733B"/>
     <w:rsid w:val="00887F69"/>
     <w:rsid w:val="008902CF"/>
     <w:rsid w:val="0089074C"/>
     <w:rsid w:val="00890931"/>
     <w:rsid w:val="00890B3F"/>
+    <w:rsid w:val="008919E6"/>
     <w:rsid w:val="00891EA7"/>
     <w:rsid w:val="00891F99"/>
     <w:rsid w:val="0089224B"/>
     <w:rsid w:val="008923E7"/>
     <w:rsid w:val="00893761"/>
     <w:rsid w:val="00893862"/>
     <w:rsid w:val="00893A28"/>
     <w:rsid w:val="00893BE2"/>
     <w:rsid w:val="00893E3B"/>
     <w:rsid w:val="00894D67"/>
     <w:rsid w:val="00894D9C"/>
     <w:rsid w:val="00895415"/>
     <w:rsid w:val="0089586D"/>
     <w:rsid w:val="00895AAC"/>
     <w:rsid w:val="00895DE0"/>
     <w:rsid w:val="00895E2D"/>
     <w:rsid w:val="0089602F"/>
     <w:rsid w:val="00896086"/>
     <w:rsid w:val="0089636C"/>
     <w:rsid w:val="00896666"/>
     <w:rsid w:val="0089758C"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="00897D5F"/>
     <w:rsid w:val="008A060E"/>
     <w:rsid w:val="008A06F9"/>
     <w:rsid w:val="008A0A7D"/>
     <w:rsid w:val="008A0D58"/>
     <w:rsid w:val="008A165E"/>
     <w:rsid w:val="008A1726"/>
     <w:rsid w:val="008A196A"/>
     <w:rsid w:val="008A19DE"/>
     <w:rsid w:val="008A21F7"/>
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
     <w:rsid w:val="008A46A0"/>
     <w:rsid w:val="008A4770"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
+    <w:rsid w:val="008A4D76"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
+    <w:rsid w:val="008A4F8C"/>
     <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A56CA"/>
     <w:rsid w:val="008A599E"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
     <w:rsid w:val="008B0EC0"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
+    <w:rsid w:val="008B30F3"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
     <w:rsid w:val="008B4AA4"/>
     <w:rsid w:val="008B4C54"/>
     <w:rsid w:val="008B4F51"/>
     <w:rsid w:val="008B5634"/>
     <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008B6513"/>
     <w:rsid w:val="008B6A50"/>
     <w:rsid w:val="008B707F"/>
     <w:rsid w:val="008B74E9"/>
     <w:rsid w:val="008B7881"/>
     <w:rsid w:val="008B7C9A"/>
     <w:rsid w:val="008B7D4E"/>
+    <w:rsid w:val="008B7E4A"/>
     <w:rsid w:val="008C08F5"/>
     <w:rsid w:val="008C0AF8"/>
     <w:rsid w:val="008C0C26"/>
     <w:rsid w:val="008C0FF4"/>
     <w:rsid w:val="008C10AA"/>
     <w:rsid w:val="008C18BF"/>
     <w:rsid w:val="008C2162"/>
     <w:rsid w:val="008C23BE"/>
+    <w:rsid w:val="008C2689"/>
     <w:rsid w:val="008C2CF4"/>
     <w:rsid w:val="008C32E7"/>
     <w:rsid w:val="008C36B7"/>
     <w:rsid w:val="008C388D"/>
     <w:rsid w:val="008C38C1"/>
     <w:rsid w:val="008C39CC"/>
     <w:rsid w:val="008C3CFF"/>
     <w:rsid w:val="008C4133"/>
     <w:rsid w:val="008C45FA"/>
     <w:rsid w:val="008C4B77"/>
     <w:rsid w:val="008C4F61"/>
     <w:rsid w:val="008C4FE1"/>
     <w:rsid w:val="008C5550"/>
     <w:rsid w:val="008C6212"/>
     <w:rsid w:val="008C678C"/>
     <w:rsid w:val="008C68B5"/>
     <w:rsid w:val="008C6A68"/>
     <w:rsid w:val="008C71FE"/>
     <w:rsid w:val="008C730C"/>
     <w:rsid w:val="008C73C3"/>
     <w:rsid w:val="008C7622"/>
     <w:rsid w:val="008C7735"/>
     <w:rsid w:val="008C7951"/>
     <w:rsid w:val="008D0F35"/>
     <w:rsid w:val="008D11A7"/>
@@ -29367,50 +30720,52 @@
     <w:rsid w:val="008D28FE"/>
     <w:rsid w:val="008D29C2"/>
     <w:rsid w:val="008D2D17"/>
     <w:rsid w:val="008D2DDD"/>
     <w:rsid w:val="008D2F70"/>
     <w:rsid w:val="008D318A"/>
     <w:rsid w:val="008D31BA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D3EB3"/>
     <w:rsid w:val="008D3F41"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
     <w:rsid w:val="008E35F9"/>
+    <w:rsid w:val="008E37BB"/>
+    <w:rsid w:val="008E39F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
     <w:rsid w:val="008E4528"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
     <w:rsid w:val="008E667B"/>
     <w:rsid w:val="008E7AB5"/>
     <w:rsid w:val="008F0E15"/>
     <w:rsid w:val="008F0F89"/>
     <w:rsid w:val="008F193B"/>
     <w:rsid w:val="008F1BED"/>
     <w:rsid w:val="008F1FA3"/>
     <w:rsid w:val="008F2383"/>
     <w:rsid w:val="008F4357"/>
     <w:rsid w:val="008F490B"/>
     <w:rsid w:val="008F4A96"/>
     <w:rsid w:val="008F4C70"/>
     <w:rsid w:val="008F4D1A"/>
     <w:rsid w:val="008F54B9"/>
     <w:rsid w:val="008F5538"/>
@@ -29428,107 +30783,111 @@
     <w:rsid w:val="0090235A"/>
     <w:rsid w:val="00902738"/>
     <w:rsid w:val="00902A7C"/>
     <w:rsid w:val="00904972"/>
     <w:rsid w:val="009049E7"/>
     <w:rsid w:val="00904ED5"/>
     <w:rsid w:val="00905097"/>
     <w:rsid w:val="00905353"/>
     <w:rsid w:val="00905401"/>
     <w:rsid w:val="00905582"/>
     <w:rsid w:val="009055E7"/>
     <w:rsid w:val="00905EF0"/>
     <w:rsid w:val="0090649E"/>
     <w:rsid w:val="00907297"/>
     <w:rsid w:val="0090786C"/>
     <w:rsid w:val="00910479"/>
     <w:rsid w:val="009108E0"/>
     <w:rsid w:val="00910916"/>
     <w:rsid w:val="00910B37"/>
     <w:rsid w:val="00910FD9"/>
     <w:rsid w:val="00911671"/>
     <w:rsid w:val="0091216D"/>
     <w:rsid w:val="00912266"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
+    <w:rsid w:val="00913791"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
     <w:rsid w:val="00914EB3"/>
     <w:rsid w:val="0091512A"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
+    <w:rsid w:val="00916AED"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
     <w:rsid w:val="00922C93"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
     <w:rsid w:val="009255CB"/>
     <w:rsid w:val="00926C19"/>
     <w:rsid w:val="00926DB8"/>
     <w:rsid w:val="0092769E"/>
+    <w:rsid w:val="009276F8"/>
     <w:rsid w:val="009277DE"/>
     <w:rsid w:val="00927985"/>
     <w:rsid w:val="00930B72"/>
     <w:rsid w:val="00930DEA"/>
     <w:rsid w:val="00931513"/>
     <w:rsid w:val="00931787"/>
     <w:rsid w:val="00931DF2"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="009329E5"/>
     <w:rsid w:val="00932B3C"/>
     <w:rsid w:val="00932CA0"/>
     <w:rsid w:val="00933361"/>
     <w:rsid w:val="00933669"/>
     <w:rsid w:val="0093390E"/>
     <w:rsid w:val="00934797"/>
     <w:rsid w:val="00934A6D"/>
     <w:rsid w:val="00934B33"/>
     <w:rsid w:val="00934EEC"/>
     <w:rsid w:val="009351DB"/>
     <w:rsid w:val="009358CA"/>
     <w:rsid w:val="00935C17"/>
     <w:rsid w:val="00935D4B"/>
     <w:rsid w:val="00936138"/>
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
     <w:rsid w:val="009405B5"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
+    <w:rsid w:val="00941B77"/>
     <w:rsid w:val="00941F90"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="0094318A"/>
     <w:rsid w:val="00943337"/>
     <w:rsid w:val="009436BE"/>
     <w:rsid w:val="009437D6"/>
     <w:rsid w:val="00943E7F"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
     <w:rsid w:val="00945355"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009502AE"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
@@ -29544,50 +30903,51 @@
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
     <w:rsid w:val="00957984"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009610A1"/>
     <w:rsid w:val="009613D0"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
     <w:rsid w:val="009644E1"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
+    <w:rsid w:val="00970F22"/>
     <w:rsid w:val="00971241"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
     <w:rsid w:val="0097357C"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
     <w:rsid w:val="009753B5"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
     <w:rsid w:val="00980D89"/>
     <w:rsid w:val="009812F9"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
@@ -29643,135 +31003,141 @@
     <w:rsid w:val="009A3F4A"/>
     <w:rsid w:val="009A453E"/>
     <w:rsid w:val="009A48FF"/>
     <w:rsid w:val="009A4AF1"/>
     <w:rsid w:val="009A5329"/>
     <w:rsid w:val="009A57A3"/>
     <w:rsid w:val="009A636D"/>
     <w:rsid w:val="009A6696"/>
     <w:rsid w:val="009A68A0"/>
     <w:rsid w:val="009B0544"/>
     <w:rsid w:val="009B057D"/>
     <w:rsid w:val="009B11B9"/>
     <w:rsid w:val="009B13E0"/>
     <w:rsid w:val="009B1563"/>
     <w:rsid w:val="009B1861"/>
     <w:rsid w:val="009B2060"/>
     <w:rsid w:val="009B2099"/>
     <w:rsid w:val="009B20B1"/>
     <w:rsid w:val="009B214B"/>
     <w:rsid w:val="009B274E"/>
     <w:rsid w:val="009B298E"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B3809"/>
     <w:rsid w:val="009B39C7"/>
     <w:rsid w:val="009B3A20"/>
+    <w:rsid w:val="009B3D0B"/>
     <w:rsid w:val="009B3F3F"/>
     <w:rsid w:val="009B4023"/>
     <w:rsid w:val="009B412D"/>
     <w:rsid w:val="009B41AC"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B4AB3"/>
     <w:rsid w:val="009B4D40"/>
     <w:rsid w:val="009B4EAA"/>
     <w:rsid w:val="009B52B7"/>
     <w:rsid w:val="009B54CD"/>
     <w:rsid w:val="009B5CC7"/>
     <w:rsid w:val="009B601C"/>
+    <w:rsid w:val="009B618C"/>
     <w:rsid w:val="009B62D5"/>
     <w:rsid w:val="009B65A3"/>
     <w:rsid w:val="009C04CB"/>
     <w:rsid w:val="009C07BB"/>
     <w:rsid w:val="009C08B7"/>
     <w:rsid w:val="009C11B8"/>
     <w:rsid w:val="009C275B"/>
     <w:rsid w:val="009C3311"/>
     <w:rsid w:val="009C3CB9"/>
     <w:rsid w:val="009C4008"/>
+    <w:rsid w:val="009C447A"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
+    <w:rsid w:val="009D0D20"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2777"/>
     <w:rsid w:val="009D2EFD"/>
     <w:rsid w:val="009D3B6F"/>
     <w:rsid w:val="009D400E"/>
     <w:rsid w:val="009D46F8"/>
     <w:rsid w:val="009D4A13"/>
     <w:rsid w:val="009D4EDC"/>
     <w:rsid w:val="009D523B"/>
     <w:rsid w:val="009D54D2"/>
+    <w:rsid w:val="009D63DA"/>
     <w:rsid w:val="009D6864"/>
     <w:rsid w:val="009D6A37"/>
     <w:rsid w:val="009E0ECD"/>
     <w:rsid w:val="009E12A3"/>
     <w:rsid w:val="009E12DB"/>
     <w:rsid w:val="009E1707"/>
     <w:rsid w:val="009E1828"/>
     <w:rsid w:val="009E1A15"/>
     <w:rsid w:val="009E1C59"/>
     <w:rsid w:val="009E23AC"/>
     <w:rsid w:val="009E2781"/>
     <w:rsid w:val="009E280D"/>
     <w:rsid w:val="009E28EA"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
     <w:rsid w:val="009E39B3"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
     <w:rsid w:val="009E591E"/>
     <w:rsid w:val="009E5D94"/>
     <w:rsid w:val="009E6027"/>
     <w:rsid w:val="009E6054"/>
     <w:rsid w:val="009E612D"/>
     <w:rsid w:val="009E6D6B"/>
     <w:rsid w:val="009E71B8"/>
     <w:rsid w:val="009E7345"/>
     <w:rsid w:val="009F0227"/>
     <w:rsid w:val="009F03EE"/>
     <w:rsid w:val="009F0AE9"/>
     <w:rsid w:val="009F1E6C"/>
     <w:rsid w:val="009F2D16"/>
     <w:rsid w:val="009F3464"/>
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
+    <w:rsid w:val="009F4A18"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
     <w:rsid w:val="009F55B6"/>
     <w:rsid w:val="009F57D1"/>
     <w:rsid w:val="009F5AC0"/>
     <w:rsid w:val="009F6189"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="00A002CD"/>
     <w:rsid w:val="00A00AD6"/>
     <w:rsid w:val="00A00D9A"/>
     <w:rsid w:val="00A01471"/>
     <w:rsid w:val="00A01EC7"/>
     <w:rsid w:val="00A0248E"/>
     <w:rsid w:val="00A02763"/>
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
     <w:rsid w:val="00A0381B"/>
     <w:rsid w:val="00A040B6"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
@@ -29799,50 +31165,51 @@
     <w:rsid w:val="00A163AF"/>
     <w:rsid w:val="00A168F7"/>
     <w:rsid w:val="00A17394"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A176B8"/>
     <w:rsid w:val="00A17C6C"/>
     <w:rsid w:val="00A200CB"/>
     <w:rsid w:val="00A2072A"/>
     <w:rsid w:val="00A2091D"/>
     <w:rsid w:val="00A20AD2"/>
     <w:rsid w:val="00A21D3F"/>
     <w:rsid w:val="00A22D4A"/>
     <w:rsid w:val="00A23031"/>
     <w:rsid w:val="00A23358"/>
     <w:rsid w:val="00A23392"/>
     <w:rsid w:val="00A237B6"/>
     <w:rsid w:val="00A23D68"/>
     <w:rsid w:val="00A23FD5"/>
     <w:rsid w:val="00A248CA"/>
     <w:rsid w:val="00A25ADF"/>
     <w:rsid w:val="00A26541"/>
     <w:rsid w:val="00A266B4"/>
     <w:rsid w:val="00A270E0"/>
     <w:rsid w:val="00A27729"/>
     <w:rsid w:val="00A2788F"/>
+    <w:rsid w:val="00A27FF6"/>
     <w:rsid w:val="00A30901"/>
     <w:rsid w:val="00A30922"/>
     <w:rsid w:val="00A30A67"/>
     <w:rsid w:val="00A321EE"/>
     <w:rsid w:val="00A326FA"/>
     <w:rsid w:val="00A32735"/>
     <w:rsid w:val="00A33EEF"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A3552B"/>
     <w:rsid w:val="00A35C30"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A361DB"/>
     <w:rsid w:val="00A367BD"/>
     <w:rsid w:val="00A36AA5"/>
     <w:rsid w:val="00A36AA9"/>
     <w:rsid w:val="00A372AE"/>
     <w:rsid w:val="00A37B09"/>
     <w:rsid w:val="00A37BE7"/>
     <w:rsid w:val="00A37C13"/>
     <w:rsid w:val="00A4000C"/>
     <w:rsid w:val="00A400FF"/>
     <w:rsid w:val="00A4076A"/>
     <w:rsid w:val="00A40EED"/>
     <w:rsid w:val="00A411B1"/>
     <w:rsid w:val="00A411C3"/>
@@ -29860,51 +31227,53 @@
     <w:rsid w:val="00A45E0A"/>
     <w:rsid w:val="00A4671E"/>
     <w:rsid w:val="00A468D1"/>
     <w:rsid w:val="00A469C4"/>
     <w:rsid w:val="00A46F29"/>
     <w:rsid w:val="00A475C1"/>
     <w:rsid w:val="00A476A7"/>
     <w:rsid w:val="00A50339"/>
     <w:rsid w:val="00A505AE"/>
     <w:rsid w:val="00A507D2"/>
     <w:rsid w:val="00A50DED"/>
     <w:rsid w:val="00A51210"/>
     <w:rsid w:val="00A515DF"/>
     <w:rsid w:val="00A516AE"/>
     <w:rsid w:val="00A51773"/>
     <w:rsid w:val="00A51C99"/>
     <w:rsid w:val="00A51D7E"/>
     <w:rsid w:val="00A52024"/>
     <w:rsid w:val="00A52C96"/>
     <w:rsid w:val="00A52F81"/>
     <w:rsid w:val="00A538BC"/>
     <w:rsid w:val="00A53BCF"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A54C3C"/>
+    <w:rsid w:val="00A54D29"/>
     <w:rsid w:val="00A552CD"/>
+    <w:rsid w:val="00A565A4"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A57CCA"/>
     <w:rsid w:val="00A60BFC"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
     <w:rsid w:val="00A64D6D"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
     <w:rsid w:val="00A673D1"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
@@ -29922,160 +31291,167 @@
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
     <w:rsid w:val="00A774B6"/>
     <w:rsid w:val="00A77EC2"/>
     <w:rsid w:val="00A800CD"/>
     <w:rsid w:val="00A80256"/>
     <w:rsid w:val="00A80360"/>
     <w:rsid w:val="00A8084E"/>
     <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A81426"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A81E2B"/>
     <w:rsid w:val="00A8205C"/>
     <w:rsid w:val="00A8273C"/>
     <w:rsid w:val="00A82EE7"/>
     <w:rsid w:val="00A831DA"/>
     <w:rsid w:val="00A83E4F"/>
     <w:rsid w:val="00A84D37"/>
     <w:rsid w:val="00A8539A"/>
     <w:rsid w:val="00A866DC"/>
     <w:rsid w:val="00A86CA3"/>
     <w:rsid w:val="00A87130"/>
     <w:rsid w:val="00A87271"/>
+    <w:rsid w:val="00A875A4"/>
     <w:rsid w:val="00A876A9"/>
     <w:rsid w:val="00A87A58"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A921B4"/>
     <w:rsid w:val="00A923EE"/>
     <w:rsid w:val="00A929B1"/>
     <w:rsid w:val="00A92CEC"/>
     <w:rsid w:val="00A92F99"/>
     <w:rsid w:val="00A9325F"/>
     <w:rsid w:val="00A93368"/>
+    <w:rsid w:val="00A93B6E"/>
     <w:rsid w:val="00A93C5B"/>
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
     <w:rsid w:val="00A96457"/>
     <w:rsid w:val="00A96592"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A979B2"/>
+    <w:rsid w:val="00A97E08"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
     <w:rsid w:val="00AA2117"/>
+    <w:rsid w:val="00AA2276"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
     <w:rsid w:val="00AA35D6"/>
     <w:rsid w:val="00AA3E5C"/>
     <w:rsid w:val="00AA446F"/>
     <w:rsid w:val="00AA4D44"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6138"/>
     <w:rsid w:val="00AA6806"/>
     <w:rsid w:val="00AA7DE3"/>
     <w:rsid w:val="00AB0878"/>
     <w:rsid w:val="00AB0CF1"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
     <w:rsid w:val="00AB315D"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
+    <w:rsid w:val="00AB5992"/>
     <w:rsid w:val="00AB5ED1"/>
     <w:rsid w:val="00AB7B06"/>
     <w:rsid w:val="00AB7D22"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
+    <w:rsid w:val="00AC23B9"/>
     <w:rsid w:val="00AC2465"/>
     <w:rsid w:val="00AC30C2"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
     <w:rsid w:val="00AD1E34"/>
     <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD2919"/>
     <w:rsid w:val="00AD417B"/>
     <w:rsid w:val="00AD4B04"/>
     <w:rsid w:val="00AD5B66"/>
     <w:rsid w:val="00AD5BAE"/>
     <w:rsid w:val="00AD5C17"/>
     <w:rsid w:val="00AD5C4F"/>
     <w:rsid w:val="00AD600C"/>
     <w:rsid w:val="00AD6157"/>
     <w:rsid w:val="00AD62AC"/>
     <w:rsid w:val="00AD65AD"/>
     <w:rsid w:val="00AD675E"/>
     <w:rsid w:val="00AD68AC"/>
     <w:rsid w:val="00AD78A5"/>
     <w:rsid w:val="00AD7C67"/>
     <w:rsid w:val="00AD7E99"/>
     <w:rsid w:val="00AE02DB"/>
     <w:rsid w:val="00AE0456"/>
     <w:rsid w:val="00AE0CB9"/>
+    <w:rsid w:val="00AE0CD2"/>
     <w:rsid w:val="00AE0FFC"/>
     <w:rsid w:val="00AE1544"/>
     <w:rsid w:val="00AE1E72"/>
     <w:rsid w:val="00AE2AE6"/>
     <w:rsid w:val="00AE2F93"/>
     <w:rsid w:val="00AE3028"/>
     <w:rsid w:val="00AE3A14"/>
     <w:rsid w:val="00AE416F"/>
     <w:rsid w:val="00AE460E"/>
     <w:rsid w:val="00AE48A2"/>
     <w:rsid w:val="00AE4D5A"/>
     <w:rsid w:val="00AE4DF3"/>
     <w:rsid w:val="00AE4F31"/>
     <w:rsid w:val="00AE517D"/>
     <w:rsid w:val="00AE5266"/>
     <w:rsid w:val="00AE56B2"/>
     <w:rsid w:val="00AE5D43"/>
     <w:rsid w:val="00AE68F5"/>
     <w:rsid w:val="00AE6F33"/>
     <w:rsid w:val="00AE7434"/>
     <w:rsid w:val="00AE7738"/>
     <w:rsid w:val="00AE79BB"/>
     <w:rsid w:val="00AE7A1D"/>
     <w:rsid w:val="00AE7CA3"/>
     <w:rsid w:val="00AEC13D"/>
@@ -30141,180 +31517,187 @@
     <w:rsid w:val="00B154E5"/>
     <w:rsid w:val="00B15794"/>
     <w:rsid w:val="00B15B3F"/>
     <w:rsid w:val="00B15B48"/>
     <w:rsid w:val="00B16931"/>
     <w:rsid w:val="00B16A2E"/>
     <w:rsid w:val="00B16A8E"/>
     <w:rsid w:val="00B16D23"/>
     <w:rsid w:val="00B17154"/>
     <w:rsid w:val="00B17711"/>
     <w:rsid w:val="00B1797E"/>
     <w:rsid w:val="00B17B22"/>
     <w:rsid w:val="00B203B5"/>
     <w:rsid w:val="00B2049E"/>
     <w:rsid w:val="00B20511"/>
     <w:rsid w:val="00B20F7B"/>
     <w:rsid w:val="00B2154F"/>
     <w:rsid w:val="00B21B46"/>
     <w:rsid w:val="00B22C90"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B22DEF"/>
     <w:rsid w:val="00B240ED"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B24699"/>
     <w:rsid w:val="00B24883"/>
+    <w:rsid w:val="00B25036"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
     <w:rsid w:val="00B304D9"/>
+    <w:rsid w:val="00B30D8E"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
     <w:rsid w:val="00B31CFC"/>
     <w:rsid w:val="00B32745"/>
     <w:rsid w:val="00B32FEB"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
     <w:rsid w:val="00B356CF"/>
     <w:rsid w:val="00B35FDD"/>
     <w:rsid w:val="00B36A5C"/>
     <w:rsid w:val="00B370B6"/>
+    <w:rsid w:val="00B37189"/>
     <w:rsid w:val="00B37E70"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
     <w:rsid w:val="00B429D2"/>
     <w:rsid w:val="00B42E2A"/>
     <w:rsid w:val="00B43B26"/>
     <w:rsid w:val="00B43D8E"/>
     <w:rsid w:val="00B440B2"/>
     <w:rsid w:val="00B440DD"/>
     <w:rsid w:val="00B4430B"/>
     <w:rsid w:val="00B4437D"/>
     <w:rsid w:val="00B4441D"/>
     <w:rsid w:val="00B44482"/>
     <w:rsid w:val="00B446BE"/>
     <w:rsid w:val="00B449FC"/>
     <w:rsid w:val="00B450EE"/>
     <w:rsid w:val="00B4512B"/>
     <w:rsid w:val="00B454CA"/>
     <w:rsid w:val="00B45644"/>
     <w:rsid w:val="00B465DF"/>
     <w:rsid w:val="00B46675"/>
     <w:rsid w:val="00B47DA2"/>
     <w:rsid w:val="00B50291"/>
     <w:rsid w:val="00B502B9"/>
     <w:rsid w:val="00B50593"/>
     <w:rsid w:val="00B50603"/>
     <w:rsid w:val="00B51763"/>
     <w:rsid w:val="00B51900"/>
     <w:rsid w:val="00B519E1"/>
     <w:rsid w:val="00B51A5C"/>
     <w:rsid w:val="00B51C58"/>
     <w:rsid w:val="00B51DBB"/>
     <w:rsid w:val="00B52440"/>
     <w:rsid w:val="00B525B7"/>
     <w:rsid w:val="00B52817"/>
     <w:rsid w:val="00B536E2"/>
     <w:rsid w:val="00B537BE"/>
     <w:rsid w:val="00B54728"/>
     <w:rsid w:val="00B549FA"/>
     <w:rsid w:val="00B54C97"/>
     <w:rsid w:val="00B550C7"/>
     <w:rsid w:val="00B55A6F"/>
+    <w:rsid w:val="00B569A3"/>
     <w:rsid w:val="00B569CB"/>
     <w:rsid w:val="00B5782C"/>
     <w:rsid w:val="00B57D6D"/>
     <w:rsid w:val="00B60DEF"/>
     <w:rsid w:val="00B614C1"/>
     <w:rsid w:val="00B61741"/>
     <w:rsid w:val="00B61764"/>
+    <w:rsid w:val="00B61813"/>
     <w:rsid w:val="00B61978"/>
     <w:rsid w:val="00B61A77"/>
     <w:rsid w:val="00B61BA9"/>
     <w:rsid w:val="00B61D1E"/>
     <w:rsid w:val="00B620E2"/>
     <w:rsid w:val="00B6210E"/>
     <w:rsid w:val="00B6218B"/>
     <w:rsid w:val="00B62320"/>
     <w:rsid w:val="00B624C0"/>
     <w:rsid w:val="00B62566"/>
     <w:rsid w:val="00B63060"/>
     <w:rsid w:val="00B631EE"/>
     <w:rsid w:val="00B6325A"/>
     <w:rsid w:val="00B632E9"/>
     <w:rsid w:val="00B634C1"/>
     <w:rsid w:val="00B6354D"/>
     <w:rsid w:val="00B637B4"/>
     <w:rsid w:val="00B63E5A"/>
     <w:rsid w:val="00B64320"/>
     <w:rsid w:val="00B64D73"/>
     <w:rsid w:val="00B65975"/>
     <w:rsid w:val="00B65AF7"/>
     <w:rsid w:val="00B65BC6"/>
     <w:rsid w:val="00B66495"/>
     <w:rsid w:val="00B665CE"/>
     <w:rsid w:val="00B66AAC"/>
     <w:rsid w:val="00B66E52"/>
     <w:rsid w:val="00B6761D"/>
     <w:rsid w:val="00B67D2F"/>
     <w:rsid w:val="00B70F2C"/>
     <w:rsid w:val="00B70FFB"/>
     <w:rsid w:val="00B7206D"/>
     <w:rsid w:val="00B720C8"/>
+    <w:rsid w:val="00B72296"/>
     <w:rsid w:val="00B73214"/>
     <w:rsid w:val="00B73651"/>
     <w:rsid w:val="00B74465"/>
     <w:rsid w:val="00B74627"/>
     <w:rsid w:val="00B74893"/>
     <w:rsid w:val="00B75A1C"/>
     <w:rsid w:val="00B75F15"/>
     <w:rsid w:val="00B768C2"/>
     <w:rsid w:val="00B76BB7"/>
     <w:rsid w:val="00B76FBE"/>
     <w:rsid w:val="00B7723C"/>
     <w:rsid w:val="00B77742"/>
     <w:rsid w:val="00B778DE"/>
     <w:rsid w:val="00B77AE5"/>
     <w:rsid w:val="00B77DA3"/>
     <w:rsid w:val="00B77E92"/>
     <w:rsid w:val="00B77EC4"/>
+    <w:rsid w:val="00B802A3"/>
     <w:rsid w:val="00B805A4"/>
     <w:rsid w:val="00B8094D"/>
     <w:rsid w:val="00B820D9"/>
     <w:rsid w:val="00B82428"/>
     <w:rsid w:val="00B825B6"/>
     <w:rsid w:val="00B825FC"/>
     <w:rsid w:val="00B82D04"/>
     <w:rsid w:val="00B82EDF"/>
     <w:rsid w:val="00B83354"/>
     <w:rsid w:val="00B833E2"/>
     <w:rsid w:val="00B84519"/>
     <w:rsid w:val="00B845C5"/>
     <w:rsid w:val="00B847B8"/>
     <w:rsid w:val="00B848D5"/>
     <w:rsid w:val="00B84AB7"/>
     <w:rsid w:val="00B84F24"/>
     <w:rsid w:val="00B85109"/>
     <w:rsid w:val="00B853B4"/>
     <w:rsid w:val="00B85AA9"/>
     <w:rsid w:val="00B85C26"/>
     <w:rsid w:val="00B85E2F"/>
     <w:rsid w:val="00B85F04"/>
     <w:rsid w:val="00B864E3"/>
     <w:rsid w:val="00B8682F"/>
     <w:rsid w:val="00B86895"/>
@@ -30337,92 +31720,94 @@
     <w:rsid w:val="00B93B8B"/>
     <w:rsid w:val="00B93D98"/>
     <w:rsid w:val="00B93FB9"/>
     <w:rsid w:val="00B94333"/>
     <w:rsid w:val="00B948AC"/>
     <w:rsid w:val="00B94B6C"/>
     <w:rsid w:val="00B94D0F"/>
     <w:rsid w:val="00B94D70"/>
     <w:rsid w:val="00B94FA2"/>
     <w:rsid w:val="00B95109"/>
     <w:rsid w:val="00B953CA"/>
     <w:rsid w:val="00B9622B"/>
     <w:rsid w:val="00B9641B"/>
     <w:rsid w:val="00B96974"/>
     <w:rsid w:val="00B96BA2"/>
     <w:rsid w:val="00B97145"/>
     <w:rsid w:val="00B97525"/>
     <w:rsid w:val="00B9768A"/>
     <w:rsid w:val="00B978BA"/>
     <w:rsid w:val="00B97D39"/>
     <w:rsid w:val="00B97EAD"/>
     <w:rsid w:val="00BA0322"/>
     <w:rsid w:val="00BA08A0"/>
     <w:rsid w:val="00BA0A00"/>
     <w:rsid w:val="00BA0E1C"/>
+    <w:rsid w:val="00BA1BEE"/>
     <w:rsid w:val="00BA21E7"/>
     <w:rsid w:val="00BA2B98"/>
     <w:rsid w:val="00BA3AC3"/>
     <w:rsid w:val="00BA3BBE"/>
     <w:rsid w:val="00BA3F3B"/>
     <w:rsid w:val="00BA3F47"/>
     <w:rsid w:val="00BA405B"/>
     <w:rsid w:val="00BA479C"/>
     <w:rsid w:val="00BA4C0C"/>
     <w:rsid w:val="00BA50F6"/>
     <w:rsid w:val="00BA546B"/>
     <w:rsid w:val="00BA5EB4"/>
     <w:rsid w:val="00BA623E"/>
     <w:rsid w:val="00BA63E7"/>
     <w:rsid w:val="00BA651E"/>
     <w:rsid w:val="00BA70A8"/>
     <w:rsid w:val="00BA72A2"/>
     <w:rsid w:val="00BB243E"/>
     <w:rsid w:val="00BB263E"/>
     <w:rsid w:val="00BB3497"/>
     <w:rsid w:val="00BB3CDF"/>
     <w:rsid w:val="00BB3E74"/>
     <w:rsid w:val="00BB438B"/>
     <w:rsid w:val="00BB5223"/>
     <w:rsid w:val="00BB595F"/>
     <w:rsid w:val="00BB6F58"/>
     <w:rsid w:val="00BB71AA"/>
     <w:rsid w:val="00BB7832"/>
     <w:rsid w:val="00BB7B76"/>
     <w:rsid w:val="00BB7C29"/>
     <w:rsid w:val="00BB7DD8"/>
     <w:rsid w:val="00BC0061"/>
     <w:rsid w:val="00BC00AE"/>
     <w:rsid w:val="00BC015E"/>
     <w:rsid w:val="00BC06A4"/>
     <w:rsid w:val="00BC0A0F"/>
     <w:rsid w:val="00BC0C5C"/>
     <w:rsid w:val="00BC0F18"/>
     <w:rsid w:val="00BC1029"/>
     <w:rsid w:val="00BC1081"/>
     <w:rsid w:val="00BC11FD"/>
     <w:rsid w:val="00BC1BA2"/>
+    <w:rsid w:val="00BC1CDA"/>
     <w:rsid w:val="00BC1E8D"/>
     <w:rsid w:val="00BC238D"/>
     <w:rsid w:val="00BC2619"/>
     <w:rsid w:val="00BC2C4D"/>
     <w:rsid w:val="00BC340D"/>
     <w:rsid w:val="00BC3653"/>
     <w:rsid w:val="00BC4277"/>
     <w:rsid w:val="00BC4768"/>
     <w:rsid w:val="00BC4ACB"/>
     <w:rsid w:val="00BC4AF0"/>
     <w:rsid w:val="00BC517F"/>
     <w:rsid w:val="00BC51F2"/>
     <w:rsid w:val="00BC56F3"/>
     <w:rsid w:val="00BC5762"/>
     <w:rsid w:val="00BC58D7"/>
     <w:rsid w:val="00BC5D65"/>
     <w:rsid w:val="00BC5DEA"/>
     <w:rsid w:val="00BC6326"/>
     <w:rsid w:val="00BC636B"/>
     <w:rsid w:val="00BC69B5"/>
     <w:rsid w:val="00BC7097"/>
     <w:rsid w:val="00BC75E6"/>
     <w:rsid w:val="00BC75FE"/>
     <w:rsid w:val="00BC77B5"/>
     <w:rsid w:val="00BD00B0"/>
@@ -30465,104 +31850,112 @@
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF1DB6"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
     <w:rsid w:val="00BF5373"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF761E"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C0151C"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02C63"/>
+    <w:rsid w:val="00C02EC9"/>
     <w:rsid w:val="00C03325"/>
+    <w:rsid w:val="00C03B0B"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
     <w:rsid w:val="00C058FF"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
+    <w:rsid w:val="00C0666D"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C109DA"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
+    <w:rsid w:val="00C11C33"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
+    <w:rsid w:val="00C12D08"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
+    <w:rsid w:val="00C13275"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C16309"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
     <w:rsid w:val="00C16BA5"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
     <w:rsid w:val="00C17972"/>
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C2051C"/>
+    <w:rsid w:val="00C2076F"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
+    <w:rsid w:val="00C23DEA"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
     <w:rsid w:val="00C25C9B"/>
     <w:rsid w:val="00C25C9C"/>
     <w:rsid w:val="00C264FA"/>
     <w:rsid w:val="00C26749"/>
     <w:rsid w:val="00C26DFF"/>
     <w:rsid w:val="00C278D5"/>
     <w:rsid w:val="00C27C45"/>
     <w:rsid w:val="00C30588"/>
     <w:rsid w:val="00C30DE4"/>
     <w:rsid w:val="00C3147D"/>
     <w:rsid w:val="00C319E1"/>
     <w:rsid w:val="00C31A56"/>
     <w:rsid w:val="00C31E2C"/>
     <w:rsid w:val="00C32171"/>
     <w:rsid w:val="00C33D4C"/>
     <w:rsid w:val="00C3451A"/>
     <w:rsid w:val="00C34F94"/>
     <w:rsid w:val="00C364B2"/>
     <w:rsid w:val="00C36E69"/>
@@ -30572,119 +31965,123 @@
     <w:rsid w:val="00C374C9"/>
     <w:rsid w:val="00C37D9A"/>
     <w:rsid w:val="00C4071C"/>
     <w:rsid w:val="00C40979"/>
     <w:rsid w:val="00C40C40"/>
     <w:rsid w:val="00C41031"/>
     <w:rsid w:val="00C4154C"/>
     <w:rsid w:val="00C41DF8"/>
     <w:rsid w:val="00C429AE"/>
     <w:rsid w:val="00C4311D"/>
     <w:rsid w:val="00C432A8"/>
     <w:rsid w:val="00C43679"/>
     <w:rsid w:val="00C43EB0"/>
     <w:rsid w:val="00C43F56"/>
     <w:rsid w:val="00C44180"/>
     <w:rsid w:val="00C4474E"/>
     <w:rsid w:val="00C45174"/>
     <w:rsid w:val="00C45434"/>
     <w:rsid w:val="00C455CD"/>
     <w:rsid w:val="00C45833"/>
     <w:rsid w:val="00C45E76"/>
     <w:rsid w:val="00C47508"/>
     <w:rsid w:val="00C47905"/>
     <w:rsid w:val="00C47EAD"/>
     <w:rsid w:val="00C50162"/>
+    <w:rsid w:val="00C50C33"/>
     <w:rsid w:val="00C50D01"/>
     <w:rsid w:val="00C510E4"/>
     <w:rsid w:val="00C5127A"/>
     <w:rsid w:val="00C5130F"/>
     <w:rsid w:val="00C5185E"/>
     <w:rsid w:val="00C51A24"/>
     <w:rsid w:val="00C51A4E"/>
     <w:rsid w:val="00C51A68"/>
     <w:rsid w:val="00C51BF7"/>
     <w:rsid w:val="00C52C2F"/>
     <w:rsid w:val="00C53640"/>
     <w:rsid w:val="00C537A2"/>
     <w:rsid w:val="00C546E6"/>
     <w:rsid w:val="00C54F10"/>
     <w:rsid w:val="00C556C1"/>
     <w:rsid w:val="00C55773"/>
     <w:rsid w:val="00C557F6"/>
     <w:rsid w:val="00C55864"/>
     <w:rsid w:val="00C55C80"/>
     <w:rsid w:val="00C55ECE"/>
     <w:rsid w:val="00C567EE"/>
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
     <w:rsid w:val="00C56ECB"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C5703E"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
     <w:rsid w:val="00C60012"/>
+    <w:rsid w:val="00C60320"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C61FC4"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
     <w:rsid w:val="00C63466"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
     <w:rsid w:val="00C6715F"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
     <w:rsid w:val="00C7030A"/>
     <w:rsid w:val="00C70A4C"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
     <w:rsid w:val="00C71562"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
     <w:rsid w:val="00C74A6A"/>
     <w:rsid w:val="00C74DB0"/>
     <w:rsid w:val="00C755ED"/>
     <w:rsid w:val="00C75914"/>
     <w:rsid w:val="00C759B2"/>
     <w:rsid w:val="00C75D6D"/>
     <w:rsid w:val="00C764DD"/>
     <w:rsid w:val="00C769C8"/>
     <w:rsid w:val="00C76C87"/>
     <w:rsid w:val="00C77C15"/>
+    <w:rsid w:val="00C80043"/>
     <w:rsid w:val="00C80375"/>
     <w:rsid w:val="00C8057F"/>
+    <w:rsid w:val="00C805CC"/>
     <w:rsid w:val="00C80750"/>
     <w:rsid w:val="00C80D9B"/>
     <w:rsid w:val="00C8141C"/>
     <w:rsid w:val="00C818D3"/>
     <w:rsid w:val="00C81A37"/>
     <w:rsid w:val="00C81BC3"/>
     <w:rsid w:val="00C81C28"/>
     <w:rsid w:val="00C8230B"/>
     <w:rsid w:val="00C8263B"/>
     <w:rsid w:val="00C8294A"/>
     <w:rsid w:val="00C82A99"/>
     <w:rsid w:val="00C832F4"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00C833FC"/>
     <w:rsid w:val="00C837D4"/>
     <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C85213"/>
     <w:rsid w:val="00C85EA4"/>
     <w:rsid w:val="00C86429"/>
     <w:rsid w:val="00C86C88"/>
     <w:rsid w:val="00C86E35"/>
     <w:rsid w:val="00C87295"/>
     <w:rsid w:val="00C87F12"/>
     <w:rsid w:val="00C87FC9"/>
     <w:rsid w:val="00C902FB"/>
@@ -30763,79 +32160,82 @@
     <w:rsid w:val="00CC2001"/>
     <w:rsid w:val="00CC258E"/>
     <w:rsid w:val="00CC2B3B"/>
     <w:rsid w:val="00CC2BB3"/>
     <w:rsid w:val="00CC2D61"/>
     <w:rsid w:val="00CC3014"/>
     <w:rsid w:val="00CC3513"/>
     <w:rsid w:val="00CC367A"/>
     <w:rsid w:val="00CC3E69"/>
     <w:rsid w:val="00CC4601"/>
     <w:rsid w:val="00CC4BF2"/>
     <w:rsid w:val="00CC514F"/>
     <w:rsid w:val="00CC5EC6"/>
     <w:rsid w:val="00CC6282"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CD00FD"/>
     <w:rsid w:val="00CD023C"/>
     <w:rsid w:val="00CD0547"/>
     <w:rsid w:val="00CD0F08"/>
     <w:rsid w:val="00CD191C"/>
     <w:rsid w:val="00CD1DB1"/>
     <w:rsid w:val="00CD20D0"/>
     <w:rsid w:val="00CD2D00"/>
     <w:rsid w:val="00CD3492"/>
     <w:rsid w:val="00CD35FB"/>
+    <w:rsid w:val="00CD451E"/>
     <w:rsid w:val="00CD45D6"/>
     <w:rsid w:val="00CD46C5"/>
+    <w:rsid w:val="00CD48B9"/>
     <w:rsid w:val="00CD5776"/>
     <w:rsid w:val="00CD588E"/>
     <w:rsid w:val="00CD594C"/>
     <w:rsid w:val="00CD5979"/>
     <w:rsid w:val="00CD629E"/>
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE21D2"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE429F"/>
+    <w:rsid w:val="00CE44AD"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
@@ -30853,50 +32253,51 @@
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D05B32"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D12E5C"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17217"/>
+    <w:rsid w:val="00D176C3"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
     <w:rsid w:val="00D2340D"/>
     <w:rsid w:val="00D234B2"/>
     <w:rsid w:val="00D235AD"/>
     <w:rsid w:val="00D2376E"/>
     <w:rsid w:val="00D24256"/>
     <w:rsid w:val="00D24B5F"/>
     <w:rsid w:val="00D2576A"/>
     <w:rsid w:val="00D25D2C"/>
@@ -30906,75 +32307,77 @@
     <w:rsid w:val="00D26EF8"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D3045F"/>
     <w:rsid w:val="00D306A7"/>
     <w:rsid w:val="00D31F34"/>
     <w:rsid w:val="00D321FA"/>
     <w:rsid w:val="00D3369B"/>
     <w:rsid w:val="00D33BDB"/>
     <w:rsid w:val="00D3430F"/>
     <w:rsid w:val="00D346D1"/>
     <w:rsid w:val="00D347CD"/>
     <w:rsid w:val="00D34DCA"/>
     <w:rsid w:val="00D353AA"/>
     <w:rsid w:val="00D35A46"/>
     <w:rsid w:val="00D35D05"/>
     <w:rsid w:val="00D362F3"/>
     <w:rsid w:val="00D365FE"/>
     <w:rsid w:val="00D37E5D"/>
     <w:rsid w:val="00D40131"/>
     <w:rsid w:val="00D402EF"/>
     <w:rsid w:val="00D4030A"/>
     <w:rsid w:val="00D40553"/>
     <w:rsid w:val="00D40E02"/>
     <w:rsid w:val="00D40F23"/>
     <w:rsid w:val="00D41841"/>
+    <w:rsid w:val="00D41D96"/>
     <w:rsid w:val="00D4215A"/>
     <w:rsid w:val="00D424EB"/>
     <w:rsid w:val="00D42E60"/>
     <w:rsid w:val="00D4339C"/>
     <w:rsid w:val="00D43604"/>
     <w:rsid w:val="00D4391D"/>
     <w:rsid w:val="00D439B8"/>
     <w:rsid w:val="00D43A61"/>
     <w:rsid w:val="00D43B59"/>
     <w:rsid w:val="00D43CEC"/>
     <w:rsid w:val="00D445B1"/>
     <w:rsid w:val="00D447A7"/>
     <w:rsid w:val="00D448FC"/>
     <w:rsid w:val="00D46323"/>
     <w:rsid w:val="00D4659E"/>
     <w:rsid w:val="00D47118"/>
     <w:rsid w:val="00D47408"/>
     <w:rsid w:val="00D5048A"/>
     <w:rsid w:val="00D50C28"/>
     <w:rsid w:val="00D51754"/>
     <w:rsid w:val="00D5235C"/>
     <w:rsid w:val="00D5248D"/>
     <w:rsid w:val="00D52BC4"/>
     <w:rsid w:val="00D52DB7"/>
     <w:rsid w:val="00D52DED"/>
+    <w:rsid w:val="00D53D32"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
     <w:rsid w:val="00D55897"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D604C2"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D618B6"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D628CC"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D632F6"/>
@@ -30984,82 +32387,86 @@
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
     <w:rsid w:val="00D7367A"/>
     <w:rsid w:val="00D73AA0"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
+    <w:rsid w:val="00D747DC"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
     <w:rsid w:val="00D7654C"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
+    <w:rsid w:val="00D775B5"/>
     <w:rsid w:val="00D77907"/>
     <w:rsid w:val="00D77ACD"/>
     <w:rsid w:val="00D77F0B"/>
     <w:rsid w:val="00D801DF"/>
     <w:rsid w:val="00D80261"/>
+    <w:rsid w:val="00D80738"/>
     <w:rsid w:val="00D80749"/>
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
     <w:rsid w:val="00D81C7E"/>
     <w:rsid w:val="00D81E4E"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D834B8"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
+    <w:rsid w:val="00D85EF5"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
     <w:rsid w:val="00D9107A"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
     <w:rsid w:val="00D93081"/>
     <w:rsid w:val="00D93B0C"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FED"/>
     <w:rsid w:val="00D95373"/>
     <w:rsid w:val="00D958F1"/>
     <w:rsid w:val="00D95AF6"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
@@ -31085,50 +32492,51 @@
     <w:rsid w:val="00DA459F"/>
     <w:rsid w:val="00DA4E51"/>
     <w:rsid w:val="00DA508B"/>
     <w:rsid w:val="00DA5946"/>
     <w:rsid w:val="00DA5AD5"/>
     <w:rsid w:val="00DA5BC9"/>
     <w:rsid w:val="00DA632C"/>
     <w:rsid w:val="00DA7827"/>
     <w:rsid w:val="00DA7A54"/>
     <w:rsid w:val="00DA7EAA"/>
     <w:rsid w:val="00DB009B"/>
     <w:rsid w:val="00DB0221"/>
     <w:rsid w:val="00DB048F"/>
     <w:rsid w:val="00DB04D0"/>
     <w:rsid w:val="00DB077A"/>
     <w:rsid w:val="00DB091B"/>
     <w:rsid w:val="00DB1EC2"/>
     <w:rsid w:val="00DB254B"/>
     <w:rsid w:val="00DB2DC7"/>
     <w:rsid w:val="00DB321B"/>
     <w:rsid w:val="00DB33F1"/>
     <w:rsid w:val="00DB3A14"/>
     <w:rsid w:val="00DB4178"/>
     <w:rsid w:val="00DB5D77"/>
     <w:rsid w:val="00DB6094"/>
+    <w:rsid w:val="00DB66A6"/>
     <w:rsid w:val="00DB7BE1"/>
     <w:rsid w:val="00DB7FFE"/>
     <w:rsid w:val="00DC0042"/>
     <w:rsid w:val="00DC029D"/>
     <w:rsid w:val="00DC0A86"/>
     <w:rsid w:val="00DC0DCF"/>
     <w:rsid w:val="00DC0E3B"/>
     <w:rsid w:val="00DC1A07"/>
     <w:rsid w:val="00DC1D0E"/>
     <w:rsid w:val="00DC2105"/>
     <w:rsid w:val="00DC2900"/>
     <w:rsid w:val="00DC2B56"/>
     <w:rsid w:val="00DC315B"/>
     <w:rsid w:val="00DC36F0"/>
     <w:rsid w:val="00DC3D3F"/>
     <w:rsid w:val="00DC4074"/>
     <w:rsid w:val="00DC450E"/>
     <w:rsid w:val="00DC5230"/>
     <w:rsid w:val="00DC56C0"/>
     <w:rsid w:val="00DC5830"/>
     <w:rsid w:val="00DC5CC1"/>
     <w:rsid w:val="00DC6078"/>
     <w:rsid w:val="00DC6930"/>
     <w:rsid w:val="00DC71BD"/>
     <w:rsid w:val="00DC7A03"/>
@@ -31201,214 +32609,223 @@
     <w:rsid w:val="00E009A3"/>
     <w:rsid w:val="00E0117D"/>
     <w:rsid w:val="00E01644"/>
     <w:rsid w:val="00E01DD0"/>
     <w:rsid w:val="00E01E86"/>
     <w:rsid w:val="00E02790"/>
     <w:rsid w:val="00E02DCD"/>
     <w:rsid w:val="00E037CD"/>
     <w:rsid w:val="00E03C59"/>
     <w:rsid w:val="00E04B37"/>
     <w:rsid w:val="00E050B1"/>
     <w:rsid w:val="00E0530D"/>
     <w:rsid w:val="00E0574D"/>
     <w:rsid w:val="00E06290"/>
     <w:rsid w:val="00E0688A"/>
     <w:rsid w:val="00E06D85"/>
     <w:rsid w:val="00E07391"/>
     <w:rsid w:val="00E07673"/>
     <w:rsid w:val="00E07D26"/>
     <w:rsid w:val="00E07E56"/>
     <w:rsid w:val="00E07FB7"/>
     <w:rsid w:val="00E101FC"/>
     <w:rsid w:val="00E10877"/>
     <w:rsid w:val="00E10CB0"/>
     <w:rsid w:val="00E10CB2"/>
+    <w:rsid w:val="00E111EE"/>
     <w:rsid w:val="00E11493"/>
     <w:rsid w:val="00E116C2"/>
     <w:rsid w:val="00E11B55"/>
     <w:rsid w:val="00E12243"/>
     <w:rsid w:val="00E124C1"/>
     <w:rsid w:val="00E12E99"/>
     <w:rsid w:val="00E12EE1"/>
     <w:rsid w:val="00E135BE"/>
     <w:rsid w:val="00E14891"/>
     <w:rsid w:val="00E148FF"/>
     <w:rsid w:val="00E15670"/>
     <w:rsid w:val="00E15966"/>
+    <w:rsid w:val="00E1628F"/>
     <w:rsid w:val="00E163E2"/>
     <w:rsid w:val="00E17219"/>
     <w:rsid w:val="00E179E4"/>
     <w:rsid w:val="00E20893"/>
+    <w:rsid w:val="00E20FB1"/>
     <w:rsid w:val="00E21DA4"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
+    <w:rsid w:val="00E23E2D"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
     <w:rsid w:val="00E262B2"/>
     <w:rsid w:val="00E264A5"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
+    <w:rsid w:val="00E319F2"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
     <w:rsid w:val="00E36244"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3776E"/>
     <w:rsid w:val="00E3784A"/>
     <w:rsid w:val="00E4037B"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
     <w:rsid w:val="00E41C5F"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44C80"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
+    <w:rsid w:val="00E50C98"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E5125C"/>
     <w:rsid w:val="00E51D03"/>
     <w:rsid w:val="00E51F06"/>
     <w:rsid w:val="00E52167"/>
     <w:rsid w:val="00E52312"/>
     <w:rsid w:val="00E523CF"/>
     <w:rsid w:val="00E53092"/>
     <w:rsid w:val="00E53E55"/>
     <w:rsid w:val="00E54235"/>
     <w:rsid w:val="00E54275"/>
     <w:rsid w:val="00E54602"/>
     <w:rsid w:val="00E54801"/>
     <w:rsid w:val="00E548FF"/>
     <w:rsid w:val="00E54D0E"/>
     <w:rsid w:val="00E55138"/>
     <w:rsid w:val="00E5540C"/>
     <w:rsid w:val="00E55A13"/>
     <w:rsid w:val="00E55AAB"/>
     <w:rsid w:val="00E55DBC"/>
     <w:rsid w:val="00E56BE6"/>
     <w:rsid w:val="00E56F05"/>
     <w:rsid w:val="00E56F86"/>
     <w:rsid w:val="00E5713C"/>
     <w:rsid w:val="00E571FB"/>
     <w:rsid w:val="00E5746E"/>
     <w:rsid w:val="00E57C91"/>
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E60F88"/>
     <w:rsid w:val="00E61AFA"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E62420"/>
     <w:rsid w:val="00E624E8"/>
     <w:rsid w:val="00E62939"/>
     <w:rsid w:val="00E62AB6"/>
     <w:rsid w:val="00E62B70"/>
     <w:rsid w:val="00E62F63"/>
     <w:rsid w:val="00E63032"/>
     <w:rsid w:val="00E63474"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E63562"/>
     <w:rsid w:val="00E6393A"/>
     <w:rsid w:val="00E63C93"/>
     <w:rsid w:val="00E63DD0"/>
     <w:rsid w:val="00E643BF"/>
+    <w:rsid w:val="00E65B99"/>
     <w:rsid w:val="00E669BA"/>
     <w:rsid w:val="00E66EAC"/>
     <w:rsid w:val="00E701E0"/>
     <w:rsid w:val="00E706D4"/>
     <w:rsid w:val="00E708D5"/>
     <w:rsid w:val="00E71E0B"/>
     <w:rsid w:val="00E71F5E"/>
     <w:rsid w:val="00E7249E"/>
     <w:rsid w:val="00E72943"/>
     <w:rsid w:val="00E73574"/>
     <w:rsid w:val="00E7373F"/>
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E73B4C"/>
     <w:rsid w:val="00E73CDC"/>
     <w:rsid w:val="00E73ED3"/>
     <w:rsid w:val="00E741B4"/>
     <w:rsid w:val="00E7435B"/>
     <w:rsid w:val="00E746F5"/>
     <w:rsid w:val="00E748DF"/>
     <w:rsid w:val="00E74989"/>
     <w:rsid w:val="00E752B2"/>
     <w:rsid w:val="00E75853"/>
     <w:rsid w:val="00E77B47"/>
     <w:rsid w:val="00E801E6"/>
     <w:rsid w:val="00E806E6"/>
     <w:rsid w:val="00E80851"/>
     <w:rsid w:val="00E810BA"/>
     <w:rsid w:val="00E815A8"/>
     <w:rsid w:val="00E816BD"/>
+    <w:rsid w:val="00E8192C"/>
     <w:rsid w:val="00E8195C"/>
     <w:rsid w:val="00E81B4E"/>
     <w:rsid w:val="00E8235E"/>
     <w:rsid w:val="00E82C24"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E8347B"/>
     <w:rsid w:val="00E83484"/>
     <w:rsid w:val="00E85370"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
+    <w:rsid w:val="00E85ACD"/>
     <w:rsid w:val="00E85CDF"/>
     <w:rsid w:val="00E870A4"/>
     <w:rsid w:val="00E87947"/>
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
     <w:rsid w:val="00E90DD4"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
     <w:rsid w:val="00E928F6"/>
     <w:rsid w:val="00E92B1C"/>
     <w:rsid w:val="00E92E0B"/>
     <w:rsid w:val="00E946C2"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
     <w:rsid w:val="00E95DE1"/>
     <w:rsid w:val="00E95F46"/>
     <w:rsid w:val="00E965AA"/>
     <w:rsid w:val="00E968DA"/>
     <w:rsid w:val="00E9749F"/>
     <w:rsid w:val="00E976C1"/>
     <w:rsid w:val="00E97BB0"/>
@@ -31428,123 +32845,129 @@
     <w:rsid w:val="00EA3067"/>
     <w:rsid w:val="00EA3325"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3448"/>
     <w:rsid w:val="00EA4434"/>
     <w:rsid w:val="00EA4465"/>
     <w:rsid w:val="00EA455C"/>
     <w:rsid w:val="00EA4F7C"/>
     <w:rsid w:val="00EA5B7E"/>
     <w:rsid w:val="00EA5E67"/>
     <w:rsid w:val="00EA6671"/>
     <w:rsid w:val="00EA6CB9"/>
     <w:rsid w:val="00EA6D22"/>
     <w:rsid w:val="00EA7C3E"/>
     <w:rsid w:val="00EA7CAA"/>
     <w:rsid w:val="00EB01AC"/>
     <w:rsid w:val="00EB01C8"/>
     <w:rsid w:val="00EB042B"/>
     <w:rsid w:val="00EB27BA"/>
     <w:rsid w:val="00EB29AA"/>
     <w:rsid w:val="00EB3354"/>
     <w:rsid w:val="00EB3613"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EB396E"/>
     <w:rsid w:val="00EB3D2D"/>
+    <w:rsid w:val="00EB40FB"/>
     <w:rsid w:val="00EB5458"/>
     <w:rsid w:val="00EB551D"/>
     <w:rsid w:val="00EB5616"/>
     <w:rsid w:val="00EB5EF0"/>
     <w:rsid w:val="00EB66F5"/>
     <w:rsid w:val="00EB6774"/>
     <w:rsid w:val="00EB6967"/>
     <w:rsid w:val="00EB69E1"/>
     <w:rsid w:val="00EB6EE8"/>
     <w:rsid w:val="00EB77A0"/>
     <w:rsid w:val="00EC00E9"/>
     <w:rsid w:val="00EC03A8"/>
     <w:rsid w:val="00EC0435"/>
     <w:rsid w:val="00EC04C3"/>
     <w:rsid w:val="00EC0842"/>
     <w:rsid w:val="00EC09EE"/>
     <w:rsid w:val="00EC1F0E"/>
     <w:rsid w:val="00EC215D"/>
     <w:rsid w:val="00EC21AD"/>
     <w:rsid w:val="00EC24DF"/>
     <w:rsid w:val="00EC2BCB"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
+    <w:rsid w:val="00EC4A35"/>
     <w:rsid w:val="00EC4AE8"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
     <w:rsid w:val="00EC73CF"/>
+    <w:rsid w:val="00EC742A"/>
     <w:rsid w:val="00EC74CD"/>
     <w:rsid w:val="00ED150D"/>
     <w:rsid w:val="00ED195A"/>
     <w:rsid w:val="00ED2378"/>
     <w:rsid w:val="00ED2E9B"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
     <w:rsid w:val="00EE0DAF"/>
     <w:rsid w:val="00EE0F62"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EE285C"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE49A4"/>
     <w:rsid w:val="00EE49AA"/>
     <w:rsid w:val="00EE4A24"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4CFD"/>
     <w:rsid w:val="00EE4E4F"/>
     <w:rsid w:val="00EE60CC"/>
     <w:rsid w:val="00EE64F0"/>
     <w:rsid w:val="00EE6B2A"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rsid w:val="00EE6E6A"/>
     <w:rsid w:val="00EE6FA2"/>
     <w:rsid w:val="00EE72CC"/>
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
     <w:rsid w:val="00EF0DD4"/>
+    <w:rsid w:val="00EF0F46"/>
+    <w:rsid w:val="00EF15CC"/>
     <w:rsid w:val="00EF1817"/>
+    <w:rsid w:val="00EF2B44"/>
     <w:rsid w:val="00EF2D59"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
     <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F0288D"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
     <w:rsid w:val="00F0362B"/>
@@ -31568,83 +32991,85 @@
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F125CC"/>
     <w:rsid w:val="00F12EF4"/>
     <w:rsid w:val="00F12F87"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F138AD"/>
     <w:rsid w:val="00F13A4A"/>
     <w:rsid w:val="00F13EEC"/>
     <w:rsid w:val="00F1498F"/>
     <w:rsid w:val="00F14E12"/>
     <w:rsid w:val="00F14EFA"/>
     <w:rsid w:val="00F15311"/>
     <w:rsid w:val="00F17EF5"/>
     <w:rsid w:val="00F17FBE"/>
     <w:rsid w:val="00F207BB"/>
     <w:rsid w:val="00F20EAA"/>
     <w:rsid w:val="00F21BD8"/>
     <w:rsid w:val="00F22853"/>
     <w:rsid w:val="00F229C4"/>
     <w:rsid w:val="00F22BEC"/>
     <w:rsid w:val="00F2394A"/>
     <w:rsid w:val="00F23A6E"/>
     <w:rsid w:val="00F23A93"/>
     <w:rsid w:val="00F23CD1"/>
     <w:rsid w:val="00F24CBA"/>
+    <w:rsid w:val="00F24FD1"/>
     <w:rsid w:val="00F25599"/>
     <w:rsid w:val="00F25D65"/>
     <w:rsid w:val="00F261AF"/>
     <w:rsid w:val="00F2631B"/>
     <w:rsid w:val="00F2639E"/>
     <w:rsid w:val="00F267D7"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F26DFB"/>
     <w:rsid w:val="00F2712F"/>
     <w:rsid w:val="00F27392"/>
     <w:rsid w:val="00F27A82"/>
     <w:rsid w:val="00F27A97"/>
     <w:rsid w:val="00F27C81"/>
     <w:rsid w:val="00F27D29"/>
     <w:rsid w:val="00F30778"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F309D8"/>
     <w:rsid w:val="00F30FFA"/>
     <w:rsid w:val="00F31269"/>
     <w:rsid w:val="00F31504"/>
     <w:rsid w:val="00F32129"/>
     <w:rsid w:val="00F321C0"/>
     <w:rsid w:val="00F325B1"/>
     <w:rsid w:val="00F3264B"/>
     <w:rsid w:val="00F329EE"/>
     <w:rsid w:val="00F329F3"/>
     <w:rsid w:val="00F32B15"/>
     <w:rsid w:val="00F32DA2"/>
     <w:rsid w:val="00F330D2"/>
     <w:rsid w:val="00F33440"/>
     <w:rsid w:val="00F33C73"/>
     <w:rsid w:val="00F340E0"/>
     <w:rsid w:val="00F345E1"/>
+    <w:rsid w:val="00F34744"/>
     <w:rsid w:val="00F34B59"/>
     <w:rsid w:val="00F34E2E"/>
     <w:rsid w:val="00F35003"/>
     <w:rsid w:val="00F355B6"/>
     <w:rsid w:val="00F355D9"/>
     <w:rsid w:val="00F35874"/>
     <w:rsid w:val="00F35A63"/>
     <w:rsid w:val="00F35D70"/>
     <w:rsid w:val="00F35EDD"/>
     <w:rsid w:val="00F364F7"/>
     <w:rsid w:val="00F367AF"/>
     <w:rsid w:val="00F36874"/>
     <w:rsid w:val="00F3716E"/>
     <w:rsid w:val="00F37330"/>
     <w:rsid w:val="00F374BB"/>
     <w:rsid w:val="00F37795"/>
     <w:rsid w:val="00F379AD"/>
     <w:rsid w:val="00F379EF"/>
     <w:rsid w:val="00F37B19"/>
     <w:rsid w:val="00F37D6F"/>
     <w:rsid w:val="00F37E97"/>
     <w:rsid w:val="00F4089C"/>
     <w:rsid w:val="00F4104A"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F4125B"/>
@@ -31807,59 +33232,62 @@
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB0E75"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB602C"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
+    <w:rsid w:val="00FC3B61"/>
     <w:rsid w:val="00FC4875"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
+    <w:rsid w:val="00FC6211"/>
     <w:rsid w:val="00FC6263"/>
     <w:rsid w:val="00FC6F7F"/>
     <w:rsid w:val="00FC7864"/>
     <w:rsid w:val="00FC78EF"/>
     <w:rsid w:val="00FC7B47"/>
     <w:rsid w:val="00FD0121"/>
+    <w:rsid w:val="00FD067E"/>
     <w:rsid w:val="00FD0BA0"/>
     <w:rsid w:val="00FD113F"/>
     <w:rsid w:val="00FD1A4D"/>
     <w:rsid w:val="00FD2515"/>
     <w:rsid w:val="00FD3078"/>
     <w:rsid w:val="00FD30D0"/>
     <w:rsid w:val="00FD335F"/>
     <w:rsid w:val="00FD354B"/>
     <w:rsid w:val="00FD385A"/>
     <w:rsid w:val="00FD392D"/>
     <w:rsid w:val="00FD3AD0"/>
     <w:rsid w:val="00FD3D27"/>
     <w:rsid w:val="00FD4160"/>
     <w:rsid w:val="00FD457A"/>
     <w:rsid w:val="00FD46A5"/>
     <w:rsid w:val="00FD4BFB"/>
     <w:rsid w:val="00FD4E5C"/>
     <w:rsid w:val="00FD5116"/>
     <w:rsid w:val="00FD5DB3"/>
     <w:rsid w:val="00FD5DFA"/>
     <w:rsid w:val="00FD6052"/>
     <w:rsid w:val="00FD643F"/>
     <w:rsid w:val="00FD6715"/>
     <w:rsid w:val="00FD7098"/>
     <w:rsid w:val="00FD7474"/>
@@ -31882,53 +33310,55 @@
     <w:rsid w:val="00FE298E"/>
     <w:rsid w:val="00FE2C46"/>
     <w:rsid w:val="00FE302E"/>
     <w:rsid w:val="00FE39DD"/>
     <w:rsid w:val="00FE3D2A"/>
     <w:rsid w:val="00FE3FD5"/>
     <w:rsid w:val="00FE3FFD"/>
     <w:rsid w:val="00FE406B"/>
     <w:rsid w:val="00FE4392"/>
     <w:rsid w:val="00FE5312"/>
     <w:rsid w:val="00FE5645"/>
     <w:rsid w:val="00FE5730"/>
     <w:rsid w:val="00FE65A7"/>
     <w:rsid w:val="00FE69FF"/>
     <w:rsid w:val="00FE6C3C"/>
     <w:rsid w:val="00FF063C"/>
     <w:rsid w:val="00FF0A24"/>
     <w:rsid w:val="00FF0B2F"/>
     <w:rsid w:val="00FF0F09"/>
     <w:rsid w:val="00FF12E5"/>
     <w:rsid w:val="00FF1FE4"/>
     <w:rsid w:val="00FF2206"/>
     <w:rsid w:val="00FF2292"/>
     <w:rsid w:val="00FF23F1"/>
     <w:rsid w:val="00FF2694"/>
+    <w:rsid w:val="00FF2CF7"/>
     <w:rsid w:val="00FF3066"/>
     <w:rsid w:val="00FF3072"/>
     <w:rsid w:val="00FF341B"/>
+    <w:rsid w:val="00FF36DD"/>
     <w:rsid w:val="00FF3C75"/>
     <w:rsid w:val="00FF3C9D"/>
     <w:rsid w:val="00FF3DA5"/>
     <w:rsid w:val="00FF47C9"/>
     <w:rsid w:val="00FF485A"/>
     <w:rsid w:val="00FF48B6"/>
     <w:rsid w:val="00FF4ACE"/>
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
     <w:rsid w:val="00FF9A77"/>
     <w:rsid w:val="0105DC1F"/>
     <w:rsid w:val="010885C3"/>
     <w:rsid w:val="013E556E"/>
     <w:rsid w:val="01929B81"/>
     <w:rsid w:val="019FA6FE"/>
     <w:rsid w:val="01C5FEB1"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
@@ -31972,50 +33402,51 @@
     <w:rsid w:val="09054316"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
     <w:rsid w:val="0A825A3F"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
     <w:rsid w:val="0AB6D2C9"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
     <w:rsid w:val="0AFB3488"/>
     <w:rsid w:val="0BCAC867"/>
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
+    <w:rsid w:val="0D6DCC74"/>
     <w:rsid w:val="0DBCE8E0"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F109F4C"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
     <w:rsid w:val="0F95BD79"/>
     <w:rsid w:val="0FA3F96E"/>
     <w:rsid w:val="0FC45D6A"/>
     <w:rsid w:val="100E6985"/>
     <w:rsid w:val="1015223A"/>
     <w:rsid w:val="102D917D"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10964723"/>
     <w:rsid w:val="10FA09CB"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="1268C4C3"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12B2E8C9"/>
     <w:rsid w:val="12E59FB7"/>
@@ -32410,50 +33841,51 @@
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50C4F127"/>
     <w:rsid w:val="50D34A04"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="516259D4"/>
     <w:rsid w:val="51853F19"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51ADC216"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="52A4ABED"/>
     <w:rsid w:val="5315C01E"/>
     <w:rsid w:val="531A1349"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
     <w:rsid w:val="547CEEC4"/>
     <w:rsid w:val="550E17E7"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
     <w:rsid w:val="5568AD15"/>
+    <w:rsid w:val="556ABDB2"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
     <w:rsid w:val="5689DB15"/>
     <w:rsid w:val="576D5E4A"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="578C9670"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57B0BF10"/>
     <w:rsid w:val="57E2EBEA"/>
     <w:rsid w:val="57E3AA90"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="581479EE"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="58384AF1"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59921F86"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
@@ -32529,50 +33961,51 @@
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="66A11844"/>
     <w:rsid w:val="66AA5F42"/>
     <w:rsid w:val="66E6E0E0"/>
     <w:rsid w:val="66E8C796"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="67D7F3D3"/>
     <w:rsid w:val="682353E9"/>
     <w:rsid w:val="682A498F"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="68450A1A"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68AA33DB"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="68DAF779"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="69178CD4"/>
     <w:rsid w:val="695AE07A"/>
+    <w:rsid w:val="696B72C1"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69E2262D"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A07144A"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A4F0EE9"/>
     <w:rsid w:val="6A6C3450"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B1963EC"/>
     <w:rsid w:val="6B4B0D6E"/>
     <w:rsid w:val="6B61C945"/>
     <w:rsid w:val="6B87E858"/>
     <w:rsid w:val="6BFF1EA9"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C07AE07"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CC75115"/>
@@ -33496,60 +34929,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D2500"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00CA16E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid">
     <w:name w:val="Light Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CA16E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -34544,60 +35968,57 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
     <w:name w:val="Grid Table 5 Dark Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="00C72039"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
-        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
-        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
-[...3 lines deleted...]
-    <w:tcPr>
+      </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -34615,241 +36036,188 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
-      <w:tblPr/>
-[...20 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00B948AC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band1Vert">
-[...10 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4">
     <w:name w:val="Grid Table 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006E71B1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band1Vert">
-[...10 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="ListTable7Colorful-Accent1">
     <w:name w:val="List Table 7 Colorful Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00F55415"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -34861,69 +36229,50 @@
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
-      <w:tblPr/>
-[...17 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -35061,108 +36410,99 @@
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2">
     <w:name w:val="Grid Table 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00B62566"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...4 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
-      <w:tblPr/>
-[...4 lines deleted...]
-    <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable7Colorful-Accent5">
     <w:name w:val="Grid Table 7 Colorful Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="52"/>
     <w:rsid w:val="00F13EEC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
@@ -35776,209 +37116,175 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent1">
     <w:name w:val="Grid Table 2 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00910FD9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...4 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band1Horz">
-[...4 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent2">
     <w:name w:val="Grid Table 4 Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="001C38B4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band1Vert">
-[...10 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable5Dark-Accent2">
     <w:name w:val="Grid Table 5 Dark Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="005A2754"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -36009,112 +37315,176 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band1Vert">
-[...10 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009812F9"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="0013285C"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001029A3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="001029A3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="001029A3"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1Light">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="001437AE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGridLight">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="00FC6211"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="4332848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="47732983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -37717,51 +39087,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim@andersonmotors.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37280&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin@KTTDistributors.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@verdek.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/weekly-certified-payroll-report/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bids@fulcrumenergy.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37524&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frances.palmer@powerflex.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37218&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Madeline@emmaty.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37151&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darmano@guardian-energy.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh110-light-and-medium-duty-vehicles/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John@rivermoorenergy.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37214&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/lbe-priorities-and-efforts-clean-transportation" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37472&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ev4all@wv4all.net" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@matchaelectric.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=VEH122&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37528&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/department-of-labor-standards" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37070&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brittany@BT2Energy.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott@alwayz.us" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37240&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Harper@gatewayintl360.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37241&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37525&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Abellevue@revolt-charging.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ross@revvit.net" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh111/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ZachG@viatec.us" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/lbe-priorities-and-efforts-clean-transportation" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37366&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Barryw@revisionemergy.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37152&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@eci-ne.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37150&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37091&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ben.sonnega@highlandfleet.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37343&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikeh@allproelectric.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh117/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/executive-office-of-labor-and-workforce-development" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37154&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jmartin@fleetelectric.co" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37344&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mquinn@uecma.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37367&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bcarter@moveev.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joe@districtfleet.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/vehicles-transportation-and-road-maintenance" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37529&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.teahan@graybar.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37217&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cminaya@voltrek.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cminaya@voltrek.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim@andersonmotors.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37280&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin@KTTDistributors.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37528&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John@rivermoorenergy.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/weekly-certified-payroll-report/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bids@fulcrumenergy.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.dusse@pairedpower.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37218&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Madeline@emmaty.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@verdek.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37151&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darmano@guardian-energy.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh110-light-and-medium-duty-vehicles/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Abellevue@revolt-charging.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37680&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/lbe-priorities-and-efforts-clean-transportation" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37472&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ev4all@wv4all.net" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@matchaelectric.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37525&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=VEH122&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37214&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37070&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brittany@BT2Energy.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Harper@gatewayintl360.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37241&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh111/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mayur.kamalakar@suryatechpower.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/lbe-priorities-and-efforts-clean-transportation" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37366&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frances.palmer@powerflex.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37344&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chris@eci-ne.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37150&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37091&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ben.sonnega@highlandfleet.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37152&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ZachG@viatec.us" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikeh@allproelectric.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh117/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/executive-office-of-labor-and-workforce-development" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37154&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jmartin@fleetelectric.co" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ross@revvit.net" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37367&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bcarter@moveev.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37717&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joe@districtfleet.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37343&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/vehicles-transportation-and-road-maintenance" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37529&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.teahan@graybar.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37217&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mquinn@uecma.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.thompsonclark@mass.gov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37524&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/department-of-labor-standards" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott@alwayz.us" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37240&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37682&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CsWalker345@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Barryw@revisionemergy.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
@@ -38055,63 +39425,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -38300,984 +39659,1901 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2324278A-70BF-4B32-B2DD-C47601919AD3}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>8061</Words>
-  <Characters>45954</Characters>
+  <Words>8232</Words>
+  <Characters>46923</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>382</Lines>
-  <Paragraphs>107</Paragraphs>
+  <Lines>391</Lines>
+  <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>53908</CharactersWithSpaces>
+  <CharactersWithSpaces>55045</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="576" baseType="variant">
+    <vt:vector size="876" baseType="variant">
       <vt:variant>
         <vt:i4>3473469</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>519</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6619215</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>516</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Cminaya@voltrek.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866742</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>513</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37343&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342344</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>510</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ZachG@viatec.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997811</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>507</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37214&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2097166</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>504</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:admin@verdek.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3539056</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>501</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37528&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900584</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>498</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Mquinn@uecma.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3670135</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>495</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37152&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5308477</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>492</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Mayur.kamalakar@suryatechpower.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997818</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>489</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37680&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>524326</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>486</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:John@rivermoorenergy.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3801200</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>483</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37524&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6160496</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>480</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Ross@revvit.net</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932278</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>477</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37344&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4587552</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>474</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Abellevue@revolt-charging.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3539067</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>471</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621456</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>468</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Barryw@revisionemergy.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866741</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>465</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37272&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900656</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>462</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:CsWalker345@gmail.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866739</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37717&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262241</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>456</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Frances.palmer@powerflex.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866736</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>453</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37525&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553628</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Steve.dusse@pairedpower.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128890</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>447</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37682&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5767265</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>444</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Bcarter@moveev.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3801207</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>441</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37150&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949141</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>438</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Chris@matchaelectric.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932274</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>435</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900594</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>432</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Kevin@KTTDistributors.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4063347</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>429</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37217&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196715</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>426</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Ben.sonnega@highlandfleet.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3670134</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>423</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37241&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128846</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>420</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:darmano@guardian-energy.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342454</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>417</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8257558</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>414</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Michael.teahan@graybar.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3801202</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>411</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621505</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>408</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Harper@gatewayintl360.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866743</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37151&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>402</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Bids@fulcrumenergy.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3735670</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>399</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37240&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7929926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>396</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Jmartin@fleetelectric.co</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4063348</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>393</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37366&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8257621</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>390</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Ev4all@wv4all.net</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997810</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>387</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3670047</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>384</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Scott@alwayz.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128884</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37367&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2293827</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>378</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Chris@eci-ne.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997813</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>375</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37472&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5374079</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>372</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Madeline@emmaty.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3735674</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>369</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37280&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179693</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>366</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Joe@districtfleet.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3801211</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>363</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37091&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6356994</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>360</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Brittany@BT2Energy.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3211379</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>357</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37218&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5701733</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>354</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Jim@andersonmotors.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3604592</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>351</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37529&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3080200</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>348</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Mikeh@allproelectric.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866681</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>345</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37070&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3014750</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>342</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3211322</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>339</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3014750</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>336</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Kelly.thompsonclark@mass.gov</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3735612</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>333</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37154&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>330</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Comptroller.Info@mass.gov</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507410</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>-alternative-fuel-vehicles-</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6094936</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>324</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900621</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>321</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/environmentally-preferable-products-epp-procurement-program</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357041</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>318</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5767197</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3473469</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>312</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>720936</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>366</vt:i4>
+        <vt:i4>3014750</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>309</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kathleen@voltrek.com</vt:lpwstr>
+        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6422636</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>363</vt:i4>
+        <vt:i4>3014750</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>306</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17935&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
+        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2097166</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>360</vt:i4>
+        <vt:i4>3014750</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>303</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:admin@verdek.com</vt:lpwstr>
+        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6881390</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>357</vt:i4>
+        <vt:i4>6553639</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17987&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
+        <vt:lpwstr>https://go.procurated.com/ma-statewide/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4128846</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>354</vt:i4>
+        <vt:i4>6553703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:darmano@guardian-energy.com</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7274595</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>351</vt:i4>
+        <vt:i4>6619241</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>294</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-18211&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8257558</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>348</vt:i4>
+        <vt:i4>2228276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>291</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Michael.teahan@graybar.com</vt:lpwstr>
+        <vt:lpwstr>https://www.macomptroller.org/policies/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6881385</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>345</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>288</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17980&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>342</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128803</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6815853</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>339</vt:i4>
+        <vt:i4>852045</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>282</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17994&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/statewide-contract-index</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>336</vt:i4>
+        <vt:i4>2162729</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>279</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Kelly.thompsonclark@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/supplier-diversity-office-sdo</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6815840</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>333</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;parentUrl=contract</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2424926</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>330</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553725</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>273</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:Comptroller.Info@mass.gov</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/prevailing-wage-enforcement</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1507410</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>327</vt:i4>
+        <vt:i4>4653147</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>270</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts</vt:lpwstr>
-[...8 lines deleted...]
-        <vt:i4>324</vt:i4>
+        <vt:lpwstr>http://www.mass.gov/dols</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505096</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>267</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/information-for-apprentices</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1900621</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>321</vt:i4>
+        <vt:i4>6553725</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>264</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/environmentally-preferable-products-epp-procurement-program</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/prevailing-wage-enforcement</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6357041</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>318</vt:i4>
+        <vt:i4>1179721</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>261</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/doc/weekly-certified-payroll-report/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5767197</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>315</vt:i4>
+        <vt:i4>7536743</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>258</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/department-of-labor-standards</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3473469</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>312</vt:i4>
+        <vt:i4>5832719</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>255</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC3-17999&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/orgs/executive-office-of-labor-and-workforce-development</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>309</vt:i4>
+        <vt:i4>1507421</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>252</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.mass.gov/public-construction</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>306</vt:i4>
+        <vt:i4>3866680</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>249</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3014750</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>303</vt:i4>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>246</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:kelly.thompsonclark@mass.gov</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553639</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>300</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>243</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://go.procurated.com/ma-statewide/</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553703</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>297</vt:i4>
+        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866680</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>240</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information</vt:lpwstr>
+        <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6619241</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>294</vt:i4>
+        <vt:i4>5242970</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>237</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/regulations/801-CMR-21-procurement-of-commodities-or-services-including-human-and-social-services</vt:lpwstr>
+        <vt:lpwstr>http://www.commbuys.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2228276</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>291</vt:i4>
+        <vt:i4>2949151</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>234</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.macomptroller.org/policies/</vt:lpwstr>
+        <vt:lpwstr>mailto:OSDhelpdesk@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>262249</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>288</vt:i4>
+        <vt:i4>2621489</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>231</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Appendix_A:_Vendor</vt:lpwstr>
-[...5 lines deleted...]
-        <vt:i4>285</vt:i4>
+        <vt:i4>3539004</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>228</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download</vt:lpwstr>
-[...341 lines deleted...]
-        <vt:lpwstr>https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=veh102&amp;currentDocType=contractBlankets</vt:lpwstr>
+        <vt:lpwstr>https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=VEH122&amp;currentDocType=contractBlankets</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866680</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>225</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC3-37071&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>262249</vt:i4>
       </vt:variant>