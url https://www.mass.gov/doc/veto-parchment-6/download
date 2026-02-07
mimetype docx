--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -1,1180 +1,1237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00DF14D4" w:rsidRDefault="00DF14D4">
-[...257 lines deleted...]
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="7336B820" w14:textId="77777777" w:rsidR="00DF14D4" w:rsidRDefault="00DF14D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15428615" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="341EA12E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="161A3B7A" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07688207" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F50FDB1" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71213D26" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2333D072" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15D05FC9" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75F76899" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F74B9D5" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C09EAC9" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1380E2A9" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5284255D" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329A54ED" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65B8D067" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E1FE41E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287F57E6" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="385BD5EB" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="362A5729" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="115EA1FB" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7678C4BD" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12208D76" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05DF92A8" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D09DFA4" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED581A7" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FDBACDF" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3983D29C" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11337E38" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F7DF21F" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DBE8FEB" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A3D934" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D06785" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>I disapprove in the following items in Section 2 the wording as indicated:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="20204C09" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1600"/>
         <w:gridCol w:w="7688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="6FB57EB2" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="1211AC45" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="4B0A92FB" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Wording Stricken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="0B3C9A4E" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="20CA78DD" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="128B760D" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="4B0B1F01" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="2EF8640D" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2000-0101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="0A2305AB" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"; provided further, that not later than February 3, 2020, the executive office shall submit a report to the house and senate committees on ways and means that shall include, but not be limited to, the: (a) number of full-time equivalent positions assigned to the executive office's environmental justice staff; (b) responsibilities held by the executive office's environmental justice staff; and (c) status of environmental justice policies, strategies and initiatives being pursued for both the current and coming fiscal years"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="7C9D1469" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3124EF31" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
-[...22 lines deleted...]
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="70F8E5C4" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17938E89" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> later than October 31, 2019,"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12CFDAD7" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="505E645A" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="04B14C59" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2800-0100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="20CAA3C9" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"; provided further, there shall be a special commission to study and report on the feasibility of whether the ownership of Willett Pond and its appurtenances should be transferred to the state department of conservation and recreation at no cost to the commonwealth in order to provide new public access for outdoor recreation and to preserve the species and ecosystem of said pond; provided further, that the commission shall consist of: the secretary of the executive office of energy and environmental affairs, or a designee, the commissioner of the department of conservation and recreation, or a designee, the commissioner of the department of fish and game, or a designee, the chairs of the boards of selectmen of the towns of Walpole, Westwood and Norwood, or their designees, a representative or designee from the Willett Pond Charitable and Protective Association; a representative or designee from the North Walpole Fish and Game Club, Inc.; a representative or designee from the Neponset River Watershed Association, Incorporated; and provided further, that not later than June 30, 2020, the commission shall make recommendations, including any proposed legislation, with the clerks of the house of representatives and the senate;"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="18FA2B5E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="23B0254B" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="503CBB2B" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2810-0100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
-[...14 lines deleted...]
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="44E53EBB" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"; provided further, that not later than February 3, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the department shall report to the house and senate committees on ways and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>means :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1) the status of hiring for additional staffing; (2) the staffing levels for the previous 10 fiscal years; and (3) the average staffing level at each park"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29A46B2B" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="74A26692" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="37936B77" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2810-2042</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="2D8E7711" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"; provided further, that when assigning time for the use of its skating rinks, the department shall give first priority to general public skating and then to an entity which qualifies under applicable state and federal law as a nonprofit organization or as a public school"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="4D7AA1EA" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="6DEB8279" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="1545E3B5" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8900-0001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
-[...14 lines deleted...]
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="353D4330" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"; provided further, that the Disability Law Center, Inc. may investigate the physical environment of said facilities, including infrastructure issues, and may use methods including, but not limited to, testing and sampling the physical and environmental conditions, regardless of whether they are utilized by patients or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>inmates</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A475744" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="6AB75D23" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="7EF953B0" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8900-0010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
-[...14 lines deleted...]
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="3E0C9155" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E650F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> their employment rate after release"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0330303E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
-[...15 lines deleted...]
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="177D04C6" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="322CF07B" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01125C47" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>I disapprove in the following items in Section 2E the wording as indicated:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="386ACF1C" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1600"/>
         <w:gridCol w:w="7688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="11814034" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="74982B4E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Section 2E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="0CC2353E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Wording Stricken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="48B079D8" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="2688B29B" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="6538A21F" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidTr="00E650F1">
+      <w:tr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w14:paraId="5CF6272D" w14:textId="77777777" w:rsidTr="00F252D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="353F339A" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1595-6368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="54AB7682" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">";  provided further, that not later than November 1, 2019 the Massachusetts Department of Transportation shall report to the house and senate committees on ways and means, the clerks of the house of representatives and senate, and the joint committee on transportation, on the feasibility of using state-owned property as a staging area to provide micro-mobility device or any other suitable mode of conveyance for last mile point to point transportation to and from commuter rail stops, rapid transit stops, or rapid transit transfer stations; and provided further, that the report shall include, but not be limited to, a listing of all state-owned property within 1 mile of mass transit stops and the feasibility of adding the property information as a layer to the Massachusetts interactive property map, developed by </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>MassGIS</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E650F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+          <w:p w14:paraId="50EE31B7" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
-[...15 lines deleted...]
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="6A49C030" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A5EDF49" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A8B1F0" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>I return for amendment, pursuant to the authority vested in me by Article 56, as amended by Article 90, Section 3, of the Amendments to the Constitution, Sections 14, 47, 59, 69, 89, 97, 103, 104, and 108. The text of my recommended amendments is set forth in separate letters of this date to the Senate and House of Representatives.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
-[...15 lines deleted...]
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="26BF036E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08F35221" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79A2742E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The remainder of this bill I approve.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
-[...15 lines deleted...]
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00784FC5">
+    <w:p w14:paraId="685011C1" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C5FB7E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="604DFD91" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00784FC5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Approved, July 31</w:t>
       </w:r>
       <w:r w:rsidR="00E650F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
-[...15 lines deleted...]
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="2B0599FD" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F1517C" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14CFBBF8" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>o'clock and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>minutes,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>.M.</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="006ADC3C" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8F93AF" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="052168A9" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1195,51 +1252,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Charles D. Baker</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="6DB8D054" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1260,193 +1317,215 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Governor</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
+    <w:p w14:paraId="661D2029" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidRDefault="00E650F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E650F1" w:rsidRPr="00E650F1" w:rsidSect="00E650F1">
-      <w:footerReference w:type="even" r:id="rId7"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="20160"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="1440" w:left="2448" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="264"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A66AD7" w:rsidRDefault="00A66AD7" w:rsidP="00E650F1">
+    <w:p w14:paraId="6C842012" w14:textId="77777777" w:rsidR="0097543F" w:rsidRDefault="0097543F" w:rsidP="00E650F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A66AD7" w:rsidRDefault="00A66AD7" w:rsidP="00E650F1">
+    <w:p w14:paraId="618C8CE1" w14:textId="77777777" w:rsidR="0097543F" w:rsidRDefault="0097543F" w:rsidP="00E650F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C465451" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00FB0BC3">
+  <w:p w14:paraId="611D957E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00FB0BC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
+  <w:p w14:paraId="46FCFC88" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00E650F1" w:rsidRPr="00414252" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C8CE290" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00414252" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00414252">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00414252">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -1460,62 +1539,62 @@
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00414252">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>265</w:t>
     </w:r>
     <w:r w:rsidRPr="00414252">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
+  <w:p w14:paraId="73DCA91E" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRDefault="00E650F1" w:rsidP="00E650F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00E650F1" w:rsidRPr="00414252" w:rsidRDefault="00414252" w:rsidP="00414252">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7FA21E54" w14:textId="77777777" w:rsidR="00E650F1" w:rsidRPr="00414252" w:rsidRDefault="00414252" w:rsidP="00414252">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00414252">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00414252">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -1532,274 +1611,519 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>264</w:t>
     </w:r>
     <w:r w:rsidRPr="00414252">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A66AD7" w:rsidRDefault="00A66AD7" w:rsidP="00E650F1">
+    <w:p w14:paraId="3185700F" w14:textId="77777777" w:rsidR="0097543F" w:rsidRDefault="0097543F" w:rsidP="00E650F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A66AD7" w:rsidRDefault="00A66AD7" w:rsidP="00E650F1">
+    <w:p w14:paraId="206BE854" w14:textId="77777777" w:rsidR="0097543F" w:rsidRDefault="0097543F" w:rsidP="00E650F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E650F1"/>
     <w:rsid w:val="00414252"/>
+    <w:rsid w:val="004E6CAB"/>
     <w:rsid w:val="00784FC5"/>
     <w:rsid w:val="00857DB5"/>
+    <w:rsid w:val="0097543F"/>
     <w:rsid w:val="00A66AD7"/>
     <w:rsid w:val="00DF14D4"/>
     <w:rsid w:val="00E650F1"/>
+    <w:rsid w:val="00F252D1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="47831C62"/>
+  <w15:docId w15:val="{3CE31AED-084E-43C3-A25A-CEFB9F9151C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1844,338 +2168,72 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E650F1"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E650F1"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00E650F1"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...263 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2421,57 +2479,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>657</Words>
   <Characters>3750</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4399</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>