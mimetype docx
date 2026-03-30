--- v0 (2025-10-31)
+++ v1 (2026-03-30)
@@ -1,51 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5574B4C2" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="62BE4796" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="230"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -64,51 +67,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7947551C" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="38CD2D0B" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="120" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Registry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Vital</w:t>
       </w:r>
@@ -124,51 +127,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Statistics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> (RVRS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4098FCD2" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="3245D9E3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="49" w:line="273" w:lineRule="auto"/>
         <w:ind w:left="119" w:right="1121"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Mount</w:t>
@@ -204,131 +207,140 @@
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>1st</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Floor Dorchester, MA 02125-3105</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2DE1E7" w14:textId="6C376A83" w:rsidR="002C39BF" w:rsidRDefault="00A160E3" w:rsidP="00E602D9">
+    <w:p w14:paraId="3CC4999B" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="16"/>
+          <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5">
-        <w:r w:rsidR="00196F6F">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.mass.gov/dph/rvrs</w:t>
         </w:r>
-        <w:r w:rsidR="00196F6F">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="40"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00196F6F">
+    </w:p>
+    <w:p w14:paraId="5D45955D" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
+      <w:pPr>
+        <w:spacing w:before="72" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="163" w:right="162" w:hanging="44"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidR="00196F6F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>RVRS</w:t>
       </w:r>
-      <w:r w:rsidR="00196F6F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196F6F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>USE</w:t>
       </w:r>
-      <w:r w:rsidR="00196F6F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196F6F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">ONLY </w:t>
       </w:r>
-      <w:r w:rsidR="00196F6F">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>32 / 42</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2440233A" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="51800A9E" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="455"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"># B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
@@ -385,159 +397,170 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B942669" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="38243693" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1596"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Total</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9268C8" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="604E83CF" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002C39BF">
+        <w:sectPr w:rsidR="006B2420">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="100" w:right="580" w:bottom="280" w:left="480" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="4506" w:space="4969"/>
             <w:col w:w="1705"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="283492BD" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="3F23974F" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537075E2" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="92"/>
         <w:ind w:left="299" w:right="253"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>APPLICATION</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>FOR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>VITAL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>RECORD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EE1C81" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="1C67442F" w14:textId="11A1EBCC" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:ind w:left="352" w:right="253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>RVRS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Maintains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -586,107 +609,111 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>records</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>1931</w:t>
+        <w:t>193</w:t>
+      </w:r>
+      <w:r w:rsidR="00603103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Present</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="60C82B0C" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="40AF73D3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A284F4F" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="25FB3AB3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:ind w:left="298" w:right="253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -796,51 +823,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>next</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777795BD" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="32079EB9" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2999"/>
           <w:tab w:val="left" w:pos="5159"/>
           <w:tab w:val="left" w:pos="8807"/>
         </w:tabs>
         <w:spacing w:before="185" w:after="27"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>BIRTH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -974,73 +1001,73 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="239" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5400"/>
         <w:gridCol w:w="5400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C39BF" w14:paraId="04072EEA" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="0F88FEF4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="670"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41B8603B" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="6960F3CD" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="595098EA" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="4775DC15" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5159"/>
                 <w:tab w:val="left" w:pos="7364"/>
                 <w:tab w:val="left" w:pos="10472"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:left="2999" w:right="280" w:hanging="2880"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Name of Subject:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -1086,64 +1113,64 @@
               <w:t>(first)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(middle)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>(surname at Birth or Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="7563E27B" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="293909AA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="229F7BAF" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="15A98AA5" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
@@ -1153,51 +1180,51 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B58B6A6" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="243891AB" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Massachusetts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -1240,74 +1267,74 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="4B9F984E" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="65EEAF1F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13F48345" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="0C348F9C" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="265CA7D7" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="577606C6" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2999"/>
                 <w:tab w:val="left" w:pos="5159"/>
                 <w:tab w:val="left" w:pos="7319"/>
                 <w:tab w:val="left" w:pos="10542"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:left="1559" w:right="210" w:hanging="1440"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Parent 1 Name:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
@@ -1375,73 +1402,73 @@
               <w:t>(middle)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(surname)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>(surname at Birth or Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="6299C92C" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="6B2C39E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="730"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44A2C0D4" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="10C12642" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="32CC4C59" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="5CE57E54" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3039"/>
                 <w:tab w:val="left" w:pos="5158"/>
                 <w:tab w:val="left" w:pos="7364"/>
                 <w:tab w:val="left" w:pos="10508"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:left="1559" w:right="244" w:hanging="1440"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Parent 2 Name:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
@@ -1510,62 +1537,62 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(surname)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>(surname at Birth or Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40C78AD4" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="1AB52CA8" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4225CBCB" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="337EDA43" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2999"/>
           <w:tab w:val="left" w:pos="5159"/>
           <w:tab w:val="left" w:pos="8759"/>
         </w:tabs>
         <w:spacing w:before="1" w:after="2"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MARRIAGE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1748,116 +1775,116 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="239" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4405"/>
         <w:gridCol w:w="6390"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C39BF" w14:paraId="2A59B25E" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="700565C2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F081059" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="2487FCC8" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33680BDC" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="0FF9403A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10162"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>PARTY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>A:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="399BD57B" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="6821B40E" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1708"/>
                 <w:tab w:val="left" w:pos="3827"/>
                 <w:tab w:val="left" w:pos="6033"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:left="228"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(first)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -1933,117 +1960,117 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="589FE4A3" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="6730343F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="753"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E1C7C17" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="1A1DBA2A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35D1642F" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="017BAC50" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10162"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>PARTY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>B:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CFD3325" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="008E1E62" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1708"/>
                 <w:tab w:val="left" w:pos="3827"/>
                 <w:tab w:val="left" w:pos="6033"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:left="228"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(first)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -2119,63 +2146,63 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="50D52453" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="459AA67A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09132506" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="3F514564" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
@@ -2184,51 +2211,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Marriage:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E80088F" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="2BDFD928" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Massachusetts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
@@ -2307,62 +2334,62 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>was</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>filed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1BDF5DD8" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="58F17315" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="631FEB34" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="41D8C186" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2999"/>
           <w:tab w:val="left" w:pos="5159"/>
           <w:tab w:val="left" w:pos="8759"/>
         </w:tabs>
         <w:ind w:left="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEATH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2496,139 +2523,139 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="239" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5400"/>
         <w:gridCol w:w="5400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C39BF" w14:paraId="27CE15BE" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="37FE9246" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="855"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A8F0B85" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="338503CD" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CB9E128" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="10EFAC50" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41FF8E54" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="55B22E8F" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10191"/>
               </w:tabs>
               <w:spacing w:before="1" w:line="183" w:lineRule="exact"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Deceased:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0403FB58" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="2FB11850" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3039"/>
                 <w:tab w:val="left" w:pos="5055"/>
                 <w:tab w:val="left" w:pos="7211"/>
               </w:tabs>
               <w:spacing w:before="0" w:line="183" w:lineRule="exact"/>
               <w:ind w:left="1559"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(first)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
@@ -2703,91 +2730,91 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="63E24001" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="654BC5E4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="935"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2824EB66" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="3C3E5FC5" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B676593" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="3FECE853" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Spouse's</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38B070C0" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="7E99973C" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3039"/>
                 <w:tab w:val="left" w:pos="5055"/>
                 <w:tab w:val="left" w:pos="7211"/>
                 <w:tab w:val="left" w:pos="10167"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:left="1559" w:right="585" w:hanging="1440"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
@@ -2856,89 +2883,89 @@
               <w:t>(middle)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(surname)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>(surname at Birth or Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="12BA7C2D" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="6C7373C1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="85"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79BE406D" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="26F3A7A7" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="13249527" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="381614BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="173A9774" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="242C94E6" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
@@ -2948,51 +2975,51 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Death:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DD0ED18" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="5D58F0AD" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="131"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Massachusetts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -3035,74 +3062,74 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Death:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="23F0C76D" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="54EE2E59" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D7AAE10" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="42263BC0" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6674A527" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="4FCF0B37" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3039"/>
                 <w:tab w:val="left" w:pos="5158"/>
                 <w:tab w:val="left" w:pos="7364"/>
                 <w:tab w:val="left" w:pos="10508"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:left="1559" w:right="244" w:hanging="1440"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Parent 1 Name:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
@@ -3170,73 +3197,73 @@
               <w:t>(middle)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(surname)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>(surname at Birth or Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="3EC03D2F" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="33581D5F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="733"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="671F568B" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+          <w:p w14:paraId="5074DF5A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38480A4F" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="2EA9636D" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3039"/>
                 <w:tab w:val="left" w:pos="5158"/>
                 <w:tab w:val="left" w:pos="7364"/>
                 <w:tab w:val="left" w:pos="10542"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:left="1559" w:right="210" w:hanging="1440"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Parent 2 Name:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
@@ -3305,458 +3332,458 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(surname)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>(surname at Birth or Adoption)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FF80EA9" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="566B9802" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9127"/>
         </w:tabs>
         <w:spacing w:before="160"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487465472" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D1F7D68" wp14:editId="4C1AD938">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487465472" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F7CC92" wp14:editId="026FA641">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2955272</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>439765</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="113030" cy="114300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Textbox 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="113030" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="66D4C45E" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                          <w:p w14:paraId="78102959" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                             <w:pPr>
                               <w:spacing w:line="179" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-5"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>__</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="4D1F7D68" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="09F7CC92" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:232.7pt;margin-top:34.65pt;width:8.9pt;height:9pt;z-index:-15851008;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCu1gPIkgEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1MkWIRQ1XQErENIK&#10;kHb5ANexm4jYY2bcJv17xt60RXBb7WUyzozfvPfGm9vZj+JokQYIraxXlRQ2GOiGsG/lz8fPb95L&#10;QUmHTo8QbCtPluTt9vWrzRQbewM9jJ1FwSCBmim2sk8pNkqR6a3XtIJoAxcdoNeJj7hXHeqJ0f2o&#10;bqrqnZoAu4hgLBH/vXsqym3Bd86a9N05skmMrWRuqUQscZej2m50s0cd+8EsNPQzWHg9BB56gbrT&#10;SYsDDv9B+cEgELi0MuAVODcYWzSwmrr6R81Dr6MtWtgciheb6OVgzbfjQ/yBIs0fYeYFFhEU78H8&#10;IvZGTZGapSd7Sg1xdxY6O/T5yxIEX2RvTxc/7ZyEyWj1ulpzxXCprt+uq+K3ul6OSOmLBS9y0krk&#10;dRUC+nhPKY/Xzbll4fI0PhNJ827mlpzuoDuxhonX2Er6fdBopRi/BvYp7/yc4DnZnRNM4ycoLyNL&#10;CfDhkMANZfIVd5nMCyiElseSN/z3uXRdn/T2DwAAAP//AwBQSwMEFAAGAAgAAAAhACefajHgAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo0yaENI1TVQhOSKhpOHB04m1i&#10;NV6H2G3D32NOcFzN08zbYjubgV1wctqSgOUiAobUWqWpE/BRvz5kwJyXpORgCQV8o4NteXtTyFzZ&#10;K1V4OfiOhRJyuRTQez/mnLu2RyPdwo5IITvayUgfzqnjapLXUG4GvoqilBupKSz0csTnHtvT4WwE&#10;7D6petFf782+Ola6rtcRvaUnIe7v5t0GmMfZ/8Hwqx/UoQxOjT2TcmwQkKSPSUAFpOsYWACSLF4B&#10;awRkTzHwsuD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK7WA8iSAQAAGgMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACefajHgAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAA7AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD5BAAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="66D4C45E" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                    <w:p w14:paraId="78102959" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                       <w:pPr>
                         <w:spacing w:line="179" w:lineRule="exact"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-5"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>__</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487465984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D0C1C66" wp14:editId="14AA53D8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487465984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1049BB59" wp14:editId="77A4ED7E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4423074</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>439765</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="113030" cy="114300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Textbox 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="113030" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="035C79E3" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                          <w:p w14:paraId="247D5EC3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                             <w:pPr>
                               <w:spacing w:line="179" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-5"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>__</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3D0C1C66" id="Textbox 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:348.25pt;margin-top:34.65pt;width:8.9pt;height:9pt;z-index:-15850496;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQYc5flgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1MkWIRQ1XQErENIK&#10;kHb5ANexG4vEY2bcJv17xt60RXBb7cUee8Zv3nvjze08DuJokTyEVtarSgobDHQ+7Fv58/Hzm/dS&#10;UNKh0wME28qTJXm7ff1qM8XG3kAPQ2dRMEigZoqt7FOKjVJkejtqWkG0gZMOcNSJj7hXHeqJ0cdB&#10;3VTVOzUBdhHBWCK+vXtKym3Bd86a9N05skkMrWRuqaxY1l1e1Xajmz3q2Huz0NDPYDFqH7jpBepO&#10;Jy0O6P+DGr1BIHBpZWBU4Jw3tmhgNXX1j5qHXkdbtLA5FC820cvBmm/Hh/gDRZo/wswDLCIo3oP5&#10;ReyNmiI1S032lBri6ix0djjmnSUIfsjeni5+2jkJk9HqdbXmjOFUXb9dV8VvdX0ckdIXC6PIQSuR&#10;x1UI6OM9pdxeN+eShctT+0wkzbtZ+C5z5sp8s4PuxFImnmYr6fdBo5Vi+BrYrjz6c4DnYHcOMA2f&#10;oHyQrCjAh0MC5wuBK+5CgOdQeC1/Jg/673Opuv7s7R8AAAD//wMAUEsDBBQABgAIAAAAIQA0Cif5&#10;3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLB2DbitNpwnBCQnRlQPH&#10;tPHaaI1Tmmwrb493gttv+dPvz/lmcr044RisJwXzWQICqfHGUqvgs3q9W4EIUZPRvSdU8IMBNsX1&#10;Va4z489U4mkXW8ElFDKtoItxyKQMTYdOh5kfkHi396PTkcexlWbUZy53vbxPklQ6bYkvdHrA5w6b&#10;w+7oFGy/qHyx3+/1R7kvbVWtE3pLD0rd3kzbJxARp/gHw0Wf1aFgp9ofyQTRK0jX6SOjl7AAwcBy&#10;/sChVrBaLkAWufz/QfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUGHOX5YBAAAhAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANAon+d4AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAADwAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1049BB59" id="Textbox 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:348.25pt;margin-top:34.65pt;width:8.9pt;height:9pt;z-index:-15850496;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQYc5flgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1MkWIRQ1XQErENIK&#10;kHb5ANexG4vEY2bcJv17xt60RXBb7cUee8Zv3nvjze08DuJokTyEVtarSgobDHQ+7Fv58/Hzm/dS&#10;UNKh0wME28qTJXm7ff1qM8XG3kAPQ2dRMEigZoqt7FOKjVJkejtqWkG0gZMOcNSJj7hXHeqJ0cdB&#10;3VTVOzUBdhHBWCK+vXtKym3Bd86a9N05skkMrWRuqaxY1l1e1Xajmz3q2Huz0NDPYDFqH7jpBepO&#10;Jy0O6P+DGr1BIHBpZWBU4Jw3tmhgNXX1j5qHXkdbtLA5FC820cvBmm/Hh/gDRZo/wswDLCIo3oP5&#10;ReyNmiI1S032lBri6ix0djjmnSUIfsjeni5+2jkJk9HqdbXmjOFUXb9dV8VvdX0ckdIXC6PIQSuR&#10;x1UI6OM9pdxeN+eShctT+0wkzbtZ+C5z5sp8s4PuxFImnmYr6fdBo5Vi+BrYrjz6c4DnYHcOMA2f&#10;oHyQrCjAh0MC5wuBK+5CgOdQeC1/Jg/673Opuv7s7R8AAAD//wMAUEsDBBQABgAIAAAAIQA0Cif5&#10;3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLB2DbitNpwnBCQnRlQPH&#10;tPHaaI1Tmmwrb493gttv+dPvz/lmcr044RisJwXzWQICqfHGUqvgs3q9W4EIUZPRvSdU8IMBNsX1&#10;Va4z489U4mkXW8ElFDKtoItxyKQMTYdOh5kfkHi396PTkcexlWbUZy53vbxPklQ6bYkvdHrA5w6b&#10;w+7oFGy/qHyx3+/1R7kvbVWtE3pLD0rd3kzbJxARp/gHw0Wf1aFgp9ofyQTRK0jX6SOjl7AAwcBy&#10;/sChVrBaLkAWufz/QfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUGHOX5YBAAAhAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANAon+d4AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAADwAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="035C79E3" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                    <w:p w14:paraId="247D5EC3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                       <w:pPr>
                         <w:spacing w:line="179" w:lineRule="exact"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-5"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>__</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487466496" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="655F3053" wp14:editId="0FCDDC76">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487466496" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D37F968" wp14:editId="3767BD5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5139158</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>439765</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="113030" cy="114300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Textbox 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="113030" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="17386E46" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                          <w:p w14:paraId="0CE7F44B" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                             <w:pPr>
                               <w:spacing w:line="179" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-5"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>__</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="655F3053" id="Textbox 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:404.65pt;margin-top:34.65pt;width:8.9pt;height:9pt;z-index:-15849984;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZCTvNlQEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbv1EmLEIqaroAVCGkF&#10;SLs8gOvYTUTsMTNuk749Y2/aIrghLs44M/78/Xh7N/tRnCzSAKGV9aqSwgYD3RAOrfz+9PHVWyko&#10;6dDpEYJt5dmSvNu9fLGdYmPX0MPYWRQMEqiZYiv7lGKjFJneek0riDZw0wF6nXiLB9Whnhjdj2pd&#10;VW/UBNhFBGOJ+O/9c1PuCr5z1qSvzpFNYmwlc0tlxbLu86p2W90cUMd+MAsN/Q8svB4CX3qFutdJ&#10;iyMOf0H5wSAQuLQy4BU4NxhbNLCauvpDzWOvoy1a2ByKV5vo/8GaL6fH+A1Fmt/DzAEWERQfwPwg&#10;9kZNkZplJntKDfF0Fjo79PnLEgQfZG/PVz/tnITJaPWm2nDHcKuuX2+q4re6HY5I6ZMFL3LRSuS4&#10;CgF9eqCUr9fNZWTh8nx9JpLm/SyGrpXrHGL+s4fuzFImTrOV9POo0Uoxfg5sV47+UuCl2F8KTOMH&#10;KA8kKwrw7pjADYXADXchwDkUXsubyUH/vi9Tt5e9+wUAAP//AwBQSwMEFAAGAAgAAAAhAHXTgVTe&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAMhu+T9g6RJ+02EkAqpWuK0LSdJk2U7rBj&#10;2oQ2onG6JkD39jMnONmWP/3+nG8m17OzGYP1KGE+E8AMNl5bbCV8Vx8vKbAQFWrVezQS/kyATfH4&#10;kKtM+wuW5ryPLaMQDJmS0MU4ZJyHpjNOhZkfDNLu4EenIo1jy/WoLhTuer4QIuFOWaQLnRrMW2ea&#10;4/7kJGx/sHy3v1/1rjyUtqrWAj+To5TPT9P2FVg0U7zBcNUndSjIqfYn1IH1ElKxXhIqIblWAtLF&#10;ag6spma1BF7k/P6D4h8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCZCTvNlQEAACEDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB104FU3gAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAO8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="0D37F968" id="Textbox 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:404.65pt;margin-top:34.65pt;width:8.9pt;height:9pt;z-index:-15849984;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZCTvNlQEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbv1EmLEIqaroAVCGkF&#10;SLs8gOvYTUTsMTNuk749Y2/aIrghLs44M/78/Xh7N/tRnCzSAKGV9aqSwgYD3RAOrfz+9PHVWyko&#10;6dDpEYJt5dmSvNu9fLGdYmPX0MPYWRQMEqiZYiv7lGKjFJneek0riDZw0wF6nXiLB9Whnhjdj2pd&#10;VW/UBNhFBGOJ+O/9c1PuCr5z1qSvzpFNYmwlc0tlxbLu86p2W90cUMd+MAsN/Q8svB4CX3qFutdJ&#10;iyMOf0H5wSAQuLQy4BU4NxhbNLCauvpDzWOvoy1a2ByKV5vo/8GaL6fH+A1Fmt/DzAEWERQfwPwg&#10;9kZNkZplJntKDfF0Fjo79PnLEgQfZG/PVz/tnITJaPWm2nDHcKuuX2+q4re6HY5I6ZMFL3LRSuS4&#10;CgF9eqCUr9fNZWTh8nx9JpLm/SyGrpXrHGL+s4fuzFImTrOV9POo0Uoxfg5sV47+UuCl2F8KTOMH&#10;KA8kKwrw7pjADYXADXchwDkUXsubyUH/vi9Tt5e9+wUAAP//AwBQSwMEFAAGAAgAAAAhAHXTgVTe&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAMhu+T9g6RJ+02EkAqpWuK0LSdJk2U7rBj&#10;2oQ2onG6JkD39jMnONmWP/3+nG8m17OzGYP1KGE+E8AMNl5bbCV8Vx8vKbAQFWrVezQS/kyATfH4&#10;kKtM+wuW5ryPLaMQDJmS0MU4ZJyHpjNOhZkfDNLu4EenIo1jy/WoLhTuer4QIuFOWaQLnRrMW2ea&#10;4/7kJGx/sHy3v1/1rjyUtqrWAj+To5TPT9P2FVg0U7zBcNUndSjIqfYn1IH1ElKxXhIqIblWAtLF&#10;ag6spma1BF7k/P6D4h8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCZCTvNlQEAACEDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB104FU3gAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAO8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="17386E46" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                    <w:p w14:paraId="0CE7F44B" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                       <w:pPr>
                         <w:spacing w:line="179" w:lineRule="exact"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-5"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>__</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487467008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="678F5B74" wp14:editId="01B46103">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487467008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21D83D34" wp14:editId="7FB0B201">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5767020</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>439765</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="113030" cy="114300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Textbox 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="113030" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5AD2FD5B" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                          <w:p w14:paraId="703B722A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                             <w:pPr>
                               <w:spacing w:line="179" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-5"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>__</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="678F5B74" id="Textbox 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:454.1pt;margin-top:34.65pt;width:8.9pt;height:9pt;z-index:-15849472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe0Ze8lgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbv1MkWIRQ1XQErENIK&#10;kHZ5ANexG4vEY2bcJn17xt60RXBb7cUZZ8afvx9vbudxEEeL5CG0sl5VUthgoPNh38qfj5/fvJeC&#10;kg6dHiDYVp4sydvt61ebKTb2BnoYOouCQQI1U2xln1JslCLT21HTCqIN3HSAo068xb3qUE+MPg7q&#10;pqreqQmwiwjGEvHfu6em3BZ856xJ350jm8TQSuaWyopl3eVVbTe62aOOvTcLDf0MFqP2gS+9QN3p&#10;pMUB/X9QozcIBC6tDIwKnPPGFg2spq7+UfPQ62iLFjaH4sUmejlY8+34EH+gSPNHmDnAIoLiPZhf&#10;xN6oKVKzzGRPqSGezkJnh2P+sgTBB9nb08VPOydhMlq9rtbcMdyq67frqvitrocjUvpiYRS5aCVy&#10;XIWAPt5Tytfr5jyycHm6PhNJ824WvmvlOoeY/+ygO7GUidNsJf0+aLRSDF8D25WjPxd4LnbnAtPw&#10;CcoDyYoCfDgkcL4QuOIuBDiHwmt5Mznov/dl6vqyt38AAAD//wMAUEsDBBQABgAIAAAAIQBqzR/n&#10;3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UbupFJIQp6oQnJAQaThw&#10;dOJtYjVeh9htw99jTnBc7dPMm3K32JFdcPbGkYTNWgBD6pw21Ev4aF7uM2A+KNJqdIQSvtHDrrq9&#10;KVWh3ZVqvBxCz2II+UJJGEKYCs59N6BVfu0mpPg7utmqEM+553pW1xhuR54IkXKrDMWGQU34NGB3&#10;OpythP0n1c/m6619r4+1aZpc0Gt6kvJutewfgQVcwh8Mv/pRHaro1Lozac9GCbnIkohKSPMtsAjk&#10;SRrHtRKyhy3wquT/F1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN7Rl7yWAQAAIQMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGrNH+ffAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA8AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="21D83D34" id="Textbox 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:454.1pt;margin-top:34.65pt;width:8.9pt;height:9pt;z-index:-15849472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe0Ze8lgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbv1MkWIRQ1XQErENIK&#10;kHZ5ANexG4vEY2bcJn17xt60RXBb7cUZZ8afvx9vbudxEEeL5CG0sl5VUthgoPNh38qfj5/fvJeC&#10;kg6dHiDYVp4sydvt61ebKTb2BnoYOouCQQI1U2xln1JslCLT21HTCqIN3HSAo068xb3qUE+MPg7q&#10;pqreqQmwiwjGEvHfu6em3BZ856xJ350jm8TQSuaWyopl3eVVbTe62aOOvTcLDf0MFqP2gS+9QN3p&#10;pMUB/X9QozcIBC6tDIwKnPPGFg2spq7+UfPQ62iLFjaH4sUmejlY8+34EH+gSPNHmDnAIoLiPZhf&#10;xN6oKVKzzGRPqSGezkJnh2P+sgTBB9nb08VPOydhMlq9rtbcMdyq67frqvitrocjUvpiYRS5aCVy&#10;XIWAPt5Tytfr5jyycHm6PhNJ824WvmvlOoeY/+ygO7GUidNsJf0+aLRSDF8D25WjPxd4LnbnAtPw&#10;CcoDyYoCfDgkcL4QuOIuBDiHwmt5Mznov/dl6vqyt38AAAD//wMAUEsDBBQABgAIAAAAIQBqzR/n&#10;3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UbupFJIQp6oQnJAQaThw&#10;dOJtYjVeh9htw99jTnBc7dPMm3K32JFdcPbGkYTNWgBD6pw21Ev4aF7uM2A+KNJqdIQSvtHDrrq9&#10;KVWh3ZVqvBxCz2II+UJJGEKYCs59N6BVfu0mpPg7utmqEM+553pW1xhuR54IkXKrDMWGQU34NGB3&#10;OpythP0n1c/m6619r4+1aZpc0Gt6kvJutewfgQVcwh8Mv/pRHaro1Lozac9GCbnIkohKSPMtsAjk&#10;SRrHtRKyhy3wquT/F1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN7Rl7yWAQAAIQMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGrNH+ffAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA8AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="5AD2FD5B" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                    <w:p w14:paraId="703B722A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                       <w:pPr>
                         <w:spacing w:line="179" w:lineRule="exact"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-5"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>__</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FFA6AD4" wp14:editId="44E156CE">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38A9C075" wp14:editId="63491827">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2879077</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>400164</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="175260" cy="160655"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Group 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="175260" cy="160655"/>
                           <a:chOff x="0" y="0"/>
@@ -3844,71 +3871,71 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12699">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="60E83F17" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:226.7pt;margin-top:31.5pt;width:13.8pt;height:12.65pt;z-index:15731712;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="175260,160655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVH9n4AQMAAGUJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9v2yAQfp+0/wHxvjpJG2e16lRTu1aT&#10;qq1SO+2ZYPxDw8CAxOl/vwOM7abTpHTqw/xgH+Y47r77PuyLy33L0Y5p00iR4/nJDCMmqCwaUeX4&#10;++PNh48YGUtEQbgULMdPzODL9ft3F53K2ELWkhdMIwgiTNapHNfWqixJDK1ZS8yJVEzAZCl1SywM&#10;dZUUmnQQveXJYjZLk07qQmlJmTHw9jpM4rWPX5aM2m9laZhFPMeQm/V37e8bd0/WFySrNFF1Q/s0&#10;yCuyaEkjYNMh1DWxBG118yJU21AtjSztCZVtIsuyoczXANXMZwfV3Gq5Vb6WKusqNcAE0B7g9Oqw&#10;9OvuVqsHda9D9mDeSfrTAC5Jp6psOu/G1ei8L3XrFkERaO8RfRoQZXuLKLycr5aLFHCnMDVPZ+ly&#10;GRCnNbTlxSpaf/7ruoRkYVOf2pBKp4A7ZoTH/Bs8DzVRzKNuXPn3GjVFjlOMBGmBwbc9WVJXidsa&#10;fBx+/cj0UL4enaFKktGtsbdMepjJ7s7YQNciWqSOFt2LaGogvaM793S3GAHdNUZA900AXxHr1rne&#10;ORN1Y5/qoU1utpU79ii9n3XNmq/OVuenGMU+Q6ajCxdTV+j5xCvOxafy4YIP0GK+8EKEcNEhPoPj&#10;ZN/jvA/DUi4NAwxhJ1f5YHg04OUUbyN5U9w0nLv6ja42V1yjHQFgb/zlsIQlEzdgpclC/521kcUT&#10;kKcDvuTY/NoSzTDiXwTQ051E0dDR2ERDW34l/XnlodfGPu5/EK2QAjPHFsT1VUaWkiwSwxU1+LqV&#10;Qn7aWlk2jjU+t5BRPwDFBP6+uXRWh9JZHSWd9HQZmOINqIVkw/GSLpbD8QLcDMcLABHVN21oxAkO&#10;6TcQUJ+JE1BIxOU5quMZ489WZwPjR5cDzqeLWa81CDj6R6/47BUyeh9y/rnjEbr8067HCIgLf7Is&#10;0vNz/2mcKOVAUDN/vRRUIPQ1MXUQno/Qu3HR8/j/Epz/csG33J8d/X+H+1mYjn1h49/R+jcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCBCU9x4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbv&#10;gu+wjODNbmLSEmImpRT1VARbQbxts9MkNLsbstskfXvHk73NMB//fH+xnk0nRhp86yxCvIhAkK2c&#10;bm2N8HV4e8pA+KCsVp2zhHAlD+vy/q5QuXaT/aRxH2rBIdbnCqEJoc+l9FVDRvmF68ny7eQGowKv&#10;Qy31oCYON518jqKVNKq1/KFRPW0bqs77i0F4n9S0SeLXcXc+ba8/h+XH9y4mxMeHefMCItAc/mH4&#10;02d1KNnp6C5We9EhpMskZRRhlXAnBtIs5uGIkGUJyLKQtw3KXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBVH9n4AQMAAGUJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCBCU9x4AAAAAkBAAAPAAAAAAAAAAAAAAAAAFsFAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAaAYAAAAA&#10;">
+              <v:group w14:anchorId="6C1D1188" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:226.7pt;margin-top:31.5pt;width:13.8pt;height:12.65pt;z-index:15731712;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="175260,160655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVH9n4AQMAAGUJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9v2yAQfp+0/wHxvjpJG2e16lRTu1aT&#10;qq1SO+2ZYPxDw8CAxOl/vwOM7abTpHTqw/xgH+Y47r77PuyLy33L0Y5p00iR4/nJDCMmqCwaUeX4&#10;++PNh48YGUtEQbgULMdPzODL9ft3F53K2ELWkhdMIwgiTNapHNfWqixJDK1ZS8yJVEzAZCl1SywM&#10;dZUUmnQQveXJYjZLk07qQmlJmTHw9jpM4rWPX5aM2m9laZhFPMeQm/V37e8bd0/WFySrNFF1Q/s0&#10;yCuyaEkjYNMh1DWxBG118yJU21AtjSztCZVtIsuyoczXANXMZwfV3Gq5Vb6WKusqNcAE0B7g9Oqw&#10;9OvuVqsHda9D9mDeSfrTAC5Jp6psOu/G1ei8L3XrFkERaO8RfRoQZXuLKLycr5aLFHCnMDVPZ+ly&#10;GRCnNbTlxSpaf/7ruoRkYVOf2pBKp4A7ZoTH/Bs8DzVRzKNuXPn3GjVFjlOMBGmBwbc9WVJXidsa&#10;fBx+/cj0UL4enaFKktGtsbdMepjJ7s7YQNciWqSOFt2LaGogvaM793S3GAHdNUZA900AXxHr1rne&#10;ORN1Y5/qoU1utpU79ii9n3XNmq/OVuenGMU+Q6ajCxdTV+j5xCvOxafy4YIP0GK+8EKEcNEhPoPj&#10;ZN/jvA/DUi4NAwxhJ1f5YHg04OUUbyN5U9w0nLv6ja42V1yjHQFgb/zlsIQlEzdgpclC/521kcUT&#10;kKcDvuTY/NoSzTDiXwTQ051E0dDR2ERDW34l/XnlodfGPu5/EK2QAjPHFsT1VUaWkiwSwxU1+LqV&#10;Qn7aWlk2jjU+t5BRPwDFBP6+uXRWh9JZHSWd9HQZmOINqIVkw/GSLpbD8QLcDMcLABHVN21oxAkO&#10;6TcQUJ+JE1BIxOU5quMZ489WZwPjR5cDzqeLWa81CDj6R6/47BUyeh9y/rnjEbr8067HCIgLf7Is&#10;0vNz/2mcKOVAUDN/vRRUIPQ1MXUQno/Qu3HR8/j/Epz/csG33J8d/X+H+1mYjn1h49/R+jcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCBCU9x4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbv&#10;gu+wjODNbmLSEmImpRT1VARbQbxts9MkNLsbstskfXvHk73NMB//fH+xnk0nRhp86yxCvIhAkK2c&#10;bm2N8HV4e8pA+KCsVp2zhHAlD+vy/q5QuXaT/aRxH2rBIdbnCqEJoc+l9FVDRvmF68ny7eQGowKv&#10;Qy31oCYON518jqKVNKq1/KFRPW0bqs77i0F4n9S0SeLXcXc+ba8/h+XH9y4mxMeHefMCItAc/mH4&#10;02d1KNnp6C5We9EhpMskZRRhlXAnBtIs5uGIkGUJyLKQtw3KXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBVH9n4AQMAAGUJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCBCU9x4AAAAAkBAAAPAAAAAAAAAAAAAAAAAFsFAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAaAYAAAAA&#10;">
                 <v:shape id="Graphic 6" o:spid="_x0000_s1027" style="position:absolute;width:175260;height:160655;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="175260,160655" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9negmvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4wuw0dRCRahQVBBd14QPcXpprU21uSpOx9e8nguDycN6LVWcr8aTGl44VjEcJCOLc6ZIL&#10;BZfzbjgD4QOyxsoxKXiRh9Wy31tgql3LR3qeQiFiCPsUFZgQ6lRKnxuy6EeuJo7czTUWQ4RNIXWD&#10;bQy3lfxNkqm0WHJsMFjT1lD+OP3ZOONlZtxeu80jr312uOhscreZUj+Dbj0HEagLX/HHvdcKpvC+&#10;Ev0gl/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvZ3oJr0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" path="m174793,l,,,160120r174793,l174793,xe" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 7" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:162560;height:147955;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="162560,147955" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDLq3lyvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvBmUz2oVKOIIAqC4s8DLM3aVptNaaJWn94IgsdhZr5hpvPGlOJBtSssK+hHMQji1OqC&#10;MwXn06o3BuE8ssbSMil4kYP5rN2aYqLtkw/0OPpMBAi7BBXk3leJlC7NyaCLbEUcvIutDfog60zq&#10;Gp8Bbko5iOOhNFhwWMixomVO6e14NwrGRIfqttfbVTno2525rvf+zUp1O81iAsJT4//hX3ujFYzg&#10;eyXcADn7AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMureXK+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,147420r162093,l162093,,,,,147420xe" filled="f" strokeweight=".35275mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13CBFD1F" wp14:editId="13BA5167">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06306D3C" wp14:editId="0ADB3AD7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4356290</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>405052</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="170180" cy="160655"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Group 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="170180" cy="160655"/>
                           <a:chOff x="0" y="0"/>
@@ -3996,71 +4023,71 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="68413AB0" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:343pt;margin-top:31.9pt;width:13.4pt;height:12.65pt;z-index:15732224;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="170180,160655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO/eSLBgMAAGcJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9vmzAQfp+0/8Hy+wpk+dGgkmpq12hS&#10;tVVqpz07xgQ0gz3bCel/v7ONgaTT1Hbqw3iAM/58vvv83cHF5aHmaM+UrkST4eQsxog1VORVs83w&#10;94ebD+cYaUOanHDRsAw/Mo0vV+/fXbQyZRNRCp4zhcBJo9NWZrg0RqZRpGnJaqLPhGQNTBZC1cTA&#10;UG2jXJEWvNc8msTxPGqFyqUSlGkNb6/9JF45/0XBqPlWFJoZxDMMsRl3V+6+sfdodUHSrSKyrGgX&#10;BnlFFDWpGti0d3VNDEE7VT1xVVdUCS0Kc0ZFHYmiqChzOUA2SXySzVqJnXS5bNN2K3uagNoTnl7t&#10;ln7dr5W8l3fKRw/mraA/NfAStXKbjufteDuAD4Wq7SJIAh0co489o+xgEIWXySJOzoF3ClPJPJ7P&#10;Zp5xWsKxPFlFy89/XReR1G/qQutDaSVoRw/06H+j574kkjnWtU3/TqEqz/ASo4bUoOB1J5alzcRu&#10;DRjLXzfSHZWvZ6fPkqR0p82aCUcz2d9q4+WaB4uUwaKHJpgKRG/lzp3cDUYgd4URyH3jyZfE2HX2&#10;7KyJ2uGcyv6Y7Gwt9uxBOJyxh5XMl8sJnGY4Z4h0gPBmDD1GhbnwlM6dx4AsEnAKmYG7AAhPDxzt&#10;+zL0qVvKhWZ+J5u527JnA7Yf860Fr/KbinObv1bbzRVXaE+A2Bt3dRGPYKBKnfrzt9ZG5I8gnhb0&#10;kmH9a0cUw4h/aUCekLkJhgrGJhjK8Cvh+pWjXmnzcPhBlEQSzAwbKK6vIqiUpEEYEL8FeKxd2YhP&#10;OyOKyqrGxeYj6gZQMV6/b146CaR7XDvwBmJ6dvHMP868VpwBK0naN5jZYto3mOli6RsMUBHqb3yk&#10;gSlo029QQl0ktoR8IDbOoT6OND9dTHvND5AT1c8WkwQ+n7Z1jvEBFZ5djQzoU9UfAz2Tz8H8cdeX&#10;lBBvXG+ZLOLYfRxHtXJSUrG7npaUl/Q10aUvPeeh7xWdkv+vknPfLviau+bT/XnY34Xx2CU2/B+t&#10;fgMAAP//AwBQSwMEFAAGAAgAAAAhAFI6JXDgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwZvdpMWYptmUUtRTEdoK4m2bnSah2dmQ3Sbpv3c86e095vHmffl6sq0YsPeNIwXx&#10;LAKBVDrTUKXg8/j2lILwQZPRrSNUcEMP6+L+LteZcSPtcTiESnAJ+UwrqEPoMil9WaPVfuY6JL6d&#10;XW91YNtX0vR65HLbynkUJdLqhvhDrTvc1lheDler4H3U42YRvw67y3l7+z4+f3ztYlTq8WHarEAE&#10;nMJfGH7n83QoeNPJXcl40SpI0oRZAosFI3DgJZ6zOClIlzHIIpf/CYofAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAE795IsGAwAAZwkAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFI6JXDgAAAACQEAAA8AAAAAAAAAAAAAAAAAYAUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABtBgAAAAA=&#10;">
+              <v:group w14:anchorId="459CBE2A" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:343pt;margin-top:31.9pt;width:13.4pt;height:12.65pt;z-index:15732224;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="170180,160655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO/eSLBgMAAGcJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9vmzAQfp+0/8Hy+wpk+dGgkmpq12hS&#10;tVVqpz07xgQ0gz3bCel/v7ONgaTT1Hbqw3iAM/58vvv83cHF5aHmaM+UrkST4eQsxog1VORVs83w&#10;94ebD+cYaUOanHDRsAw/Mo0vV+/fXbQyZRNRCp4zhcBJo9NWZrg0RqZRpGnJaqLPhGQNTBZC1cTA&#10;UG2jXJEWvNc8msTxPGqFyqUSlGkNb6/9JF45/0XBqPlWFJoZxDMMsRl3V+6+sfdodUHSrSKyrGgX&#10;BnlFFDWpGti0d3VNDEE7VT1xVVdUCS0Kc0ZFHYmiqChzOUA2SXySzVqJnXS5bNN2K3uagNoTnl7t&#10;ln7dr5W8l3fKRw/mraA/NfAStXKbjufteDuAD4Wq7SJIAh0co489o+xgEIWXySJOzoF3ClPJPJ7P&#10;Zp5xWsKxPFlFy89/XReR1G/qQutDaSVoRw/06H+j574kkjnWtU3/TqEqz/ASo4bUoOB1J5alzcRu&#10;DRjLXzfSHZWvZ6fPkqR0p82aCUcz2d9q4+WaB4uUwaKHJpgKRG/lzp3cDUYgd4URyH3jyZfE2HX2&#10;7KyJ2uGcyv6Y7Gwt9uxBOJyxh5XMl8sJnGY4Z4h0gPBmDD1GhbnwlM6dx4AsEnAKmYG7AAhPDxzt&#10;+zL0qVvKhWZ+J5u527JnA7Yf860Fr/KbinObv1bbzRVXaE+A2Bt3dRGPYKBKnfrzt9ZG5I8gnhb0&#10;kmH9a0cUw4h/aUCekLkJhgrGJhjK8Cvh+pWjXmnzcPhBlEQSzAwbKK6vIqiUpEEYEL8FeKxd2YhP&#10;OyOKyqrGxeYj6gZQMV6/b146CaR7XDvwBmJ6dvHMP868VpwBK0naN5jZYto3mOli6RsMUBHqb3yk&#10;gSlo029QQl0ktoR8IDbOoT6OND9dTHvND5AT1c8WkwQ+n7Z1jvEBFZ5djQzoU9UfAz2Tz8H8cdeX&#10;lBBvXG+ZLOLYfRxHtXJSUrG7npaUl/Q10aUvPeeh7xWdkv+vknPfLviau+bT/XnY34Xx2CU2/B+t&#10;fgMAAP//AwBQSwMEFAAGAAgAAAAhAFI6JXDgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwZvdpMWYptmUUtRTEdoK4m2bnSah2dmQ3Sbpv3c86e095vHmffl6sq0YsPeNIwXx&#10;LAKBVDrTUKXg8/j2lILwQZPRrSNUcEMP6+L+LteZcSPtcTiESnAJ+UwrqEPoMil9WaPVfuY6JL6d&#10;XW91YNtX0vR65HLbynkUJdLqhvhDrTvc1lheDler4H3U42YRvw67y3l7+z4+f3ztYlTq8WHarEAE&#10;nMJfGH7n83QoeNPJXcl40SpI0oRZAosFI3DgJZ6zOClIlzHIIpf/CYofAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAE795IsGAwAAZwkAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFI6JXDgAAAACQEAAA8AAAAAAAAAAAAAAAAAYAUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABtBgAAAAA=&#10;">
                 <v:shape id="Graphic 9" o:spid="_x0000_s1027" style="position:absolute;width:170180;height:160655;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="170180,160655" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKy869wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8AreanZ7qHU1SikIpXjx//WRPHdXNy9rEnX99kYQehxm5jfMeNrZRlzIh9qxgryfgSDW&#10;ztRcKlivZu9fIEJENtg4JgU3CjCdvL6MsTDuygu6LGMpEoRDgQqqGNtCyqArshj6riVO3t55izFJ&#10;X0rj8ZrgtpEfWfYpLdacFips6acifVyerYLD6ZwPgjWbVvvBNt//6d0wmyvVe+u+RyAidfE//Gz/&#10;GgVDeFxJN0BO7gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKy869wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m169920,l,,,160120r169920,l169920,xe" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 10" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:157480;height:147955;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="157480,147955" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAtDRPiwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;EMXvgt8hjNCbZi20yGoUKxa8+ufgcdiMydLNZNlEd/XTdw6F3mZ4b977zWozhEY9qEt1ZAPzWQGK&#10;uIq2Zmfgcv6eLkCljGyxiUwGnpRgsx6PVlja2PORHqfslIRwKtGAz7kttU6Vp4BpFlti0W6xC5hl&#10;7Zy2HfYSHhr9XhSfOmDN0uCxpZ2n6ud0Dwb2z6+P66vp3dZz3C3YDTXNj8a8TYbtElSmIf+b/64P&#10;VvCFXn6RAfT6FwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC0NE+LBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,147420r157218,l157218,,,,,147420xe" filled="f" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DD1864D" wp14:editId="1A1A266B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="176D0BBF" wp14:editId="4D68565C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5064607</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>409944</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="179705" cy="160655"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Group 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="179705" cy="160655"/>
                           <a:chOff x="0" y="0"/>
@@ -4148,71 +4175,71 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12699">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2BBC63E3" id="Group 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:398.8pt;margin-top:32.3pt;width:14.15pt;height:12.65pt;z-index:15732736;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="179705,160655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxBE4uBQMAAGkJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9P2zAQfp+0/8Hy+0haaEojWjTBqCYh&#10;QIJpz67j/NCc2LPdpvz3O9txEtppGkw8LA/JOT6f7777PicXl/uaox1TuhLNEk9OYoxYQ0VWNcUS&#10;f3u6+XSOkTakyQgXDVviZ6bx5erjh4tWpmwqSsEzphAEaXTayiUujZFpFGlasproEyFZA5O5UDUx&#10;MFRFlCnSQvSaR9M4TqJWqEwqQZnW8PbaT+KVi5/njJr7PNfMIL7EkJtxd+XuG3uPVhckLRSRZUW7&#10;NMgbsqhJ1cCmfahrYgjaquooVF1RJbTIzQkVdSTyvKLM1QDVTOKDatZKbKWrpUjbQvYwAbQHOL05&#10;LL3brZV8lA/KZw/mraA/NOAStbJIx/N2XAzO+1zVdhEUgfYO0eceUbY3iMLLyXwxj2cYUZiaJHEy&#10;m3nEaQltOVpFyy9/XBeR1G/qUutTaSVwRw/w6H+D57EkkjnUtS3/QaEqg+ynGDWkBgqvO7bAG0DJ&#10;bg5eFsFupDsw345PXydJ6VabNRMOaLK71cYTNgsWKYNF900wFdDeEp47whuMgPAKIyD8xsMvibHr&#10;bPesidqhU2XfKDtbix17Es7P2HZBP5Nz6GfoNGQ6uPBm7ApqG3mFufCULpz3AWJMJgubGYQLDuHp&#10;HUf7vs7bKXwUlnKhmd/JVu627NEAvzHeWvAqu6k4t/VrVWyuuEI7AsDeuKvLeOQGvNSp77+1NiJ7&#10;Bvq0QJgl1j+3RDGM+NcGCGrPomCoYGyCoQy/Eu7EctArbZ7234mSSIK5xAbkdScCT0kaiAH5Wwfv&#10;a1c24vPWiLyyrHG5+Yy6AWjG8/f9xXN6JJ5Ti95fiyc5nXmuOANWkrQ/YpJ53B8xZ/OFP2IAiqC/&#10;cUsDUnBQv4OEukyshHwiNs9BHy84fzY/6zk/uBywPkkWndog4OAfvMKz08jgfcj6l46vUObvdn2N&#10;hHjjzpZpsli4z+NIKweSit11LClP6WuiSy89F6E/Kzom/1+Sc18v+J67w6f797A/DOOxK2z4Q1r9&#10;AgAA//8DAFBLAwQUAAYACAAAACEAaxXZ/+AAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkbiztYN1amk7TBJwmJDYkxC1rvLZa41RN1nZvjznBybb86ffnfD3ZVgzY+8aRgngW&#10;gUAqnWmoUvB5eH1YgfBBk9GtI1RwRQ/r4vYm15lxI33gsA+V4BDymVZQh9BlUvqyRqv9zHVIvDu5&#10;3urAY19J0+uRw20r51GUSKsb4gu17nBbY3neX6yCt1GPm8f4ZdidT9vr92Hx/rWLUan7u2nzDCLg&#10;FP5g+NVndSjY6eguZLxoFSzTZcKoguSJKwOr+SIFceQmTUEWufz/QfEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA8QROLgUDAABpCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAaxXZ/+AAAAAJAQAADwAAAAAAAAAAAAAAAABfBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;">
+              <v:group w14:anchorId="0458DCFB" id="Group 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:398.8pt;margin-top:32.3pt;width:14.15pt;height:12.65pt;z-index:15732736;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="179705,160655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxBE4uBQMAAGkJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9P2zAQfp+0/8Hy+0haaEojWjTBqCYh&#10;QIJpz67j/NCc2LPdpvz3O9txEtppGkw8LA/JOT6f7777PicXl/uaox1TuhLNEk9OYoxYQ0VWNcUS&#10;f3u6+XSOkTakyQgXDVviZ6bx5erjh4tWpmwqSsEzphAEaXTayiUujZFpFGlasproEyFZA5O5UDUx&#10;MFRFlCnSQvSaR9M4TqJWqEwqQZnW8PbaT+KVi5/njJr7PNfMIL7EkJtxd+XuG3uPVhckLRSRZUW7&#10;NMgbsqhJ1cCmfahrYgjaquooVF1RJbTIzQkVdSTyvKLM1QDVTOKDatZKbKWrpUjbQvYwAbQHOL05&#10;LL3brZV8lA/KZw/mraA/NOAStbJIx/N2XAzO+1zVdhEUgfYO0eceUbY3iMLLyXwxj2cYUZiaJHEy&#10;m3nEaQltOVpFyy9/XBeR1G/qUutTaSVwRw/w6H+D57EkkjnUtS3/QaEqg+ynGDWkBgqvO7bAG0DJ&#10;bg5eFsFupDsw345PXydJ6VabNRMOaLK71cYTNgsWKYNF900wFdDeEp47whuMgPAKIyD8xsMvibHr&#10;bPesidqhU2XfKDtbix17Es7P2HZBP5Nz6GfoNGQ6uPBm7ApqG3mFufCULpz3AWJMJgubGYQLDuHp&#10;HUf7vs7bKXwUlnKhmd/JVu627NEAvzHeWvAqu6k4t/VrVWyuuEI7AsDeuKvLeOQGvNSp77+1NiJ7&#10;Bvq0QJgl1j+3RDGM+NcGCGrPomCoYGyCoQy/Eu7EctArbZ7234mSSIK5xAbkdScCT0kaiAH5Wwfv&#10;a1c24vPWiLyyrHG5+Yy6AWjG8/f9xXN6JJ5Ti95fiyc5nXmuOANWkrQ/YpJ53B8xZ/OFP2IAiqC/&#10;cUsDUnBQv4OEukyshHwiNs9BHy84fzY/6zk/uBywPkkWndog4OAfvMKz08jgfcj6l46vUObvdn2N&#10;hHjjzpZpsli4z+NIKweSit11LClP6WuiSy89F6E/Kzom/1+Sc18v+J67w6f797A/DOOxK2z4Q1r9&#10;AgAA//8DAFBLAwQUAAYACAAAACEAaxXZ/+AAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkbiztYN1amk7TBJwmJDYkxC1rvLZa41RN1nZvjznBybb86ffnfD3ZVgzY+8aRgngW&#10;gUAqnWmoUvB5eH1YgfBBk9GtI1RwRQ/r4vYm15lxI33gsA+V4BDymVZQh9BlUvqyRqv9zHVIvDu5&#10;3urAY19J0+uRw20r51GUSKsb4gu17nBbY3neX6yCt1GPm8f4ZdidT9vr92Hx/rWLUan7u2nzDCLg&#10;FP5g+NVndSjY6eguZLxoFSzTZcKoguSJKwOr+SIFceQmTUEWufz/QfEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA8QROLgUDAABpCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAaxXZ/+AAAAAJAQAADwAAAAAAAAAAAAAAAABfBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;">
                 <v:shape id="Graphic 12" o:spid="_x0000_s1027" style="position:absolute;width:179705;height:160655;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="179705,160655" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDGUdEFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EJvjWwfmsaNYppCm5BDIT8PsLE2lqm1EpbqOG8fBQq97TKz880uqtF2YqA+tI4V5NMM&#10;BHHtdMuNguPh8/kVRIjIGjvHpOBKAarl5GGBpXYX3tGwj41IIRxKVGBi9KWUoTZkMUydJ07a2fUW&#10;Y1r7RuoeLyncdrLIshdpseVEMOjpw1D9s/+1CSKz77y27P0qnuazL7Ndz89bpZ4ex/c3EJHG+G/+&#10;u97oVL+A+y9pALm8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMZR0QXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m179685,l,,,160119r179685,l179685,xe" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 13" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:167005;height:147955;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="167005,147955" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqUYVjwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4L/ocwQm+aqFBla1yKWOxpqVaE3obNdB9uJkuS6vbfN4VCb/PxPWeTD7YTN/KhcaxhPlMgiEtn&#10;Gq40nN9fpmsQISIb7ByThm8KkG/How1mxt35SLdTrEQK4ZChhjrGPpMylDVZDDPXEyfu03mLMUFf&#10;SePxnsJtJxdKPUqLDaeGGnva1VReT19Ww0exJ28b1b6p1Xp+WRyKeG0LrR8mw/MTiEhD/Bf/uV9N&#10;mr+E31/SAXL7AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKpRhWPBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,147419r166985,l166985,,,,,147419xe" filled="f" strokeweight=".35275mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15733248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7840A6D1" wp14:editId="634C98DC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15733248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36C5D533" wp14:editId="5E90CDD5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5715178</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>400167</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="160655" cy="155575"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Group 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="160655" cy="155575"/>
                           <a:chOff x="0" y="0"/>
@@ -4300,51 +4327,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12699">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7E940135" id="Group 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:450pt;margin-top:31.5pt;width:12.65pt;height:12.25pt;z-index:15733248;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="160655,155575" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvGWkVCAMAAGkJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9v2yAQfp+0/wHxvtpJY7exmlRTu1aT&#10;qq1SO+2ZYPxDw4YBidP/fgcY202mae3Uh/nBPszHcffx3dkXl/uGox1TuhbtCs9OYoxYS0Vet+UK&#10;f3u8+XCOkTakzQkXLVvhJ6bx5fr9u4tOZmwuKsFzphA4aXXWyRWujJFZFGlasYboEyFZC5OFUA0x&#10;MFRllCvSgfeGR/M4TqNOqFwqQZnW8PbaT+K1818UjJqvRaGZQXyFITbj7srdN/YerS9IVioiq5r2&#10;YZBXRNGQuoVNB1fXxBC0VfWRq6amSmhRmBMqmkgURU2ZywGymcUH2dwqsZUulzLrSjnQBNQe8PRq&#10;t/TL7lbJB3mvfPRg3gn6QwMvUSfLbDpvx+UI3heqsYsgCbR3jD4NjLK9QRReztI4TRKMKEzNkiQ5&#10;SzzjtIJjOVpFq09/XBeRzG/qQhtC6SRoR4/06H+j56EikjnWtU3/XqE6t9Fj1JIGJHzbqwXeAEt2&#10;c0BZBvuR7sl8PT9DniSjW21umXBEk92dNl6webBIFSy6b4OpQPZW8NwJ3mAEglcYgeA3nn5JjF1n&#10;T8+aqBtPqhoOys42YscehcMZe1xwnrN4gVE4aYh0hPB2CoVqm6DCXHhK585jQBjz+bmNDNwFQHh6&#10;4GTfl6FdhU/cUi408zvZzN2WAxuAm/KtBa/zm5pzm79W5eaKK7QjQOyNu/qIJzDQpc78+VtrI/In&#10;kE8Hgllh/XNLFMOIf25BoLYXBUMFYxMMZfiVcB3LUa+0edx/J0oiCeYKGyivLyLolGRBGBC/BXis&#10;XdmKj1sjitqqxsXmI+oHUDNev29fPOlR8aSWvb8unvR0sXR6Sk+TvmkPLWZxthxazGJ+7lsMUBHq&#10;b3qkgSlo1G9QQn0ktoR8IPYMxvp4pvnFPBk0P0IOVL84W8TQd2zznOIDKjz7GhnRh6p/DnxBZf5u&#10;15eUEG9db5mny6X7PE5q5aCkYncdl5SX9DXRlS8952HoFb2S/6+Sc18v+J675tP/e9gfhunYJTb+&#10;Ia1/AQAA//8DAFBLAwQUAAYACAAAACEAXrY6nuEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBCF74L/YRnBm91NQ2obsymlqKcitBXE2zaZJqHZ2ZDdJum/dzzp6TG8x5vvZevJtmLA3jeO&#10;NEQzBQKpcGVDlYbP49vTEoQPhkrTOkINN/Swzu/vMpOWbqQ9DodQCS4hnxoNdQhdKqUvarTGz1yH&#10;xN7Z9dYEPvtKlr0Zudy2cq7UQlrTEH+oTYfbGovL4Wo1vI9m3MTR67C7nLe372Py8bWLUOvHh2nz&#10;AiLgFP7C8IvP6JAz08ldqfSi1bBSircEDYuYlQOreRKDOGlYPicg80z+X5D/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAC8ZaRUIAwAAaQkAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAF62Op7hAAAACQEAAA8AAAAAAAAAAAAAAAAAYgUAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABwBgAAAAA=&#10;">
+              <v:group w14:anchorId="6B32EC6E" id="Group 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:450pt;margin-top:31.5pt;width:12.65pt;height:12.25pt;z-index:15733248;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="160655,155575" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvGWkVCAMAAGkJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9v2yAQfp+0/wHxvtpJY7exmlRTu1aT&#10;qq1SO+2ZYPxDw4YBidP/fgcY202mae3Uh/nBPszHcffx3dkXl/uGox1TuhbtCs9OYoxYS0Vet+UK&#10;f3u8+XCOkTakzQkXLVvhJ6bx5fr9u4tOZmwuKsFzphA4aXXWyRWujJFZFGlasYboEyFZC5OFUA0x&#10;MFRllCvSgfeGR/M4TqNOqFwqQZnW8PbaT+K1818UjJqvRaGZQXyFITbj7srdN/YerS9IVioiq5r2&#10;YZBXRNGQuoVNB1fXxBC0VfWRq6amSmhRmBMqmkgURU2ZywGymcUH2dwqsZUulzLrSjnQBNQe8PRq&#10;t/TL7lbJB3mvfPRg3gn6QwMvUSfLbDpvx+UI3heqsYsgCbR3jD4NjLK9QRReztI4TRKMKEzNkiQ5&#10;SzzjtIJjOVpFq09/XBeRzG/qQhtC6SRoR4/06H+j56EikjnWtU3/XqE6t9Fj1JIGJHzbqwXeAEt2&#10;c0BZBvuR7sl8PT9DniSjW21umXBEk92dNl6webBIFSy6b4OpQPZW8NwJ3mAEglcYgeA3nn5JjF1n&#10;T8+aqBtPqhoOys42YscehcMZe1xwnrN4gVE4aYh0hPB2CoVqm6DCXHhK585jQBjz+bmNDNwFQHh6&#10;4GTfl6FdhU/cUi408zvZzN2WAxuAm/KtBa/zm5pzm79W5eaKK7QjQOyNu/qIJzDQpc78+VtrI/In&#10;kE8Hgllh/XNLFMOIf25BoLYXBUMFYxMMZfiVcB3LUa+0edx/J0oiCeYKGyivLyLolGRBGBC/BXis&#10;XdmKj1sjitqqxsXmI+oHUDNev29fPOlR8aSWvb8unvR0sXR6Sk+TvmkPLWZxthxazGJ+7lsMUBHq&#10;b3qkgSlo1G9QQn0ktoR8IPYMxvp4pvnFPBk0P0IOVL84W8TQd2zznOIDKjz7GhnRh6p/DnxBZf5u&#10;15eUEG9db5mny6X7PE5q5aCkYncdl5SX9DXRlS8952HoFb2S/6+Sc18v+J675tP/e9gfhunYJTb+&#10;Ia1/AQAA//8DAFBLAwQUAAYACAAAACEAXrY6nuEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBCF74L/YRnBm91NQ2obsymlqKcitBXE2zaZJqHZ2ZDdJum/dzzp6TG8x5vvZevJtmLA3jeO&#10;NEQzBQKpcGVDlYbP49vTEoQPhkrTOkINN/Swzu/vMpOWbqQ9DodQCS4hnxoNdQhdKqUvarTGz1yH&#10;xN7Z9dYEPvtKlr0Zudy2cq7UQlrTEH+oTYfbGovL4Wo1vI9m3MTR67C7nLe372Py8bWLUOvHh2nz&#10;AiLgFP7C8IvP6JAz08ldqfSi1bBSircEDYuYlQOreRKDOGlYPicg80z+X5D/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAC8ZaRUIAwAAaQkAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAF62Op7hAAAACQEAAA8AAAAAAAAAAAAAAAAAYgUAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABwBgAAAAA=&#10;">
                 <v:shape id="Graphic 15" o:spid="_x0000_s1027" style="position:absolute;width:160655;height:155575;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="160655,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDp7yLPxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/odlCr1Is7FgkTSrFEGwFoqPevA2zY7ZYHY2ZFeT9td3hYK3+fiek897W4srtb5yrGCcpCCI&#10;C6crLhV87ZdPUxA+IGusHZOCH/Iwnw0HOWbadbyl6y6UIoawz1CBCaHJpPSFIYs+cQ1x5E6utRgi&#10;bEupW+xiuK3lc5q+SIsVxwaDDS0MFefdxSqwtTl0636U6v3iY/L+/Xs5btafSj0+9G+vIAL14S7+&#10;d690nD+B2y/xADn7AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOnvIs/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m160104,l,,,155228r160104,l160104,xe" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 16" o:spid="_x0000_s1028" style="position:absolute;left:6349;top:6350;width:147955;height:142875;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="147955,142875" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEwfmJwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0Xegcxhe4a2SEkxo1sQiBQuijUyQEGaWK5sUa2pSbu7atCIbt5vO9s69n14kpT6DwryBcZCGLt&#10;TcetgtPx8FKACBHZYO+ZFPxQgLp6fNhiafyNP+naxFakEA4lKrAxDqWUQVtyGBZ+IE7c2U8OY4JT&#10;K82EtxTuernMsrV02HFqsDjQ3pK+NN9OQSH52LzrD8356uuwX25Gu2pHpZ6f5t0riEhzvIv/3W8m&#10;zV/D3y/pAFn9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAITB+YnBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,142528r147405,l147405,,,,,142528xe" filled="f" strokeweight=".35275mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Relationship</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4441,188 +4468,188 @@
         <w:t>record</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(s):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A575A64" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="78B35E0A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24335E82" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="142B9342" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002C39BF">
+        <w:sectPr w:rsidR="006B2420">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="100" w:right="580" w:bottom="280" w:left="480" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61BD7332" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="66BCF48F" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="96"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487464960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C91105C" wp14:editId="342D4422">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487464960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74354914" wp14:editId="3B418944">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2187113</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>63823</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="113030" cy="114300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="17" name="Textbox 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="113030" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3C991858" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                          <w:p w14:paraId="5EE8384D" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                             <w:pPr>
                               <w:spacing w:line="179" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-5"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>__</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0C91105C" id="Textbox 17" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:172.2pt;margin-top:5.05pt;width:8.9pt;height:9pt;z-index:-15851520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBK3qAzlgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbv1Ml2hVDUdLWwAiGt&#10;AGnhAVzHbiJij5lxm/TtGXvTFsEN7cUZZ8afvx9v7mY/iqNFGiC0sl5VUthgoBvCvpU/vn98804K&#10;Sjp0eoRgW3myJO+2r19tptjYG+hh7CwKBgnUTLGVfUqxUYpMb72mFUQbuOkAvU68xb3qUE+M7kd1&#10;U1Vv1QTYRQRjifjvw3NTbgu+c9akr86RTWJsJXNLZcWy7vKqthvd7FHHfjALDf0fLLweAl96gXrQ&#10;SYsDDv9A+cEgELi0MuAVODcYWzSwmrr6S81Tr6MtWtgciheb6OVgzZfjU/yGIs3vYeYAiwiKj2B+&#10;EnujpkjNMpM9pYZ4OgudHfr8ZQmCD7K3p4ufdk7CZLR6Xa25Y7hV17frqvitrocjUvpkwYtctBI5&#10;rkJAHx8p5et1cx5ZuDxfn4mkeTeLoWvlbQ4x/9lBd2IpE6fZSvp10GilGD8HtitHfy7wXOzOBabx&#10;A5QHkhUFuD8kcEMhcMVdCHAOhdfyZnLQf+7L1PVlb38DAAD//wMAUEsDBBQABgAIAAAAIQDUYdhR&#10;3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ00ikqIU1UITkiINBw4&#10;OrGbWI3XIXbb8PcsJ3pczdPM23K7uJGdzRysRwnJSgAz2HltsZfw2bw+bICFqFCr0aOR8GMCbKvb&#10;m1IV2l+wNud97BmVYCiUhCHGqeA8dINxKqz8ZJCyg5+dinTOPdezulC5G3kqRM6dskgLg5rM82C6&#10;4/7kJOy+sH6x3+/tR32obdM8CnzLj1Le3y27J2DRLPEfhj99UoeKnFp/Qh3YKGGdZRmhFIgEGAHr&#10;PE2BtRLSTQK8Kvn1B9UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEreoDOWAQAAIQMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANRh2FHfAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA8AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="74354914" id="Textbox 17" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:172.2pt;margin-top:5.05pt;width:8.9pt;height:9pt;z-index:-15851520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBK3qAzlgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbv1Ml2hVDUdLWwAiGt&#10;AGnhAVzHbiJij5lxm/TtGXvTFsEN7cUZZ8afvx9v7mY/iqNFGiC0sl5VUthgoBvCvpU/vn98804K&#10;Sjp0eoRgW3myJO+2r19tptjYG+hh7CwKBgnUTLGVfUqxUYpMb72mFUQbuOkAvU68xb3qUE+M7kd1&#10;U1Vv1QTYRQRjifjvw3NTbgu+c9akr86RTWJsJXNLZcWy7vKqthvd7FHHfjALDf0fLLweAl96gXrQ&#10;SYsDDv9A+cEgELi0MuAVODcYWzSwmrr6S81Tr6MtWtgciheb6OVgzZfjU/yGIs3vYeYAiwiKj2B+&#10;EnujpkjNMpM9pYZ4OgudHfr8ZQmCD7K3p4ufdk7CZLR6Xa25Y7hV17frqvitrocjUvpkwYtctBI5&#10;rkJAHx8p5et1cx5ZuDxfn4mkeTeLoWvlbQ4x/9lBd2IpE6fZSvp10GilGD8HtitHfy7wXOzOBabx&#10;A5QHkhUFuD8kcEMhcMVdCHAOhdfyZnLQf+7L1PVlb38DAAD//wMAUEsDBBQABgAIAAAAIQDUYdhR&#10;3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ00ikqIU1UITkiINBw4&#10;OrGbWI3XIXbb8PcsJ3pczdPM23K7uJGdzRysRwnJSgAz2HltsZfw2bw+bICFqFCr0aOR8GMCbKvb&#10;m1IV2l+wNud97BmVYCiUhCHGqeA8dINxKqz8ZJCyg5+dinTOPdezulC5G3kqRM6dskgLg5rM82C6&#10;4/7kJOy+sH6x3+/tR32obdM8CnzLj1Le3y27J2DRLPEfhj99UoeKnFp/Qh3YKGGdZRmhFIgEGAHr&#10;PE2BtRLSTQK8Kvn1B9UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEreoDOWAQAAIQMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANRh2FHfAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA8AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="3C991858" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+                    <w:p w14:paraId="5EE8384D" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
                       <w:pPr>
                         <w:spacing w:line="179" w:lineRule="exact"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-5"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>__</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="479B945C" wp14:editId="36975641">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C3BB910" wp14:editId="7A377FF6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2126830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>34010</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="165100" cy="155575"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="18" name="Group 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="165100" cy="155575"/>
                           <a:chOff x="0" y="0"/>
@@ -4710,51 +4737,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="61016200" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:167.45pt;margin-top:2.7pt;width:13pt;height:12.25pt;z-index:15731200;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="165100,155575" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNpThTBgMAAGkJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVk1P3DAQvVfqf7B8L8kGAjQiiyooq0oI&#10;kKDq2es4H6oTu7Z3s/z7ju04CUtVARWH5pCM4+fxzJs3Ts7Ody1HW6Z0I7ocLw5ijFhHRdF0VY6/&#10;P1x9OsVIG9IVhIuO5fiRaXy+/PjhrJcZS0QteMEUAiedznqZ49oYmUWRpjVriT4QknUwWQrVEgND&#10;VUWFIj14b3mUxPFx1AtVSCUo0xreXvpJvHT+y5JRc1uWmhnEcwyxGXdX7r6292h5RrJKEVk3dAiD&#10;vCGKljQdbDq6uiSGoI1qnrlqG6qEFqU5oKKNRFk2lLkcIJtFvJfNSomNdLlUWV/JkSagdo+nN7ul&#10;N9uVkvfyTvnowbwW9KcGXqJeVtl83o6rCbwrVWsXQRJo5xh9HBllO4MovFwcp4sYeKcwtUjT9CT1&#10;jNMayvJsFa2//nVdRDK/qQttDKWXoB090aP/jZ77mkjmWNc2/TuFmgKi/4xRR1qQ8GpQC7wBluzm&#10;gLIMDiM9kPl2fsY8SUY32qyYcEST7bU2XrBFsEgdLLrrgqlA9lbw3AneYASCVxiB4NeefkmMXWer&#10;Z03UT5Wqx0LZ2VZs2YNwOGPLBfWMY2jpUGmIdILwbg6Fqs9QYS48pXPnMSCMJFnYyMBdAISnB872&#10;fR3adfjMLeVCM7+TzdxtObIBuDnfWvCmuGo4t/lrVa0vuEJbAsReuWuIeAYDXerM199aa1E8gnx6&#10;EEyO9a8NUQwj/q0DgdqzKBgqGOtgKMMvhDuxHPVKm4fdD6IkkmDm2EB73YigU5IFYUD8FuCxdmUn&#10;vmyMKBurGhebj2gYQM94/b578ySQ7tPmgTcQ04ub5/gw9VpxBqwk2XjEpMnReMQcJaf+iAEqQv/N&#10;SxqYgoP6HVpoiMS2kA/Exjn1xxPNHyXpqPkJsqf6NDkcug0cTviACs+hRyb0vuqfAj2TL8H8cdfX&#10;tBDv3NmSnECFLBmzXtlrqdhdz1vKS/qS6Nq3nvMwnhWDkv+vlnNfL/ieu8Nn+PewPwzzsUts+kNa&#10;/gYAAP//AwBQSwMEFAAGAAgAAAAhAPz1zvHfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AUhO+C/2F5gje7SdMWE7MppainItgK4m2bfU1Cs29Ddpuk/97nyR6HGWa+ydeTbcWAvW8cKYhn&#10;EQik0pmGKgVfh7enZxA+aDK6dYQKruhhXdzf5TozbqRPHPahElxCPtMK6hC6TEpf1mi1n7kOib2T&#10;660OLPtKml6PXG5bOY+ilbS6IV6odYfbGsvz/mIVvI963CTx67A7n7bXn8Py43sXo1KPD9PmBUTA&#10;KfyH4Q+f0aFgpqO7kPGiVZAki5SjCpYLEOwnq4j1UcE8TUEWubw9UPwCAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAzaU4UwYDAABpCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA/PXO8d8AAAAIAQAADwAAAAAAAAAAAAAAAABgBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;">
+              <v:group w14:anchorId="76C9731F" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:167.45pt;margin-top:2.7pt;width:13pt;height:12.25pt;z-index:15731200;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="165100,155575" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNpThTBgMAAGkJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVk1P3DAQvVfqf7B8L8kGAjQiiyooq0oI&#10;kKDq2es4H6oTu7Z3s/z7ju04CUtVARWH5pCM4+fxzJs3Ts7Ody1HW6Z0I7ocLw5ijFhHRdF0VY6/&#10;P1x9OsVIG9IVhIuO5fiRaXy+/PjhrJcZS0QteMEUAiedznqZ49oYmUWRpjVriT4QknUwWQrVEgND&#10;VUWFIj14b3mUxPFx1AtVSCUo0xreXvpJvHT+y5JRc1uWmhnEcwyxGXdX7r6292h5RrJKEVk3dAiD&#10;vCGKljQdbDq6uiSGoI1qnrlqG6qEFqU5oKKNRFk2lLkcIJtFvJfNSomNdLlUWV/JkSagdo+nN7ul&#10;N9uVkvfyTvnowbwW9KcGXqJeVtl83o6rCbwrVWsXQRJo5xh9HBllO4MovFwcp4sYeKcwtUjT9CT1&#10;jNMayvJsFa2//nVdRDK/qQttDKWXoB090aP/jZ77mkjmWNc2/TuFmgKi/4xRR1qQ8GpQC7wBluzm&#10;gLIMDiM9kPl2fsY8SUY32qyYcEST7bU2XrBFsEgdLLrrgqlA9lbw3AneYASCVxiB4NeefkmMXWer&#10;Z03UT5Wqx0LZ2VZs2YNwOGPLBfWMY2jpUGmIdILwbg6Fqs9QYS48pXPnMSCMJFnYyMBdAISnB872&#10;fR3adfjMLeVCM7+TzdxtObIBuDnfWvCmuGo4t/lrVa0vuEJbAsReuWuIeAYDXerM199aa1E8gnx6&#10;EEyO9a8NUQwj/q0DgdqzKBgqGOtgKMMvhDuxHPVKm4fdD6IkkmDm2EB73YigU5IFYUD8FuCxdmUn&#10;vmyMKBurGhebj2gYQM94/b578ySQ7tPmgTcQ04ub5/gw9VpxBqwk2XjEpMnReMQcJaf+iAEqQv/N&#10;SxqYgoP6HVpoiMS2kA/Exjn1xxPNHyXpqPkJsqf6NDkcug0cTviACs+hRyb0vuqfAj2TL8H8cdfX&#10;tBDv3NmSnECFLBmzXtlrqdhdz1vKS/qS6Nq3nvMwnhWDkv+vlnNfL/ieu8Nn+PewPwzzsUts+kNa&#10;/gYAAP//AwBQSwMEFAAGAAgAAAAhAPz1zvHfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AUhO+C/2F5gje7SdMWE7MppainItgK4m2bfU1Cs29Ddpuk/97nyR6HGWa+ydeTbcWAvW8cKYhn&#10;EQik0pmGKgVfh7enZxA+aDK6dYQKruhhXdzf5TozbqRPHPahElxCPtMK6hC6TEpf1mi1n7kOib2T&#10;660OLPtKml6PXG5bOY+ilbS6IV6odYfbGsvz/mIVvI963CTx67A7n7bXn8Py43sXo1KPD9PmBUTA&#10;KfyH4Q+f0aFgpqO7kPGiVZAki5SjCpYLEOwnq4j1UcE8TUEWubw9UPwCAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAzaU4UwYDAABpCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA/PXO8d8AAAAIAQAADwAAAAAAAAAAAAAAAABgBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;">
                 <v:shape id="Graphic 19" o:spid="_x0000_s1027" style="position:absolute;width:165100;height:155575;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="165100,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9m2rqwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhF5EsxaRuhqlFhZ67bYUehs2Y7K6mWyTdN3++0Yo9DaP9zm7w+g6MVCIrWcFy0UBgrjx&#10;umWj4P2tmj+CiAlZY+eZFPxQhMN+crfDUvsrv9JQJyNyCMcSFdiU+lLK2FhyGBe+J87cyQeHKcNg&#10;pA54zeGukw9FsZYOW84NFnt6ttRc6m+noDaz4SOs+8/qbC7j16Y+zlaVVep+Oj5tQSQa07/4z/2i&#10;8/wN3H7JB8j9LwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC9m2rqwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m165008,l,,,155221r165008,l165008,xe" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 20" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:152400;height:142875;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="152400,142875" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAWJD4owQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7asMw&#10;FN0L+QdxA91q2R5C7UQJJZBQSCk08ZLt1rq1Ta0rI6l+/H01FDoeznt3mE0vRnK+s6wgS1IQxLXV&#10;HTcKqtvp6RmED8gae8ukYCEPh/3qYYelthN/0HgNjYgh7EtU0IYwlFL6uiWDPrEDceS+rDMYInSN&#10;1A6nGG56mafpRhrsODa0ONCxpfr7+mMUvF0mqjKd9UP+firO9+WzKMgp9bieX7YgAs3hX/znftUK&#10;8rg+fok/QO5/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABYkPijBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,142521r152308,l152308,,,,,142521xe" filled="f" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Reason</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -4799,582 +4826,597 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>search</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF93A6D" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="79FF0AE1" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="96"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Citizenship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63434BB3" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="48516062" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="96"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Passport/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Driver’s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>license</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BC05A5" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="74EB792C" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="96"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733148D4" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="08948A91" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="96"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C3EE91" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="4594A0A3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2041"/>
         </w:tabs>
         <w:spacing w:before="96"/>
         <w:ind w:left="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA40CC4" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="71E35D63" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002C39BF">
+        <w:sectPr w:rsidR="006B2420">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="100" w:right="580" w:bottom="280" w:left="480" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="6" w:space="720" w:equalWidth="0">
             <w:col w:w="2829" w:space="73"/>
             <w:col w:w="1136" w:space="71"/>
             <w:col w:w="2239" w:space="75"/>
             <w:col w:w="1053" w:space="75"/>
             <w:col w:w="912" w:space="76"/>
             <w:col w:w="2641"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F8A77BF" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="3A828671" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:after="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1328" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="18" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="18" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7454"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C39BF" w14:paraId="1655F644" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="2739A497" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7454" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E20AB3D" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="3C6C710C" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="171" w:lineRule="exact"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Mail</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="61A67866" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="6DD93E3C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AD53D88" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="696BF66A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3959"/>
               </w:tabs>
               <w:ind w:left="116"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Apartment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="3F7A09ED" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="18E51375" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A65D3C5" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="42357C0F" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="116"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>City/State/ZIP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="16"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="51E3CD64" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="4D0603FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47DBAF60" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="27283856" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="116"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Your</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C39BF" w14:paraId="040EEBF3" w14:textId="77777777">
+      <w:tr w:rsidR="006B2420" w14:paraId="3A204C4B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B4B552A" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+          <w:p w14:paraId="7AD435C9" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5454"/>
               </w:tabs>
               <w:ind w:left="116"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>request:</w:t>
+              <w:t>request</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>month/day/year</w:t>
+              <w:t>month</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>/day/year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B7E8BE3" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="041B9EDC" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002C39BF">
+        <w:sectPr w:rsidR="006B2420">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="100" w:right="580" w:bottom="280" w:left="480" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50C96FA9" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="32AA0795" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="67"/>
         <w:ind w:left="357" w:right="252"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INSTRUCTIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACD8B52" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="3FF1B8AB" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A66BC55" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="37465449" w14:textId="5CB88A00" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="93"/>
         <w:ind w:left="357" w:right="253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>RVRS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
@@ -5588,51 +5630,61 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
-        <w:t>1931</w:t>
+        <w:t>193</w:t>
+      </w:r>
+      <w:r w:rsidR="00603103">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
@@ -5651,84 +5703,84 @@
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7253BFCC" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="201C3808" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11F1FAC9" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="759E57A1" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>General</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2EA64C" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="5694BBB1" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="211"/>
         <w:ind w:left="839"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mailed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>vital</w:t>
@@ -5773,51 +5825,51 @@
       <w:r>
         <w:t>include</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t>following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AE6AB5" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="22F1470D" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2159"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="286" w:lineRule="exact"/>
         <w:ind w:left="2159" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="20"/>
           <w:sz w:val="18"/>
@@ -5977,51 +6029,51 @@
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>request)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="194064F8" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="1D3F77B8" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:before="9" w:line="225" w:lineRule="auto"/>
         <w:ind w:right="506" w:hanging="361"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>photocopy</w:t>
       </w:r>
       <w:r>
@@ -6126,51 +6178,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>additional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ID </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>options)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566E2EF2" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="26E097F3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:before="16" w:line="228" w:lineRule="auto"/>
         <w:ind w:right="601" w:hanging="361"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
@@ -6315,51 +6367,51 @@
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">envelope (UPS, FEDEX, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0BE43C" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="11321168" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2159"/>
           <w:tab w:val="left" w:pos="2402"/>
         </w:tabs>
         <w:spacing w:before="13" w:line="228" w:lineRule="auto"/>
         <w:ind w:left="2402" w:right="1749" w:hanging="603"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6510,90 +6562,90 @@
         <w:t>request). Payable to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="12"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Commonwealth of Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3FC855" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="48D28B3D" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CF54C5A" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="50346F70" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="840"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="42"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497F12FA" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="06A3F215" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="205"/>
         <w:ind w:left="1440" w:right="3501"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Massachusetts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6683,120 +6735,111 @@
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(RVRS) 150 Mt. Vernon St, 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> floor</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B07EB72" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="5A8AD3AA" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="1439"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dorchester,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>02125</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E03A18" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="1AE6F7E7" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A21A813" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="29C115E9" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:ind w:left="356" w:right="253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>To</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
@@ -7192,91 +7235,91 @@
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>MAIL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         </w:rPr>
         <w:t>CASH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5839B652" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="6F725FF0" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39144454" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="11D7614B" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="322" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>Request</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Form</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598E0A81" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="0EBC2B54" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="542"/>
         </w:tabs>
         <w:spacing w:line="243" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7449,51 +7492,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Copy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3935D559" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="63D6E804" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="542"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>You</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7652,173 +7695,163 @@
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
-        <w:t>Deceased</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Deceased,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
-        <w:t>and</w:t>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>estimated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
-        <w:t>an</w:t>
+        <w:t>date/year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
-        <w:t>estimated</w:t>
-[...50 lines deleted...]
-        </w:rPr>
         <w:t>event.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6146930B" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="468FCBA0" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="542"/>
         </w:tabs>
         <w:spacing w:line="243" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7975,51 +8008,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B83F36C" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="1583A1BA" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="542"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8256,62 +8289,62 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>years.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401E5BB0" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="75E025EC" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67B046AD" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="331BC845" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>What</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
@@ -8398,51 +8431,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Event?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70944F95" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="4BDECA85" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="840"/>
       </w:pPr>
       <w:r>
         <w:t>If you are unsure of the exact day of the event, please choose a day within the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>year you believe it occurred. Our archivists will conduct</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
@@ -8579,60 +8612,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>five</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>years</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>after).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BE072F" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="3D0C26C9" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="092659E3" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="1638B807" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>What</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
@@ -8695,51 +8728,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Town?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F531BB4" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="18F89134" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="839"/>
       </w:pPr>
       <w:r>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>are</w:t>
@@ -9038,60 +9071,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Towns</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525A91BF" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="12E73543" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77961F8E" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="4AF2F5C0" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="252" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>What</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>does</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
@@ -9107,51 +9140,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Fee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Include?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55457C40" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="65CA993E" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="839"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Fee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
@@ -9654,57 +9687,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Statement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r>
         <w:t>Event will be issued.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BC9238" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="2865DF34" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E424890" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="67309525" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>What</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
@@ -9719,51 +9752,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Negative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Statement?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE6641A" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="4DD6A2AD" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="839" w:right="124"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>This certified document states that no responsive record could be located based on the information provided. This document is essential</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -10009,57 +10042,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>10-year</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>search).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649AFE3A" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="3E2BB8D0" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2917ED89" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="2E5DE7F8" w14:textId="20A25EAC" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Where</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>can</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
@@ -10079,56 +10112,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>find</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>records</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>events</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r>
@@ -10155,120 +10190,143 @@
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>1931?</w:t>
+        <w:t>193</w:t>
+      </w:r>
+      <w:r w:rsidR="00603103">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16005AEB" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="6398D7DA" w14:textId="1F0F786E" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="839" w:right="524"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Records of events that occurred prior to 1931 may</w:t>
+        <w:t>Records of events that occurred prior to 193</w:t>
+      </w:r>
+      <w:r w:rsidR="00603103">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>available</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6">
-        <w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00935BA4">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri"/>
             <w:i w:val="0"/>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Massachusetts State Archives</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:i w:val="0"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">617-727-2816. Pre-1931 </w:t>
+        <w:t>617-727-2816. Pre-193</w:t>
+      </w:r>
+      <w:r w:rsidR="00603103">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>birth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10422,51 +10480,57 @@
         </w:rPr>
         <w:t>event</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>occurred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Pre-1931</w:t>
+        <w:t>Pre-193</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03302">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>marriage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>records</w:t>
       </w:r>
@@ -10503,60 +10567,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>City/Town where the marriage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>intentions were filed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AC9B0D" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="799DC053" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46C5059C" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="33E83334" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Which</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Types</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
@@ -10583,51 +10647,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Accepted?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F74FAE1" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="6E011FE3" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="840"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Preferably</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10770,83 +10834,85 @@
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>recently</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>expired.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C94EFA" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="3C314B0A" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:ind w:left="1199"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>lieu</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -10907,50 +10973,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -11090,54 +11157,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>following</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>items:</w:t>
+        <w:t>items</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E77A00" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="4A1896F9" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="219" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Photo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11198,51 +11274,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>School</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59404025" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="2C64AE38" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:line="219" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Personal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11412,51 +11488,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>ID,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E9A5BC" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="2D7C5311" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Massachusetts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11547,51 +11623,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>DTA,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E87CC0D" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="158B79E9" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1919"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="218" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Correctional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11604,51 +11680,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Facility</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>ID</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AABF5BF" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="22D0A51B" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:spacing w:line="137" w:lineRule="exact"/>
         <w:ind w:left="2280"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="2"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11807,68 +11883,68 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>been</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>established.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61FF974C" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="395ABEE5" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="255C2291" w14:textId="77777777" w:rsidR="002C39BF" w:rsidRDefault="002C39BF">
+    <w:p w14:paraId="695A38F8" w14:textId="77777777" w:rsidR="006B2420" w:rsidRDefault="006B2420">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AA6D3FD" w14:textId="6D12D898" w:rsidR="002C39BF" w:rsidRDefault="00196F6F">
+    <w:p w14:paraId="454883DF" w14:textId="67BF2B18" w:rsidR="006B2420" w:rsidRDefault="002247DA">
       <w:pPr>
         <w:ind w:left="242" w:right="253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Additional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11897,543 +11973,545 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00196F6F">
+      <w:hyperlink r:id="rId7">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
             <w:b/>
-            <w:spacing w:val="-6"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
+            <w:u w:val="thick" w:color="0000FF"/>
           </w:rPr>
-          <w:t>RVRSGeneralInfo@mass.gov</w:t>
+          <w:t>RVRSGeneralInfo@Mass.Gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="002C39BF">
+    <w:sectPr w:rsidR="006B2420">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="620" w:right="580" w:bottom="0" w:left="480" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="062A37EA"/>
+    <w:nsid w:val="046A0BDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ABFEA308"/>
-    <w:lvl w:ilvl="0" w:tplc="EFDED4DC">
+    <w:tmpl w:val="E256A2D6"/>
+    <w:lvl w:ilvl="0" w:tplc="92E86F0E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F742283E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3062" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="38E07A2C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3964" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5F6AD3E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="15A49968">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5768" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A8FC4998">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6670" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D19CD180">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7572" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D6EA69B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8474" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="24D67968">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9376" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BC2757F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9232352A"/>
+    <w:lvl w:ilvl="0" w:tplc="EE52520A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1919" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="84"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A5449D28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2846" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="93A49B82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3772" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5E78C008">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4698" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8A9A9BFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5624" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B41E6E62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6550" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0D9C733E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A044E78">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8402" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E26AB504">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9328" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32BD38AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A9C149C"/>
+    <w:lvl w:ilvl="0" w:tplc="21169DA4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="83"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AACCC64C">
+    <w:lvl w:ilvl="1" w:tplc="135627FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1604" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C8E2009E">
+    <w:lvl w:ilvl="2" w:tplc="25546F46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2668" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FC1C7254">
+    <w:lvl w:ilvl="3" w:tplc="3CF01CC8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3732" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8E386176">
+    <w:lvl w:ilvl="4" w:tplc="AFC2156C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4796" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68E8FBB8">
+    <w:lvl w:ilvl="5" w:tplc="21C4CA08">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="476206B8">
+    <w:lvl w:ilvl="6" w:tplc="18D89FFA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6924" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0AB8B48E">
+    <w:lvl w:ilvl="7" w:tplc="BE2E9D94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7988" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3522E844">
+    <w:lvl w:ilvl="8" w:tplc="9DAAE868">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9052" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...241 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="899369799">
+  <w:num w:numId="1" w16cid:durableId="604583680">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="298069415">
+  <w:num w:numId="2" w16cid:durableId="2028944513">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="318268363">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002C39BF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E602D9"/>
+    <w:rsidRoot w:val="006B2420"/>
+    <w:rsid w:val="002247DA"/>
+    <w:rsid w:val="00603103"/>
+    <w:rsid w:val="006B2420"/>
+    <w:rsid w:val="00743355"/>
+    <w:rsid w:val="0075403A"/>
+    <w:rsid w:val="00935BA4"/>
+    <w:rsid w:val="00BB1C14"/>
+    <w:rsid w:val="00DE446B"/>
+    <w:rsid w:val="00E03302"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="08C1AC6D"/>
-  <w15:docId w15:val="{AB4BF087-4D75-4183-B2B3-C5198CAECCA7}"/>
+  <w14:docId w14:val="39A943E1"/>
+  <w15:docId w15:val="{82BA5D05-79AF-4298-9B31-CD4C2469D74F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12930,77 +13008,77 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="542" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="89"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00196F6F"/>
+    <w:rsid w:val="00935BA4"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00196F6F"/>
+    <w:rsid w:val="00935BA4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RVRSGeneralInfo@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sec.state.ma.us/arc/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/rvrs" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RVRSGeneralInfo@mass.gov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/archives/archives.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/rvrs" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13242,76 +13320,364 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AB56821AB0234D46B96CFB9019AB4E7E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7bae3e9b65ceb096e0ff1095c3e365b0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="da17af8e-411d-4b8d-910b-6c647cf9e860" xmlns:ns3="e0462724-c287-4692-a122-48640871c549" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="eca823c9a182ba269e3016b1134f31ff" ns2:_="" ns3:_="">
+    <xsd:import namespace="da17af8e-411d-4b8d-910b-6c647cf9e860"/>
+    <xsd:import namespace="e0462724-c287-4692-a122-48640871c549"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="da17af8e-411d-4b8d-910b-6c647cf9e860" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e0462724-c287-4692-a122-48640871c549" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9d8aeb11-3a80-4817-9059-fc21a8bc240a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e0462724-c287-4692-a122-48640871c549">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="da17af8e-411d-4b8d-910b-6c647cf9e860">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="e0462724-c287-4692-a122-48640871c549" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31472749-60BB-4148-9F94-8A0E0B6E8441}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{382BE0F5-F498-4D8E-86A6-ADC939B5E773}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74607DF9-0F80-4961-BE86-1A0C259C00D6}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>815</Words>
-  <Characters>4651</Characters>
+  <Words>820</Words>
+  <Characters>4676</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5456</CharactersWithSpaces>
+  <CharactersWithSpaces>5486</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>NEERJA LAHOTI</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-06-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 23 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2023-09-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Adobe PDF Library 23.1.206</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="SourceModified">
     <vt:lpwstr>D:20230629031153</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ContentTypeId">
+    <vt:lpwstr>0x010100AB56821AB0234D46B96CFB9019AB4E7E</vt:lpwstr>
+  </property>
 </Properties>
 </file>