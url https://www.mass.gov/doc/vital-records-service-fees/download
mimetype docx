--- v0 (2025-10-31)
+++ v1 (2026-03-30)
@@ -1,48 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1AE80AA9" w14:textId="77777777" w:rsidR="00C67A00" w:rsidRPr="00403425" w:rsidRDefault="00C67A00" w:rsidP="00C67A00">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00403425">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52EDA5DF" w14:textId="77777777" w:rsidR="00C67A00" w:rsidRPr="00403425" w:rsidRDefault="00C67A00" w:rsidP="00C67A00">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -66,82 +70,82 @@
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00403425">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Registry of Vital Records and Statistics</w:t>
       </w:r>
       <w:r w:rsidR="00784B7E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (RVRS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067B3B57" w14:textId="77777777" w:rsidR="00403425" w:rsidRPr="00403425" w:rsidRDefault="00403425" w:rsidP="00403425"/>
-    <w:p w14:paraId="40A037D9" w14:textId="7BF818A1" w:rsidR="00C67A00" w:rsidRDefault="00380C15" w:rsidP="00386D74">
+    <w:p w14:paraId="40A037D9" w14:textId="2FBD1DFB" w:rsidR="00C67A00" w:rsidRDefault="00380C15" w:rsidP="00386D74">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00386D74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00BF70F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00754748">
+      <w:r w:rsidR="00C953D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00386D74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00784B7E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>RVRS</w:t>
       </w:r>
       <w:r w:rsidR="00C67A00" w:rsidRPr="00386D74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> Service</w:t>
       </w:r>
@@ -2458,105 +2462,105 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0654DF17" w14:textId="77777777" w:rsidR="00E7149D" w:rsidRPr="00E7149D" w:rsidRDefault="00E7149D" w:rsidP="00977446">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E7149D" w:rsidRPr="00E7149D" w:rsidSect="000657BB">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="270" w:right="810" w:bottom="270" w:left="900" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="018509CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F20E873E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3561,69 +3565,69 @@
   <w:num w:numId="3" w16cid:durableId="134152428">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1408990779">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="488406500">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1771773225">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1943100967">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="926302184">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="919607904">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C67A00"/>
     <w:rsid w:val="000276E1"/>
     <w:rsid w:val="000657BB"/>
     <w:rsid w:val="00087DFA"/>
     <w:rsid w:val="000B5488"/>
+    <w:rsid w:val="000D2CA6"/>
     <w:rsid w:val="0011297C"/>
     <w:rsid w:val="001A619C"/>
     <w:rsid w:val="00256C13"/>
     <w:rsid w:val="00331FCA"/>
     <w:rsid w:val="00351E62"/>
     <w:rsid w:val="003770A2"/>
     <w:rsid w:val="00380C15"/>
     <w:rsid w:val="00386D74"/>
     <w:rsid w:val="003F7B68"/>
     <w:rsid w:val="00403425"/>
     <w:rsid w:val="00413CAE"/>
     <w:rsid w:val="00415C2F"/>
     <w:rsid w:val="00415F9A"/>
     <w:rsid w:val="004627E8"/>
     <w:rsid w:val="004A1D70"/>
     <w:rsid w:val="00596A0C"/>
     <w:rsid w:val="005F4529"/>
     <w:rsid w:val="00612815"/>
     <w:rsid w:val="0062339C"/>
     <w:rsid w:val="006770C2"/>
     <w:rsid w:val="00694A6B"/>
     <w:rsid w:val="006F32EF"/>
     <w:rsid w:val="006F51D8"/>
     <w:rsid w:val="007040E0"/>
     <w:rsid w:val="00716621"/>
@@ -3638,89 +3642,90 @@
     <w:rsid w:val="00827B59"/>
     <w:rsid w:val="0083153B"/>
     <w:rsid w:val="008A5AC8"/>
     <w:rsid w:val="008E330D"/>
     <w:rsid w:val="00905491"/>
     <w:rsid w:val="0093056F"/>
     <w:rsid w:val="00974BB5"/>
     <w:rsid w:val="00977446"/>
     <w:rsid w:val="00981A1E"/>
     <w:rsid w:val="00983F65"/>
     <w:rsid w:val="009A1AFE"/>
     <w:rsid w:val="009A40B2"/>
     <w:rsid w:val="009B1D8E"/>
     <w:rsid w:val="009F73FF"/>
     <w:rsid w:val="00A54A03"/>
     <w:rsid w:val="00AD6455"/>
     <w:rsid w:val="00B226ED"/>
     <w:rsid w:val="00B52074"/>
     <w:rsid w:val="00B521F0"/>
     <w:rsid w:val="00BA15A4"/>
     <w:rsid w:val="00BB0535"/>
     <w:rsid w:val="00BD2B33"/>
     <w:rsid w:val="00BF29A7"/>
     <w:rsid w:val="00BF70F2"/>
     <w:rsid w:val="00C67A00"/>
+    <w:rsid w:val="00C953D2"/>
     <w:rsid w:val="00D56338"/>
     <w:rsid w:val="00D565D1"/>
     <w:rsid w:val="00D71B8F"/>
     <w:rsid w:val="00DD120D"/>
     <w:rsid w:val="00DE161E"/>
     <w:rsid w:val="00E7149D"/>
     <w:rsid w:val="00EE2797"/>
     <w:rsid w:val="00F340B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5827610A"/>
   <w15:docId w15:val="{132ACA51-113B-4DA4-818D-74A6A38AE439}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4239,58 +4244,58 @@
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C67A00"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00827B59"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4534,71 +4539,364 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AB56821AB0234D46B96CFB9019AB4E7E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7bae3e9b65ceb096e0ff1095c3e365b0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="da17af8e-411d-4b8d-910b-6c647cf9e860" xmlns:ns3="e0462724-c287-4692-a122-48640871c549" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="eca823c9a182ba269e3016b1134f31ff" ns2:_="" ns3:_="">
+    <xsd:import namespace="da17af8e-411d-4b8d-910b-6c647cf9e860"/>
+    <xsd:import namespace="e0462724-c287-4692-a122-48640871c549"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="da17af8e-411d-4b8d-910b-6c647cf9e860" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e0462724-c287-4692-a122-48640871c549" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9d8aeb11-3a80-4817-9059-fc21a8bc240a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e0462724-c287-4692-a122-48640871c549">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="da17af8e-411d-4b8d-910b-6c647cf9e860">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="e0462724-c287-4692-a122-48640871c549" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1F4F0C8-708F-4D7E-8BEC-1D1D2EAAD4B2}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB0C89D1-7649-45DF-81C3-8201FE26CB23}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEFA7245-BD4C-4539-A496-15AE7DDD9E3D}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>357</Words>
   <Characters>2040</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2393</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>David Thompson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100AB56821AB0234D46B96CFB9019AB4E7E</vt:lpwstr>
+  </property>
+</Properties>
+</file>