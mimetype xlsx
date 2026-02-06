--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,91 +6,91 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Robert.Tocchio\Desktop\wb enf and insp qrys\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B2D6AAE7-3FE4-43A6-A8ED-371A48D1E226}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{346B913A-CE0A-45C5-8CE1-9DC2AF096EEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="2" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15700" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Enforcement 2021" sheetId="3" r:id="rId1"/>
     <sheet name="Enforcement 2022" sheetId="1" r:id="rId2"/>
     <sheet name="Enforcement 2023" sheetId="4" r:id="rId3"/>
     <sheet name="Enforcement 2024" sheetId="5" r:id="rId4"/>
-    <sheet name="Enforcemnt 2025 (Jan-June)" sheetId="6" r:id="rId5"/>
+    <sheet name="Enforcement 2025" sheetId="6" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Enforcement 2022'!$A$1:$F$162</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Enforcement 2023'!$A$1:$F$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2614" uniqueCount="993">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3038" uniqueCount="1089">
   <si>
     <t>Municipality</t>
   </si>
   <si>
     <t>EnforcementTypeDescription</t>
   </si>
   <si>
     <t>IssuedDate</t>
   </si>
   <si>
     <t>AMERICAN BUSINESS EQUIPMENT</t>
   </si>
   <si>
     <t>HOPEDALE</t>
   </si>
   <si>
     <t>Notice Of Non-Compliance</t>
   </si>
   <si>
     <t>APPLIED MATERIALS INC</t>
   </si>
   <si>
     <t>GLOUCESTER</t>
   </si>
   <si>
@@ -2514,53 +2514,50 @@
   <si>
     <t xml:space="preserve"> recyclable paper (cardboard, and paperboard) and metal and plastic containers (bottles, cans, jars, jugs and tubs)</t>
   </si>
   <si>
     <t>ROAD RUNNER WASTE &amp; RECYCLING INC</t>
   </si>
   <si>
     <t>recyclable paper (cardboard) and mattresses</t>
   </si>
   <si>
     <t>Amazon.com Services, Inc.</t>
   </si>
   <si>
     <t>SEATTLE</t>
   </si>
   <si>
     <t>recyclable paper (cardboard, other recyclable paper), commercial organic material (food waste), glass, metal, and plastic containers (bottles, cans, jars, jugs, tubs)</t>
   </si>
   <si>
     <t>Plastic containers (plastic bottles), recyclable paper (cardboard), yard waste (leaves)</t>
   </si>
   <si>
     <t>FEDERAL EXPRESS</t>
   </si>
   <si>
-    <t>STAYBRIDGE SUITES</t>
-[...1 lines deleted...]
-  <si>
     <t>CORE MARK</t>
   </si>
   <si>
     <t>WHITINSVILLE</t>
   </si>
   <si>
     <t>DELA INC</t>
   </si>
   <si>
     <t>Nahatan Place</t>
   </si>
   <si>
     <t>SHERWIN WILLIAMS STORE 5264</t>
   </si>
   <si>
     <t>M.S. Walker</t>
   </si>
   <si>
     <t>REILY FOODS COMPANY</t>
   </si>
   <si>
     <t>EZ DISPOSAL SERVICE, INC.</t>
   </si>
   <si>
     <t>Recyclable paper (cardboard &amp; paper) plastic containers (plastic bottles) and metal</t>
@@ -3000,75 +2997,366 @@
   <si>
     <t xml:space="preserve"> Recyclable Paper (cardboard)</t>
   </si>
   <si>
     <t xml:space="preserve"> Commercial organic material (food material), recyclable paper (cardboard) and metal containers (aluminum cans)</t>
   </si>
   <si>
     <t xml:space="preserve"> (1) mattress, (1) white good (water heater) and commercial organic material (food material) </t>
   </si>
   <si>
     <t>Commercial organic material (food material), recyclable paper (cardboard) and metal containers (aluminum cans)</t>
   </si>
   <si>
     <t xml:space="preserve"> Commercial Organic material (food material)</t>
   </si>
   <si>
     <t>NON for no response to COM/food material RFI</t>
   </si>
   <si>
     <t>Recyclable paper (cardboard).</t>
   </si>
   <si>
     <t>recyclable paper (cardboard) and commercial organic material (food material)</t>
   </si>
   <si>
-    <t xml:space="preserve"> Commercial organic material (food waste) and recyclable paper (cardboard)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> Recyclable paper (cardboard) and yard waste (leaves)</t>
   </si>
   <si>
     <t>commercial organic material (food material) and recyclable paper (cardboard)</t>
   </si>
   <si>
     <t xml:space="preserve"> recyclable paper (cardboard), metal and a white good (air conditioner)</t>
   </si>
   <si>
     <t xml:space="preserve"> recyclable paper (cardboard and other recyclable paper), glass, metal and plastic containers (bottles, cans, jars, jugs and tubs),</t>
   </si>
   <si>
     <t xml:space="preserve"> recyclable paper (cardboard and other recyclable paper)</t>
   </si>
   <si>
     <t xml:space="preserve"> Recyclable paper (cardboard), yard waste, and wood</t>
   </si>
   <si>
-    <t xml:space="preserve"> Metal </t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> recyclable paper (cardboard) and metals</t>
+    <t>Shivam MA Hotels LLC</t>
+  </si>
+  <si>
+    <t>B&amp;G SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>MOTIVATE LLC</t>
+  </si>
+  <si>
+    <t>AMERICAN AIRLINES INC</t>
+  </si>
+  <si>
+    <t>cardboard and plastic bottles</t>
+  </si>
+  <si>
+    <t>CLARK UNIVERSITY</t>
+  </si>
+  <si>
+    <t>COM food, cardboard and glass, metal and plastic containers</t>
+  </si>
+  <si>
+    <t>Seabra Foods</t>
+  </si>
+  <si>
+    <t>AFFORDABLE INTERIOR SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>ALL AROUND MANAGEMENT, INC.</t>
+  </si>
+  <si>
+    <t>Hooters Of America, LLC</t>
+  </si>
+  <si>
+    <t>Bloomingdales</t>
+  </si>
+  <si>
+    <t>Boston Properties LLC</t>
+  </si>
+  <si>
+    <t>COSTCO WHOLESALE 308</t>
+  </si>
+  <si>
+    <t>Franchi Management Company Inc.</t>
+  </si>
+  <si>
+    <t>Robert Bury Panels Inc.</t>
+  </si>
+  <si>
+    <t>Mcgovern Toyota</t>
+  </si>
+  <si>
+    <t>MYSTIC RIVER PK CONDOS</t>
+  </si>
+  <si>
+    <t>Worcester Public Schools South High Scho</t>
+  </si>
+  <si>
+    <t>Lindenmeyr Munroe</t>
+  </si>
+  <si>
+    <t>LONDONDERRY</t>
+  </si>
+  <si>
+    <t>MARKET BASKET</t>
+  </si>
+  <si>
+    <t>Boston Public Schools</t>
+  </si>
+  <si>
+    <t>DO &amp; CO Boston, Inc.</t>
+  </si>
+  <si>
+    <t>LYNN COMMUNITY HEALTH CENTER</t>
+  </si>
+  <si>
+    <t>LYNN</t>
+  </si>
+  <si>
+    <t>Massachusetts General Hospital</t>
+  </si>
+  <si>
+    <t>WALMART 2021</t>
+  </si>
+  <si>
+    <t>RAYNHAM</t>
+  </si>
+  <si>
+    <t>South Cost Improvement Co</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>LIGHTHOUSE ELECTRICAL CONTRACTING, INC.</t>
+  </si>
+  <si>
+    <t>RESEARCH PACKAGING, Inc.</t>
+  </si>
+  <si>
+    <t>ELECTRICAL WHOLESALERS INC.</t>
+  </si>
+  <si>
+    <t>CHRYSLER DODGE JEEP RAM 24</t>
+  </si>
+  <si>
+    <t>LAMBERT BROTHERS, INC.</t>
+  </si>
+  <si>
+    <t>SREIT Franklin Commons LLC</t>
+  </si>
+  <si>
+    <t>RAND WHITNEY PACKAGING CORP</t>
+  </si>
+  <si>
+    <t>BOYLSTON</t>
+  </si>
+  <si>
+    <t>SULLIVAN MIDDLE SCHOOL</t>
+  </si>
+  <si>
+    <t>Great Horse LLC</t>
+  </si>
+  <si>
+    <t>HAMPDEN</t>
+  </si>
+  <si>
+    <t>Waste Management of New England</t>
+  </si>
+  <si>
+    <t>FOXBORO</t>
+  </si>
+  <si>
+    <t>KETTLE CUISINE</t>
+  </si>
+  <si>
+    <t>SMITH AND WESSON INC</t>
+  </si>
+  <si>
+    <t>WESTERN NEW ENGLAND UNIVERSITY</t>
+  </si>
+  <si>
+    <t>CBRE CO MGB ASSEMBLY ROW</t>
+  </si>
+  <si>
+    <t>RESIDENCES AT STEVENS POND</t>
+  </si>
+  <si>
+    <t>Roche Bros. Supermarket</t>
+  </si>
+  <si>
+    <t>Northshore District I LLC</t>
+  </si>
+  <si>
+    <t>MARBLEHEAD</t>
+  </si>
+  <si>
+    <t>SSP AMERICA, INC.</t>
+  </si>
+  <si>
+    <t>ASHBURN</t>
+  </si>
+  <si>
+    <t>99 ASIAN SUPERMARKET, INC.</t>
+  </si>
+  <si>
+    <t>BRIGHAM AND WOMENS HOSPITAL</t>
+  </si>
+  <si>
+    <t>ABIOMED INC</t>
+  </si>
+  <si>
+    <t>Kittredge Equipment</t>
+  </si>
+  <si>
+    <t>AGAWAM</t>
+  </si>
+  <si>
+    <t>NEC ENERGY SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t>The Wren at Sharon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">recyclable paper (cardboard and other recyclable paper) </t>
+  </si>
+  <si>
+    <t>Recyclable Paper (cardboard)</t>
+  </si>
+  <si>
+    <t>Recyclable paper (cardboard), a mattress and a white good (air conditioner)</t>
+  </si>
+  <si>
+    <t>Recyclable paper (Cardboard) and mattresses</t>
+  </si>
+  <si>
+    <t>recyclable (paper cardboard)</t>
+  </si>
+  <si>
+    <t>Recyclable paper (cardboard</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Commercial organic material (food material)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Recyclable paper (cardboard) and a mattress and a boxspring</t>
+  </si>
+  <si>
+    <t>Recyclable paper (Cardboard)</t>
+  </si>
+  <si>
+    <t>Commercial organic material (Food material)</t>
+  </si>
+  <si>
+    <t>Commercial organic material (food material) and recyclable paper (cardboard)</t>
+  </si>
+  <si>
+    <t>Recyclable paper (Cardboard) metal, mattresses and an appliance (air conditioner)</t>
+  </si>
+  <si>
+    <t>Commercial Organic Material (Food material)</t>
+  </si>
+  <si>
+    <t>Commercial Organic Material (food material) and glass, metal, and plastic containers (bottles, cans, jars, jugs and tubs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Commercial Organic Material (food material)</t>
+  </si>
+  <si>
+    <t>Recyclable paper (cardboard) and yard waste</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Recyclable paper (Cardboard) and glass, metal, and plastic containers (bottles, cans, jars, jugs and tubs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> recyclable paper (cardboard) and metal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metal </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Commercial organic material (food material) and recyclable paper (cardboard)</t>
+  </si>
+  <si>
+    <t>Sate</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>NH</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>SC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="165" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3085,68 +3373,73 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="4" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3430,56 +3723,60 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{198BEDC0-65EF-4EC4-B6FF-9D14EDB3C89B}">
   <dimension ref="A1:F39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="B35" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B26" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.1796875" customWidth="1"/>
     <col min="3" max="3" width="40.81640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.81640625" customWidth="1"/>
     <col min="5" max="5" width="14.453125" style="8" customWidth="1"/>
     <col min="6" max="6" width="53.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -11305,51 +11602,51 @@
       </c>
       <c r="E169" s="9">
         <v>0</v>
       </c>
       <c r="F169" s="10" t="s">
         <v>244</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F1" xr:uid="{5BCD8A85-2018-4795-AB87-F5838CE0DE4F}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F169">
       <sortCondition ref="A1"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F169">
     <sortCondition ref="D1:D169"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B45FB28A-39F9-42B1-A81A-33BDFA98EEE1}">
   <dimension ref="A1:F133"/>
   <sheetViews>
-    <sheetView topLeftCell="B115" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="40.81640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.1796875" customWidth="1"/>
     <col min="3" max="3" width="40.81640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="5" max="5" width="15.7265625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>465</v>
@@ -13986,2675 +14283,4413 @@
         <v>320</v>
       </c>
       <c r="B133" t="s">
         <v>321</v>
       </c>
       <c r="C133" t="s">
         <v>5</v>
       </c>
       <c r="D133" s="2">
         <v>45653.531099537038</v>
       </c>
       <c r="E133" s="13">
         <v>0</v>
       </c>
       <c r="F133" t="s">
         <v>819</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD0CCE59-BBAC-4FC8-990E-EC811CFC3FA5}">
-  <dimension ref="A1:F129"/>
+  <dimension ref="A1:G188"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A115" workbookViewId="0">
-      <selection activeCell="F129" sqref="F129"/>
+    <sheetView tabSelected="1" topLeftCell="A157" workbookViewId="0">
+      <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="35.1796875" customWidth="1"/>
     <col min="2" max="2" width="18.453125" customWidth="1"/>
-    <col min="3" max="3" width="17.36328125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="93.7265625" customWidth="1"/>
+    <col min="3" max="3" width="10.36328125" customWidth="1"/>
+    <col min="4" max="4" width="17.36328125" customWidth="1"/>
+    <col min="5" max="5" width="19.54296875" customWidth="1"/>
+    <col min="6" max="6" width="19.6328125" customWidth="1"/>
+    <col min="7" max="7" width="144.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D1" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="F1" s="4" t="s">
         <v>372</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
-        <v>821</v>
+        <v>946</v>
       </c>
       <c r="B2" t="s">
-        <v>733</v>
+        <v>947</v>
       </c>
       <c r="C2" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1072</v>
+      </c>
+      <c r="D2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E2" s="2">
+        <v>45659.491712962961</v>
+      </c>
+      <c r="F2" s="13">
+        <v>0</v>
+      </c>
+      <c r="G2" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>822</v>
+        <v>691</v>
       </c>
       <c r="B3" t="s">
+        <v>692</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="2">
+        <v>45659.491712962961</v>
+      </c>
+      <c r="F3" s="13">
+        <v>0</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>614</v>
+      </c>
+      <c r="B4" t="s">
+        <v>615</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="2">
+        <v>45665.479629629626</v>
+      </c>
+      <c r="F4" s="13">
+        <v>0</v>
+      </c>
+      <c r="G4" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>945</v>
+      </c>
+      <c r="B5" t="s">
         <v>52</v>
       </c>
-      <c r="C3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E5" s="2">
+        <v>45665.479629629626</v>
+      </c>
+      <c r="F5" s="13">
+        <v>0</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>825</v>
+        <v>944</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>474</v>
       </c>
       <c r="C6" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1075</v>
+      </c>
+      <c r="D6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E6" s="2">
+        <v>45665.494259259256</v>
+      </c>
+      <c r="F6" s="13">
+        <v>0</v>
+      </c>
+      <c r="G6" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>420</v>
+        <v>124</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E7" s="2">
+        <v>45665.51898148148</v>
+      </c>
+      <c r="F7" s="13">
+        <v>0</v>
+      </c>
+      <c r="G7" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>826</v>
+        <v>942</v>
       </c>
       <c r="B8" t="s">
-        <v>122</v>
+        <v>943</v>
       </c>
       <c r="C8" t="s">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="F8" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D8" t="s">
+        <v>5</v>
+      </c>
+      <c r="E8" s="2">
+        <v>45665.51898148148</v>
+      </c>
+      <c r="F8" s="13">
+        <v>0</v>
+      </c>
+      <c r="G8" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>827</v>
+        <v>941</v>
       </c>
       <c r="B9" t="s">
-        <v>122</v>
+        <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="F9" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+      <c r="E9" s="2">
+        <v>45665.607835648145</v>
+      </c>
+      <c r="F9" s="13">
+        <v>0</v>
+      </c>
+      <c r="G9" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>828</v>
+        <v>938</v>
       </c>
       <c r="B10" t="s">
-        <v>330</v>
+        <v>939</v>
       </c>
       <c r="C10" t="s">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="F10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D10" t="s">
+        <v>5</v>
+      </c>
+      <c r="E10" s="2">
+        <v>45674.5700462963</v>
+      </c>
+      <c r="F10" s="13">
+        <v>0</v>
+      </c>
+      <c r="G10" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>940</v>
+      </c>
+      <c r="B11" t="s">
+        <v>529</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D11" t="s">
+        <v>5</v>
+      </c>
+      <c r="E11" s="2">
+        <v>45674.5700462963</v>
+      </c>
+      <c r="F11" s="13">
+        <v>0</v>
+      </c>
+      <c r="G11" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>953</v>
+        <v>937</v>
       </c>
       <c r="B12" t="s">
-        <v>343</v>
+        <v>217</v>
       </c>
       <c r="C12" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E12" s="2">
+        <v>45680</v>
+      </c>
+      <c r="F12" s="13">
+        <v>0</v>
+      </c>
+      <c r="G12" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>830</v>
+        <v>935</v>
       </c>
       <c r="B13" t="s">
-        <v>398</v>
+        <v>936</v>
       </c>
       <c r="C13" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1075</v>
+      </c>
+      <c r="D13" t="s">
+        <v>5</v>
+      </c>
+      <c r="E13" s="2">
+        <v>45680.569872685184</v>
+      </c>
+      <c r="F13" s="13">
+        <v>0</v>
+      </c>
+      <c r="G13" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>318</v>
+        <v>933</v>
       </c>
       <c r="B14" t="s">
-        <v>788</v>
+        <v>934</v>
       </c>
       <c r="C14" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D14" t="s">
+        <v>5</v>
+      </c>
+      <c r="E14" s="2">
+        <v>45680.599895833337</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0</v>
+      </c>
+      <c r="G14" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>832</v>
+        <v>668</v>
       </c>
       <c r="B15" t="s">
-        <v>69</v>
+        <v>669</v>
       </c>
       <c r="C15" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1077</v>
+      </c>
+      <c r="D15" t="s">
+        <v>5</v>
+      </c>
+      <c r="E15" s="2">
+        <v>45680.599895833337</v>
+      </c>
+      <c r="F15" s="13">
+        <v>0</v>
+      </c>
+      <c r="G15" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>833</v>
+        <v>932</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>751</v>
       </c>
       <c r="C16" t="s">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="F16" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D16" t="s">
+        <v>5</v>
+      </c>
+      <c r="E16" s="2">
+        <v>45680.674467592595</v>
+      </c>
+      <c r="F16" s="13">
+        <v>0</v>
+      </c>
+      <c r="G16" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>930</v>
+      </c>
+      <c r="B17" t="s">
+        <v>931</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D17" t="s">
+        <v>5</v>
+      </c>
+      <c r="E17" s="2">
+        <v>45680.682812500003</v>
+      </c>
+      <c r="F17" s="13">
+        <v>0</v>
+      </c>
+      <c r="G17" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>926</v>
+      </c>
+      <c r="B18" t="s">
+        <v>529</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D18" t="s">
+        <v>5</v>
+      </c>
+      <c r="E18" s="2">
+        <v>45681.610567129632</v>
+      </c>
+      <c r="F18" s="13">
+        <v>0</v>
+      </c>
+      <c r="G18" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>836</v>
+        <v>927</v>
       </c>
       <c r="B19" t="s">
         <v>77</v>
       </c>
       <c r="C19" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E19" s="2">
+        <v>45681.610567129632</v>
+      </c>
+      <c r="F19" s="13">
+        <v>0</v>
+      </c>
+      <c r="G19" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>334</v>
+        <v>928</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="C20" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D20" t="s">
+        <v>5</v>
+      </c>
+      <c r="E20" s="2">
+        <v>45681.610567129632</v>
+      </c>
+      <c r="F20" s="13">
+        <v>0</v>
+      </c>
+      <c r="G20" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>776</v>
+        <v>929</v>
       </c>
       <c r="B21" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C21" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D21" t="s">
+        <v>5</v>
+      </c>
+      <c r="E21" s="2">
+        <v>45681.610567129632</v>
+      </c>
+      <c r="F21" s="13">
+        <v>0</v>
+      </c>
+      <c r="G21" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
+        <v>485</v>
+      </c>
+      <c r="B22" t="s">
+        <v>358</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D22" t="s">
+        <v>5</v>
+      </c>
+      <c r="E22" s="2">
+        <v>45693.373356481483</v>
+      </c>
+      <c r="F22" s="13">
+        <v>0</v>
+      </c>
+      <c r="G22" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>550</v>
+      </c>
+      <c r="B23" t="s">
+        <v>551</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D23" t="s">
+        <v>5</v>
+      </c>
+      <c r="E23" s="2">
+        <v>45698.480057870373</v>
+      </c>
+      <c r="F23" s="13">
+        <v>0</v>
+      </c>
+      <c r="G23" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>924</v>
+      </c>
+      <c r="B24" t="s">
+        <v>82</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D24" t="s">
+        <v>5</v>
+      </c>
+      <c r="E24" s="2">
+        <v>45699</v>
+      </c>
+      <c r="F24" s="13">
+        <v>0</v>
+      </c>
+      <c r="G24" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>925</v>
+      </c>
+      <c r="B25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D25" t="s">
+        <v>5</v>
+      </c>
+      <c r="E25" s="2">
+        <v>45699</v>
+      </c>
+      <c r="F25" s="13">
+        <v>0</v>
+      </c>
+      <c r="G25" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>922</v>
+      </c>
+      <c r="B26" t="s">
+        <v>923</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D26" t="s">
+        <v>5</v>
+      </c>
+      <c r="E26" s="2">
+        <v>45699.53402777778</v>
+      </c>
+      <c r="F26" s="13">
+        <v>0</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>920</v>
+      </c>
+      <c r="B27" t="s">
+        <v>217</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D27" t="s">
+        <v>5</v>
+      </c>
+      <c r="E27" s="2">
+        <v>45700.482488425929</v>
+      </c>
+      <c r="F27" s="13">
+        <v>0</v>
+      </c>
+      <c r="G27" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>921</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D28" t="s">
+        <v>5</v>
+      </c>
+      <c r="E28" s="2">
+        <v>45700.482488425929</v>
+      </c>
+      <c r="F28" s="13">
+        <v>0</v>
+      </c>
+      <c r="G28" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>915</v>
+      </c>
+      <c r="B29" t="s">
+        <v>220</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D29" t="s">
+        <v>5</v>
+      </c>
+      <c r="E29" s="2">
+        <v>45700.552337962959</v>
+      </c>
+      <c r="F29" s="13">
+        <v>0</v>
+      </c>
+      <c r="G29" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>916</v>
+      </c>
+      <c r="B30" t="s">
+        <v>917</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D30" t="s">
+        <v>5</v>
+      </c>
+      <c r="E30" s="2">
+        <v>45700.552337962959</v>
+      </c>
+      <c r="F30" s="13">
+        <v>0</v>
+      </c>
+      <c r="G30" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>437</v>
+      </c>
+      <c r="B31" t="s">
+        <v>918</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D31" t="s">
+        <v>5</v>
+      </c>
+      <c r="E31" s="2">
+        <v>45700.552337962959</v>
+      </c>
+      <c r="F31" s="13">
+        <v>0</v>
+      </c>
+      <c r="G31" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>919</v>
+      </c>
+      <c r="B32" t="s">
+        <v>34</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D32" t="s">
+        <v>5</v>
+      </c>
+      <c r="E32" s="2">
+        <v>45700.552337962959</v>
+      </c>
+      <c r="F32" s="13">
+        <v>0</v>
+      </c>
+      <c r="G32" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>914</v>
+      </c>
+      <c r="B33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D33" t="s">
+        <v>5</v>
+      </c>
+      <c r="E33" s="2">
+        <v>45712.46199074074</v>
+      </c>
+      <c r="F33" s="13">
+        <v>0</v>
+      </c>
+      <c r="G33" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
+        <v>905</v>
+      </c>
+      <c r="B34" t="s">
+        <v>906</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D34" t="s">
+        <v>5</v>
+      </c>
+      <c r="E34" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F34" s="13">
+        <v>0</v>
+      </c>
+      <c r="G34" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>907</v>
+      </c>
+      <c r="B35" t="s">
+        <v>908</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D35" t="s">
+        <v>5</v>
+      </c>
+      <c r="E35" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F35" s="13">
+        <v>0</v>
+      </c>
+      <c r="G35" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D36" t="s">
+        <v>5</v>
+      </c>
+      <c r="E36" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F36" s="13">
+        <v>0</v>
+      </c>
+      <c r="G36" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>909</v>
+      </c>
+      <c r="B37" t="s">
+        <v>910</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D37" t="s">
+        <v>5</v>
+      </c>
+      <c r="E37" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F37" s="13">
+        <v>0</v>
+      </c>
+      <c r="G37" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
+        <v>302</v>
+      </c>
+      <c r="B38" t="s">
+        <v>86</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D38" t="s">
+        <v>5</v>
+      </c>
+      <c r="E38" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F38" s="13">
+        <v>0</v>
+      </c>
+      <c r="G38" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
+        <v>911</v>
+      </c>
+      <c r="B39" t="s">
+        <v>207</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D39" t="s">
+        <v>5</v>
+      </c>
+      <c r="E39" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F39" s="13">
+        <v>0</v>
+      </c>
+      <c r="G39" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>912</v>
+      </c>
+      <c r="B40" t="s">
+        <v>913</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D40" t="s">
+        <v>5</v>
+      </c>
+      <c r="E40" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F40" s="13">
+        <v>0</v>
+      </c>
+      <c r="G40" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>691</v>
+      </c>
+      <c r="B41" t="s">
+        <v>692</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D41" t="s">
+        <v>5</v>
+      </c>
+      <c r="E41" s="2">
+        <v>45712.473113425927</v>
+      </c>
+      <c r="F41" s="13">
+        <v>0</v>
+      </c>
+      <c r="G41" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>903</v>
+      </c>
+      <c r="B42" t="s">
         <v>837</v>
       </c>
-      <c r="B22" t="s">
-[...51 lines deleted...]
-      <c r="F24" t="s">
+      <c r="C42" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D42" t="s">
+        <v>5</v>
+      </c>
+      <c r="E42" s="2">
+        <v>45715.50136574074</v>
+      </c>
+      <c r="F42" s="13">
+        <v>0</v>
+      </c>
+      <c r="G42" s="14" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>904</v>
+      </c>
+      <c r="B43" t="s">
+        <v>21</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D43" t="s">
+        <v>5</v>
+      </c>
+      <c r="E43" s="2">
+        <v>45715.50136574074</v>
+      </c>
+      <c r="F43" s="13">
+        <v>0</v>
+      </c>
+      <c r="G43" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>899</v>
+      </c>
+      <c r="B44" t="s">
+        <v>21</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D44" t="s">
+        <v>5</v>
+      </c>
+      <c r="E44" s="2">
+        <v>45723.417638888888</v>
+      </c>
+      <c r="F44" s="13">
+        <v>0</v>
+      </c>
+      <c r="G44" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>611</v>
+      </c>
+      <c r="B45" t="s">
+        <v>186</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D45" t="s">
+        <v>5</v>
+      </c>
+      <c r="E45" s="2">
+        <v>45723.417638888888</v>
+      </c>
+      <c r="F45" s="13">
+        <v>0</v>
+      </c>
+      <c r="G45" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>900</v>
+      </c>
+      <c r="B46" t="s">
+        <v>901</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D46" t="s">
+        <v>5</v>
+      </c>
+      <c r="E46" s="2">
+        <v>45723.417638888888</v>
+      </c>
+      <c r="F46" s="13">
+        <v>0</v>
+      </c>
+      <c r="G46" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>902</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D47" t="s">
+        <v>5</v>
+      </c>
+      <c r="E47" s="2">
+        <v>45723.417638888888</v>
+      </c>
+      <c r="F47" s="13">
+        <v>0</v>
+      </c>
+      <c r="G47" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>836</v>
+      </c>
+      <c r="B48" t="s">
+        <v>837</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D48" t="s">
+        <v>5</v>
+      </c>
+      <c r="E48" s="2">
+        <v>45728</v>
+      </c>
+      <c r="F48" s="13">
+        <v>0</v>
+      </c>
+      <c r="G48" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>898</v>
+      </c>
+      <c r="B49" t="s">
+        <v>88</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D49" t="s">
+        <v>5</v>
+      </c>
+      <c r="E49" s="2">
+        <v>45728</v>
+      </c>
+      <c r="F49" s="13">
+        <v>0</v>
+      </c>
+      <c r="G49" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>896</v>
+      </c>
+      <c r="B50" t="s">
+        <v>897</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D50" t="s">
+        <v>5</v>
+      </c>
+      <c r="E50" s="2">
+        <v>45728.357129629629</v>
+      </c>
+      <c r="F50" s="13">
+        <v>0</v>
+      </c>
+      <c r="G50" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>743</v>
+      </c>
+      <c r="B51" t="s">
+        <v>744</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D51" t="s">
+        <v>5</v>
+      </c>
+      <c r="E51" s="2">
+        <v>45728.437048611115</v>
+      </c>
+      <c r="F51" s="13">
+        <v>0</v>
+      </c>
+      <c r="G51" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
+        <v>894</v>
+      </c>
+      <c r="B52" t="s">
+        <v>719</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D52" t="s">
+        <v>5</v>
+      </c>
+      <c r="E52" s="2">
+        <v>45728.501793981479</v>
+      </c>
+      <c r="F52" s="13">
+        <v>0</v>
+      </c>
+      <c r="G52" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
+        <v>895</v>
+      </c>
+      <c r="B53" t="s">
+        <v>433</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D53" t="s">
+        <v>5</v>
+      </c>
+      <c r="E53" s="2">
+        <v>45728.501793981479</v>
+      </c>
+      <c r="F53" s="13">
+        <v>0</v>
+      </c>
+      <c r="G53" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
+        <v>893</v>
+      </c>
+      <c r="B54" t="s">
+        <v>46</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D54" t="s">
+        <v>5</v>
+      </c>
+      <c r="E54" s="2">
+        <v>45743.485671296294</v>
+      </c>
+      <c r="F54" s="13">
+        <v>0</v>
+      </c>
+      <c r="G54" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
+        <v>829</v>
+      </c>
+      <c r="B55" t="s">
+        <v>398</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D55" t="s">
+        <v>5</v>
+      </c>
+      <c r="E55" s="2">
+        <v>45743.510520833333</v>
+      </c>
+      <c r="F55" s="13">
+        <v>0</v>
+      </c>
+      <c r="G55" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>892</v>
+      </c>
+      <c r="B56" t="s">
+        <v>419</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D56" t="s">
+        <v>5</v>
+      </c>
+      <c r="E56" s="2">
+        <v>45743.510520833333</v>
+      </c>
+      <c r="F56" s="13">
+        <v>0</v>
+      </c>
+      <c r="G56" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>890</v>
+      </c>
+      <c r="B57" t="s">
+        <v>60</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D57" t="s">
+        <v>5</v>
+      </c>
+      <c r="E57" s="2">
+        <v>45743.520439814813</v>
+      </c>
+      <c r="F57" s="13">
+        <v>0</v>
+      </c>
+      <c r="G57" s="14" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>891</v>
+      </c>
+      <c r="B58" t="s">
+        <v>343</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D58" t="s">
+        <v>5</v>
+      </c>
+      <c r="E58" s="2">
+        <v>45743.520439814813</v>
+      </c>
+      <c r="F58" s="13">
+        <v>0</v>
+      </c>
+      <c r="G58" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
+        <v>78</v>
+      </c>
+      <c r="B59" t="s">
+        <v>79</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D59" t="s">
+        <v>5</v>
+      </c>
+      <c r="E59" s="2">
+        <v>45743.564849537041</v>
+      </c>
+      <c r="F59" s="13">
+        <v>0</v>
+      </c>
+      <c r="G59" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>817</v>
+      </c>
+      <c r="B60" t="s">
+        <v>818</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D60" t="s">
+        <v>5</v>
+      </c>
+      <c r="E60" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F60" s="13">
+        <v>0</v>
+      </c>
+      <c r="G60" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
+        <v>883</v>
+      </c>
+      <c r="B61" t="s">
+        <v>539</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D61" t="s">
+        <v>5</v>
+      </c>
+      <c r="E61" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F61" s="13">
+        <v>0</v>
+      </c>
+      <c r="G61" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
+        <v>884</v>
+      </c>
+      <c r="B62" t="s">
+        <v>600</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D62" t="s">
+        <v>5</v>
+      </c>
+      <c r="E62" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F62" s="13">
+        <v>0</v>
+      </c>
+      <c r="G62" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A63" t="s">
+        <v>885</v>
+      </c>
+      <c r="B63" t="s">
+        <v>415</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D63" t="s">
+        <v>5</v>
+      </c>
+      <c r="E63" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F63" s="13">
+        <v>0</v>
+      </c>
+      <c r="G63" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A64" t="s">
+        <v>886</v>
+      </c>
+      <c r="B64" t="s">
+        <v>52</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D64" t="s">
+        <v>5</v>
+      </c>
+      <c r="E64" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F64" s="13">
+        <v>0</v>
+      </c>
+      <c r="G64" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A65" t="s">
+        <v>887</v>
+      </c>
+      <c r="B65" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D65" t="s">
+        <v>5</v>
+      </c>
+      <c r="E65" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F65" s="13">
+        <v>0</v>
+      </c>
+      <c r="G65" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>888</v>
+      </c>
+      <c r="B66" t="s">
+        <v>21</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D66" t="s">
+        <v>5</v>
+      </c>
+      <c r="E66" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F66" s="13">
+        <v>0</v>
+      </c>
+      <c r="G66" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
+        <v>618</v>
+      </c>
+      <c r="B67" t="s">
+        <v>82</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D67" t="s">
+        <v>5</v>
+      </c>
+      <c r="E67" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F67" s="13">
+        <v>0</v>
+      </c>
+      <c r="G67" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A68" t="s">
+        <v>889</v>
+      </c>
+      <c r="B68" t="s">
+        <v>84</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D68" t="s">
+        <v>5</v>
+      </c>
+      <c r="E68" s="2">
+        <v>45744.390868055554</v>
+      </c>
+      <c r="F68" s="13">
+        <v>0</v>
+      </c>
+      <c r="G68" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A69" t="s">
+        <v>873</v>
+      </c>
+      <c r="B69" t="s">
+        <v>874</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D69" t="s">
+        <v>5</v>
+      </c>
+      <c r="E69" s="2">
+        <v>45749.465520833335</v>
+      </c>
+      <c r="F69" s="13">
+        <v>0</v>
+      </c>
+      <c r="G69" s="14" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A70" t="s">
+        <v>875</v>
+      </c>
+      <c r="B70" t="s">
+        <v>876</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D70" t="s">
+        <v>5</v>
+      </c>
+      <c r="E70" s="2">
+        <v>45749.465520833335</v>
+      </c>
+      <c r="F70" s="13">
+        <v>0</v>
+      </c>
+      <c r="G70" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A71" t="s">
+        <v>877</v>
+      </c>
+      <c r="B71" t="s">
+        <v>433</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D71" t="s">
+        <v>5</v>
+      </c>
+      <c r="E71" s="2">
+        <v>45749.465520833335</v>
+      </c>
+      <c r="F71" s="13">
+        <v>0</v>
+      </c>
+      <c r="G71" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A72" t="s">
+        <v>878</v>
+      </c>
+      <c r="B72" t="s">
+        <v>295</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D72" t="s">
+        <v>5</v>
+      </c>
+      <c r="E72" s="2">
+        <v>45749.465520833335</v>
+      </c>
+      <c r="F72" s="13">
+        <v>0</v>
+      </c>
+      <c r="G72" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A73" t="s">
+        <v>879</v>
+      </c>
+      <c r="B73" t="s">
+        <v>880</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D73" t="s">
+        <v>5</v>
+      </c>
+      <c r="E73" s="2">
+        <v>45749.465520833335</v>
+      </c>
+      <c r="F73" s="13">
+        <v>0</v>
+      </c>
+      <c r="G73" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A74" t="s">
+        <v>881</v>
+      </c>
+      <c r="B74" t="s">
+        <v>882</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D74" t="s">
+        <v>5</v>
+      </c>
+      <c r="E74" s="2">
+        <v>45749.465520833335</v>
+      </c>
+      <c r="F74" s="13">
+        <v>0</v>
+      </c>
+      <c r="G74" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A75" t="s">
+        <v>872</v>
+      </c>
+      <c r="B75" t="s">
+        <v>597</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D75" t="s">
+        <v>5</v>
+      </c>
+      <c r="E75" s="2">
+        <v>45755.511863425927</v>
+      </c>
+      <c r="F75" s="13">
+        <v>0</v>
+      </c>
+      <c r="G75" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A76" t="s">
+        <v>116</v>
+      </c>
+      <c r="B76" t="s">
+        <v>79</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D76" t="s">
+        <v>5</v>
+      </c>
+      <c r="E76" s="2">
+        <v>45755.511863425927</v>
+      </c>
+      <c r="F76" s="13">
+        <v>0</v>
+      </c>
+      <c r="G76" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>871</v>
+      </c>
+      <c r="B77" t="s">
+        <v>358</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D77" t="s">
+        <v>5</v>
+      </c>
+      <c r="E77" s="2">
+        <v>45756.411863425928</v>
+      </c>
+      <c r="F77" s="13">
+        <v>0</v>
+      </c>
+      <c r="G77" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>870</v>
+      </c>
+      <c r="B78" t="s">
+        <v>21</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D78" t="s">
+        <v>5</v>
+      </c>
+      <c r="E78" s="2">
+        <v>45756.511863425927</v>
+      </c>
+      <c r="F78" s="13">
+        <v>0</v>
+      </c>
+      <c r="G78" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>869</v>
+      </c>
+      <c r="B79" t="s">
+        <v>436</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D79" t="s">
+        <v>5</v>
+      </c>
+      <c r="E79" s="2">
+        <v>45756.58221064815</v>
+      </c>
+      <c r="F79" s="13">
+        <v>0</v>
+      </c>
+      <c r="G79" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A80" t="s">
+        <v>231</v>
+      </c>
+      <c r="B80" t="s">
+        <v>21</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D80" t="s">
+        <v>5</v>
+      </c>
+      <c r="E80" s="2">
+        <v>45763.400405092594</v>
+      </c>
+      <c r="F80" s="13">
+        <v>0</v>
+      </c>
+      <c r="G80" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A81" t="s">
+        <v>868</v>
+      </c>
+      <c r="B81" t="s">
+        <v>21</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D81" t="s">
+        <v>5</v>
+      </c>
+      <c r="E81" s="2">
+        <v>45763.400405092594</v>
+      </c>
+      <c r="F81" s="13">
+        <v>0</v>
+      </c>
+      <c r="G81" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A82" t="s">
+        <v>866</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D82" t="s">
+        <v>5</v>
+      </c>
+      <c r="E82" s="2">
+        <v>45763.612349537034</v>
+      </c>
+      <c r="F82" s="13">
+        <v>0</v>
+      </c>
+      <c r="G82" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A83" t="s">
+        <v>867</v>
+      </c>
+      <c r="B83" t="s">
+        <v>30</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D83" t="s">
+        <v>5</v>
+      </c>
+      <c r="E83" s="2">
+        <v>45763.612349537034</v>
+      </c>
+      <c r="F83" s="13">
+        <v>0</v>
+      </c>
+      <c r="G83" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A84" t="s">
+        <v>863</v>
+      </c>
+      <c r="B84" t="s">
+        <v>358</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D84" t="s">
+        <v>5</v>
+      </c>
+      <c r="E84" s="2">
+        <v>45764.410370370373</v>
+      </c>
+      <c r="F84" s="13">
+        <v>0</v>
+      </c>
+      <c r="G84" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A85" t="s">
+        <v>864</v>
+      </c>
+      <c r="B85" t="s">
+        <v>865</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D85" t="s">
+        <v>5</v>
+      </c>
+      <c r="E85" s="2">
+        <v>45764.410370370373</v>
+      </c>
+      <c r="F85" s="13">
+        <v>0</v>
+      </c>
+      <c r="G85" t="s">
         <v>961</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
-[...175 lines deleted...]
-      <c r="F33" t="s">
+    <row r="86" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A86" t="s">
+        <v>853</v>
+      </c>
+      <c r="B86" t="s">
+        <v>343</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D86" t="s">
+        <v>5</v>
+      </c>
+      <c r="E86" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F86" s="13">
+        <v>0</v>
+      </c>
+      <c r="G86" t="s">
         <v>964</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
-[...40 lines deleted...]
-      <c r="A36" t="s">
+    <row r="87" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A87" t="s">
         <v>854</v>
-      </c>
-[...1018 lines deleted...]
-        <v>903</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="F87" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D87" t="s">
+        <v>5</v>
+      </c>
+      <c r="E87" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F87" s="13">
+        <v>0</v>
+      </c>
+      <c r="G87" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A88" t="s">
+        <v>475</v>
+      </c>
+      <c r="B88" t="s">
+        <v>476</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D88" t="s">
+        <v>5</v>
+      </c>
+      <c r="E88" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F88" s="13">
+        <v>0</v>
+      </c>
+      <c r="G88" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A89" t="s">
+        <v>855</v>
+      </c>
+      <c r="B89" t="s">
+        <v>856</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D89" t="s">
+        <v>5</v>
+      </c>
+      <c r="E89" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F89" s="13">
+        <v>0</v>
+      </c>
+      <c r="G89" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A90" t="s">
+        <v>857</v>
+      </c>
+      <c r="B90" t="s">
+        <v>202</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D90" t="s">
+        <v>5</v>
+      </c>
+      <c r="E90" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F90" s="13">
+        <v>0</v>
+      </c>
+      <c r="G90" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A91" t="s">
+        <v>858</v>
+      </c>
+      <c r="B91" t="s">
+        <v>82</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D91" t="s">
+        <v>5</v>
+      </c>
+      <c r="E91" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F91" s="13">
+        <v>0</v>
+      </c>
+      <c r="G91" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A92" t="s">
+        <v>859</v>
+      </c>
+      <c r="B92" t="s">
+        <v>202</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D92" t="s">
+        <v>5</v>
+      </c>
+      <c r="E92" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F92" s="13">
+        <v>0</v>
+      </c>
+      <c r="G92" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A93" t="s">
+        <v>860</v>
+      </c>
+      <c r="B93" t="s">
+        <v>82</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D93" t="s">
+        <v>5</v>
+      </c>
+      <c r="E93" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F93" s="13">
+        <v>0</v>
+      </c>
+      <c r="G93" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A94" t="s">
+        <v>861</v>
+      </c>
+      <c r="B94" t="s">
+        <v>82</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D94" t="s">
+        <v>5</v>
+      </c>
+      <c r="E94" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F94" s="13">
+        <v>0</v>
+      </c>
+      <c r="G94" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A95" t="s">
+        <v>862</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D95" t="s">
+        <v>5</v>
+      </c>
+      <c r="E95" s="2">
+        <v>45771.432071759256</v>
+      </c>
+      <c r="F95" s="13">
+        <v>0</v>
+      </c>
+      <c r="G95" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A96" t="s">
+        <v>850</v>
+      </c>
+      <c r="B96" t="s">
+        <v>851</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D96" t="s">
+        <v>5</v>
+      </c>
+      <c r="E96" s="2">
+        <v>45771.621319444443</v>
+      </c>
+      <c r="F96" s="13">
+        <v>0</v>
+      </c>
+      <c r="G96" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A97" t="s">
+        <v>852</v>
+      </c>
+      <c r="B97" t="s">
+        <v>733</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D97" t="s">
+        <v>5</v>
+      </c>
+      <c r="E97" s="2">
+        <v>45771.621319444443</v>
+      </c>
+      <c r="F97" s="13">
+        <v>0</v>
+      </c>
+      <c r="G97" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A98" t="s">
+        <v>847</v>
+      </c>
+      <c r="B98" t="s">
+        <v>401</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D98" t="s">
+        <v>5</v>
+      </c>
+      <c r="E98" s="2">
+        <v>45777</v>
+      </c>
+      <c r="F98" s="13">
+        <v>0</v>
+      </c>
+      <c r="G98" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B88" t="s">
+    <row r="99" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A99" t="s">
+        <v>848</v>
+      </c>
+      <c r="B99" t="s">
+        <v>141</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D99" t="s">
+        <v>5</v>
+      </c>
+      <c r="E99" s="2">
+        <v>45777</v>
+      </c>
+      <c r="F99" s="13">
+        <v>0</v>
+      </c>
+      <c r="G99" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A100" t="s">
+        <v>849</v>
+      </c>
+      <c r="B100" t="s">
+        <v>726</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D100" t="s">
+        <v>5</v>
+      </c>
+      <c r="E100" s="2">
+        <v>45777</v>
+      </c>
+      <c r="F100" s="13">
+        <v>0</v>
+      </c>
+      <c r="G100" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A101" t="s">
+        <v>846</v>
+      </c>
+      <c r="B101" t="s">
+        <v>58</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D101" t="s">
+        <v>5</v>
+      </c>
+      <c r="E101" s="2">
+        <v>45777.581261574072</v>
+      </c>
+      <c r="F101" s="13">
+        <v>0</v>
+      </c>
+      <c r="G101" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A102" t="s">
+        <v>843</v>
+      </c>
+      <c r="B102" t="s">
+        <v>64</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D102" t="s">
+        <v>5</v>
+      </c>
+      <c r="E102" s="2">
+        <v>45777.632314814815</v>
+      </c>
+      <c r="F102" s="13">
+        <v>0</v>
+      </c>
+      <c r="G102" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A103" t="s">
+        <v>844</v>
+      </c>
+      <c r="B103" t="s">
+        <v>21</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D103" t="s">
+        <v>5</v>
+      </c>
+      <c r="E103" s="2">
+        <v>45777.632314814815</v>
+      </c>
+      <c r="F103" s="13">
+        <v>0</v>
+      </c>
+      <c r="G103" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A104" t="s">
+        <v>845</v>
+      </c>
+      <c r="B104" t="s">
+        <v>788</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D104" t="s">
+        <v>5</v>
+      </c>
+      <c r="E104" s="2">
+        <v>45777.632314814815</v>
+      </c>
+      <c r="F104" s="13">
+        <v>0</v>
+      </c>
+      <c r="G104" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A105" t="s">
+        <v>841</v>
+      </c>
+      <c r="B105" t="s">
+        <v>842</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D105" t="s">
+        <v>5</v>
+      </c>
+      <c r="E105" s="2">
+        <v>45786.378750000003</v>
+      </c>
+      <c r="F105" s="13">
+        <v>0</v>
+      </c>
+      <c r="G105" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A106" t="s">
+        <v>840</v>
+      </c>
+      <c r="B106" t="s">
+        <v>48</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D106" t="s">
+        <v>5</v>
+      </c>
+      <c r="E106" s="2">
+        <v>45791</v>
+      </c>
+      <c r="F106" s="13">
+        <v>0</v>
+      </c>
+      <c r="G106" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A107" t="s">
+        <v>836</v>
+      </c>
+      <c r="B107" t="s">
+        <v>837</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D107" t="s">
+        <v>5</v>
+      </c>
+      <c r="E107" s="2">
+        <v>45791.418344907404</v>
+      </c>
+      <c r="F107" s="13">
+        <v>0</v>
+      </c>
+      <c r="G107" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A108" t="s">
         <v>838</v>
       </c>
-      <c r="C88" t="s">
-[...395 lines deleted...]
-      </c>
       <c r="B108" t="s">
+        <v>788</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D108" t="s">
+        <v>5</v>
+      </c>
+      <c r="E108" s="2">
+        <v>45791.418344907404</v>
+      </c>
+      <c r="F108" s="13">
+        <v>0</v>
+      </c>
+      <c r="G108" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A109" t="s">
+        <v>839</v>
+      </c>
+      <c r="B109" t="s">
         <v>551</v>
       </c>
-      <c r="C108" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="C109" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="110" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D109" t="s">
+        <v>5</v>
+      </c>
+      <c r="E109" s="2">
+        <v>45791.418344907404</v>
+      </c>
+      <c r="F109" s="13">
+        <v>0</v>
+      </c>
+      <c r="G109" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A110" t="s">
-        <v>927</v>
+        <v>776</v>
       </c>
       <c r="B110" t="s">
-        <v>529</v>
+        <v>28</v>
       </c>
       <c r="C110" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="111" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+      <c r="D110" t="s">
+        <v>5</v>
+      </c>
+      <c r="E110" s="2">
+        <v>45791.47111111111</v>
+      </c>
+      <c r="F110" s="13">
+        <v>0</v>
+      </c>
+      <c r="G110" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A111" t="s">
-        <v>928</v>
+        <v>835</v>
       </c>
       <c r="B111" t="s">
         <v>77</v>
       </c>
       <c r="C111" t="s">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="F111" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D111" t="s">
+        <v>5</v>
+      </c>
+      <c r="E111" s="2">
+        <v>45799.400694444441</v>
+      </c>
+      <c r="F111" s="13">
+        <v>0</v>
+      </c>
+      <c r="G111" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A112" t="s">
+        <v>334</v>
+      </c>
+      <c r="B112" t="s">
+        <v>42</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D112" t="s">
+        <v>5</v>
+      </c>
+      <c r="E112" s="2">
+        <v>45799.400694444441</v>
+      </c>
+      <c r="F112" s="13">
+        <v>0</v>
+      </c>
+      <c r="G112" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A113" t="s">
+        <v>833</v>
+      </c>
+      <c r="B113" t="s">
+        <v>50</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D113" t="s">
+        <v>5</v>
+      </c>
+      <c r="E113" s="2">
+        <v>45805.446608796294</v>
+      </c>
+      <c r="F113" s="13">
+        <v>0</v>
+      </c>
+      <c r="G113" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A114" t="s">
+        <v>834</v>
+      </c>
+      <c r="B114" t="s">
+        <v>229</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D114" t="s">
+        <v>5</v>
+      </c>
+      <c r="E114" s="2">
+        <v>45805.446608796294</v>
+      </c>
+      <c r="F114" s="13">
+        <v>0</v>
+      </c>
+      <c r="G114" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A115" t="s">
+        <v>829</v>
+      </c>
+      <c r="B115" t="s">
+        <v>398</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D115" t="s">
+        <v>5</v>
+      </c>
+      <c r="E115" s="2">
+        <v>45806</v>
+      </c>
+      <c r="F115" s="13">
+        <v>0</v>
+      </c>
+      <c r="G115" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A116" t="s">
+        <v>318</v>
+      </c>
+      <c r="B116" t="s">
+        <v>788</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D116" t="s">
+        <v>5</v>
+      </c>
+      <c r="E116" s="2">
+        <v>45806</v>
+      </c>
+      <c r="F116" s="13">
+        <v>0</v>
+      </c>
+      <c r="G116" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A117" t="s">
+        <v>831</v>
+      </c>
+      <c r="B117" t="s">
+        <v>69</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D117" t="s">
+        <v>5</v>
+      </c>
+      <c r="E117" s="2">
+        <v>45806</v>
+      </c>
+      <c r="F117" s="13">
+        <v>0</v>
+      </c>
+      <c r="G117" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A118" t="s">
+        <v>832</v>
+      </c>
+      <c r="B118" t="s">
+        <v>60</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D118" t="s">
+        <v>5</v>
+      </c>
+      <c r="E118" s="2">
+        <v>45806</v>
+      </c>
+      <c r="F118" s="13">
+        <v>0</v>
+      </c>
+      <c r="G118" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="112" spans="1:6" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B112" t="s">
+    <row r="119" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A119" t="s">
+        <v>828</v>
+      </c>
+      <c r="B119" t="s">
+        <v>436</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D119" t="s">
+        <v>5</v>
+      </c>
+      <c r="E119" s="2">
+        <v>45806.333657407406</v>
+      </c>
+      <c r="F119" s="13">
+        <v>0</v>
+      </c>
+      <c r="G119" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A120" t="s">
+        <v>952</v>
+      </c>
+      <c r="B120" t="s">
+        <v>343</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D120" t="s">
+        <v>5</v>
+      </c>
+      <c r="E120" s="2">
+        <v>45806.333657407406</v>
+      </c>
+      <c r="F120" s="13">
+        <v>0</v>
+      </c>
+      <c r="G120" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A121" t="s">
+        <v>420</v>
+      </c>
+      <c r="B121" t="s">
+        <v>17</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D121" t="s">
+        <v>5</v>
+      </c>
+      <c r="E121" s="2">
+        <v>45819.387048611112</v>
+      </c>
+      <c r="F121" s="13">
+        <v>0</v>
+      </c>
+      <c r="G121" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A122" t="s">
+        <v>825</v>
+      </c>
+      <c r="B122" t="s">
+        <v>122</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D122" t="s">
+        <v>5</v>
+      </c>
+      <c r="E122" s="2">
+        <v>45819.387048611112</v>
+      </c>
+      <c r="F122" s="13">
+        <v>0</v>
+      </c>
+      <c r="G122" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A123" t="s">
+        <v>826</v>
+      </c>
+      <c r="B123" t="s">
+        <v>122</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D123" t="s">
+        <v>5</v>
+      </c>
+      <c r="E123" s="2">
+        <v>45819.387048611112</v>
+      </c>
+      <c r="F123" s="13">
+        <v>0</v>
+      </c>
+      <c r="G123" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A124" t="s">
+        <v>827</v>
+      </c>
+      <c r="B124" t="s">
+        <v>330</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D124" t="s">
+        <v>5</v>
+      </c>
+      <c r="E124" s="2">
+        <v>45819.387048611112</v>
+      </c>
+      <c r="F124" s="13">
+        <v>0</v>
+      </c>
+      <c r="G124" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A125" t="s">
+        <v>824</v>
+      </c>
+      <c r="B125" t="s">
+        <v>19</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D125" t="s">
+        <v>5</v>
+      </c>
+      <c r="E125" s="2">
+        <v>45819.458379629628</v>
+      </c>
+      <c r="F125" s="13">
+        <v>0</v>
+      </c>
+      <c r="G125" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A126" t="s">
+        <v>822</v>
+      </c>
+      <c r="B126" t="s">
+        <v>823</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D126" t="s">
+        <v>5</v>
+      </c>
+      <c r="E126" s="2">
+        <v>45833.367268518516</v>
+      </c>
+      <c r="F126" s="13">
+        <v>0</v>
+      </c>
+      <c r="G126" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A127" t="s">
+        <v>521</v>
+      </c>
+      <c r="B127" t="s">
+        <v>220</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D127" t="s">
+        <v>5</v>
+      </c>
+      <c r="E127" s="2">
+        <v>45833.367268518516</v>
+      </c>
+      <c r="F127" s="13">
+        <v>0</v>
+      </c>
+      <c r="G127" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A128" t="s">
+        <v>821</v>
+      </c>
+      <c r="B128" t="s">
+        <v>733</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D128" t="s">
+        <v>5</v>
+      </c>
+      <c r="E128" s="2">
+        <v>45833.40152777778</v>
+      </c>
+      <c r="F128" s="13">
+        <v>0</v>
+      </c>
+      <c r="G128" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A129" t="s">
+        <v>989</v>
+      </c>
+      <c r="B129" t="s">
+        <v>52</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D129" t="s">
+        <v>5</v>
+      </c>
+      <c r="E129" s="2">
+        <v>45833.40152777778</v>
+      </c>
+      <c r="F129" s="13">
+        <v>0</v>
+      </c>
+      <c r="G129" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A130" t="s">
+        <v>990</v>
+      </c>
+      <c r="B130" t="s">
+        <v>82</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D130" t="s">
+        <v>5</v>
+      </c>
+      <c r="E130" s="2">
+        <v>45833</v>
+      </c>
+      <c r="F130" s="13">
+        <v>0</v>
+      </c>
+      <c r="G130" s="14" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A131" t="s">
+        <v>363</v>
+      </c>
+      <c r="B131" t="s">
         <v>21</v>
       </c>
-      <c r="C112" t="s">
-[...8 lines deleted...]
-      <c r="F112" t="s">
+      <c r="C131" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D131" t="s">
+        <v>223</v>
+      </c>
+      <c r="E131" s="2">
+        <v>45839</v>
+      </c>
+      <c r="F131" s="13">
+        <v>1860</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A132" t="s">
+        <v>992</v>
+      </c>
+      <c r="B132" t="s">
+        <v>21</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D132" t="s">
+        <v>5</v>
+      </c>
+      <c r="E132" s="2">
+        <v>45847</v>
+      </c>
+      <c r="F132" s="13">
+        <v>0</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E133" s="15">
+        <v>45861</v>
+      </c>
+      <c r="F133" s="16">
+        <v>0</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E134" s="15">
+        <v>45861</v>
+      </c>
+      <c r="F134" s="16">
+        <v>0</v>
+      </c>
+      <c r="G134" s="17" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E135" s="15">
+        <v>45861</v>
+      </c>
+      <c r="F135" s="16">
+        <v>0</v>
+      </c>
+      <c r="G135" s="17" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E136" s="15">
+        <v>45861</v>
+      </c>
+      <c r="F136" s="16">
+        <v>0</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A137" t="s">
+        <v>997</v>
+      </c>
+      <c r="B137" t="s">
+        <v>504</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D137" t="s">
+        <v>5</v>
+      </c>
+      <c r="E137" s="2">
+        <v>45863.39534722222</v>
+      </c>
+      <c r="F137" s="13">
+        <v>0</v>
+      </c>
+      <c r="G137" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A138" t="s">
+        <v>998</v>
+      </c>
+      <c r="B138" t="s">
+        <v>66</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D138" t="s">
+        <v>5</v>
+      </c>
+      <c r="E138" s="2">
+        <v>45868.439687500002</v>
+      </c>
+      <c r="F138" s="13">
+        <v>0</v>
+      </c>
+      <c r="G138" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="113" spans="1:6" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B113" t="s">
+    <row r="139" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A139" t="s">
+        <v>999</v>
+      </c>
+      <c r="B139" t="s">
+        <v>295</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D139" t="s">
+        <v>5</v>
+      </c>
+      <c r="E139" s="2">
+        <v>45891.439317129632</v>
+      </c>
+      <c r="F139" s="13">
+        <v>0</v>
+      </c>
+      <c r="G139" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E140" s="15">
+        <v>45891.439317129632</v>
+      </c>
+      <c r="F140" s="16">
+        <v>0</v>
+      </c>
+      <c r="G140" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A141" t="s">
+        <v>166</v>
+      </c>
+      <c r="B141" t="s">
+        <v>167</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D141" t="s">
+        <v>223</v>
+      </c>
+      <c r="E141" s="2">
+        <v>45894</v>
+      </c>
+      <c r="F141" s="13">
+        <v>2000</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A142" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B142" t="s">
+        <v>603</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D142" t="s">
+        <v>5</v>
+      </c>
+      <c r="E142" s="2">
+        <v>45896</v>
+      </c>
+      <c r="F142" s="13">
+        <v>0</v>
+      </c>
+      <c r="G142" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A143" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B143" t="s">
         <v>21</v>
       </c>
-      <c r="C113" t="s">
-[...8 lines deleted...]
-      <c r="F113" t="s">
+      <c r="C143" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D143" t="s">
+        <v>5</v>
+      </c>
+      <c r="E143" s="2">
+        <v>45896</v>
+      </c>
+      <c r="F143" s="13">
+        <v>0</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A144" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B144" t="s">
+        <v>69</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D144" t="s">
+        <v>5</v>
+      </c>
+      <c r="E144" s="2">
+        <v>45896</v>
+      </c>
+      <c r="F144" s="13">
+        <v>0</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A145" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B145" t="s">
+        <v>202</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D145" t="s">
+        <v>5</v>
+      </c>
+      <c r="E145" s="2">
+        <v>45896</v>
+      </c>
+      <c r="F145" s="13">
+        <v>0</v>
+      </c>
+      <c r="G145" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="114" spans="1:6" x14ac:dyDescent="0.35">
-[...103 lines deleted...]
-      <c r="B119" t="s">
+    <row r="146" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A146" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B146" t="s">
+        <v>284</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D146" t="s">
+        <v>5</v>
+      </c>
+      <c r="E146" s="2">
+        <v>45896.490416666667</v>
+      </c>
+      <c r="F146" s="13">
+        <v>0</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A147" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B147" t="s">
+        <v>562</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D147" t="s">
+        <v>5</v>
+      </c>
+      <c r="E147" s="2">
+        <v>45910</v>
+      </c>
+      <c r="F147" s="13">
+        <v>0</v>
+      </c>
+      <c r="G147" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A148" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B148" t="s">
+        <v>88</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D148" t="s">
+        <v>5</v>
+      </c>
+      <c r="E148" s="2">
+        <v>45910.461365740739</v>
+      </c>
+      <c r="F148" s="13">
+        <v>0</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A149" t="s">
+        <v>123</v>
+      </c>
+      <c r="B149" t="s">
+        <v>403</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D149" t="s">
+        <v>5</v>
+      </c>
+      <c r="E149" s="2">
+        <v>45910.530555555553</v>
+      </c>
+      <c r="F149" s="13">
+        <v>0</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A150" t="s">
+        <v>921</v>
+      </c>
+      <c r="B150" t="s">
         <v>217</v>
       </c>
-      <c r="C119" t="s">
-[...48 lines deleted...]
-      <c r="F121" t="s">
+      <c r="C150" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D150" t="s">
+        <v>223</v>
+      </c>
+      <c r="E150" s="2">
+        <v>45923.377175925925</v>
+      </c>
+      <c r="F150" s="13">
+        <v>1000</v>
+      </c>
+      <c r="G150" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A151" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D151" t="s">
+        <v>5</v>
+      </c>
+      <c r="E151" s="2">
+        <v>45932.537256944444</v>
+      </c>
+      <c r="F151" s="13">
+        <v>0</v>
+      </c>
+      <c r="G151" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="122" spans="1:6" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B122" t="s">
+    <row r="152" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A152" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D152" t="s">
+        <v>5</v>
+      </c>
+      <c r="E152" s="2">
+        <v>45932.537256944444</v>
+      </c>
+      <c r="F152" s="13">
+        <v>0</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A153" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B153" t="s">
+        <v>541</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D153" t="s">
+        <v>5</v>
+      </c>
+      <c r="E153" s="2">
+        <v>45936.409513888888</v>
+      </c>
+      <c r="F153" s="13">
+        <v>0</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A154" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B154" t="s">
+        <v>21</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D154" t="s">
+        <v>5</v>
+      </c>
+      <c r="E154" s="2">
+        <v>45945.428229166668</v>
+      </c>
+      <c r="F154" s="13">
+        <v>0</v>
+      </c>
+      <c r="G154" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A155" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B155" t="s">
+        <v>79</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D155" t="s">
+        <v>5</v>
+      </c>
+      <c r="E155" s="2">
+        <v>45959.399282407408</v>
+      </c>
+      <c r="F155" s="13">
+        <v>0</v>
+      </c>
+      <c r="G155" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A156" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D156" t="s">
+        <v>5</v>
+      </c>
+      <c r="E156" s="2">
+        <v>45966</v>
+      </c>
+      <c r="F156" s="13">
+        <v>0</v>
+      </c>
+      <c r="G156" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A157" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B157" t="s">
+        <v>21</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D157" t="s">
+        <v>5</v>
+      </c>
+      <c r="E157" s="2">
+        <v>45966</v>
+      </c>
+      <c r="F157" s="13">
+        <v>0</v>
+      </c>
+      <c r="G157" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A158" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D158" t="s">
+        <v>5</v>
+      </c>
+      <c r="E158" s="2">
+        <v>45966.398819444446</v>
+      </c>
+      <c r="F158" s="13">
+        <v>0</v>
+      </c>
+      <c r="G158" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A159" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D159" t="s">
+        <v>5</v>
+      </c>
+      <c r="E159" s="2">
+        <v>45966.436736111114</v>
+      </c>
+      <c r="F159" s="13">
+        <v>0</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A160" t="s">
+        <v>734</v>
+      </c>
+      <c r="B160" t="s">
+        <v>48</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D160" t="s">
+        <v>5</v>
+      </c>
+      <c r="E160" s="2">
+        <v>45966.49695601852</v>
+      </c>
+      <c r="F160" s="13">
+        <v>0</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A161" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B161" t="s">
+        <v>513</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D161" t="s">
+        <v>5</v>
+      </c>
+      <c r="E161" s="2">
+        <v>45966.583356481482</v>
+      </c>
+      <c r="F161" s="13">
+        <v>0</v>
+      </c>
+      <c r="G161" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A162" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B162" t="s">
+        <v>608</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D162" t="s">
+        <v>5</v>
+      </c>
+      <c r="E162" s="2">
+        <v>45966.583356481482</v>
+      </c>
+      <c r="F162" s="13">
+        <v>0</v>
+      </c>
+      <c r="G162" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A163" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B163" t="s">
+        <v>708</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D163" t="s">
+        <v>5</v>
+      </c>
+      <c r="E163" s="2">
+        <v>45966.598182870373</v>
+      </c>
+      <c r="F163" s="13">
+        <v>0</v>
+      </c>
+      <c r="G163" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A164" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B164" t="s">
+        <v>842</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D164" t="s">
+        <v>5</v>
+      </c>
+      <c r="E164" s="2">
+        <v>45980.447766203702</v>
+      </c>
+      <c r="F164" s="13">
+        <v>0</v>
+      </c>
+      <c r="G164" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D165" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E165" s="15">
+        <v>45982.42931712963</v>
+      </c>
+      <c r="F165" s="16">
+        <v>0</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A166" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B166" t="s">
+        <v>141</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D166" t="s">
+        <v>5</v>
+      </c>
+      <c r="E166" s="2">
+        <v>45982.470127314817</v>
+      </c>
+      <c r="F166" s="13">
+        <v>0</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A167" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D167" t="s">
+        <v>5</v>
+      </c>
+      <c r="E167" s="2">
+        <v>45985.375069444446</v>
+      </c>
+      <c r="F167" s="13">
+        <v>0</v>
+      </c>
+      <c r="G167" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A168" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B168" t="s">
         <v>9</v>
       </c>
-      <c r="C122" t="s">
-[...8 lines deleted...]
-      <c r="F122" t="s">
+      <c r="C168" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D168" t="s">
+        <v>5</v>
+      </c>
+      <c r="E168" s="2">
+        <v>45994.553206018521</v>
+      </c>
+      <c r="F168" s="13">
+        <v>0</v>
+      </c>
+      <c r="G168" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="123" spans="1:6" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="F123" t="s">
+    <row r="169" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A169" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D169" t="s">
+        <v>5</v>
+      </c>
+      <c r="E169" s="2">
+        <v>46001</v>
+      </c>
+      <c r="F169" s="13">
+        <v>0</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A170" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D170" t="s">
+        <v>5</v>
+      </c>
+      <c r="E170" s="2">
+        <v>46001</v>
+      </c>
+      <c r="F170" s="13">
+        <v>0</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A171" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D171" t="s">
+        <v>5</v>
+      </c>
+      <c r="E171" s="2">
+        <v>46001.444664351853</v>
+      </c>
+      <c r="F171" s="13">
+        <v>0</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A172" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B172" t="s">
+        <v>401</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D172" t="s">
+        <v>5</v>
+      </c>
+      <c r="E172" s="2">
+        <v>46001.444664351853</v>
+      </c>
+      <c r="F172" s="13">
+        <v>0</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A173" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B173" t="s">
+        <v>401</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D173" t="s">
+        <v>5</v>
+      </c>
+      <c r="E173" s="2">
+        <v>46001.444664351853</v>
+      </c>
+      <c r="F173" s="13">
+        <v>0</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A174" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B174" t="s">
+        <v>788</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D174" t="s">
+        <v>5</v>
+      </c>
+      <c r="E174" s="2">
+        <v>46001.52542824074</v>
+      </c>
+      <c r="F174" s="13">
+        <v>0</v>
+      </c>
+      <c r="G174" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="124" spans="1:6" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="F124" t="s">
+    <row r="175" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A175" t="s">
+        <v>526</v>
+      </c>
+      <c r="B175" t="s">
+        <v>38</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D175" t="s">
+        <v>5</v>
+      </c>
+      <c r="E175" s="2">
+        <v>46001.52542824074</v>
+      </c>
+      <c r="F175" s="13">
+        <v>0</v>
+      </c>
+      <c r="G175" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A176" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B176" t="s">
+        <v>419</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D176" t="s">
+        <v>5</v>
+      </c>
+      <c r="E176" s="2">
+        <v>46001.52542824074</v>
+      </c>
+      <c r="F176" s="13">
+        <v>0</v>
+      </c>
+      <c r="G176" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A177" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B177" t="s">
+        <v>229</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D177" t="s">
+        <v>5</v>
+      </c>
+      <c r="E177" s="2">
+        <v>46001.52542824074</v>
+      </c>
+      <c r="F177" s="13">
+        <v>0</v>
+      </c>
+      <c r="G177" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="125" spans="1:6" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="F125" t="s">
+    <row r="178" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A178" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D178" t="s">
+        <v>5</v>
+      </c>
+      <c r="E178" s="2">
+        <v>46001.577557870369</v>
+      </c>
+      <c r="F178" s="13">
+        <v>0</v>
+      </c>
+      <c r="G178" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A179" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D179" t="s">
+        <v>5</v>
+      </c>
+      <c r="E179" s="2">
+        <v>46001.577557870369</v>
+      </c>
+      <c r="F179" s="13">
+        <v>0</v>
+      </c>
+      <c r="G179" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A180" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B180" t="s">
+        <v>436</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D180" t="s">
+        <v>5</v>
+      </c>
+      <c r="E180" s="2">
+        <v>46008</v>
+      </c>
+      <c r="F180" s="13">
+        <v>0</v>
+      </c>
+      <c r="G180" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A181" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B181" t="s">
+        <v>21</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D181" t="s">
+        <v>5</v>
+      </c>
+      <c r="E181" s="2">
+        <v>46008</v>
+      </c>
+      <c r="F181" s="13">
+        <v>0</v>
+      </c>
+      <c r="G181" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="126" spans="1:6" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="F126" t="s">
+    <row r="182" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A182" t="s">
+        <v>231</v>
+      </c>
+      <c r="B182" t="s">
+        <v>21</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D182" t="s">
+        <v>5</v>
+      </c>
+      <c r="E182" s="2">
+        <v>46008</v>
+      </c>
+      <c r="F182" s="13">
+        <v>0</v>
+      </c>
+      <c r="G182" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A183" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B183" t="s">
+        <v>309</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D183" t="s">
+        <v>5</v>
+      </c>
+      <c r="E183" s="2">
+        <v>46008.566400462965</v>
+      </c>
+      <c r="F183" s="13">
+        <v>0</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A184" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D184" t="s">
+        <v>5</v>
+      </c>
+      <c r="E184" s="2">
+        <v>46008.566400462965</v>
+      </c>
+      <c r="F184" s="13">
+        <v>0</v>
+      </c>
+      <c r="G184" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="127" spans="1:6" x14ac:dyDescent="0.35">
-[...56 lines deleted...]
-        <v>992</v>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A185" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B185" t="s">
+        <v>93</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D185" t="s">
+        <v>5</v>
+      </c>
+      <c r="E185" s="2">
+        <v>46008.62327546296</v>
+      </c>
+      <c r="F185" s="13">
+        <v>0</v>
+      </c>
+      <c r="G185" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A186" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B186" t="s">
+        <v>155</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D186" t="s">
+        <v>5</v>
+      </c>
+      <c r="E186" s="2">
+        <v>46015.61550925926</v>
+      </c>
+      <c r="F186" s="13">
+        <v>0</v>
+      </c>
+      <c r="G186" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A187" t="s">
+        <v>993</v>
+      </c>
+      <c r="B187" t="s">
+        <v>79</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D187" t="s">
+        <v>5</v>
+      </c>
+      <c r="E187" s="2">
+        <v>46022.61550925926</v>
+      </c>
+      <c r="F187" s="13">
+        <v>0</v>
+      </c>
+      <c r="G187" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A188" t="s">
+        <v>116</v>
+      </c>
+      <c r="B188" t="s">
+        <v>79</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D188" t="s">
+        <v>5</v>
+      </c>
+      <c r="E188" s="2">
+        <v>46022.61550925926</v>
+      </c>
+      <c r="F188" s="13">
+        <v>0</v>
+      </c>
+      <c r="G188" t="s">
+        <v>968</v>
       </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G129">
+    <sortCondition ref="E1:E129"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100965F773CEF73994AB3803EA8CBCA7FC9" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ac59786227f7af903f5f0b9a3d8f4adc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c1c48f3-4597-4f51-bb4e-1ded01efbfae" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="42479fb9ca03bb5cb366daf3582e0fc0" ns2:_="" ns3:_="">
     <xsd:import namespace="4c1c48f3-4597-4f51-bb4e-1ded01efbfae"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16823,125 +18858,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c1c48f3-4597-4f51-bb4e-1ded01efbfae">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE2F84F6-E9FD-4134-B1E4-D55D62F304AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c1c48f3-4597-4f51-bb4e-1ded01efbfae"/>
     <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D951DC1F-6ACE-441C-9D50-42728544EA40}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F30CEE44-37C1-4B8E-AD20-37325027D179}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="4c1c48f3-4597-4f51-bb4e-1ded01efbfae"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Enforcement 2021</vt:lpstr>
       <vt:lpstr>Enforcement 2022</vt:lpstr>
       <vt:lpstr>Enforcement 2023</vt:lpstr>
       <vt:lpstr>Enforcement 2024</vt:lpstr>
-      <vt:lpstr>Enforcemnt 2025 (Jan-June)</vt:lpstr>
+      <vt:lpstr>Enforcement 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tocchio, Robert (DEP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100965F773CEF73994AB3803EA8CBCA7FC9</vt:lpwstr>