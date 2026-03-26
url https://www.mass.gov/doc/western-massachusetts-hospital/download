--- v0 (2025-12-02)
+++ v1 (2026-03-26)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/deborah_harrison_mass_gov/Documents/Documents/Agencies/_HOSPITALS/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C83DA45F-9D82-44F4-869A-F56432A8B7BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{08FB625D-DB7F-4CDE-AD87-B3DFD1D73149}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1020" yWindow="1665" windowWidth="21660" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="4095" yWindow="1785" windowWidth="15060" windowHeight="13695" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="WMH Charge Book" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'WMH Charge Book'!$A$6:$C$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'WMH Charge Book'!$A$11:$C$11</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'WMH Charge Book'!$8:$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1147" uniqueCount="512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1151" uniqueCount="513">
   <si>
     <t>Western Massachusetts Hospital</t>
   </si>
   <si>
     <t>ALBUTEROL-UNIT DOSE 2.5 mg</t>
   </si>
   <si>
     <t>Medicare Fee Sch.</t>
   </si>
   <si>
     <t>PHARMACY</t>
   </si>
   <si>
     <t>ATROVENT-UNIT DOSE 0.5 mg</t>
   </si>
   <si>
     <t>FUZEON</t>
   </si>
   <si>
     <t>DUO NEB UNIT DOSE</t>
   </si>
   <si>
     <t>INTAL UNIT DOSE 20 mg</t>
   </si>
   <si>
@@ -1568,179 +1568,194 @@
     <t>Dolphin Autovector System</t>
   </si>
   <si>
     <t>Covid-19 Vaccine Administration - One Dose</t>
   </si>
   <si>
     <t>COMIRNATY (COVID-19 Vaccine, mRNA) 2023-2024 Formula</t>
   </si>
   <si>
     <t>SPIKEVAX 2023-2024 Formula</t>
   </si>
   <si>
     <t>PROLONGED E&amp;M E.A. 15 MIN</t>
   </si>
   <si>
     <t>PSYCH DIAG EVALUATION</t>
   </si>
   <si>
     <t>PSYCH DIAG EVAL W/ MED SERVICES</t>
   </si>
   <si>
     <t>Fiscal Year 2026 Charge Book</t>
   </si>
   <si>
     <t>Effective 7/1/2025</t>
+  </si>
+  <si>
+    <t>Effective 3/1/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_DPH Chargebook (FY 2007)_REVISED_4_3_07" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -2016,7006 +2031,7032 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F602"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C8" sqref="C8"/>
+      <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" style="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="18" t="s">
         <v>467</v>
       </c>
-      <c r="B1" s="17"/>
-      <c r="C1" s="17"/>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A2" s="17" t="s">
+      <c r="A2" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="17"/>
-      <c r="C2" s="17"/>
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A3" s="17" t="s">
+      <c r="A3" s="18" t="s">
         <v>510</v>
       </c>
-      <c r="B3" s="17"/>
-      <c r="C3" s="17"/>
+      <c r="B3" s="18"/>
+      <c r="C3" s="18"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A4" s="18"/>
-[...1 lines deleted...]
-      <c r="C4" s="18"/>
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="16"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A5" s="16" t="s">
-[...3 lines deleted...]
-      <c r="C5" s="16"/>
+      <c r="A5" s="20" t="s">
+        <v>512</v>
+      </c>
+      <c r="B5" s="20"/>
+      <c r="C5" s="20"/>
       <c r="D5" s="3"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>469</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="9"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>468</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>472</v>
       </c>
       <c r="C7" s="8">
-        <v>1700</v>
+        <v>2300</v>
       </c>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A8" s="6"/>
       <c r="B8" s="4"/>
-      <c r="C8" s="9"/>
+      <c r="C8" s="8"/>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A9" s="6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A9" s="19"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A10" s="6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A10" s="17" t="s">
+        <v>511</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A11" s="6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A11" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="B11" s="4"/>
+      <c r="C11" s="9"/>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>453</v>
+        <v>468</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>2</v>
+        <v>472</v>
       </c>
       <c r="C12" s="8">
-        <v>39</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A13" s="6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A13" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="B13" s="4"/>
+      <c r="C13" s="9"/>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="8">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="8">
-        <v>99</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C16" s="8">
-        <v>135</v>
+        <v>198</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C17" s="8">
-        <v>198</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="8">
-        <v>39</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="8">
-        <v>71</v>
+        <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C20" s="8">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C21" s="8">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A22" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="8">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A23" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="8">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A24" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C24" s="8">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A25" s="6" t="s">
         <v>461</v>
       </c>
-      <c r="B20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="8">
+      <c r="B25" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C25" s="8">
         <v>102</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A21" s="15" t="s">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A26" s="15" t="s">
         <v>507</v>
       </c>
-      <c r="B21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="8">
+      <c r="B26" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C26" s="8">
         <v>31.23</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A22" s="15" t="s">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A27" s="15" t="s">
         <v>508</v>
       </c>
-      <c r="B22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="8">
+      <c r="B27" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C27" s="8">
         <v>154.1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="15" t="s">
+      <c r="D27" s="3"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A28" s="15" t="s">
         <v>509</v>
       </c>
-      <c r="B23" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="8">
+      <c r="B28" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C28" s="8">
         <v>175.67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="12" t="s">
+      <c r="D28" s="3"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A29" s="12" t="s">
         <v>504</v>
       </c>
-      <c r="B24" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="8">
+      <c r="B29" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C29" s="8">
         <v>40</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="12" t="s">
+      <c r="D29" s="3"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A30" s="12" t="s">
         <v>505</v>
       </c>
-      <c r="B25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="8">
+      <c r="B30" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C30" s="8">
         <v>131.1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="12" t="s">
+      <c r="D30" s="3"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A31" s="12" t="s">
         <v>506</v>
       </c>
-      <c r="B26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="8">
+      <c r="B31" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="8">
         <v>145.91999999999999</v>
-      </c>
-[...57 lines deleted...]
-        <v>502</v>
       </c>
       <c r="D31" s="3"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" s="6" t="s">
-        <v>503</v>
+        <v>445</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>501</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>502</v>
       </c>
       <c r="D32" s="3"/>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" s="6" t="s">
-        <v>487</v>
+        <v>446</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>501</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" s="6" t="s">
-        <v>485</v>
+        <v>447</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>134.02000000000001</v>
+        <v>501</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" s="6" t="s">
-        <v>484</v>
+        <v>448</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>19.829999999999998</v>
+        <v>501</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" s="6" t="s">
-        <v>481</v>
+        <v>449</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>91.24</v>
+        <v>501</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>502</v>
       </c>
       <c r="D36" s="3"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" s="6" t="s">
-        <v>482</v>
+        <v>503</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>109.05</v>
+        <v>501</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>502</v>
       </c>
       <c r="D37" s="3"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>489</v>
+      </c>
+      <c r="D38" s="3"/>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A39" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C39" s="8">
+        <v>134.02000000000001</v>
+      </c>
+      <c r="D39" s="3"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A40" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C40" s="8">
+        <v>19.829999999999998</v>
+      </c>
+      <c r="D40" s="3"/>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A41" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C41" s="8">
+        <v>91.24</v>
+      </c>
+      <c r="D41" s="3"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A42" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C42" s="8">
+        <v>109.05</v>
+      </c>
+      <c r="D42" s="3"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A43" s="6" t="s">
         <v>483</v>
       </c>
-      <c r="B38" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="8">
+      <c r="B43" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C43" s="8">
         <v>83.78</v>
-      </c>
-[...58 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D43" s="3"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" s="12" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C44" s="8">
-        <v>225</v>
+        <v>66</v>
       </c>
       <c r="D44" s="3"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" s="12" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C45" s="8">
-        <v>315</v>
+        <v>70</v>
       </c>
       <c r="D45" s="3"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" s="12" t="s">
+        <v>475</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C46" s="8">
+        <v>98</v>
+      </c>
+      <c r="D46" s="3"/>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A47" s="12" t="s">
+        <v>476</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C47" s="8">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A48" s="12" t="s">
+        <v>477</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C48" s="8">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A49" s="12" t="s">
+        <v>478</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C49" s="8">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A50" s="12" t="s">
+        <v>479</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C50" s="8">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A51" s="12" t="s">
         <v>480</v>
       </c>
-      <c r="B46" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="11">
+      <c r="B51" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C51" s="11">
         <v>72</v>
       </c>
-      <c r="D46" s="3"/>
-[...2 lines deleted...]
-      <c r="A47" s="7" t="s">
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A52" s="7" t="s">
         <v>462</v>
       </c>
-      <c r="B47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="8">
+      <c r="B52" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C52" s="8">
         <v>15.33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="7" t="s">
+      <c r="D52" s="3"/>
+    </row>
+    <row r="53" spans="1:4" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A53" s="7" t="s">
         <v>463</v>
       </c>
-      <c r="B48" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="8">
+      <c r="B53" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C53" s="8">
         <v>11.45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="7" t="s">
+      <c r="D53" s="3"/>
+    </row>
+    <row r="54" spans="1:4" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A54" s="7" t="s">
         <v>464</v>
       </c>
-      <c r="B49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="8">
+      <c r="B54" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C54" s="8">
         <v>11.78</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="7" t="s">
+      <c r="D54" s="3"/>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A55" s="7" t="s">
         <v>465</v>
       </c>
-      <c r="B50" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="8">
+      <c r="B55" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C55" s="8">
         <v>15.6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="7" t="s">
+      <c r="D55" s="3"/>
+    </row>
+    <row r="56" spans="1:4" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="7" t="s">
         <v>466</v>
       </c>
-      <c r="B51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="8">
+      <c r="B56" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C56" s="8">
         <v>15.63</v>
-      </c>
-[...57 lines deleted...]
-        <v>4.4000000000000004</v>
       </c>
       <c r="D56" s="3"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" s="6" t="s">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C57" s="8">
-        <v>1.2429999999999999</v>
+        <v>1.155</v>
       </c>
       <c r="D57" s="3"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" s="6" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="D58" s="3"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" s="6" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="8">
-        <v>1.1000000000000001</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="D59" s="3"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" s="6" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C60" s="8">
-        <v>43.725000000000001</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D60" s="3"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" s="6" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C61" s="8">
-        <v>197.92300000000003</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="D61" s="3"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" s="6" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C62" s="8">
-        <v>90.343000000000004</v>
+        <v>1.2429999999999999</v>
       </c>
       <c r="D62" s="3"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A63" s="6" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C63" s="8">
-        <v>47.85</v>
+      <c r="C63" s="9" t="s">
+        <v>471</v>
       </c>
       <c r="D63" s="3"/>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A64" s="6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C64" s="8">
-        <v>75.823000000000008</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D64" s="3"/>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A65" s="6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C65" s="8">
-        <v>72.52300000000001</v>
+        <v>43.725000000000001</v>
       </c>
       <c r="D65" s="3"/>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A66" s="6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C66" s="8">
-        <v>53.713000000000001</v>
+        <v>197.92300000000003</v>
       </c>
       <c r="D66" s="3"/>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A67" s="6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="8">
-        <v>78.628000000000014</v>
+        <v>90.343000000000004</v>
       </c>
       <c r="D67" s="3"/>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A68" s="6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C68" s="8">
-        <v>1.1000000000000001</v>
+        <v>47.85</v>
       </c>
       <c r="D68" s="3"/>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A69" s="6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C69" s="8">
-        <v>83.6</v>
+        <v>75.823000000000008</v>
       </c>
       <c r="D69" s="3"/>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A70" s="6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C70" s="8">
-        <v>57.2</v>
+        <v>72.52300000000001</v>
       </c>
       <c r="D70" s="3"/>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A71" s="6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C71" s="8">
-        <v>55</v>
+        <v>53.713000000000001</v>
       </c>
       <c r="D71" s="3"/>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A72" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C72" s="8">
-        <v>154</v>
+        <v>78.628000000000014</v>
       </c>
       <c r="D72" s="3"/>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A73" s="6" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C73" s="8">
-        <v>130.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="D73" s="3"/>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A74" s="6" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C74" s="8">
-        <v>24.2</v>
+        <v>83.6</v>
       </c>
       <c r="D74" s="3"/>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A75" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C75" s="8">
-        <v>24.2</v>
+        <v>57.2</v>
       </c>
       <c r="D75" s="3"/>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A76" s="6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C76" s="8">
-        <v>31.9</v>
+        <v>55</v>
       </c>
       <c r="D76" s="3"/>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A77" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C77" s="8">
-        <v>80.3</v>
+        <v>154</v>
       </c>
       <c r="D77" s="3"/>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A78" s="6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C78" s="8">
-        <v>24.2</v>
+        <v>130.9</v>
       </c>
       <c r="D78" s="3"/>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A79" s="6" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C79" s="8">
-        <v>72.599999999999994</v>
+        <v>24.2</v>
       </c>
       <c r="D79" s="3"/>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A80" s="6" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C80" s="8">
-        <v>32.395000000000003</v>
+        <v>24.2</v>
       </c>
       <c r="D80" s="3"/>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A81" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C81" s="8">
-        <v>58.3</v>
+        <v>31.9</v>
       </c>
       <c r="D81" s="3"/>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A82" s="6" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C82" s="8">
-        <v>35.200000000000003</v>
+        <v>80.3</v>
       </c>
       <c r="D82" s="3"/>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A83" s="6" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C83" s="8">
-        <v>29.7</v>
+        <v>24.2</v>
       </c>
       <c r="D83" s="3"/>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A84" s="6" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C84" s="8">
-        <v>99</v>
+        <v>72.599999999999994</v>
       </c>
       <c r="D84" s="3"/>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A85" s="6" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C85" s="8">
-        <v>116.831</v>
+        <v>32.395000000000003</v>
       </c>
       <c r="D85" s="3"/>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A86" s="6" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C86" s="8">
-        <v>44</v>
+        <v>58.3</v>
       </c>
       <c r="D86" s="3"/>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A87" s="6" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C87" s="8">
-        <v>34.1</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="D87" s="3"/>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A88" s="6" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C88" s="8">
-        <v>58.3</v>
+        <v>29.7</v>
       </c>
       <c r="D88" s="3"/>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A89" s="6" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C89" s="8">
-        <v>37.4</v>
+        <v>99</v>
       </c>
       <c r="D89" s="3"/>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A90" s="6" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C90" s="8">
-        <v>68.849000000000004</v>
+        <v>116.831</v>
       </c>
       <c r="D90" s="3"/>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A91" s="6" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C91" s="8">
-        <v>31.9</v>
+        <v>44</v>
       </c>
       <c r="D91" s="3"/>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A92" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B92" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C92" s="8">
-        <v>104.5</v>
+        <v>34.1</v>
       </c>
       <c r="D92" s="3"/>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A93" s="6" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C93" s="8">
-        <v>29.7</v>
+        <v>58.3</v>
       </c>
       <c r="D93" s="3"/>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A94" s="6" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B94" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C94" s="8">
-        <v>125.4</v>
+        <v>37.4</v>
       </c>
       <c r="D94" s="3"/>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A95" s="6" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C95" s="8">
-        <v>25.3</v>
+        <v>68.849000000000004</v>
       </c>
       <c r="D95" s="3"/>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A96" s="6" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C96" s="8">
-        <v>50.6</v>
+        <v>31.9</v>
       </c>
       <c r="D96" s="3"/>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A97" s="6" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C97" s="8">
-        <v>50.6</v>
+        <v>104.5</v>
       </c>
       <c r="D97" s="3"/>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A98" s="6" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B98" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C98" s="8">
-        <v>75.900000000000006</v>
+        <v>29.7</v>
       </c>
       <c r="D98" s="3"/>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A99" s="6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C99" s="8">
-        <v>58.3</v>
+        <v>125.4</v>
       </c>
       <c r="D99" s="3"/>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A100" s="6" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B100" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C100" s="8">
-        <v>19.8</v>
+        <v>25.3</v>
       </c>
       <c r="D100" s="3"/>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A101" s="6" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C101" s="8">
-        <v>51.7</v>
+        <v>50.6</v>
       </c>
       <c r="D101" s="3"/>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A102" s="6" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C102" s="8">
-        <v>47.3</v>
+        <v>50.6</v>
       </c>
       <c r="D102" s="3"/>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A103" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C103" s="8">
-        <v>63.8</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D103" s="3"/>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A104" s="6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B104" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C104" s="8">
-        <v>114.4</v>
+        <v>58.3</v>
       </c>
       <c r="D104" s="3"/>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A105" s="6" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C105" s="8">
-        <v>59.4</v>
+        <v>19.8</v>
       </c>
       <c r="D105" s="3"/>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A106" s="6" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B106" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C106" s="8">
-        <v>75.900000000000006</v>
+        <v>51.7</v>
       </c>
       <c r="D106" s="3"/>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A107" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C107" s="8">
-        <v>75.900000000000006</v>
+        <v>47.3</v>
       </c>
       <c r="D107" s="3"/>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A108" s="6" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B108" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C108" s="8">
-        <v>75.900000000000006</v>
+        <v>63.8</v>
       </c>
       <c r="D108" s="3"/>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A109" s="6" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C109" s="8">
-        <v>75.900000000000006</v>
+        <v>114.4</v>
       </c>
       <c r="D109" s="3"/>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A110" s="6" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B110" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C110" s="8">
-        <v>63.8</v>
+        <v>59.4</v>
       </c>
       <c r="D110" s="3"/>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A111" s="6" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C111" s="8">
-        <v>63.8</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D111" s="3"/>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A112" s="6" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B112" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C112" s="8">
-        <v>200.2</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D112" s="3"/>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A113" s="6" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C113" s="8">
-        <v>49.5</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D113" s="3"/>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A114" s="6" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B114" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C114" s="8">
-        <v>66</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D114" s="3"/>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A115" s="6" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C115" s="8">
-        <v>70.400000000000006</v>
+        <v>63.8</v>
       </c>
       <c r="D115" s="3"/>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A116" s="6" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B116" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C116" s="8">
-        <v>52.8</v>
+        <v>63.8</v>
       </c>
       <c r="D116" s="3"/>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A117" s="6" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C117" s="8">
-        <v>121</v>
+        <v>200.2</v>
       </c>
       <c r="D117" s="3"/>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A118" s="6" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B118" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C118" s="8">
-        <v>137.5</v>
+        <v>49.5</v>
       </c>
       <c r="D118" s="3"/>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A119" s="6" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C119" s="8">
-        <v>121</v>
+        <v>66</v>
       </c>
       <c r="D119" s="3"/>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A120" s="6" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B120" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C120" s="8">
-        <v>31.9</v>
+        <v>70.400000000000006</v>
       </c>
       <c r="D120" s="3"/>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A121" s="6" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C121" s="8">
-        <v>31.9</v>
+        <v>52.8</v>
       </c>
       <c r="D121" s="3"/>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A122" s="6" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B122" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C122" s="8">
-        <v>26.4</v>
+        <v>121</v>
       </c>
       <c r="D122" s="3"/>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A123" s="6" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C123" s="8">
-        <v>25.3</v>
+        <v>137.5</v>
       </c>
       <c r="D123" s="3"/>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A124" s="6" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B124" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C124" s="8">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="D124" s="3"/>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A125" s="6" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C125" s="8">
-        <v>71.5</v>
+        <v>31.9</v>
       </c>
       <c r="D125" s="3"/>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A126" s="6" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B126" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C126" s="8">
-        <v>42.9</v>
+        <v>31.9</v>
       </c>
       <c r="D126" s="3"/>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A127" s="6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C127" s="8">
         <v>26.4</v>
       </c>
       <c r="D127" s="3"/>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A128" s="6" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B128" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C128" s="8">
-        <v>19.8</v>
+        <v>25.3</v>
       </c>
       <c r="D128" s="3"/>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A129" s="6" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C129" s="8">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="D129" s="3"/>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A130" s="6" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B130" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C130" s="8">
-        <v>121</v>
+        <v>71.5</v>
       </c>
       <c r="D130" s="3"/>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A131" s="6" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C131" s="8">
-        <v>48.4</v>
+        <v>42.9</v>
       </c>
       <c r="D131" s="3"/>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A132" s="6" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B132" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C132" s="8">
-        <v>108.9</v>
+        <v>26.4</v>
       </c>
       <c r="D132" s="3"/>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A133" s="6" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C133" s="8">
-        <v>39.6</v>
+        <v>19.8</v>
       </c>
       <c r="D133" s="3"/>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A134" s="6" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B134" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C134" s="8">
-        <v>31.9</v>
+        <v>55</v>
       </c>
       <c r="D134" s="3"/>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A135" s="6" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C135" s="8">
-        <v>49.5</v>
+        <v>121</v>
       </c>
       <c r="D135" s="3"/>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A136" s="6" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B136" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C136" s="8">
-        <v>42.9</v>
+        <v>48.4</v>
       </c>
       <c r="D136" s="3"/>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A137" s="6" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C137" s="8">
-        <v>125.4</v>
+        <v>108.9</v>
       </c>
       <c r="D137" s="3"/>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A138" s="6" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B138" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C138" s="8">
-        <v>31.9</v>
+        <v>39.6</v>
       </c>
       <c r="D138" s="3"/>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A139" s="6" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C139" s="8">
-        <v>30.8</v>
+        <v>31.9</v>
       </c>
       <c r="D139" s="3"/>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A140" s="6" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C140" s="8">
-        <v>55</v>
+        <v>49.5</v>
       </c>
       <c r="D140" s="3"/>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A141" s="6" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C141" s="8">
-        <v>39.6</v>
+        <v>42.9</v>
       </c>
       <c r="D141" s="3"/>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A142" s="6" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B142" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C142" s="8">
-        <v>34.1</v>
+        <v>125.4</v>
       </c>
       <c r="D142" s="3"/>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A143" s="6" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C143" s="8">
-        <v>83.6</v>
+        <v>31.9</v>
       </c>
       <c r="D143" s="3"/>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A144" s="6" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B144" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C144" s="8">
-        <v>31.9</v>
+        <v>30.8</v>
       </c>
       <c r="D144" s="3"/>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A145" s="6" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C145" s="8">
-        <v>33.604999999999997</v>
+        <v>55</v>
       </c>
       <c r="D145" s="3"/>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A146" s="6" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B146" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C146" s="8">
-        <v>42.02</v>
+        <v>39.6</v>
       </c>
       <c r="D146" s="3"/>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A147" s="6" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C147" s="8">
-        <v>72.754000000000005</v>
+        <v>34.1</v>
       </c>
       <c r="D147" s="3"/>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A148" s="6" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B148" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C148" s="8">
-        <v>62.073000000000008</v>
+        <v>83.6</v>
       </c>
       <c r="D148" s="3"/>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A149" s="6" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C149" s="8">
-        <v>61.677000000000007</v>
+        <v>31.9</v>
       </c>
       <c r="D149" s="3"/>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A150" s="6" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B150" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C150" s="8">
-        <v>50.402000000000001</v>
+        <v>33.604999999999997</v>
       </c>
       <c r="D150" s="3"/>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A151" s="6" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C151" s="8">
-        <v>21.868000000000002</v>
+        <v>42.02</v>
       </c>
       <c r="D151" s="3"/>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A152" s="6" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B152" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C152" s="8">
-        <v>61.104999999999997</v>
+        <v>72.754000000000005</v>
       </c>
       <c r="D152" s="3"/>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A153" s="6" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C153" s="8">
-        <v>76.109000000000009</v>
+        <v>62.073000000000008</v>
       </c>
       <c r="D153" s="3"/>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A154" s="6" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B154" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C154" s="8">
-        <v>48.433000000000007</v>
+        <v>61.677000000000007</v>
       </c>
       <c r="D154" s="3"/>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A155" s="6" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C155" s="8">
-        <v>20.658000000000001</v>
+        <v>50.402000000000001</v>
       </c>
       <c r="D155" s="3"/>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A156" s="6" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B156" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C156" s="8">
-        <v>64.042000000000002</v>
+        <v>21.868000000000002</v>
       </c>
       <c r="D156" s="3"/>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A157" s="6" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C157" s="8">
-        <v>82.004999999999995</v>
+        <v>61.104999999999997</v>
       </c>
       <c r="D157" s="3"/>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A158" s="6" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B158" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C158" s="8">
-        <v>34.518000000000001</v>
+        <v>76.109000000000009</v>
       </c>
       <c r="D158" s="3"/>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A159" s="6" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C159" s="8">
-        <v>16.577000000000002</v>
+        <v>48.433000000000007</v>
       </c>
       <c r="D159" s="3"/>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A160" s="6" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B160" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C160" s="8">
-        <v>79.584999999999994</v>
+        <v>20.658000000000001</v>
       </c>
       <c r="D160" s="3"/>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A161" s="6" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B161" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C161" s="8">
-        <v>20.966000000000001</v>
+        <v>64.042000000000002</v>
       </c>
       <c r="D161" s="3"/>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A162" s="6" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B162" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C162" s="8">
-        <v>30.943000000000001</v>
+        <v>82.004999999999995</v>
       </c>
       <c r="D162" s="3"/>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A163" s="6" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C163" s="8">
-        <v>54.725000000000001</v>
+        <v>34.518000000000001</v>
       </c>
       <c r="D163" s="3"/>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A164" s="6" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B164" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C164" s="8">
-        <v>15.125</v>
+        <v>16.577000000000002</v>
       </c>
       <c r="D164" s="3"/>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A165" s="6" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C165" s="8">
-        <v>35.695</v>
+        <v>79.584999999999994</v>
       </c>
       <c r="D165" s="3"/>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A166" s="6" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B166" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C166" s="8">
-        <v>59.928000000000004</v>
+        <v>20.966000000000001</v>
       </c>
       <c r="D166" s="3"/>
     </row>
     <row r="167" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A167" s="6" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C167" s="8">
-        <v>49.005000000000003</v>
+        <v>30.943000000000001</v>
       </c>
       <c r="D167" s="3"/>
     </row>
     <row r="168" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A168" s="6" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B168" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C168" s="8">
-        <v>61.6</v>
+        <v>54.725000000000001</v>
       </c>
       <c r="D168" s="3"/>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A169" s="6" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C169" s="8">
-        <v>107.89900000000002</v>
+        <v>15.125</v>
       </c>
       <c r="D169" s="3"/>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A170" s="6" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B170" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C170" s="8">
-        <v>71.5</v>
+        <v>35.695</v>
       </c>
       <c r="D170" s="3"/>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A171" s="6" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B171" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C171" s="8">
-        <v>60.5</v>
+        <v>59.928000000000004</v>
       </c>
       <c r="D171" s="3"/>
     </row>
     <row r="172" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A172" s="6" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B172" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C172" s="8">
-        <v>75.900000000000006</v>
+        <v>49.005000000000003</v>
       </c>
       <c r="D172" s="3"/>
     </row>
     <row r="173" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A173" s="6" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C173" s="8">
-        <v>94.6</v>
+        <v>61.6</v>
       </c>
       <c r="D173" s="3"/>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A174" s="6" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B174" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C174" s="8">
-        <v>75.900000000000006</v>
+        <v>107.89900000000002</v>
       </c>
       <c r="D174" s="3"/>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A175" s="6" t="s">
-        <v>54</v>
+        <v>118</v>
       </c>
       <c r="B175" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C175" s="8">
-        <v>75.900000000000006</v>
+        <v>71.5</v>
       </c>
       <c r="D175" s="3"/>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A176" s="6" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B176" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C176" s="8">
-        <v>11</v>
+        <v>60.5</v>
       </c>
       <c r="D176" s="3"/>
     </row>
     <row r="177" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A177" s="6" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B177" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C177" s="8">
-        <v>21.846</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D177" s="3"/>
     </row>
     <row r="178" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A178" s="6" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B178" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C178" s="8">
-        <v>122.1</v>
+        <v>94.6</v>
       </c>
       <c r="D178" s="3"/>
     </row>
     <row r="179" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A179" s="6" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B179" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C179" s="8">
-        <v>122.1</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D179" s="3"/>
     </row>
     <row r="180" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A180" s="6" t="s">
-        <v>126</v>
+        <v>54</v>
       </c>
       <c r="B180" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C180" s="8">
-        <v>173.8</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="D180" s="3"/>
     </row>
     <row r="181" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A181" s="6" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C181" s="8">
-        <v>76.78</v>
+        <v>11</v>
       </c>
       <c r="D181" s="3"/>
     </row>
     <row r="182" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A182" s="6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B182" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C182" s="8">
-        <v>86.9</v>
+        <v>21.846</v>
       </c>
       <c r="D182" s="3"/>
     </row>
     <row r="183" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A183" s="6" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C183" s="8">
-        <v>161.69999999999999</v>
+        <v>122.1</v>
       </c>
       <c r="D183" s="3"/>
     </row>
     <row r="184" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A184" s="6" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B184" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C184" s="8">
-        <v>63.8</v>
+        <v>122.1</v>
       </c>
       <c r="D184" s="3"/>
     </row>
     <row r="185" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A185" s="6" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C185" s="8">
-        <v>88</v>
+        <v>173.8</v>
       </c>
       <c r="D185" s="3"/>
     </row>
     <row r="186" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A186" s="6" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B186" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C186" s="8">
-        <v>99</v>
+        <v>76.78</v>
       </c>
       <c r="D186" s="3"/>
     </row>
     <row r="187" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A187" s="6" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C187" s="8">
-        <v>88</v>
+        <v>86.9</v>
       </c>
       <c r="D187" s="3"/>
     </row>
     <row r="188" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A188" s="6" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B188" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C188" s="8">
-        <v>35.200000000000003</v>
+        <v>161.69999999999999</v>
       </c>
       <c r="D188" s="3"/>
     </row>
     <row r="189" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A189" s="6" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C189" s="8">
-        <v>60.17</v>
+        <v>63.8</v>
       </c>
       <c r="D189" s="3"/>
     </row>
     <row r="190" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A190" s="6" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B190" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C190" s="8">
-        <v>27.5</v>
+        <v>88</v>
       </c>
       <c r="D190" s="3"/>
     </row>
     <row r="191" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A191" s="6" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C191" s="8">
-        <v>46.2</v>
+        <v>99</v>
       </c>
       <c r="D191" s="3"/>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A192" s="6" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B192" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C192" s="8">
-        <v>46.2</v>
+        <v>88</v>
       </c>
       <c r="D192" s="3"/>
     </row>
     <row r="193" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A193" s="6" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C193" s="8">
-        <v>46.2</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="D193" s="3"/>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A194" s="6" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B194" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C194" s="8">
-        <v>47.19</v>
+        <v>60.17</v>
       </c>
       <c r="D194" s="3"/>
     </row>
     <row r="195" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A195" s="6" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C195" s="8">
-        <v>26.95</v>
+        <v>27.5</v>
       </c>
       <c r="D195" s="3"/>
     </row>
     <row r="196" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A196" s="6" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B196" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C196" s="8">
-        <v>51.183000000000007</v>
+        <v>46.2</v>
       </c>
       <c r="D196" s="3"/>
     </row>
     <row r="197" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A197" s="6" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C197" s="8">
-        <v>87.933999999999997</v>
+        <v>46.2</v>
       </c>
       <c r="D197" s="3"/>
     </row>
     <row r="198" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A198" s="6" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B198" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C198" s="8">
-        <v>60.654000000000003</v>
+        <v>46.2</v>
       </c>
       <c r="D198" s="3"/>
     </row>
     <row r="199" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A199" s="6" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C199" s="8">
-        <v>87.933999999999997</v>
+        <v>47.19</v>
       </c>
       <c r="D199" s="3"/>
     </row>
     <row r="200" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A200" s="6" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="B200" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C200" s="8">
-        <v>53.878</v>
+        <v>26.95</v>
       </c>
       <c r="D200" s="3"/>
     </row>
     <row r="201" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A201" s="6" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C201" s="8">
-        <v>53.669000000000004</v>
+        <v>51.183000000000007</v>
       </c>
       <c r="D201" s="3"/>
     </row>
     <row r="202" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A202" s="6" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B202" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C202" s="8">
-        <v>55.451000000000001</v>
+        <v>87.933999999999997</v>
       </c>
       <c r="D202" s="3"/>
     </row>
     <row r="203" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A203" s="6" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C203" s="8">
-        <v>60.412000000000006</v>
+        <v>60.654000000000003</v>
       </c>
       <c r="D203" s="3"/>
     </row>
     <row r="204" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A204" s="6" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B204" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C204" s="8">
-        <v>81.829000000000008</v>
+        <v>87.933999999999997</v>
       </c>
       <c r="D204" s="3"/>
     </row>
     <row r="205" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A205" s="6" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C205" s="8">
-        <v>36.729000000000006</v>
+        <v>53.878</v>
       </c>
       <c r="D205" s="3"/>
     </row>
     <row r="206" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A206" s="6" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B206" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C206" s="8">
-        <v>62.623000000000005</v>
+        <v>53.669000000000004</v>
       </c>
       <c r="D206" s="3"/>
     </row>
     <row r="207" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A207" s="6" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C207" s="8">
-        <v>65.460999999999999</v>
+        <v>55.451000000000001</v>
       </c>
       <c r="D207" s="3"/>
     </row>
     <row r="208" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A208" s="6" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="B208" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C208" s="8">
-        <v>38.5</v>
+        <v>60.412000000000006</v>
       </c>
       <c r="D208" s="3"/>
     </row>
     <row r="209" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A209" s="6" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C209" s="8">
-        <v>35.398000000000003</v>
+        <v>81.829000000000008</v>
       </c>
       <c r="D209" s="3"/>
     </row>
     <row r="210" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A210" s="6" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B210" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C210" s="8">
-        <v>38.5</v>
+        <v>36.729000000000006</v>
       </c>
       <c r="D210" s="3"/>
     </row>
     <row r="211" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A211" s="6" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C211" s="8">
-        <v>45.1</v>
+        <v>62.623000000000005</v>
       </c>
       <c r="D211" s="3"/>
     </row>
     <row r="212" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A212" s="6" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B212" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C212" s="8">
-        <v>25.3</v>
+        <v>65.460999999999999</v>
       </c>
       <c r="D212" s="3"/>
     </row>
     <row r="213" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A213" s="6" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C213" s="8">
-        <v>9.9</v>
+        <v>38.5</v>
       </c>
       <c r="D213" s="3"/>
     </row>
     <row r="214" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A214" s="6" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B214" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C214" s="8">
-        <v>27.346</v>
+        <v>35.398000000000003</v>
       </c>
       <c r="D214" s="3"/>
     </row>
     <row r="215" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A215" s="6" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B215" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C215" s="8">
-        <v>13.585000000000001</v>
+        <v>38.5</v>
       </c>
       <c r="D215" s="3"/>
     </row>
     <row r="216" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A216" s="6" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="B216" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C216" s="8">
-        <v>9.1300000000000008</v>
+        <v>45.1</v>
       </c>
       <c r="D216" s="3"/>
     </row>
     <row r="217" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A217" s="6" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B217" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C217" s="8">
-        <v>61.6</v>
+        <v>25.3</v>
       </c>
       <c r="D217" s="3"/>
     </row>
     <row r="218" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A218" s="6" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B218" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C218" s="8">
-        <v>33</v>
+        <v>9.9</v>
       </c>
       <c r="D218" s="3"/>
     </row>
     <row r="219" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A219" s="6" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B219" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C219" s="8">
-        <v>49.5</v>
+        <v>27.346</v>
       </c>
       <c r="D219" s="3"/>
     </row>
     <row r="220" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A220" s="6" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B220" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C220" s="8">
-        <v>33</v>
+        <v>13.585000000000001</v>
       </c>
       <c r="D220" s="3"/>
     </row>
     <row r="221" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A221" s="6" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B221" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C221" s="8">
-        <v>18.183000000000003</v>
+        <v>9.1300000000000008</v>
       </c>
       <c r="D221" s="3"/>
     </row>
     <row r="222" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A222" s="6" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B222" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C222" s="8">
-        <v>12.254000000000001</v>
+        <v>61.6</v>
       </c>
       <c r="D222" s="3"/>
     </row>
     <row r="223" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A223" s="6" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B223" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C223" s="8">
-        <v>74.602000000000004</v>
+        <v>33</v>
       </c>
       <c r="D223" s="3"/>
     </row>
     <row r="224" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A224" s="6" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B224" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C224" s="8">
-        <v>43.043000000000006</v>
+        <v>49.5</v>
       </c>
       <c r="D224" s="3"/>
     </row>
     <row r="225" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A225" s="6" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B225" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C225" s="8">
-        <v>24.409000000000002</v>
+        <v>33</v>
       </c>
       <c r="D225" s="3"/>
     </row>
     <row r="226" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A226" s="6" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B226" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C226" s="8">
-        <v>29.557000000000002</v>
+        <v>18.183000000000003</v>
       </c>
       <c r="D226" s="3"/>
     </row>
     <row r="227" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A227" s="6" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B227" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C227" s="8">
-        <v>418</v>
+        <v>12.254000000000001</v>
       </c>
       <c r="D227" s="3"/>
     </row>
     <row r="228" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A228" s="6" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B228" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C228" s="8">
-        <v>12.298</v>
+        <v>74.602000000000004</v>
       </c>
       <c r="D228" s="3"/>
     </row>
     <row r="229" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A229" s="6" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B229" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C229" s="8">
-        <v>12.298</v>
+        <v>43.043000000000006</v>
       </c>
       <c r="D229" s="3"/>
     </row>
     <row r="230" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A230" s="6" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B230" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C230" s="8">
-        <v>12.298</v>
+        <v>24.409000000000002</v>
       </c>
       <c r="D230" s="3"/>
     </row>
     <row r="231" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A231" s="6" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C231" s="8">
-        <v>12.298</v>
+        <v>29.557000000000002</v>
       </c>
       <c r="D231" s="3"/>
     </row>
     <row r="232" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A232" s="6" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B232" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C232" s="8">
-        <v>9.9</v>
+        <v>418</v>
       </c>
       <c r="D232" s="3"/>
     </row>
     <row r="233" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A233" s="6" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B233" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C233" s="8">
-        <v>66</v>
+        <v>12.298</v>
       </c>
       <c r="D233" s="3"/>
     </row>
     <row r="234" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A234" s="6" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B234" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C234" s="8">
-        <v>116.6</v>
+        <v>12.298</v>
       </c>
       <c r="D234" s="3"/>
     </row>
     <row r="235" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A235" s="6" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B235" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C235" s="8">
-        <v>45.166000000000004</v>
+        <v>12.298</v>
       </c>
       <c r="D235" s="3"/>
     </row>
     <row r="236" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A236" s="6" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B236" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C236" s="8">
-        <v>95.7</v>
+        <v>12.298</v>
       </c>
       <c r="D236" s="3"/>
     </row>
     <row r="237" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A237" s="6" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C237" s="8">
-        <v>99</v>
+        <v>9.9</v>
       </c>
       <c r="D237" s="3"/>
     </row>
     <row r="238" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A238" s="6" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B238" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C238" s="8">
-        <v>80.3</v>
+        <v>66</v>
       </c>
       <c r="D238" s="3"/>
     </row>
     <row r="239" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A239" s="6" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B239" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C239" s="8">
-        <v>88</v>
+        <v>116.6</v>
       </c>
       <c r="D239" s="3"/>
     </row>
     <row r="240" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A240" s="6" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B240" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C240" s="8">
-        <v>88</v>
+        <v>45.166000000000004</v>
       </c>
       <c r="D240" s="3"/>
     </row>
     <row r="241" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A241" s="6" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B241" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C241" s="8">
-        <v>13.134</v>
+        <v>95.7</v>
       </c>
       <c r="D241" s="3"/>
     </row>
     <row r="242" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A242" s="6" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B242" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C242" s="8">
-        <v>13.134</v>
+        <v>99</v>
       </c>
       <c r="D242" s="3"/>
     </row>
     <row r="243" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A243" s="6" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B243" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C243" s="8">
-        <v>13.134</v>
+        <v>80.3</v>
       </c>
       <c r="D243" s="3"/>
     </row>
     <row r="244" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A244" s="6" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B244" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C244" s="8">
-        <v>29.7</v>
+        <v>88</v>
       </c>
       <c r="D244" s="3"/>
     </row>
     <row r="245" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A245" s="6" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B245" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C245" s="8">
-        <v>29.7</v>
+        <v>88</v>
       </c>
       <c r="D245" s="3"/>
     </row>
     <row r="246" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A246" s="6" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B246" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C246" s="8">
-        <v>67.099999999999994</v>
+        <v>13.134</v>
       </c>
       <c r="D246" s="3"/>
     </row>
     <row r="247" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A247" s="6" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B247" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C247" s="8">
-        <v>88</v>
+        <v>13.134</v>
       </c>
       <c r="D247" s="3"/>
     </row>
     <row r="248" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A248" s="6" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B248" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C248" s="8">
-        <v>12.298</v>
+        <v>13.134</v>
       </c>
       <c r="D248" s="3"/>
     </row>
     <row r="249" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A249" s="6" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C249" s="8">
-        <v>12.298</v>
+        <v>29.7</v>
       </c>
       <c r="D249" s="3"/>
     </row>
     <row r="250" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A250" s="6" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B250" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C250" s="8">
-        <v>12.298</v>
+        <v>29.7</v>
       </c>
       <c r="D250" s="3"/>
     </row>
     <row r="251" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A251" s="6" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B251" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C251" s="8">
-        <v>23.749000000000002</v>
+        <v>67.099999999999994</v>
       </c>
       <c r="D251" s="3"/>
     </row>
     <row r="252" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A252" s="6" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B252" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C252" s="8">
-        <v>23.1</v>
+        <v>88</v>
       </c>
       <c r="D252" s="3"/>
     </row>
     <row r="253" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A253" s="6" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C253" s="8">
-        <v>48.433000000000007</v>
+        <v>12.298</v>
       </c>
       <c r="D253" s="3"/>
     </row>
     <row r="254" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A254" s="6" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B254" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C254" s="8">
-        <v>110.077</v>
+        <v>12.298</v>
       </c>
       <c r="D254" s="3"/>
     </row>
     <row r="255" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A255" s="6" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B255" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C255" s="8">
-        <v>110.077</v>
+        <v>12.298</v>
       </c>
       <c r="D255" s="3"/>
     </row>
     <row r="256" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A256" s="6" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B256" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C256" s="8">
-        <v>23.1</v>
+        <v>23.749000000000002</v>
       </c>
       <c r="D256" s="3"/>
     </row>
     <row r="257" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A257" s="6" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B257" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C257" s="8">
-        <v>47.3</v>
+        <v>23.1</v>
       </c>
       <c r="D257" s="3"/>
     </row>
     <row r="258" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A258" s="6" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B258" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C258" s="8">
-        <v>8.8000000000000007</v>
+        <v>48.433000000000007</v>
       </c>
       <c r="D258" s="3"/>
     </row>
     <row r="259" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A259" s="6" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C259" s="8">
-        <v>31.9</v>
+        <v>110.077</v>
       </c>
       <c r="D259" s="3"/>
     </row>
     <row r="260" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A260" s="6" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B260" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C260" s="8">
-        <v>629.14499999999998</v>
+        <v>110.077</v>
       </c>
       <c r="D260" s="3"/>
     </row>
     <row r="261" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A261" s="6" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B261" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C261" s="8">
-        <v>731.92900000000009</v>
+        <v>23.1</v>
       </c>
       <c r="D261" s="3"/>
     </row>
     <row r="262" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A262" s="6" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B262" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C262" s="8">
-        <v>16.5</v>
+        <v>47.3</v>
       </c>
       <c r="D262" s="3"/>
     </row>
     <row r="263" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A263" s="6" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C263" s="8">
-        <v>44.164999999999999</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="D263" s="3"/>
     </row>
     <row r="264" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A264" s="6" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B264" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C264" s="8">
-        <v>48.4</v>
+        <v>31.9</v>
       </c>
       <c r="D264" s="3"/>
     </row>
     <row r="265" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A265" s="6" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B265" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C265" s="8">
-        <v>55</v>
+        <v>629.14499999999998</v>
       </c>
       <c r="D265" s="3"/>
     </row>
     <row r="266" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A266" s="6" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B266" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C266" s="8">
-        <v>96.8</v>
+        <v>731.92900000000009</v>
       </c>
       <c r="D266" s="3"/>
     </row>
     <row r="267" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A267" s="6" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B267" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C267" s="8">
-        <v>38.5</v>
+        <v>16.5</v>
       </c>
       <c r="D267" s="3"/>
     </row>
     <row r="268" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A268" s="6" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B268" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C268" s="8">
-        <v>33</v>
+        <v>44.164999999999999</v>
       </c>
       <c r="D268" s="3"/>
     </row>
     <row r="269" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A269" s="6" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C269" s="8">
-        <v>106.92</v>
+        <v>48.4</v>
       </c>
       <c r="D269" s="3"/>
     </row>
     <row r="270" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A270" s="6" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B270" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C270" s="8">
-        <v>136.422</v>
+        <v>55</v>
       </c>
       <c r="D270" s="3"/>
     </row>
     <row r="271" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A271" s="6" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B271" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C271" s="8">
-        <v>38.5</v>
+        <v>96.8</v>
       </c>
       <c r="D271" s="3"/>
     </row>
     <row r="272" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A272" s="6" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B272" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C272" s="8">
-        <v>36.299999999999997</v>
+        <v>38.5</v>
       </c>
       <c r="D272" s="3"/>
     </row>
     <row r="273" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A273" s="6" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C273" s="8">
-        <v>386.46300000000002</v>
+        <v>33</v>
       </c>
       <c r="D273" s="3"/>
     </row>
     <row r="274" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A274" s="6" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B274" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C274" s="8">
-        <v>386.46300000000002</v>
+        <v>106.92</v>
       </c>
       <c r="D274" s="3"/>
     </row>
     <row r="275" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A275" s="6" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C275" s="8">
-        <v>386.46300000000002</v>
+        <v>136.422</v>
       </c>
       <c r="D275" s="3"/>
     </row>
     <row r="276" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A276" s="6" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B276" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C276" s="8">
-        <v>41.8</v>
+        <v>38.5</v>
       </c>
       <c r="D276" s="3"/>
     </row>
     <row r="277" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A277" s="6" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C277" s="8">
-        <v>38.5</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="D277" s="3"/>
     </row>
     <row r="278" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A278" s="6" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B278" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C278" s="8">
-        <v>55</v>
+        <v>386.46300000000002</v>
       </c>
       <c r="D278" s="3"/>
     </row>
     <row r="279" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A279" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C279" s="8">
-        <v>85.8</v>
+        <v>386.46300000000002</v>
       </c>
       <c r="D279" s="3"/>
     </row>
     <row r="280" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A280" s="6" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B280" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C280" s="8">
-        <v>38.5</v>
+        <v>386.46300000000002</v>
       </c>
       <c r="D280" s="3"/>
     </row>
     <row r="281" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A281" s="6" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C281" s="8">
-        <v>49.5</v>
+        <v>41.8</v>
       </c>
       <c r="D281" s="3"/>
     </row>
     <row r="282" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A282" s="6" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B282" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C282" s="8">
-        <v>33</v>
+        <v>38.5</v>
       </c>
       <c r="D282" s="3"/>
     </row>
     <row r="283" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A283" s="6" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C283" s="8">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D283" s="3"/>
     </row>
     <row r="284" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A284" s="6" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B284" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C284" s="8">
         <v>85.8</v>
       </c>
       <c r="D284" s="3"/>
     </row>
     <row r="285" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A285" s="6" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C285" s="8">
-        <v>49.5</v>
+        <v>38.5</v>
       </c>
       <c r="D285" s="3"/>
     </row>
     <row r="286" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A286" s="6" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B286" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C286" s="8">
-        <v>60.5</v>
+        <v>49.5</v>
       </c>
       <c r="D286" s="3"/>
     </row>
     <row r="287" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A287" s="6" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C287" s="8">
-        <v>38.5</v>
+        <v>33</v>
       </c>
       <c r="D287" s="3"/>
     </row>
     <row r="288" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A288" s="6" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B288" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C288" s="8">
-        <v>82.5</v>
+        <v>44</v>
       </c>
       <c r="D288" s="3"/>
     </row>
     <row r="289" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A289" s="6" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B289" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C289" s="8">
-        <v>38.5</v>
+        <v>85.8</v>
       </c>
       <c r="D289" s="3"/>
     </row>
     <row r="290" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A290" s="6" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B290" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C290" s="8">
-        <v>36.299999999999997</v>
+        <v>49.5</v>
       </c>
       <c r="D290" s="3"/>
     </row>
     <row r="291" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A291" s="6" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B291" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C291" s="8">
-        <v>49.5</v>
+        <v>60.5</v>
       </c>
       <c r="D291" s="3"/>
     </row>
     <row r="292" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A292" s="6" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B292" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C292" s="8">
-        <v>72.402000000000001</v>
+        <v>38.5</v>
       </c>
       <c r="D292" s="3"/>
     </row>
     <row r="293" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A293" s="6" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B293" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C293" s="8">
-        <v>44</v>
+        <v>82.5</v>
       </c>
       <c r="D293" s="3"/>
     </row>
     <row r="294" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A294" s="6" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="B294" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C294" s="8">
         <v>38.5</v>
       </c>
       <c r="D294" s="3"/>
     </row>
     <row r="295" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A295" s="6" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C295" s="8">
-        <v>33</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="D295" s="3"/>
     </row>
     <row r="296" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A296" s="6" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B296" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C296" s="8">
         <v>49.5</v>
       </c>
       <c r="D296" s="3"/>
     </row>
     <row r="297" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A297" s="6" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C297" s="8">
-        <v>27.5</v>
+        <v>72.402000000000001</v>
       </c>
       <c r="D297" s="3"/>
     </row>
     <row r="298" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A298" s="6" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B298" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C298" s="8">
-        <v>90.816000000000017</v>
+        <v>44</v>
       </c>
       <c r="D298" s="3"/>
     </row>
     <row r="299" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A299" s="6" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="B299" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C299" s="8">
-        <v>49.5</v>
+        <v>38.5</v>
       </c>
       <c r="D299" s="3"/>
     </row>
     <row r="300" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A300" s="6" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B300" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C300" s="8">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D300" s="3"/>
     </row>
     <row r="301" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A301" s="6" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C301" s="8">
-        <v>130.625</v>
+        <v>49.5</v>
       </c>
       <c r="D301" s="3"/>
     </row>
     <row r="302" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A302" s="6" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="B302" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C302" s="8">
-        <v>66</v>
+        <v>27.5</v>
       </c>
       <c r="D302" s="3"/>
     </row>
     <row r="303" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A303" s="6" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C303" s="8">
-        <v>55</v>
+        <v>90.816000000000017</v>
       </c>
       <c r="D303" s="3"/>
     </row>
     <row r="304" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A304" s="6" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B304" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C304" s="8">
-        <v>38.5</v>
+        <v>49.5</v>
       </c>
       <c r="D304" s="3"/>
     </row>
     <row r="305" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A305" s="6" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C305" s="8">
-        <v>111.947</v>
+        <v>55</v>
       </c>
       <c r="D305" s="3"/>
     </row>
     <row r="306" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A306" s="6" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B306" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C306" s="8">
-        <v>27.5</v>
+        <v>130.625</v>
       </c>
       <c r="D306" s="3"/>
     </row>
     <row r="307" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A307" s="6" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C307" s="8">
-        <v>90.816000000000017</v>
+        <v>66</v>
       </c>
       <c r="D307" s="3"/>
     </row>
     <row r="308" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A308" s="6" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B308" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C308" s="8">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="D308" s="3"/>
     </row>
     <row r="309" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A309" s="6" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C309" s="8">
-        <v>33</v>
+        <v>38.5</v>
       </c>
       <c r="D309" s="3"/>
     </row>
     <row r="310" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A310" s="6" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B310" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C310" s="8">
-        <v>49.5</v>
+        <v>111.947</v>
       </c>
       <c r="D310" s="3"/>
     </row>
     <row r="311" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A311" s="6" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C311" s="8">
-        <v>85.8</v>
+        <v>27.5</v>
       </c>
       <c r="D311" s="3"/>
     </row>
     <row r="312" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A312" s="6" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B312" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C312" s="8">
-        <v>33</v>
+        <v>90.816000000000017</v>
       </c>
       <c r="D312" s="3"/>
     </row>
     <row r="313" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A313" s="6" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B313" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C313" s="8">
         <v>33</v>
       </c>
       <c r="D313" s="3"/>
     </row>
     <row r="314" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A314" s="6" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B314" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C314" s="8">
         <v>33</v>
       </c>
       <c r="D314" s="3"/>
     </row>
     <row r="315" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A315" s="6" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="B315" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C315" s="8">
-        <v>90.816000000000017</v>
+        <v>49.5</v>
       </c>
       <c r="D315" s="3"/>
     </row>
     <row r="316" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A316" s="6" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B316" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C316" s="8">
-        <v>36.299999999999997</v>
+        <v>85.8</v>
       </c>
       <c r="D316" s="3"/>
     </row>
     <row r="317" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A317" s="6" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B317" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C317" s="8">
-        <v>27.5</v>
+        <v>33</v>
       </c>
       <c r="D317" s="3"/>
     </row>
     <row r="318" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A318" s="6" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B318" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C318" s="8">
-        <v>100.221</v>
+        <v>33</v>
       </c>
       <c r="D318" s="3"/>
     </row>
     <row r="319" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A319" s="6" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B319" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C319" s="8">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="D319" s="3"/>
     </row>
     <row r="320" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A320" s="6" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B320" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C320" s="8">
-        <v>66</v>
+        <v>90.816000000000017</v>
       </c>
       <c r="D320" s="3"/>
     </row>
     <row r="321" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A321" s="6" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C321" s="8">
-        <v>66</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="D321" s="3"/>
     </row>
     <row r="322" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A322" s="6" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="B322" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C322" s="8">
-        <v>17</v>
+        <v>27.5</v>
       </c>
       <c r="D322" s="3"/>
       <c r="E322" s="3"/>
       <c r="F322" s="3"/>
     </row>
     <row r="323" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A323" s="6" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="B323" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C323" s="8">
-        <v>17</v>
+        <v>100.221</v>
       </c>
       <c r="D323" s="3"/>
       <c r="E323" s="3"/>
       <c r="F323" s="3"/>
     </row>
     <row r="324" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A324" s="6" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="B324" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C324" s="8">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D324" s="3"/>
       <c r="E324" s="3"/>
       <c r="F324" s="3"/>
     </row>
     <row r="325" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A325" s="6" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C325" s="8">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D325" s="3"/>
       <c r="E325" s="3"/>
       <c r="F325" s="3"/>
     </row>
     <row r="326" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A326" s="6" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B326" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C326" s="8">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="D326" s="3"/>
       <c r="E326" s="3"/>
       <c r="F326" s="3"/>
     </row>
     <row r="327" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A327" s="6" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B327" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C327" s="8">
         <v>17</v>
       </c>
       <c r="D327" s="3"/>
       <c r="E327" s="3"/>
       <c r="F327" s="3"/>
     </row>
     <row r="328" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A328" s="6" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B328" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C328" s="8">
         <v>17</v>
       </c>
       <c r="D328" s="3"/>
       <c r="E328" s="3"/>
       <c r="F328" s="3"/>
     </row>
     <row r="329" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A329" s="6" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="B329" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C329" s="8">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="3"/>
       <c r="F329" s="3"/>
     </row>
     <row r="330" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A330" s="6" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="B330" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C330" s="8">
         <v>34</v>
       </c>
       <c r="D330" s="3"/>
       <c r="E330" s="3"/>
       <c r="F330" s="3"/>
     </row>
     <row r="331" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A331" s="6" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="B331" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C331" s="8">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="D331" s="3"/>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
     </row>
     <row r="332" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A332" s="6" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="B332" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C332" s="8">
         <v>17</v>
       </c>
       <c r="D332" s="3"/>
       <c r="E332" s="3"/>
       <c r="F332" s="3"/>
     </row>
     <row r="333" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A333" s="6" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="B333" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C333" s="8">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D333" s="3"/>
       <c r="E333" s="3"/>
       <c r="F333" s="3"/>
     </row>
     <row r="334" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A334" s="6" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="B334" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C334" s="8">
         <v>17</v>
       </c>
       <c r="D334" s="3"/>
       <c r="E334" s="3"/>
       <c r="F334" s="3"/>
     </row>
     <row r="335" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A335" s="6" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="B335" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C335" s="8">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D335" s="3"/>
       <c r="E335" s="3"/>
       <c r="F335" s="3"/>
     </row>
     <row r="336" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A336" s="6" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="B336" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C336" s="8">
         <v>17</v>
       </c>
       <c r="D336" s="3"/>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
     </row>
     <row r="337" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A337" s="6" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="B337" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C337" s="8">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D337" s="3"/>
       <c r="E337" s="3"/>
       <c r="F337" s="3"/>
     </row>
     <row r="338" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A338" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="B338" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C338" s="8">
         <v>34</v>
       </c>
       <c r="D338" s="3"/>
       <c r="E338" s="3"/>
       <c r="F338" s="3"/>
     </row>
     <row r="339" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A339" s="6" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="B339" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C339" s="8">
         <v>17</v>
       </c>
       <c r="D339" s="3"/>
       <c r="E339" s="3"/>
       <c r="F339" s="3"/>
     </row>
     <row r="340" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A340" s="6" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="B340" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C340" s="8">
-        <v>38.5</v>
+        <v>17</v>
       </c>
       <c r="D340" s="3"/>
     </row>
     <row r="341" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A341" s="6" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C341" s="8">
-        <v>38.5</v>
+        <v>17</v>
       </c>
       <c r="D341" s="3"/>
     </row>
     <row r="342" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A342" s="6" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="B342" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C342" s="8">
-        <v>38.5</v>
+        <v>34</v>
       </c>
       <c r="D342" s="3"/>
     </row>
     <row r="343" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A343" s="6" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C343" s="8">
-        <v>38.5</v>
+        <v>34</v>
       </c>
       <c r="D343" s="3"/>
     </row>
     <row r="344" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A344" s="6" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="B344" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C344" s="8">
-        <v>38.5</v>
+        <v>17</v>
       </c>
       <c r="D344" s="3"/>
     </row>
     <row r="345" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A345" s="6" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="B345" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C345" s="8">
         <v>38.5</v>
       </c>
       <c r="D345" s="3"/>
     </row>
     <row r="346" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A346" s="6" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B346" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C346" s="8">
         <v>38.5</v>
       </c>
       <c r="D346" s="3"/>
     </row>
     <row r="347" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A347" s="6" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B347" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C347" s="8">
         <v>38.5</v>
       </c>
       <c r="D347" s="3"/>
     </row>
     <row r="348" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A348" s="6" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B348" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C348" s="8">
-        <v>33</v>
+        <v>38.5</v>
       </c>
       <c r="D348" s="3"/>
     </row>
     <row r="349" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A349" s="6" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B349" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C349" s="8">
-        <v>47.883000000000003</v>
+        <v>38.5</v>
       </c>
       <c r="D349" s="3"/>
     </row>
     <row r="350" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A350" s="6" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="B350" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C350" s="8">
-        <v>61.6</v>
+        <v>38.5</v>
       </c>
       <c r="D350" s="3"/>
     </row>
     <row r="351" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A351" s="6" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B351" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C351" s="8">
-        <v>54.813000000000002</v>
+        <v>38.5</v>
       </c>
       <c r="D351" s="3"/>
     </row>
     <row r="352" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A352" s="6" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B352" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C352" s="8">
-        <v>49.038000000000004</v>
+        <v>38.5</v>
       </c>
       <c r="D352" s="3"/>
     </row>
     <row r="353" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A353" s="6" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B353" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C353" s="8">
-        <v>38.5</v>
+        <v>33</v>
       </c>
       <c r="D353" s="3"/>
     </row>
     <row r="354" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A354" s="6" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="B354" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C354" s="8">
-        <v>32.527000000000001</v>
+        <v>47.883000000000003</v>
       </c>
       <c r="D354" s="3"/>
     </row>
     <row r="355" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A355" s="6" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="B355" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C355" s="8">
-        <v>106.67800000000001</v>
+        <v>61.6</v>
       </c>
       <c r="D355" s="3"/>
     </row>
     <row r="356" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A356" s="6" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="B356" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C356" s="8">
-        <v>59.158000000000008</v>
+        <v>54.813000000000002</v>
       </c>
       <c r="D356" s="3"/>
     </row>
     <row r="357" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A357" s="6" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B357" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C357" s="8">
-        <v>24.156000000000002</v>
+        <v>49.038000000000004</v>
       </c>
       <c r="D357" s="3"/>
     </row>
     <row r="358" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A358" s="6" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="B358" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C358" s="8">
-        <v>66</v>
+        <v>38.5</v>
       </c>
       <c r="D358" s="3"/>
     </row>
     <row r="359" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A359" s="6" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B359" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C359" s="8">
-        <v>55</v>
+        <v>32.527000000000001</v>
       </c>
       <c r="D359" s="3"/>
     </row>
     <row r="360" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A360" s="6" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="B360" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C360" s="8">
-        <v>77</v>
+        <v>106.67800000000001</v>
       </c>
       <c r="D360" s="3"/>
     </row>
     <row r="361" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A361" s="6" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B361" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C361" s="8">
-        <v>107.8</v>
+        <v>59.158000000000008</v>
       </c>
       <c r="D361" s="3"/>
     </row>
     <row r="362" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A362" s="6" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B362" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C362" s="8">
-        <v>77</v>
+        <v>24.156000000000002</v>
       </c>
       <c r="D362" s="3"/>
     </row>
     <row r="363" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A363" s="6" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B363" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C363" s="8">
-        <v>107.8</v>
+        <v>66</v>
       </c>
       <c r="D363" s="3"/>
     </row>
     <row r="364" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A364" s="6" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B364" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C364" s="8">
-        <v>60.5</v>
+        <v>55</v>
       </c>
       <c r="D364" s="3"/>
     </row>
     <row r="365" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A365" s="6" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="B365" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C365" s="8">
-        <v>38.5</v>
+        <v>77</v>
       </c>
       <c r="D365" s="3"/>
     </row>
     <row r="366" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A366" s="6" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="B366" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C366" s="8">
-        <v>38.5</v>
+        <v>107.8</v>
       </c>
       <c r="D366" s="3"/>
     </row>
     <row r="367" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A367" s="6" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B367" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C367" s="8">
-        <v>38.5</v>
+        <v>77</v>
       </c>
       <c r="D367" s="3"/>
     </row>
     <row r="368" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A368" s="6" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="B368" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C368" s="8">
-        <v>33</v>
+        <v>107.8</v>
       </c>
       <c r="D368" s="3"/>
     </row>
     <row r="369" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A369" s="6" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B369" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C369" s="8">
-        <v>38.5</v>
+        <v>60.5</v>
       </c>
       <c r="D369" s="3"/>
     </row>
     <row r="370" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A370" s="6" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B370" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C370" s="8">
         <v>38.5</v>
       </c>
       <c r="D370" s="3"/>
     </row>
     <row r="371" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A371" s="6" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="B371" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C371" s="8">
         <v>38.5</v>
       </c>
       <c r="D371" s="3"/>
     </row>
     <row r="372" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A372" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B372" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C372" s="8">
-        <v>47.883000000000003</v>
+        <v>38.5</v>
       </c>
       <c r="D372" s="3"/>
     </row>
     <row r="373" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A373" s="6" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B373" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C373" s="8">
-        <v>61.6</v>
+        <v>33</v>
       </c>
       <c r="D373" s="3"/>
     </row>
     <row r="374" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A374" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B374" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C374" s="8">
-        <v>54.813000000000002</v>
+        <v>38.5</v>
       </c>
       <c r="D374" s="3"/>
     </row>
     <row r="375" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A375" s="6" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B375" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C375" s="8">
-        <v>49.038000000000004</v>
+        <v>38.5</v>
       </c>
       <c r="D375" s="3"/>
     </row>
     <row r="376" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A376" s="6" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B376" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C376" s="8">
-        <v>44</v>
+        <v>38.5</v>
       </c>
       <c r="D376" s="3"/>
     </row>
     <row r="377" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A377" s="6" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="B377" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C377" s="8">
-        <v>44</v>
+        <v>47.883000000000003</v>
       </c>
       <c r="D377" s="3"/>
     </row>
     <row r="378" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A378" s="6" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B378" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C378" s="8">
-        <v>44</v>
+        <v>61.6</v>
       </c>
       <c r="D378" s="3"/>
     </row>
     <row r="379" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A379" s="6" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B379" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C379" s="8">
-        <v>49.5</v>
+        <v>54.813000000000002</v>
       </c>
       <c r="D379" s="3"/>
     </row>
     <row r="380" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A380" s="6" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="B380" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C380" s="8">
-        <v>38.5</v>
+        <v>49.038000000000004</v>
       </c>
       <c r="D380" s="3"/>
     </row>
     <row r="381" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A381" s="6" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B381" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C381" s="8">
-        <v>38.5</v>
+        <v>44</v>
       </c>
       <c r="D381" s="3"/>
     </row>
     <row r="382" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A382" s="6" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B382" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C382" s="8">
         <v>44</v>
       </c>
       <c r="D382" s="3"/>
     </row>
     <row r="383" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A383" s="6" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B383" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C383" s="8">
-        <v>38.5</v>
+        <v>44</v>
       </c>
       <c r="D383" s="3"/>
     </row>
     <row r="384" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A384" s="6" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B384" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C384" s="8">
-        <v>71.5</v>
+        <v>49.5</v>
       </c>
       <c r="D384" s="3"/>
     </row>
     <row r="385" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A385" s="6" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="B385" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C385" s="8">
-        <v>46.684000000000005</v>
+        <v>38.5</v>
       </c>
       <c r="D385" s="3"/>
     </row>
     <row r="386" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A386" s="6" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="B386" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C386" s="8">
-        <v>47.883000000000003</v>
+        <v>38.5</v>
       </c>
       <c r="D386" s="3"/>
     </row>
     <row r="387" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A387" s="6" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B387" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C387" s="8">
-        <v>54.813000000000002</v>
+        <v>44</v>
       </c>
       <c r="D387" s="3"/>
     </row>
     <row r="388" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A388" s="6" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="B388" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C388" s="8">
-        <v>61.6</v>
+        <v>38.5</v>
       </c>
       <c r="D388" s="3"/>
     </row>
     <row r="389" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A389" s="6" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="B389" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C389" s="8">
-        <v>40.414000000000009</v>
+        <v>71.5</v>
       </c>
       <c r="D389" s="3"/>
     </row>
     <row r="390" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A390" s="6" t="s">
-        <v>289</v>
+        <v>322</v>
       </c>
       <c r="B390" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C390" s="8">
-        <v>54.813000000000002</v>
+        <v>46.684000000000005</v>
       </c>
       <c r="D390" s="3"/>
     </row>
     <row r="391" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A391" s="6" t="s">
-        <v>290</v>
+        <v>323</v>
       </c>
       <c r="B391" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C391" s="8">
-        <v>49.038000000000004</v>
+        <v>47.883000000000003</v>
       </c>
       <c r="D391" s="3"/>
     </row>
     <row r="392" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A392" s="6" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B392" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C392" s="8">
-        <v>46.684000000000005</v>
+        <v>54.813000000000002</v>
       </c>
       <c r="D392" s="3"/>
     </row>
     <row r="393" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A393" s="6" t="s">
-        <v>327</v>
+        <v>288</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C393" s="8">
-        <v>109.58200000000001</v>
+        <v>61.6</v>
       </c>
       <c r="D393" s="3"/>
     </row>
     <row r="394" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A394" s="6" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B394" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C394" s="8">
-        <v>109.58200000000001</v>
+        <v>40.414000000000009</v>
       </c>
       <c r="D394" s="3"/>
     </row>
     <row r="395" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A395" s="6" t="s">
-        <v>329</v>
+        <v>289</v>
       </c>
       <c r="B395" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C395" s="8">
-        <v>46.75</v>
+        <v>54.813000000000002</v>
       </c>
       <c r="D395" s="3"/>
     </row>
     <row r="396" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A396" s="6" t="s">
-        <v>330</v>
+        <v>290</v>
       </c>
       <c r="B396" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C396" s="8">
-        <v>82.5</v>
+        <v>49.038000000000004</v>
       </c>
       <c r="D396" s="3"/>
     </row>
     <row r="397" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A397" s="6" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B397" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C397" s="8">
-        <v>82.5</v>
+        <v>46.684000000000005</v>
       </c>
       <c r="D397" s="3"/>
     </row>
     <row r="398" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A398" s="6" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="B398" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C398" s="8">
-        <v>130.614</v>
+        <v>109.58200000000001</v>
       </c>
       <c r="D398" s="3"/>
     </row>
     <row r="399" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A399" s="6" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B399" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C399" s="8">
-        <v>71.5</v>
+        <v>109.58200000000001</v>
       </c>
       <c r="D399" s="3"/>
     </row>
     <row r="400" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A400" s="6" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B400" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C400" s="8">
-        <v>71.5</v>
+        <v>46.75</v>
       </c>
       <c r="D400" s="3"/>
     </row>
     <row r="401" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A401" s="6" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B401" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C401" s="8">
-        <v>100.639</v>
+        <v>82.5</v>
       </c>
       <c r="D401" s="3"/>
     </row>
     <row r="402" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A402" s="6" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B402" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C402" s="8">
-        <v>247.5</v>
+        <v>82.5</v>
       </c>
       <c r="D402" s="3"/>
     </row>
     <row r="403" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A403" s="6" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="B403" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C403" s="8">
-        <v>346.5</v>
+        <v>130.614</v>
       </c>
       <c r="D403" s="3"/>
     </row>
     <row r="404" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A404" s="6" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="B404" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C404" s="8">
-        <v>247.5</v>
+        <v>71.5</v>
       </c>
       <c r="D404" s="3"/>
     </row>
     <row r="405" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A405" s="6" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B405" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C405" s="8">
-        <v>346.5</v>
+        <v>71.5</v>
       </c>
       <c r="D405" s="3"/>
     </row>
     <row r="406" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A406" s="6" t="s">
-        <v>302</v>
+        <v>334</v>
       </c>
       <c r="B406" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C406" s="8">
-        <v>60.5</v>
+        <v>100.639</v>
       </c>
       <c r="D406" s="3"/>
     </row>
     <row r="407" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A407" s="6" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B407" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C407" s="8">
-        <v>44</v>
+        <v>247.5</v>
       </c>
       <c r="D407" s="3"/>
     </row>
     <row r="408" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A408" s="6" t="s">
-        <v>303</v>
+        <v>336</v>
       </c>
       <c r="B408" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C408" s="8">
-        <v>44</v>
+        <v>346.5</v>
       </c>
       <c r="D408" s="3"/>
     </row>
     <row r="409" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A409" s="6" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C409" s="8">
-        <v>71.5</v>
+        <v>247.5</v>
       </c>
       <c r="D409" s="3"/>
     </row>
     <row r="410" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A410" s="6" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B410" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C410" s="8">
-        <v>44</v>
+        <v>346.5</v>
       </c>
       <c r="D410" s="3"/>
     </row>
     <row r="411" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A411" s="6" t="s">
-        <v>315</v>
+        <v>302</v>
       </c>
       <c r="B411" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C411" s="8">
-        <v>44</v>
+        <v>60.5</v>
       </c>
       <c r="D411" s="3"/>
     </row>
     <row r="412" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A412" s="6" t="s">
-        <v>308</v>
+        <v>339</v>
       </c>
       <c r="B412" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C412" s="8">
-        <v>38.5</v>
+        <v>44</v>
       </c>
       <c r="D412" s="3"/>
     </row>
     <row r="413" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A413" s="6" t="s">
-        <v>342</v>
+        <v>303</v>
       </c>
       <c r="B413" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C413" s="8">
-        <v>38.5</v>
+        <v>44</v>
       </c>
       <c r="D413" s="3"/>
     </row>
     <row r="414" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A414" s="6" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B414" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C414" s="8">
-        <v>46.75</v>
+        <v>71.5</v>
       </c>
       <c r="D414" s="3"/>
     </row>
     <row r="415" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A415" s="6" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B415" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C415" s="8">
-        <v>130.614</v>
+        <v>44</v>
       </c>
       <c r="D415" s="3"/>
     </row>
     <row r="416" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A416" s="6" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="B416" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C416" s="8">
-        <v>47.883000000000003</v>
+        <v>44</v>
       </c>
       <c r="D416" s="3"/>
     </row>
     <row r="417" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A417" s="6" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B417" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C417" s="8">
-        <v>61.6</v>
+        <v>38.5</v>
       </c>
       <c r="D417" s="3"/>
     </row>
     <row r="418" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A418" s="6" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="B418" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C418" s="8">
-        <v>40.414000000000009</v>
+        <v>38.5</v>
       </c>
       <c r="D418" s="3"/>
     </row>
     <row r="419" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A419" s="6" t="s">
-        <v>311</v>
+        <v>343</v>
       </c>
       <c r="B419" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C419" s="8">
-        <v>54.846000000000004</v>
+        <v>46.75</v>
       </c>
       <c r="D419" s="3"/>
     </row>
     <row r="420" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A420" s="6" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B420" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C420" s="8">
-        <v>49.038000000000004</v>
+        <v>130.614</v>
       </c>
       <c r="D420" s="3"/>
     </row>
     <row r="421" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A421" s="6" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="B421" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C421" s="8">
-        <v>46.684000000000005</v>
+        <v>47.883000000000003</v>
       </c>
       <c r="D421" s="3"/>
     </row>
     <row r="422" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A422" s="6" t="s">
-        <v>348</v>
+        <v>310</v>
       </c>
       <c r="B422" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C422" s="8">
-        <v>82.5</v>
+        <v>61.6</v>
       </c>
       <c r="D422" s="3"/>
     </row>
     <row r="423" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A423" s="6" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B423" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C423" s="8">
-        <v>49.5</v>
+        <v>40.414000000000009</v>
       </c>
       <c r="D423" s="3"/>
     </row>
     <row r="424" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A424" s="6" t="s">
-        <v>350</v>
+        <v>311</v>
       </c>
       <c r="B424" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C424" s="8">
-        <v>33</v>
+        <v>54.846000000000004</v>
       </c>
       <c r="D424" s="3"/>
     </row>
     <row r="425" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A425" s="6" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B425" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C425" s="8">
-        <v>66</v>
+        <v>49.038000000000004</v>
       </c>
       <c r="D425" s="3"/>
     </row>
     <row r="426" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A426" s="6" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B426" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C426" s="8">
-        <v>66</v>
+        <v>46.684000000000005</v>
       </c>
       <c r="D426" s="3"/>
     </row>
     <row r="427" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A427" s="6" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="B427" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C427" s="8">
-        <v>38.5</v>
+        <v>82.5</v>
       </c>
       <c r="D427" s="3"/>
     </row>
     <row r="428" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A428" s="6" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B428" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C428" s="8">
-        <v>330</v>
+        <v>49.5</v>
       </c>
       <c r="D428" s="3"/>
     </row>
     <row r="429" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A429" s="6" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="B429" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C429" s="8">
-        <v>396</v>
+        <v>33</v>
       </c>
       <c r="D429" s="3"/>
     </row>
     <row r="430" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A430" s="6" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B430" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C430" s="8">
-        <v>130.614</v>
+        <v>66</v>
       </c>
       <c r="D430" s="3"/>
     </row>
     <row r="431" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A431" s="6" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B431" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C431" s="8">
-        <v>130.614</v>
+        <v>66</v>
       </c>
       <c r="D431" s="3"/>
     </row>
     <row r="432" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A432" s="6" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="B432" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C432" s="8">
-        <v>66</v>
+        <v>38.5</v>
       </c>
       <c r="D432" s="3"/>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A433" s="6" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C433" s="8">
-        <v>66</v>
+        <v>330</v>
       </c>
       <c r="D433" s="3"/>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A434" s="6" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="B434" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C434" s="8">
-        <v>66</v>
+        <v>396</v>
       </c>
       <c r="D434" s="3"/>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A435" s="6" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B435" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C435" s="8">
-        <v>198</v>
+        <v>130.614</v>
       </c>
       <c r="D435" s="3"/>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A436" s="6" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="B436" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C436" s="8">
-        <v>33</v>
+        <v>130.614</v>
       </c>
       <c r="D436" s="3"/>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A437" s="6" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B437" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C437" s="8">
         <v>66</v>
       </c>
       <c r="D437" s="3"/>
     </row>
     <row r="438" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A438" s="6" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B438" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C438" s="8">
         <v>66</v>
       </c>
       <c r="D438" s="3"/>
     </row>
     <row r="439" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A439" s="6" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B439" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C439" s="8">
-        <v>121</v>
+        <v>66</v>
       </c>
       <c r="D439" s="3"/>
     </row>
     <row r="440" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A440" s="6" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B440" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C440" s="8">
-        <v>38.5</v>
+        <v>198</v>
       </c>
       <c r="D440" s="3"/>
     </row>
     <row r="441" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A441" s="6" t="s">
-        <v>366</v>
+        <v>345</v>
       </c>
       <c r="B441" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C441" s="8">
-        <v>47.3</v>
+        <v>33</v>
       </c>
       <c r="D441" s="3"/>
     </row>
     <row r="442" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A442" s="6" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B442" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C442" s="8">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="D442" s="3"/>
     </row>
     <row r="443" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A443" s="6" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B443" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C443" s="8">
-        <v>29.7</v>
+        <v>66</v>
       </c>
       <c r="D443" s="3"/>
     </row>
     <row r="444" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A444" s="6" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B444" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C444" s="8">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="D444" s="3"/>
     </row>
     <row r="445" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A445" s="6" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C445" s="8">
-        <v>37.4</v>
+        <v>38.5</v>
       </c>
       <c r="D445" s="3"/>
     </row>
     <row r="446" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A446" s="6" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B446" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C446" s="8">
-        <v>49.5</v>
+        <v>47.3</v>
       </c>
       <c r="D446" s="3"/>
     </row>
     <row r="447" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A447" s="6" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B447" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C447" s="8">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="D447" s="3"/>
     </row>
     <row r="448" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A448" s="6" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B448" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C448" s="8">
-        <v>38.5</v>
+        <v>29.7</v>
       </c>
       <c r="D448" s="3"/>
     </row>
     <row r="449" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A449" s="6" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B449" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C449" s="8">
-        <v>130.9</v>
+        <v>44</v>
       </c>
       <c r="D449" s="3"/>
     </row>
     <row r="450" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A450" s="6" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="B450" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C450" s="8">
-        <v>148.5</v>
+        <v>37.4</v>
       </c>
       <c r="D450" s="3"/>
     </row>
     <row r="451" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A451" s="6" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B451" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C451" s="8">
-        <v>18.7</v>
+        <v>49.5</v>
       </c>
       <c r="D451" s="3"/>
     </row>
     <row r="452" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A452" s="6" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B452" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C452" s="8">
         <v>33</v>
       </c>
       <c r="D452" s="3"/>
     </row>
     <row r="453" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A453" s="6" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C453" s="8">
-        <v>37.4</v>
+        <v>38.5</v>
       </c>
       <c r="D453" s="3"/>
     </row>
     <row r="454" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A454" s="6" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B454" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C454" s="8">
-        <v>25.3</v>
+        <v>130.9</v>
       </c>
       <c r="D454" s="3"/>
     </row>
     <row r="455" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A455" s="6" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B455" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C455" s="8">
-        <v>27.5</v>
+        <v>148.5</v>
       </c>
       <c r="D455" s="3"/>
     </row>
     <row r="456" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A456" s="6" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B456" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C456" s="8">
-        <v>66</v>
+        <v>18.7</v>
       </c>
       <c r="D456" s="3"/>
     </row>
     <row r="457" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A457" s="6" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B457" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C457" s="8">
-        <v>117.7</v>
+        <v>33</v>
       </c>
       <c r="D457" s="3"/>
     </row>
     <row r="458" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A458" s="6" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B458" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C458" s="8">
-        <v>140.80000000000001</v>
+        <v>37.4</v>
       </c>
       <c r="D458" s="3"/>
     </row>
     <row r="459" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A459" s="6" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B459" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C459" s="8">
-        <v>11</v>
+        <v>25.3</v>
       </c>
       <c r="D459" s="3"/>
     </row>
     <row r="460" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A460" s="6" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B460" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C460" s="8">
-        <v>22</v>
+        <v>27.5</v>
       </c>
       <c r="D460" s="3"/>
     </row>
     <row r="461" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A461" s="6" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C461" s="8">
-        <v>5.5</v>
+        <v>66</v>
       </c>
       <c r="D461" s="3"/>
     </row>
     <row r="462" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A462" s="6" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B462" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C462" s="8">
-        <v>8.8000000000000007</v>
+        <v>117.7</v>
       </c>
       <c r="D462" s="3"/>
     </row>
     <row r="463" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A463" s="6" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B463" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C463" s="8">
-        <v>57.2</v>
+        <v>140.80000000000001</v>
       </c>
       <c r="D463" s="3"/>
     </row>
     <row r="464" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A464" s="6" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B464" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C464" s="8">
-        <v>82.5</v>
+        <v>11</v>
       </c>
       <c r="D464" s="3"/>
     </row>
     <row r="465" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A465" s="6" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B465" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C465" s="8">
-        <v>6.6</v>
+        <v>22</v>
       </c>
       <c r="D465" s="3"/>
     </row>
     <row r="466" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A466" s="6" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B466" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C466" s="8">
-        <v>11</v>
+        <v>5.5</v>
       </c>
       <c r="D466" s="3"/>
     </row>
     <row r="467" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A467" s="6" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C467" s="8">
-        <v>10.45</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="D467" s="3"/>
     </row>
     <row r="468" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A468" s="6" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B468" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C468" s="8">
-        <v>19.8</v>
+        <v>57.2</v>
       </c>
       <c r="D468" s="3"/>
     </row>
     <row r="469" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A469" s="6" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B469" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C469" s="8">
-        <v>18.149999999999999</v>
+        <v>82.5</v>
       </c>
       <c r="D469" s="3"/>
     </row>
     <row r="470" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A470" s="6" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B470" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C470" s="8">
-        <v>27.5</v>
+        <v>6.6</v>
       </c>
       <c r="D470" s="3"/>
     </row>
     <row r="471" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A471" s="6" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B471" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C471" s="8">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D471" s="3"/>
     </row>
     <row r="472" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A472" s="6" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B472" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C472" s="8">
-        <v>34.1</v>
+        <v>10.45</v>
       </c>
       <c r="D472" s="3"/>
     </row>
     <row r="473" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A473" s="6" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B473" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C473" s="8">
-        <v>18.7</v>
+        <v>19.8</v>
       </c>
       <c r="D473" s="3"/>
     </row>
     <row r="474" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A474" s="6" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B474" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C474" s="8">
-        <v>33</v>
+        <v>18.149999999999999</v>
       </c>
       <c r="D474" s="3"/>
     </row>
     <row r="475" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A475" s="6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C475" s="8">
-        <v>33</v>
+        <v>27.5</v>
       </c>
       <c r="D475" s="3"/>
     </row>
     <row r="476" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A476" s="6" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B476" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C476" s="8">
-        <v>62.7</v>
+        <v>33</v>
       </c>
       <c r="D476" s="3"/>
     </row>
     <row r="477" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A477" s="6" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B477" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C477" s="8">
-        <v>33</v>
+        <v>34.1</v>
       </c>
       <c r="D477" s="3"/>
     </row>
     <row r="478" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A478" s="6" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B478" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C478" s="8">
-        <v>67.099999999999994</v>
+        <v>18.7</v>
       </c>
       <c r="D478" s="3"/>
     </row>
     <row r="479" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A479" s="6" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C479" s="8">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D479" s="3"/>
     </row>
     <row r="480" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A480" s="6" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B480" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C480" s="8">
-        <v>15.4</v>
+        <v>33</v>
       </c>
       <c r="D480" s="3"/>
     </row>
     <row r="481" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A481" s="6" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B481" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C481" s="8">
-        <v>25.3</v>
+        <v>62.7</v>
       </c>
       <c r="D481" s="3"/>
     </row>
     <row r="482" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A482" s="6" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B482" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C482" s="8">
         <v>33</v>
       </c>
       <c r="D482" s="3"/>
     </row>
     <row r="483" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A483" s="6" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B483" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C483" s="8">
-        <v>25.3</v>
+        <v>67.099999999999994</v>
       </c>
       <c r="D483" s="3"/>
     </row>
     <row r="484" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A484" s="6" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B484" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C484" s="8">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D484" s="3"/>
     </row>
     <row r="485" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A485" s="6" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B485" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C485" s="8">
-        <v>33</v>
+        <v>15.4</v>
       </c>
       <c r="D485" s="3"/>
     </row>
     <row r="486" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A486" s="6" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B486" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C486" s="8">
-        <v>37.4</v>
+        <v>25.3</v>
       </c>
       <c r="D486" s="3"/>
     </row>
     <row r="487" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A487" s="6" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B487" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C487" s="8">
-        <v>687.5</v>
+        <v>33</v>
       </c>
       <c r="D487" s="3"/>
     </row>
     <row r="488" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A488" s="6" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B488" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C488" s="8">
-        <v>781</v>
+        <v>25.3</v>
       </c>
       <c r="D488" s="3"/>
     </row>
     <row r="489" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A489" s="6" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C489" s="8">
-        <v>687.5</v>
+        <v>33</v>
       </c>
       <c r="D489" s="3"/>
     </row>
     <row r="490" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A490" s="6" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B490" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C490" s="8">
-        <v>781</v>
+        <v>33</v>
       </c>
       <c r="D490" s="3"/>
     </row>
     <row r="491" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A491" s="6" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C491" s="8">
-        <v>33</v>
+        <v>37.4</v>
       </c>
       <c r="D491" s="3"/>
     </row>
     <row r="492" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A492" s="6" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B492" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C492" s="8">
-        <v>37.4</v>
+        <v>687.5</v>
       </c>
       <c r="D492" s="3"/>
     </row>
     <row r="493" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A493" s="6" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C493" s="8">
-        <v>49.5</v>
+        <v>781</v>
       </c>
       <c r="D493" s="3"/>
     </row>
     <row r="494" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A494" s="6" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B494" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C494" s="8">
-        <v>56.1</v>
+        <v>687.5</v>
       </c>
       <c r="D494" s="3"/>
     </row>
     <row r="495" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A495" s="6" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C495" s="8">
-        <v>55</v>
+        <v>781</v>
       </c>
       <c r="D495" s="3"/>
     </row>
     <row r="496" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A496" s="6" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B496" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C496" s="8">
-        <v>71.5</v>
+        <v>33</v>
       </c>
       <c r="D496" s="3"/>
     </row>
     <row r="497" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A497" s="6" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C497" s="8">
-        <v>60.5</v>
+        <v>37.4</v>
       </c>
       <c r="D497" s="3"/>
     </row>
     <row r="498" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A498" s="6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B498" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C498" s="8">
-        <v>84.7</v>
+        <v>49.5</v>
       </c>
       <c r="D498" s="3"/>
     </row>
     <row r="499" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A499" s="6" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B499" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C499" s="8">
-        <v>38.5</v>
+        <v>56.1</v>
       </c>
       <c r="D499" s="3"/>
     </row>
     <row r="500" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A500" s="6" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B500" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C500" s="8">
-        <v>56.1</v>
+        <v>55</v>
       </c>
       <c r="D500" s="3"/>
     </row>
     <row r="501" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A501" s="6" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B501" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C501" s="8">
-        <v>46.2</v>
+        <v>71.5</v>
       </c>
       <c r="D501" s="3"/>
     </row>
     <row r="502" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A502" s="6" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B502" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C502" s="8">
-        <v>71.5</v>
+        <v>60.5</v>
       </c>
       <c r="D502" s="3"/>
     </row>
     <row r="503" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A503" s="6" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C503" s="8">
-        <v>55</v>
+        <v>84.7</v>
       </c>
       <c r="D503" s="3"/>
     </row>
     <row r="504" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A504" s="6" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B504" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C504" s="8">
-        <v>84.7</v>
+        <v>38.5</v>
       </c>
       <c r="D504" s="3"/>
     </row>
     <row r="505" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A505" s="6" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B505" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C505" s="8">
-        <v>52.8</v>
+        <v>56.1</v>
       </c>
       <c r="D505" s="3"/>
     </row>
     <row r="506" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A506" s="6" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B506" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C506" s="8">
-        <v>55</v>
+        <v>46.2</v>
       </c>
       <c r="D506" s="3"/>
     </row>
     <row r="507" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A507" s="6" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C507" s="8">
-        <v>66</v>
+        <v>71.5</v>
       </c>
       <c r="D507" s="3"/>
     </row>
     <row r="508" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A508" s="6" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B508" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C508" s="8">
-        <v>67.099999999999994</v>
+        <v>55</v>
       </c>
       <c r="D508" s="3"/>
     </row>
     <row r="509" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A509" s="6" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="B509" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C509" s="8">
-        <v>88</v>
+        <v>84.7</v>
       </c>
       <c r="D509" s="3"/>
     </row>
     <row r="510" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A510" s="6" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B510" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C510" s="8">
-        <v>94.6</v>
+        <v>52.8</v>
       </c>
       <c r="D510" s="3"/>
     </row>
     <row r="511" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A511" s="6" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C511" s="8">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D511" s="3"/>
     </row>
     <row r="512" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A512" s="6" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B512" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C512" s="8">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="D512" s="3"/>
     </row>
     <row r="513" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A513" s="6" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C513" s="8">
-        <v>44</v>
+        <v>67.099999999999994</v>
       </c>
       <c r="D513" s="3"/>
     </row>
     <row r="514" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A514" s="6" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B514" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C514" s="8">
-        <v>70.400000000000006</v>
+        <v>88</v>
       </c>
       <c r="D514" s="3"/>
     </row>
     <row r="515" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A515" s="6" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B515" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C515" s="8">
-        <v>73.7</v>
+        <v>94.6</v>
       </c>
       <c r="D515" s="3"/>
     </row>
     <row r="516" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A516" s="6" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B516" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C516" s="8">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D516" s="3"/>
     </row>
     <row r="517" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A517" s="6" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B517" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C517" s="8">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="D517" s="3"/>
     </row>
     <row r="518" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A518" s="6" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C518" s="8">
-        <v>37.4</v>
+        <v>44</v>
       </c>
       <c r="D518" s="3"/>
     </row>
     <row r="519" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A519" s="6" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C519" s="8">
-        <v>80.3</v>
+        <v>70.400000000000006</v>
       </c>
       <c r="D519" s="3"/>
     </row>
     <row r="520" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A520" s="6" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="B520" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C520" s="8">
-        <v>83.6</v>
+        <v>73.7</v>
       </c>
       <c r="D520" s="3"/>
     </row>
     <row r="521" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A521" s="6" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B521" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C521" s="8">
-        <v>104.5</v>
+        <v>33</v>
       </c>
       <c r="D521" s="3"/>
     </row>
     <row r="522" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A522" s="6" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C522" s="8">
-        <v>562.1</v>
+        <v>66</v>
       </c>
       <c r="D522" s="3"/>
     </row>
     <row r="523" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A523" s="6" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="B523" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C523" s="8">
-        <v>562.1</v>
+        <v>37.4</v>
       </c>
       <c r="D523" s="3"/>
     </row>
     <row r="524" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A524" s="6" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B524" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C524" s="8">
-        <v>88</v>
+        <v>80.3</v>
       </c>
       <c r="D524" s="3"/>
     </row>
     <row r="525" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A525" s="6" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B525" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C525" s="8">
-        <v>431.2</v>
+        <v>83.6</v>
       </c>
       <c r="D525" s="3"/>
     </row>
     <row r="526" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A526" s="6" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="B526" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C526" s="8">
-        <v>116.6</v>
+        <v>104.5</v>
       </c>
       <c r="D526" s="3"/>
     </row>
     <row r="527" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A527" s="6" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C527" s="8">
-        <v>431.2</v>
+        <v>562.1</v>
       </c>
       <c r="D527" s="3"/>
     </row>
     <row r="528" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A528" s="6" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B528" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C528" s="8">
-        <v>70.400000000000006</v>
+        <v>562.1</v>
       </c>
       <c r="D528" s="3"/>
     </row>
     <row r="529" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A529" s="6" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="B529" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C529" s="8">
         <v>88</v>
       </c>
       <c r="D529" s="3"/>
     </row>
     <row r="530" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A530" s="6" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B530" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C530" s="8">
-        <v>37.4</v>
+        <v>431.2</v>
       </c>
       <c r="D530" s="3"/>
     </row>
     <row r="531" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A531" s="6" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B531" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C531" s="8">
-        <v>243.1</v>
+        <v>116.6</v>
       </c>
       <c r="D531" s="3"/>
     </row>
     <row r="532" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A532" s="6" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B532" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C532" s="8">
-        <v>371.8</v>
+        <v>431.2</v>
       </c>
       <c r="D532" s="3"/>
     </row>
     <row r="533" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A533" s="6" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="B533" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C533" s="8">
-        <v>478.5</v>
+        <v>70.400000000000006</v>
       </c>
       <c r="D533" s="3"/>
     </row>
     <row r="534" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A534" s="6" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B534" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C534" s="8">
-        <v>226.6</v>
+        <v>88</v>
       </c>
       <c r="D534" s="3"/>
     </row>
     <row r="535" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A535" s="6" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C535" s="8">
-        <v>203.5</v>
+        <v>37.4</v>
       </c>
       <c r="D535" s="3"/>
     </row>
     <row r="536" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A536" s="6" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B536" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C536" s="8">
-        <v>148.5</v>
+        <v>243.1</v>
       </c>
       <c r="D536" s="3"/>
     </row>
     <row r="537" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A537" s="6" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B537" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C537" s="8">
-        <v>781</v>
+        <v>371.8</v>
       </c>
       <c r="D537" s="3"/>
     </row>
     <row r="538" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A538" s="6" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="B538" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C538" s="8">
-        <v>781</v>
+        <v>478.5</v>
       </c>
       <c r="D538" s="3"/>
     </row>
     <row r="539" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A539" s="6" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B539" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C539" s="8">
-        <v>1172.5999999999999</v>
+        <v>226.6</v>
       </c>
       <c r="D539" s="3"/>
     </row>
     <row r="540" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A540" s="6" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B540" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C540" s="8">
-        <v>1213.3</v>
+        <v>203.5</v>
       </c>
       <c r="D540" s="3"/>
     </row>
     <row r="541" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A541" s="6" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B541" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C541" s="8">
-        <v>91.3</v>
+        <v>148.5</v>
       </c>
       <c r="D541" s="3"/>
     </row>
     <row r="542" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A542" s="6" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="B542" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C542" s="8">
-        <v>70.400000000000006</v>
+        <v>781</v>
       </c>
       <c r="D542" s="3"/>
     </row>
     <row r="543" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A543" s="6" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B543" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C543" s="8">
-        <v>29.7</v>
+        <v>781</v>
       </c>
       <c r="D543" s="3"/>
     </row>
     <row r="544" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A544" s="6" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B544" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C544" s="8">
-        <v>77</v>
+        <v>1172.5999999999999</v>
       </c>
       <c r="D544" s="3"/>
     </row>
     <row r="545" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A545" s="6" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="B545" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C545" s="8">
-        <v>111.1</v>
+        <v>1213.3</v>
       </c>
       <c r="D545" s="3"/>
     </row>
     <row r="546" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A546" s="6" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="B546" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C546" s="8">
-        <v>68.2</v>
+        <v>91.3</v>
       </c>
       <c r="D546" s="3"/>
     </row>
     <row r="547" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A547" s="6" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="B547" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C547" s="8">
-        <v>93.5</v>
+        <v>70.400000000000006</v>
       </c>
       <c r="D547" s="3"/>
     </row>
     <row r="548" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A548" s="6" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="B548" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C548" s="8">
-        <v>93.5</v>
+        <v>29.7</v>
       </c>
       <c r="D548" s="3"/>
     </row>
     <row r="549" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A549" s="6" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B549" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C549" s="8">
-        <v>507.1</v>
+        <v>77</v>
       </c>
       <c r="D549" s="3"/>
     </row>
     <row r="550" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A550" s="6" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="B550" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C550" s="8">
-        <v>509.3</v>
+        <v>111.1</v>
       </c>
       <c r="D550" s="3"/>
     </row>
     <row r="551" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A551" s="6" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="B551" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C551" s="8">
-        <v>30.8</v>
+        <v>68.2</v>
       </c>
       <c r="D551" s="3"/>
     </row>
     <row r="552" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A552" s="6" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="B552" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C552" s="8">
-        <v>41.8</v>
+        <v>93.5</v>
       </c>
       <c r="D552" s="3"/>
     </row>
     <row r="553" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A553" s="6" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="B553" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C553" s="8">
-        <v>59.4</v>
+        <v>93.5</v>
       </c>
       <c r="D553" s="3"/>
     </row>
     <row r="554" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A554" s="6" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="B554" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C554" s="8">
-        <v>16.5</v>
+        <v>507.1</v>
       </c>
       <c r="D554" s="3"/>
     </row>
     <row r="555" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A555" s="6" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="B555" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C555" s="8">
-        <v>28.6</v>
+        <v>509.3</v>
       </c>
       <c r="D555" s="3"/>
     </row>
     <row r="556" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A556" s="6" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B556" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C556" s="8">
-        <v>16.5</v>
+        <v>30.8</v>
       </c>
       <c r="D556" s="3"/>
     </row>
     <row r="557" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A557" s="6" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B557" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C557" s="8">
-        <v>16.5</v>
+        <v>41.8</v>
       </c>
       <c r="D557" s="3"/>
     </row>
     <row r="558" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A558" s="6" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="B558" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C558" s="8">
-        <v>13.2</v>
+        <v>59.4</v>
       </c>
       <c r="D558" s="3"/>
     </row>
     <row r="559" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A559" s="6" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B559" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C559" s="8">
-        <v>39.6</v>
+        <v>16.5</v>
       </c>
       <c r="D559" s="3"/>
     </row>
     <row r="560" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A560" s="6" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="B560" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C560" s="8">
-        <v>64.900000000000006</v>
+        <v>28.6</v>
       </c>
       <c r="D560" s="3"/>
     </row>
     <row r="561" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A561" s="6" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B561" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C561" s="8">
-        <v>55</v>
+        <v>16.5</v>
       </c>
       <c r="D561" s="3"/>
     </row>
     <row r="562" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A562" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="B562" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C562" s="8">
+        <v>16.5</v>
+      </c>
+      <c r="D562" s="3"/>
+    </row>
+    <row r="563" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A563" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B563" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C563" s="8">
+        <v>13.2</v>
+      </c>
+      <c r="D563" s="3"/>
+    </row>
+    <row r="564" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A564" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B564" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C564" s="8">
+        <v>39.6</v>
+      </c>
+      <c r="D564" s="3"/>
+    </row>
+    <row r="565" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A565" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B565" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C565" s="8">
+        <v>64.900000000000006</v>
+      </c>
+      <c r="D565" s="3"/>
+    </row>
+    <row r="566" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A566" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B566" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C566" s="8">
+        <v>55</v>
+      </c>
+      <c r="D566" s="3"/>
+    </row>
+    <row r="567" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A567" s="6" t="s">
         <v>444</v>
       </c>
-      <c r="B562" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C562" s="8">
+      <c r="B567" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C567" s="8">
         <v>82.5</v>
       </c>
-      <c r="D562" s="3"/>
-[...2 lines deleted...]
-      <c r="A563" s="13" t="s">
+      <c r="D567" s="3"/>
+    </row>
+    <row r="568" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A568" s="13" t="s">
         <v>490</v>
       </c>
-      <c r="B563" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C563" s="8">
+      <c r="B568" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C568" s="8">
         <v>621.75</v>
       </c>
-      <c r="D563" s="3"/>
-[...2 lines deleted...]
-      <c r="A564" s="13" t="s">
+      <c r="D568" s="3"/>
+    </row>
+    <row r="569" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A569" s="13" t="s">
         <v>491</v>
       </c>
-      <c r="B564" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C564" s="8">
+      <c r="B569" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C569" s="8">
         <v>273.18</v>
       </c>
-      <c r="D564" s="3"/>
-[...2 lines deleted...]
-      <c r="A565" s="13" t="s">
+      <c r="D569" s="3"/>
+    </row>
+    <row r="570" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A570" s="13" t="s">
         <v>492</v>
       </c>
-      <c r="B565" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C565" s="8">
+      <c r="B570" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C570" s="8">
         <v>49.6</v>
-      </c>
-[...58 lines deleted...]
-        <v>88.63000000000001</v>
       </c>
       <c r="D570" s="3"/>
     </row>
     <row r="571" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A571" s="14" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="B571" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C571" s="8">
-        <v>88.63000000000001</v>
+        <v>94.940000000000012</v>
       </c>
       <c r="D571" s="3"/>
     </row>
     <row r="572" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A572" s="14" t="s">
+        <v>494</v>
+      </c>
+      <c r="B572" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C572" s="8">
+        <v>94.940000000000012</v>
+      </c>
+      <c r="D572" s="3"/>
+    </row>
+    <row r="573" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A573" s="14" t="s">
+        <v>495</v>
+      </c>
+      <c r="B573" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C573" s="8">
+        <v>70.33</v>
+      </c>
+      <c r="D573" s="3"/>
+    </row>
+    <row r="574" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A574" s="14" t="s">
+        <v>496</v>
+      </c>
+      <c r="B574" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C574" s="8">
+        <v>70.33</v>
+      </c>
+      <c r="D574" s="3"/>
+    </row>
+    <row r="575" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A575" s="14" t="s">
+        <v>497</v>
+      </c>
+      <c r="B575" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C575" s="8">
+        <v>88.63000000000001</v>
+      </c>
+      <c r="D575" s="3"/>
+    </row>
+    <row r="576" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A576" s="14" t="s">
+        <v>498</v>
+      </c>
+      <c r="B576" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C576" s="8">
+        <v>88.63000000000001</v>
+      </c>
+      <c r="D576" s="3"/>
+    </row>
+    <row r="577" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A577" s="14" t="s">
         <v>499</v>
       </c>
-      <c r="B572" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C572" s="8">
+      <c r="B577" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C577" s="8">
         <v>88.63000000000001</v>
       </c>
-      <c r="D572" s="3"/>
-[...2 lines deleted...]
-      <c r="A573" s="13" t="s">
+      <c r="D577" s="3"/>
+    </row>
+    <row r="578" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A578" s="13" t="s">
         <v>500</v>
       </c>
-      <c r="B573" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C573" s="8">
+      <c r="B578" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C578" s="8">
         <v>65.98</v>
       </c>
-      <c r="D573" s="3"/>
-[...13 lines deleted...]
-    <row r="578" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D578" s="3"/>
     </row>
-    <row r="579" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="579" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D579" s="3"/>
     </row>
-    <row r="580" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="580" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D580" s="3"/>
     </row>
-    <row r="581" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="581" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D581" s="3"/>
     </row>
-    <row r="582" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="582" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D582" s="3"/>
     </row>
-    <row r="583" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="583" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D583" s="3"/>
     </row>
-    <row r="584" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="584" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D584" s="3"/>
     </row>
-    <row r="585" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="585" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D585" s="3"/>
     </row>
-    <row r="586" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="586" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D586" s="3"/>
     </row>
-    <row r="587" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="587" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D587" s="3"/>
     </row>
-    <row r="588" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="588" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D588" s="3"/>
     </row>
-    <row r="589" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="589" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D589" s="3"/>
     </row>
-    <row r="590" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="590" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D590" s="3"/>
     </row>
-    <row r="591" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="591" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D591" s="3"/>
     </row>
-    <row r="592" spans="4:4" x14ac:dyDescent="0.2">
+    <row r="592" spans="1:4" x14ac:dyDescent="0.2">
       <c r="D592" s="3"/>
     </row>
     <row r="593" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D593" s="3"/>
     </row>
     <row r="594" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D594" s="3"/>
     </row>
     <row r="595" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D595" s="3"/>
     </row>
     <row r="596" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D596" s="3"/>
     </row>
     <row r="597" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D597" s="3"/>
     </row>
     <row r="598" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D598" s="3"/>
     </row>
     <row r="599" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D599" s="3"/>
     </row>
     <row r="600" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D600" s="3"/>
     </row>
     <row r="601" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D601" s="3"/>
     </row>
     <row r="602" spans="4:4" x14ac:dyDescent="0.2">
       <c r="D602" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-    <mergeCell ref="A5:C5"/>
+  <mergeCells count="6">
+    <mergeCell ref="A10:C10"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
-    <mergeCell ref="A4:C4"/>
+    <mergeCell ref="A9:C9"/>
     <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.25" bottom="0.25" header="0.25" footer="0.1"/>
   <pageSetup scale="99" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Times New Roman,Regular"&amp;8&amp;F&amp;C&amp;"Times New Roman,Regular"&amp;8              &amp;P of &amp;N&amp;R&amp;"Times New Roman,Regular"&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="9" manualBreakCount="9">
     <brk id="95" max="16383" man="1"/>
     <brk id="152" max="16383" man="1"/>
     <brk id="209" max="16383" man="1"/>
     <brk id="266" max="16383" man="1"/>
     <brk id="323" max="16383" man="1"/>
     <brk id="380" max="16383" man="1"/>
     <brk id="437" max="16383" man="1"/>
     <brk id="494" max="16383" man="1"/>
     <brk id="551" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>