--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -1,197 +1,448 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="32A7F65E" w14:textId="70AEE996" w:rsidR="00117926" w:rsidRPr="007420C0" w:rsidRDefault="003F7864" w:rsidP="008C0513">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="32A7F65E" w14:textId="743C9A5B" w:rsidR="00117926" w:rsidRPr="007420C0" w:rsidRDefault="00D5214D" w:rsidP="00DA2166">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...33 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidRPr="00D5214D">
+        <w:rPr>
+          <w:noProof/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02FAA457" wp14:editId="4BEE651E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>354330</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2009775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5873750" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="217" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5873750" cy="1404620"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5D40F9B7" w14:textId="6AA66F46" w:rsidR="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                            <w:pPr>
+                              <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
+                              <w:ind w:right="598"/>
+                              <w:suppressOverlap/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t>2025-2026</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="20B8CA28" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRPr="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D5214D">
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>WILLIAM E. WARREN SCHOLARSHIP</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6C3030DA" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D5214D">
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>APPLICATION</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0FCF109C" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRPr="005B224E" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="435"/>
+                                <w:tab w:val="center" w:pos="4680"/>
+                              </w:tabs>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:i/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t xml:space="preserve">“Walk apart, to hear the music of your heart.” - William </w:t>
+                            </w:r>
+                            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:i/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                                <w:t>E. Warren</w:t>
+                              </w:r>
+                            </w:smartTag>
+                          </w:p>
+                          <w:p w14:paraId="600FA620" w14:textId="5502E20A" w:rsidR="00D5214D" w:rsidRDefault="00D5214D"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="02FAA457" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:27.9pt;margin-top:158.25pt;width:462.5pt;height:110.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLOO6e+wEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdO3EEy0Ga1EWB&#10;9AGk/QCaoiyiJJfl0pbcr++SchyjvRXVgSC13Nmd2eHqdrCGHVRADa7m00nJmXISGu12Nf/+bfNm&#10;yRlG4RphwKmaHxXy2/XrV6veV2oGHZhGBUYgDqve17yL0VdFgbJTVuAEvHIUbCFYEekYdkUTRE/o&#10;1hSzsrwqegiNDyAVIv19GIN8nfHbVsn4pW1RRWZqTr3FvIa8btNarFei2gXhOy1PbYh/6MIK7ajo&#10;GepBRMH2Qf8FZbUMgNDGiQRbQNtqqTIHYjMt/2Dz1AmvMhcSB/1ZJvx/sPLz4cl/DSwO72CgAWYS&#10;6B9B/kDm4L4TbqfuQoC+U6KhwtMkWdF7rE6pSWqsMIFs+0/Q0JDFPkIGGtpgkyrEkxE6DeB4Fl0N&#10;kUn6uVhev71eUEhSbDov51ezPJZCVM/pPmD8oMCytKl5oKlmeHF4xJjaEdXzlVTNwUYbkydrHOtr&#10;frOYLXLCRcTqSMYz2tZ8WaZvtEJi+d41OTkKbcY9FTDuRDsxHTnHYTvQxUR/C82RBAgwGoweBG06&#10;CL8468lcNcefexEUZ+ajIxFvpvN5cmM+zBfXxJiFy8j2MiKcJKiaR87G7X3MDk5c0d+R2BudZXjp&#10;5NQrmSarczJ4cuXlOd96eYbr3wAAAP//AwBQSwMEFAAGAAgAAAAhAAzwV2TeAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoHaq0JcSpKn4kDlwo4b6NlzgitqPYbdK3ZznR&#10;4+yMZr4tt7PrxYnG2AWvIVsoEOSbYDrfaqg/X+82IGJCb7APnjScKcK2ur4qsTBh8h902qdWcImP&#10;BWqwKQ2FlLGx5DAuwkCeve8wOkwsx1aaEScud728V2olHXaeFywO9GSp+dkfnYaUzC471y8uvn3N&#10;78+TVU2Otda3N/PuEUSiOf2H4Q+f0aFipkM4ehNFryHPmTxpWGarHAQHHjaKLwd2lus1yKqUly9U&#10;vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLOO6e+wEAAM4DAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAM8Fdk3gAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAFUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5D40F9B7" w14:textId="6AA66F46" w:rsidR="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                      <w:pPr>
+                        <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
+                        <w:ind w:right="598"/>
+                        <w:suppressOverlap/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t>2025-2026</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="20B8CA28" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRPr="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D5214D">
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>WILLIAM E. WARREN SCHOLARSHIP</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6C3030DA" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D5214D">
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>APPLICATION</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0FCF109C" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRPr="005B224E" w:rsidRDefault="00D5214D" w:rsidP="00D5214D">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="435"/>
+                          <w:tab w:val="center" w:pos="4680"/>
+                        </w:tabs>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:i/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t xml:space="preserve">“Walk apart, to hear the music of your heart.” - William </w:t>
+                      </w:r>
+                      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:i/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                          <w:t>E. Warren</w:t>
+                        </w:r>
+                      </w:smartTag>
+                    </w:p>
+                    <w:p w14:paraId="600FA620" w14:textId="5502E20A" w:rsidR="00D5214D" w:rsidRDefault="00D5214D"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="page" w:horzAnchor="page" w:tblpXSpec="center" w:tblpY="721"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="11264" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2095"/>
         <w:gridCol w:w="9169"/>
       </w:tblGrid>
       <w:tr w:rsidR="000A10DB" w:rsidRPr="00720042" w14:paraId="5DE993E6" w14:textId="77777777" w:rsidTr="00AA00E3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:id="0" w:name="_MON_1183271858"/>
           <w:bookmarkEnd w:id="0"/>
-          <w:p w14:paraId="70A342BF" w14:textId="77777777" w:rsidR="000A10DB" w:rsidRDefault="000A10DB" w:rsidP="000A10DB">
+          <w:p w14:paraId="70A342BF" w14:textId="1CF5640C" w:rsidR="000A10DB" w:rsidRDefault="003C0427" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7C45">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:object w:dxaOrig="1711" w:dyaOrig="2206" w14:anchorId="79F7A84D">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:72.75pt;height:93.75pt" o:ole="" fillcolor="window">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="MA state seal" style="width:72.45pt;height:94pt" o:ole="" fillcolor="window">
                   <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1807950313" r:id="rId11"/>
+                <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1822112246" r:id="rId11"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="424487FB" w14:textId="77777777" w:rsidR="000A10DB" w:rsidRPr="00EE6620" w:rsidRDefault="000A10DB" w:rsidP="00D8644A">
+          <w:p w14:paraId="424487FB" w14:textId="4C2A55F7" w:rsidR="000A10DB" w:rsidRPr="00EE6620" w:rsidRDefault="000A10DB" w:rsidP="00D8644A">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6620">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="53"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:fitText w:val="5400" w:id="-717055232"/>
               </w:rPr>
               <w:t>The Commonwealth of Massachusett</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE6620">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="32"/>
                 <w:sz w:val="24"/>
@@ -532,172 +783,171 @@
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F15EA54" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="005B224E">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00117926" w14:paraId="31804343" w14:textId="77777777" w:rsidTr="00AA00E3">
         <w:trPr>
           <w:trHeight w:val="375"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="140634B8" w14:textId="6D1D2212" w:rsidR="00117926" w:rsidRDefault="00AA00E3" w:rsidP="00AA00E3">
+          <w:p w14:paraId="140634B8" w14:textId="5E1E6B61" w:rsidR="00117926" w:rsidRDefault="00AA00E3" w:rsidP="00AA00E3">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-218" w:hanging="16"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KIMBERLEY DRISCOLL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D2133E9" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
+          <w:p w14:paraId="4D2133E9" w14:textId="50053E87" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Lieutenant Governor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD14CE9" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="005B224E">
+          <w:p w14:paraId="0DD14CE9" w14:textId="020B7BE2" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="005B224E">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00117926" w14:paraId="6901CEF1" w14:textId="77777777" w:rsidTr="00AA00E3">
         <w:trPr>
           <w:trHeight w:val="117"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20A13928" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>♦</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="641A88DF" w14:textId="77777777" w:rsidR="00117926" w:rsidRPr="009A462C" w:rsidRDefault="00117926" w:rsidP="000A10DB">
+          <w:p w14:paraId="641A88DF" w14:textId="48E99D62" w:rsidR="00117926" w:rsidRPr="009A462C" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00117926" w14:paraId="475CEB91" w14:textId="77777777" w:rsidTr="00AA00E3">
         <w:trPr>
           <w:trHeight w:val="657"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="056CDE07" w14:textId="1671CAD7" w:rsidR="00117926" w:rsidRDefault="00232CCC" w:rsidP="000A10DB">
+          <w:p w14:paraId="056CDE07" w14:textId="1671CAD7" w:rsidR="00117926" w:rsidRDefault="00232CCC" w:rsidP="00D5214D">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
-              <w:ind w:right="-22" w:hanging="16"/>
-              <w:jc w:val="center"/>
+              <w:ind w:right="-22"/>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>KATHLEEN E. WALSH</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C8E6A4A" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
@@ -706,54 +956,56 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ecretary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E90781E" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
+          <w:p w14:paraId="3E90781E" w14:textId="0558EDEF" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00D5214D">
             <w:pPr>
-              <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
-              <w:ind w:right="598"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="435"/>
+                <w:tab w:val="center" w:pos="4680"/>
+              </w:tabs>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00117926" w14:paraId="3B46F94D" w14:textId="77777777" w:rsidTr="00AA00E3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52C5FD41" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
@@ -832,280 +1084,191 @@
           <w:p w14:paraId="4917976F" w14:textId="0B6FD0C8" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Commissioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2919500C" w14:textId="77777777" w:rsidR="00117926" w:rsidRPr="009A462C" w:rsidRDefault="00117926" w:rsidP="000A10DB">
+          <w:p w14:paraId="2919500C" w14:textId="49BDEF79" w:rsidR="00117926" w:rsidRPr="009A462C" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00117926" w14:paraId="54A671EE" w14:textId="77777777" w:rsidTr="00AA00E3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E48B33D" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>♦</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0610FC29" w14:textId="77777777" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="005B224E">
+          <w:p w14:paraId="0610FC29" w14:textId="79623AF1" w:rsidR="00117926" w:rsidRDefault="00117926" w:rsidP="005B224E">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00117926" w:rsidRPr="009A462C" w14:paraId="7F191E27" w14:textId="77777777" w:rsidTr="00AA00E3">
         <w:trPr>
           <w:trHeight w:val="80"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="106DAAC7" w14:textId="77777777" w:rsidR="00117926" w:rsidRPr="009A462C" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A3D5CAC" w14:textId="77777777" w:rsidR="00117926" w:rsidRPr="009A462C" w:rsidRDefault="00117926" w:rsidP="000A10DB">
+          <w:p w14:paraId="5A3D5CAC" w14:textId="2641102C" w:rsidR="00117926" w:rsidRPr="009A462C" w:rsidRDefault="00117926" w:rsidP="000A10DB">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01A6BF0C" w14:textId="77777777" w:rsidR="005B224E" w:rsidRPr="005B224E" w:rsidRDefault="005B224E" w:rsidP="005B224E">
-[...112 lines deleted...]
-    <w:p w14:paraId="30D031AA" w14:textId="3308EC56" w:rsidR="005B224E" w:rsidRPr="005E0BDD" w:rsidRDefault="005B224E" w:rsidP="00DF2D5A">
+    <w:p w14:paraId="4C741D29" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="00DF2D5A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D031AA" w14:textId="53FA82AE" w:rsidR="005B224E" w:rsidRPr="005E0BDD" w:rsidRDefault="005B224E" w:rsidP="00DF2D5A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0BDD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The William E. Warren Scholarship Fund has been established to fund scholarships for youth who are or have been in care of the Massachusetts Department of Children &amp; Families (DCF) and who are pursuing education at accredited institutions of higher learning.</w:t>
+        <w:t xml:space="preserve">The William E. Warren Scholarship Fund has been established to fund scholarships for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E0BDD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>youth</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E0BDD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are or have been in care of the Massachusetts Department of Children &amp; Families (DCF) and who are pursuing education at accredited institutions of higher learning.</w:t>
       </w:r>
       <w:r w:rsidR="00117926" w:rsidRPr="005E0BDD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C3358B" w:rsidRPr="005E0BDD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D043D6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00FE6413">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1721,1888 +1884,1082 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07A6A922" w14:textId="7CB2D64F" w:rsidR="000A10DB" w:rsidRDefault="004F359A" w:rsidP="004F359A">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:tbl>
-[...78 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="3335B637" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="001554E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="791"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5A54">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5A54">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1761905849"/>
+          <w:placeholder>
+            <w:docPart w:val="7D7321E0FCF74B60BD445C8FE54627EF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="001554E5">
+            <w:t xml:space="preserve">   </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C9DF13" w14:textId="77777777" w:rsidR="00D5214D" w:rsidRDefault="00D5214D" w:rsidP="001554E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="791"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4E273D43" w14:textId="77777777" w:rsidR="00EF5A54" w:rsidRPr="00EF5A54" w:rsidRDefault="00EF5A54" w:rsidP="00EF5A54"/>
-    <w:tbl>
-[...210 lines deleted...]
-          <w:sdtPr>
+    <w:p w14:paraId="3D598081" w14:textId="21CBFF18" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="000A10DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1211"/>
+          <w:tab w:val="left" w:pos="5621"/>
+          <w:tab w:val="left" w:pos="5858"/>
+          <w:tab w:val="left" w:pos="7061"/>
+          <w:tab w:val="left" w:pos="9401"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1. Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6470">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1833821258"/>
+          <w:placeholder>
+            <w:docPart w:val="530FB10C91074E59B10365CD41DAC0A1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="110407007"/>
-[...120 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve">   </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D.O.B.:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA39D18" w14:textId="14CE98D8" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="00D5214D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2201"/>
+          <w:tab w:val="left" w:pos="5261"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="7061"/>
+          <w:tab w:val="left" w:pos="9401"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Social Security #</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-324197063"/>
+          <w:placeholder>
+            <w:docPart w:val="530FB10C91074E59B10365CD41DAC0A1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="-324197063"/>
-[...110 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pronouns:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CE7F73" w14:textId="385D1DA2" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="00D5214D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2471"/>
+          <w:tab w:val="left" w:pos="4991"/>
+          <w:tab w:val="left" w:pos="5261"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="9401"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5.  Telephone number:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1139497474"/>
+          <w:placeholder>
+            <w:docPart w:val="530FB10C91074E59B10365CD41DAC0A1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="1728874127"/>
-[...97 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D5214D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="925697638"/>
+          <w:placeholder>
+            <w:docPart w:val="530FB10C91074E59B10365CD41DAC0A1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="-1139497474"/>
-[...103 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022AA59F" w14:textId="334D6609" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1481"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Address:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1215035377"/>
+          <w:placeholder>
+            <w:docPart w:val="F2BA6271438F4990A857E7C032D38EF7"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="925697638"/>
-[...123 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>City:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="802895503"/>
+          <w:placeholder>
+            <w:docPart w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="-1215035377"/>
-[...78 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="2106685937"/>
+          <w:placeholder>
+            <w:docPart w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="802895503"/>
-[...73 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Zip:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1368064295"/>
+          <w:placeholder>
+            <w:docPart w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="2106685937"/>
-[...481 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="11AAB7AA" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1481"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="392067AE" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="000A10DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3101"/>
+          <w:tab w:val="left" w:pos="8861"/>
+          <w:tab w:val="left" w:pos="9131"/>
+          <w:tab w:val="left" w:pos="9401"/>
+          <w:tab w:val="left" w:pos="9637"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Racial</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Ethnic Identity:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B364A6B" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="000A10DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4451"/>
+          <w:tab w:val="left" w:pos="8861"/>
+          <w:tab w:val="left" w:pos="9131"/>
+          <w:tab w:val="left" w:pos="9401"/>
+          <w:tab w:val="left" w:pos="9637"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/College where currently enrolled:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD1AAEF" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1521"/>
+          <w:tab w:val="left" w:pos="5080"/>
+          <w:tab w:val="left" w:pos="5896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="131"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000256FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>City/Town:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000256FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:id w:val="390547943"/>
+          <w:placeholder>
+            <w:docPart w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="390547943"/>
-[...74 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000256FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000256FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1355692028"/>
+          <w:placeholder>
+            <w:docPart w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="1355692028"/>
-[...91 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7F2775C1" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4810"/>
+          <w:tab w:val="left" w:pos="9401"/>
+          <w:tab w:val="left" w:pos="9637"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="131"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EEC81BC" w14:textId="71DD6F05" w:rsidR="000A10DB" w:rsidRPr="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4810"/>
+          <w:tab w:val="left" w:pos="9401"/>
+          <w:tab w:val="left" w:pos="9637"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="131"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000256FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Telephone number of Financial Aid Office:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000256FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:id w:val="422997257"/>
+          <w:placeholder>
+            <w:docPart w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="422997257"/>
-[...121 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BD3E30">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7239C6CF" w14:textId="254CD874" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00C42714" w:rsidP="000A10DB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:b/>
@@ -3677,77 +3034,76 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DA286E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>What is your current grade level?</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA286E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141D5FB0" w14:textId="004ECE12" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="00E62665">
+    <w:p w14:paraId="141D5FB0" w14:textId="004ECE12" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="00E62665">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1074167516"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007B5F2D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1st Semester</w:t>
       </w:r>
@@ -3785,112 +3141,110 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1127045958"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> year/ freshman</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EC96A3" w14:textId="07111916" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="00E62665">
+    <w:p w14:paraId="45EC96A3" w14:textId="07111916" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="00E62665">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1889219435"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007B5F2D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="005E0BDD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -3928,113 +3282,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-694234175"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> year/ sophomore</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="205BD1CB" w14:textId="3A1A130D" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="00E62665">
+    <w:p w14:paraId="205BD1CB" w14:textId="3A1A130D" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="00E62665">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1488668005"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007B5F2D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="005E0BDD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2nd Semester only</w:t>
       </w:r>
@@ -4057,51 +3409,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005E0BDD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-139350349"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -4179,51 +3530,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="883834775"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007E16C5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="01FAA592" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4314,51 +3664,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1547358660"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E16C5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0230D7A2" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E16C5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
@@ -4368,371 +3717,295 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Voc/Technical Program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D22476B" w14:textId="77777777" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="000A10DB" w:rsidP="00E62665">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="571AB5BA" w14:textId="78A7F05F" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="000A10DB" w:rsidP="00E62665">
+    <w:p w14:paraId="29397C92" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="000A10DB" w:rsidP="003C0427">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-90"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What is your current enrollment status?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571AB5BA" w14:textId="56F8FE1D" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="000A10DB" w:rsidP="00E62665">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA286E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>What is your current enrollment status?</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DA286E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DA286E">
-[...124 lines deleted...]
-          <w:sdtPr>
+    </w:p>
+    <w:p w14:paraId="6DB771DE" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="00000000" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2248"/>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="62298846"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003C0427">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C0427" w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enrolled Part-time</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0427">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003C0427" w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Expected </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0427">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0427" w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of graduation (month/year):</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0427">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="669444244"/>
+          <w:placeholder>
+            <w:docPart w:val="201D7546B7254978B999BEF42F23EF72"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003C0427">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="669444244"/>
-[...116 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3198535A" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="00000000" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2248"/>
+          <w:tab w:val="left" w:pos="4736"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1760979612"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003C0427">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C0427" w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enrolled Full-time</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0427">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003C0427" w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Course of Study/Major:  </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0427">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="934254516"/>
+          <w:placeholder>
+            <w:docPart w:val="201D7546B7254978B999BEF42F23EF72"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003C0427">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="934254516"/>
-[...38 lines deleted...]
-    </w:tbl>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
     <w:p w14:paraId="6692FF2B" w14:textId="3E4373B7" w:rsidR="000A10DB" w:rsidRDefault="000A10DB" w:rsidP="009F1C56">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3054143A" w14:textId="3D42FF7F" w:rsidR="000A10DB" w:rsidRDefault="00C42714" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-180"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -4755,741 +4028,673 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tment of Children and Families? </w:t>
       </w:r>
       <w:r w:rsidR="000A10DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1999484007"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00563CF7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00563CF7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="641772461"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2498B55C" w14:textId="77777777" w:rsidR="00A83102" w:rsidRDefault="00A83102" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-180"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...65 lines deleted...]
-          <w:sdtPr>
+    <w:p w14:paraId="31893250" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5597"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       If not, when were you discharged from care/custody?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="365182526"/>
+          <w:placeholder>
+            <w:docPart w:val="CD522EBF05B14C2681FD3F71B8AC747F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="365182526"/>
-[...182 lines deleted...]
-    </w:tbl>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="23CBBA0A" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5247"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="775BF0CA" w14:textId="242E6B01" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5247"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Current/Former Area Office:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580F06EF" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5247"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D316B66" w14:textId="332B7ED0" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5247"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Current/Former</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Social Worker</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="0D8C109C" w14:textId="77777777" w:rsidR="000A10DB" w:rsidRDefault="000A10DB" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5165EE1D" w14:textId="044048C2" w:rsidR="000A10DB" w:rsidRDefault="00117926" w:rsidP="000A10DB">
+    <w:p w14:paraId="69722D20" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-    <w:p w14:paraId="4E6CA647" w14:textId="77777777" w:rsidR="00A83102" w:rsidRPr="00DA286E" w:rsidRDefault="00A83102" w:rsidP="000A10DB">
+    </w:p>
+    <w:p w14:paraId="3DE5C7B7" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3933C02B" w14:textId="6A7343A1" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="000A10DB">
+    <w:p w14:paraId="5165EE1D" w14:textId="044048C2" w:rsidR="000A10DB" w:rsidRDefault="00117926" w:rsidP="000A10DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-90"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42714">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62665">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What will your living situation be when you attend school (check one)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6CA647" w14:textId="77777777" w:rsidR="00A83102" w:rsidRPr="00DA286E" w:rsidRDefault="00A83102" w:rsidP="000A10DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-90"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3933C02B" w14:textId="6A7343A1" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="20448124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dorm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11600B50" w14:textId="50693497" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="000A10DB">
+    <w:p w14:paraId="11600B50" w14:textId="50693497" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1488521648"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Independent Living/Transitional Living Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C9EBFCD" w14:textId="31432601" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="000A10DB">
+    <w:p w14:paraId="2C9EBFCD" w14:textId="31432601" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="764036984"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Foster Home</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6130D6BD" w14:textId="3C62A789" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="000A10DB">
+    <w:p w14:paraId="6130D6BD" w14:textId="3C62A789" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1837950207"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rented Apartment/House (</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>please indicate your individual monthly rent</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) $</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1602453309"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>______</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AB0480" w14:textId="1C572EE7" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="000A10DB">
+    <w:p w14:paraId="29AB0480" w14:textId="1C572EE7" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1007018321"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Public Housing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D8754C" w14:textId="5E2B5828" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="000A10DB">
+    <w:p w14:paraId="20D8754C" w14:textId="5E2B5828" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-821879189"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Home of parent/family member</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -5498,1155 +4703,783 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>if paying rent- amount charged</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) $</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="2143530921"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000A10DB">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>___________</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2B18B36F" w14:textId="76308387" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="001C21D4" w:rsidP="000A10DB">
+    <w:p w14:paraId="2B18B36F" w14:textId="76308387" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00000000" w:rsidP="000A10DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-90"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-289974628"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00563CF7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Don’t know</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753B2E3D" w14:textId="14E2B728" w:rsidR="005E0BDD" w:rsidRDefault="005E0BDD" w:rsidP="004F359A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15322716" w14:textId="77777777" w:rsidR="00B34865" w:rsidRDefault="00B34865" w:rsidP="000A10DB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59B1A4F0" w14:textId="1B07CC37" w:rsidR="000A10DB" w:rsidRPr="00DA286E" w:rsidRDefault="00C42714" w:rsidP="000A10DB">
+    <w:p w14:paraId="59B1A4F0" w14:textId="7FE44A15" w:rsidR="000A10DB" w:rsidRDefault="00C42714" w:rsidP="000A10DB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidR="000A10DB" w:rsidRPr="00DA286E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...793 lines deleted...]
-    </w:tbl>
+        <w:t>. Please indicate if you are a recipient of any of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA9385F" w14:textId="77777777" w:rsidR="003C0427" w:rsidRPr="00DA286E" w:rsidRDefault="003C0427" w:rsidP="000A10DB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="007A6675" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="00232CCC">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Weekly income from employment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1489469009"/>
+          <w:placeholder>
+            <w:docPart w:val="0B6B1FF3CC5245E3AB66F7CEC7682B2A"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                      </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="72B9361F" w14:textId="0A7F37FB" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work-Study income</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="682162653"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                      </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="465E3621" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Private Scholarship(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-479006430"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                       </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="274F608A" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DCF </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Youth Adult Support Payment (YASP)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="1719924086"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                      </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2B374BBA" w14:textId="4D935613" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Social Security </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-471133929"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                     </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0360DDE4" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Transit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ional Assistance (DTA, Welfare)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1421864856"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                       </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="362D1399" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mass Rehab E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ducational Payment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="1141151570"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                   </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7A55AF04" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA286E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>kforce Investment Act Funding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1263377797"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                         </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="442835DF" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="004C4DD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4896"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Other financial assistance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="2145927181"/>
+          <w:placeholder>
+            <w:docPart w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                           </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
     <w:p w14:paraId="2D789575" w14:textId="77777777" w:rsidR="000A10DB" w:rsidRPr="00DB515B" w:rsidRDefault="000A10DB" w:rsidP="000A10DB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...101 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="784D52A2" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8304"/>
+        </w:tabs>
+        <w:ind w:right="-540"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C2607">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Tuition and fees per academic year (tuition bill MUST be included wit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>h application):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-402458271"/>
+          <w:placeholder>
+            <w:docPart w:val="B31C2634E7534673B7E88828F4B761AD"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">$      </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
     <w:p w14:paraId="54A9852C" w14:textId="77777777" w:rsidR="00A93E39" w:rsidRPr="009C2607" w:rsidRDefault="00A93E39" w:rsidP="009C2607">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...91 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="2A2D3D16" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="003C0427">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7777"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>17. Room and board expenses per academic year (if not included in tuition bill):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-908766340"/>
+          <w:placeholder>
+            <w:docPart w:val="48B60AF884024E64AF0949C2EC287172"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">             </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
     <w:p w14:paraId="6B374697" w14:textId="77777777" w:rsidR="0075497E" w:rsidRDefault="0075497E" w:rsidP="009C2607">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7669EB11" w14:textId="77777777" w:rsidR="00721285" w:rsidRDefault="00C42714" w:rsidP="009C2607">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
@@ -6699,94 +5532,92 @@
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00721285">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="799573897"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00721285">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00721285">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1745064081"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00721285">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="32BA2753" w14:textId="1161B84C" w:rsidR="00CD3EDF" w:rsidRPr="00DB515B" w:rsidRDefault="00982AD2" w:rsidP="00CD3EDF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6856,51 +5687,50 @@
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9000"/>
       </w:tblGrid>
       <w:tr w:rsidR="001159D3" w14:paraId="5BFB8DDF" w14:textId="77777777" w:rsidTr="00BF6CAB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-1766448647"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9576" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="5A3FC87F" w14:textId="1B83BA7F" w:rsidR="001159D3" w:rsidRDefault="001159D3" w:rsidP="00CD3EDF">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
@@ -6952,51 +5782,50 @@
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8892"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721285" w14:paraId="1EDD9A89" w14:textId="77777777" w:rsidTr="004C4DD3">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1624953170"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9108" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="73EB2454" w14:textId="72B3176A" w:rsidR="00721285" w:rsidRDefault="0093744D" w:rsidP="000A10DB">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
@@ -7099,61 +5928,59 @@
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A6F0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please attach </w:t>
       </w:r>
       <w:r w:rsidR="00A5564A" w:rsidRPr="000A6F0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>your resume to</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6F0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3443A1B2" w14:textId="77777777" w:rsidR="00CF4832" w:rsidRDefault="00CF4832" w:rsidP="00992255">
-[...9 lines deleted...]
-    <w:p w14:paraId="219F07B4" w14:textId="7909DF15" w:rsidR="00BC2336" w:rsidRDefault="00C42714" w:rsidP="00BC2336">
+    <w:p w14:paraId="1168E6BB" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219F07B4" w14:textId="05211221" w:rsidR="00BC2336" w:rsidRDefault="00C42714" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="003465A1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00BC2336">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -7269,63 +6096,73 @@
       </w:r>
       <w:r w:rsidR="00A65918">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003A2BAE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and attached to your application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6109A08C" w14:textId="77777777" w:rsidR="00460DDC" w:rsidRDefault="00460DDC" w:rsidP="00BC2336">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="63DCAA6D" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="49610E8C" w14:textId="080DEF2A" w:rsidR="00460DDC" w:rsidRDefault="00C42714" w:rsidP="00460DDC">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="003465A1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D30C81">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.  RECOMMENDATION</w:t>
       </w:r>
       <w:r w:rsidR="00460DDC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B77FC15" w14:textId="77777777" w:rsidR="00460DDC" w:rsidRDefault="00460DDC" w:rsidP="00460DDC">
@@ -7434,132 +6271,58 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="31925824" w14:textId="77777777" w:rsidR="00460DDC" w:rsidRDefault="00A5564A" w:rsidP="00460DDC">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00460DDC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>performance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077D361C" w14:textId="77777777" w:rsidR="003465A1" w:rsidRDefault="003465A1" w:rsidP="00460DDC">
-[...80 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="41125304" w14:textId="238314F4" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="003C0427">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="486120B8" w14:textId="77777777" w:rsidR="003465A1" w:rsidRDefault="003465A1" w:rsidP="00BC2336">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7707878F" w14:textId="77777777" w:rsidR="00BC2336" w:rsidRPr="00336153" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336153">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
@@ -7677,51 +6440,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Application Form, Pages 2-4</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="546413352"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4917F3B8" w14:textId="5D5D96EE" w:rsidR="00BC2336" w:rsidRPr="00DA286E" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -7748,51 +6510,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1247105786"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="36EDB329" w14:textId="03328A2F" w:rsidR="00BC2336" w:rsidRPr="00DA286E" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA286E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tuition Bill/Detailed Account History</w:t>
@@ -7809,51 +6570,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-279119745"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="57FEF326" w14:textId="3F244306" w:rsidR="00BC2336" w:rsidRPr="00DA286E" w:rsidRDefault="00D30C81" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A letter</w:t>
@@ -7884,51 +6644,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC2336">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1169061692"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BC2336">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AC2EF0A" w14:textId="2C48A23D" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
@@ -7941,51 +6700,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Copy of most recent high school or college transcript</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-541133051"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="53594499" w14:textId="09061B1D" w:rsidR="003A2BAE" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Essay</w:t>
@@ -8030,51 +6788,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003A2BAE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="170543713"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="22A985FD" w14:textId="58086A19" w:rsidR="00BC2336" w:rsidRDefault="003A2BAE" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Resume</w:t>
@@ -8119,105 +6876,103 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-670483704"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5C85FDAB" w14:textId="32E6D405" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signed W-9 Tax Form</w:t>
       </w:r>
       <w:r w:rsidR="003A2BAE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A2BAE" w:rsidRPr="003A2BAE">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="003A2BAE" w:rsidRPr="005321B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.irs.gov/pub/irs-pdf/fw9.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003A2BAE" w:rsidRPr="003A2BAE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003A2BAE">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1993906139"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C2902">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1B618342" w14:textId="77777777" w:rsidR="003A2BAE" w:rsidRDefault="003A2BAE" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06F5314E" w14:textId="421F6BB8" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -8393,217 +7148,158 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00EC364E" w:rsidRPr="000A6F0F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E50A5E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="227B14D8" w14:textId="7EC961F0" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00AA6618">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...20 lines deleted...]
-          <w:sdtPr>
+    <w:p w14:paraId="40704C3A" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="00000000" w:rsidP="00AA6618">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5166"/>
+          <w:tab w:val="left" w:pos="5886"/>
+        </w:tabs>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1465419366"/>
+          <w:placeholder>
+            <w:docPart w:val="8F828698E0064FCFB02EBA6435AC8454"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003C0427">
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="-1465419366"/>
-[...43 lines deleted...]
-          <w:sdtPr>
+            <w:t xml:space="preserve">          </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C0427">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003C0427">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-176418716"/>
+          <w:placeholder>
+            <w:docPart w:val="5A8193784BF541659880D3CB8106DE59"/>
+          </w:placeholder>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003C0427">
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="-176418716"/>
-[...92 lines deleted...]
-    </w:tbl>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2F292A6F" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="00AA6618">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5166"/>
+          <w:tab w:val="left" w:pos="5886"/>
+        </w:tabs>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(Applicant Signature</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
     <w:p w14:paraId="66DB5771" w14:textId="77777777" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70A87F8F" w14:textId="77777777" w:rsidR="00BD18F2" w:rsidRDefault="00BD18F2" w:rsidP="00BC2336">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CB9C0C1" w14:textId="5699A169" w:rsidR="000828EF" w:rsidRDefault="000828EF" w:rsidP="000828EF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -8786,51 +7482,60 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF2D5A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>axed applications will not be accepted</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F843A3C" w14:textId="77777777" w:rsidR="00CC67B6" w:rsidRDefault="00CC67B6" w:rsidP="00C72D7C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F7E21B3" w14:textId="77B4D60A" w:rsidR="0039207D" w:rsidRDefault="00DC01BA" w:rsidP="00C72D7C">
+    <w:p w14:paraId="0034676A" w14:textId="77777777" w:rsidR="003C0427" w:rsidRDefault="003C0427" w:rsidP="00C72D7C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F7E21B3" w14:textId="5BB9C12B" w:rsidR="0039207D" w:rsidRDefault="00DC01BA" w:rsidP="00C72D7C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC01BA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If you have any questions about the scholarship program or application, please email</w:t>
       </w:r>
       <w:r w:rsidR="00015BBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6618">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
@@ -8868,202 +7573,101 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3763764E" w14:textId="77777777" w:rsidR="003D29DF" w:rsidRDefault="003D29DF" w:rsidP="007E16C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C30DDB7" w14:textId="77777777" w:rsidR="003D29DF" w:rsidRDefault="003D29DF" w:rsidP="007E16C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...99 lines deleted...]
-        <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="096C0FF9" w14:textId="77777777" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="page" w:horzAnchor="page" w:tblpXSpec="center" w:tblpY="721"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="11160" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1991"/>
         <w:gridCol w:w="9169"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D8644A" w:rsidRPr="00720042" w14:paraId="5EC36FBF" w14:textId="77777777" w:rsidTr="0064783D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11AD6AB9" w14:textId="75F9AFFE" w:rsidR="00D8644A" w:rsidRDefault="00D8644A" w:rsidP="00D8644A">
+          <w:p w14:paraId="11AD6AB9" w14:textId="12F39EF4" w:rsidR="00D8644A" w:rsidRDefault="003C0427" w:rsidP="00D8644A">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="-22" w:hanging="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7C45">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:object w:dxaOrig="1711" w:dyaOrig="2206" w14:anchorId="11333EB7">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:72.75pt;height:93.75pt" o:ole="" fillcolor="window">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="MA state seal" style="width:72.45pt;height:94pt" o:ole="" fillcolor="window">
                   <v:imagedata r:id="rId10" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1807950314" r:id="rId16"/>
+                <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1822112247" r:id="rId15"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44E3F594" w14:textId="77777777" w:rsidR="00D8644A" w:rsidRDefault="00D8644A" w:rsidP="00D8644A">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2356A">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="32"/>
@@ -9597,50 +8201,68 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ecretary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
+          <w:p w14:paraId="5268E8F3" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00DA2166">
+            <w:pPr>
+              <w:ind w:left="-2020" w:firstLine="1260"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>RECOMMENDATION FORM</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="3D0D950F" w14:textId="77777777" w:rsidR="00D8644A" w:rsidRDefault="00D8644A" w:rsidP="00D8644A">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8644A" w14:paraId="23CB0B5C" w14:textId="77777777" w:rsidTr="0064783D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CFB1151" w14:textId="6ABC4247" w:rsidR="00D8644A" w:rsidRDefault="00D8644A" w:rsidP="00D8644A">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
@@ -9777,826 +8399,620 @@
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>♦</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9169" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23142723" w14:textId="77777777" w:rsidR="00D8644A" w:rsidRDefault="00D8644A" w:rsidP="00D8644A">
             <w:pPr>
               <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
               <w:ind w:right="598"/>
               <w:rPr>
                 <w:smallCaps/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D526665" w14:textId="3EFE6874" w:rsidR="00BC2336" w:rsidRDefault="00263257" w:rsidP="00B51B37">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="694959E0" w14:textId="77777777" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C1C2D3D" w14:textId="77777777" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B810C98" w14:textId="5A9606AD" w:rsidR="00AA6618" w:rsidRPr="00DA2166" w:rsidRDefault="00BC2336" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This recommendation form must be completed by a person who has known the applicant for a period of at least six months and is not a relative or friend of the applicant. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6618" w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Email completed form to</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2166" w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6618" w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>youth.support@mass.gov</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6618" w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6618" w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or mail via standard mail to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18271B1A" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00DA2166">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="40"/>
-[...214 lines deleted...]
-          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552E18C9" w14:textId="488B040C" w:rsidR="00AA6618" w:rsidRPr="00DA2166" w:rsidRDefault="00EC2DF7" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DCF Adolescent and Young Adult Services Unit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0B1B95" w14:textId="060BE837" w:rsidR="00A16F44" w:rsidRPr="00A16F44" w:rsidRDefault="00A16F44" w:rsidP="00A16F44">
-[...11 lines deleted...]
-          <w:i/>
+    <w:p w14:paraId="5B0B1B95" w14:textId="060BE837" w:rsidR="00A16F44" w:rsidRPr="00DA2166" w:rsidRDefault="00A16F44" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The William E. Warren Scholarship Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A5C322" w14:textId="587545EC" w:rsidR="00AA6618" w:rsidRDefault="00FE6413" w:rsidP="00AA6618">
-[...11 lines deleted...]
-          <w:i/>
+    <w:p w14:paraId="27A5C322" w14:textId="587545EC" w:rsidR="00AA6618" w:rsidRPr="00DA2166" w:rsidRDefault="00FE6413" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1 Ashburton Place, 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE6413">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Floor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AA0B23" w14:textId="6C579D6A" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00AA6618">
-[...11 lines deleted...]
-          <w:i/>
+    <w:p w14:paraId="22AA0B23" w14:textId="6C579D6A" w:rsidR="00BC2336" w:rsidRPr="00DA2166" w:rsidRDefault="00BC2336" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Boston, MA  02</w:t>
       </w:r>
-      <w:r w:rsidR="00460DDC">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00460DDC" w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00FE6413">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00FE6413" w:rsidRPr="00DA2166">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>08</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707A12AF" w14:textId="77777777" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...302 lines deleted...]
-    <w:p w14:paraId="56FA756C" w14:textId="77777777" w:rsidR="00313ADD" w:rsidRDefault="00313ADD" w:rsidP="00BC2336">
+    <w:p w14:paraId="1A5EC99F" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2543"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C72A01B" w14:textId="6139BC9A" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2543"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicant’s Name: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6474F815" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2543"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recommendation by:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765E3A62" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2543"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F2AC01" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00DA2166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2543"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>City/State/Zip:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C787B25" w14:textId="5BABDF5A" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="006A53BC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2543"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Telephone</w:t>
+      </w:r>
+      <w:r w:rsidR="006A53BC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3877A187" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236BBA01" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FCB97BD" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015C68EC" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EA65276" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C919662" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3391B18C" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="176DC80A" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="361B4208" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E4F1D81" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="583857C3" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00A09AB6" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C16C727" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EDBD9D4" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B2BAA31" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F6D4016" w14:textId="0377F623" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>I.  How long and in what capacity have you known the applicant?</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="-1236085986"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0D4058A6" w14:textId="22517F09" w:rsidR="00BC2336" w:rsidRDefault="00837DA3" w:rsidP="00BC2336">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="789584CF" w14:textId="77777777" w:rsidR="00460DDC" w:rsidRDefault="00460DDC" w:rsidP="00BC2336">
-[...31 lines deleted...]
-    </w:p>
     <w:p w14:paraId="528B3F10" w14:textId="2F2EC653" w:rsidR="00BC2336" w:rsidRDefault="00BC2336" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="307B29FB" w14:textId="00065522" w:rsidR="00F2356A" w:rsidRDefault="00F2356A" w:rsidP="00BC2336">
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E9E9BD" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DFCAFC1" w14:textId="77777777" w:rsidR="00F2356A" w:rsidRDefault="00F2356A" w:rsidP="00BC2336">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B10E593" w14:textId="77777777" w:rsidR="006A53BC" w:rsidRDefault="006A53BC" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42FF37C8" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="540BCDDE" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please describe the applicant’s ability and motivation to follow through with his/her goal of obtaining higher education or vocational training.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="128523696"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="63E5B229" w14:textId="0E578AF9" w:rsidR="00B51B37" w:rsidRDefault="00837DA3" w:rsidP="00B51B37">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="7DF0BA0A" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -10611,67 +9027,50 @@
     </w:p>
     <w:p w14:paraId="7629614C" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C86A5FC" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="449A7450" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="746CEAA4" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
-[...15 lines deleted...]
-    </w:p>
     <w:p w14:paraId="150A7DFC" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E8FF11B" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03217A5F" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -10683,256 +9082,269 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>III.    Please explain how the applicant would benefit from this scholarship and why you believe he/she is deserving of the award.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="845906634"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="22EAB9F4" w14:textId="10F1DE08" w:rsidR="00B51B37" w:rsidRDefault="00837DA3" w:rsidP="00B51B37">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="21EC84BB" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45EEE87B" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7959989D" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D40A862" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3488A06D" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
-[...30 lines deleted...]
-    </w:p>
     <w:p w14:paraId="25F1D4B2" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4979870E" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="563F0E7C" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>IV.    What additional information do you wish the committee to be aware of in its consideration of the applicant?</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="-2002345529"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4C1B8230" w14:textId="5DECBAE1" w:rsidR="00B51B37" w:rsidRDefault="00837DA3" w:rsidP="00B51B37">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="565E4ECB" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C84D7BD" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F554686" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E8D3E67" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="093544A0" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00B51B37">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="312899C5" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00B51B37">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77EF5F4F" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00B51B37">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="686F8044" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00B51B37">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="320185E6" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00B51B37">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF48E0D" w14:textId="77777777" w:rsidR="00DA2166" w:rsidRDefault="00DA2166" w:rsidP="00B51B37">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5B9FC0B8" w14:textId="77777777" w:rsidR="00B51B37" w:rsidRDefault="00B51B37" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AB141BD" w14:textId="0BDA8A57" w:rsidR="00B51B37" w:rsidRDefault="001C21D4" w:rsidP="00B51B37">
+    <w:p w14:paraId="1AB141BD" w14:textId="0BDA8A57" w:rsidR="00B51B37" w:rsidRDefault="00000000" w:rsidP="00B51B37">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:id w:val="573551728"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009B14E8">
             <w:rPr>
               <w:sz w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B51B37">
@@ -10971,98 +9383,97 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:id w:val="1875038782"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009B14E8">
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B51B37">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D33C2E8" w14:textId="77777777" w:rsidR="00A94F7B" w:rsidRPr="001D6C77" w:rsidRDefault="00B51B37" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A94F7B" w:rsidRPr="001D6C77" w:rsidSect="0075497E">
-          <w:headerReference w:type="default" r:id="rId17"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="even" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="864" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -11134,178 +9545,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="766447B9" w14:textId="77777777" w:rsidR="000A6F0F" w:rsidRPr="00DA286E" w:rsidRDefault="000A6F0F" w:rsidP="00BC2336">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="000A6F0F" w:rsidRPr="00DA286E" w:rsidSect="00F74BCC">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="864" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="002080BE" w14:textId="634B1F52" w:rsidR="007420C0" w:rsidRDefault="00FE6413" w:rsidP="00D30C81">
+    <w:p w14:paraId="002080BE" w14:textId="7050B883" w:rsidR="007420C0" w:rsidRDefault="007420C0" w:rsidP="00D30C81">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...46 lines deleted...]
-    <w:p w14:paraId="0B79D939" w14:textId="76088486" w:rsidR="00D61722" w:rsidRPr="00DE7797" w:rsidRDefault="00B92385" w:rsidP="00B92385">
+    </w:p>
+    <w:p w14:paraId="0B79D939" w14:textId="124416E4" w:rsidR="00D61722" w:rsidRPr="00DE7797" w:rsidRDefault="00D61722" w:rsidP="00B92385">
       <w:pPr>
         <w:ind w:left="-1080"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B92385">
-[...39 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D61722" w:rsidRPr="00DE7797" w:rsidSect="00B92385">
-      <w:headerReference w:type="default" r:id="rId21"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto" w:shadow="1"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E634C70" w14:textId="77777777" w:rsidR="00E10AD4" w:rsidRDefault="00E10AD4">
+    <w:p w14:paraId="3E4DA2FE" w14:textId="77777777" w:rsidR="000B005D" w:rsidRDefault="000B005D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22FC23AD" w14:textId="77777777" w:rsidR="00E10AD4" w:rsidRDefault="00E10AD4">
+    <w:p w14:paraId="2472E2DD" w14:textId="77777777" w:rsidR="000B005D" w:rsidRDefault="000B005D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11617,58 +9941,58 @@
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1287E039" w14:textId="77777777" w:rsidR="00460DDC" w:rsidRPr="00F74BCC" w:rsidRDefault="00460DDC" w:rsidP="00F74BCC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BFF02BF" w14:textId="77777777" w:rsidR="00E10AD4" w:rsidRDefault="00E10AD4">
+    <w:p w14:paraId="2F9CA140" w14:textId="77777777" w:rsidR="000B005D" w:rsidRDefault="000B005D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59880686" w14:textId="77777777" w:rsidR="00E10AD4" w:rsidRDefault="00E10AD4">
+    <w:p w14:paraId="68F1DE23" w14:textId="77777777" w:rsidR="000B005D" w:rsidRDefault="000B005D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="125C4358" w14:textId="77777777" w:rsidR="00460DDC" w:rsidRPr="00393773" w:rsidRDefault="00460DDC" w:rsidP="000A10DB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -12449,145 +10773,149 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A10DB"/>
     <w:rsid w:val="00003EE6"/>
     <w:rsid w:val="00015BBA"/>
     <w:rsid w:val="00015F38"/>
     <w:rsid w:val="000256FA"/>
     <w:rsid w:val="0004519B"/>
     <w:rsid w:val="00075A47"/>
     <w:rsid w:val="000828EF"/>
     <w:rsid w:val="000848BB"/>
     <w:rsid w:val="00091024"/>
     <w:rsid w:val="00094BAB"/>
     <w:rsid w:val="0009504B"/>
     <w:rsid w:val="000A10DB"/>
     <w:rsid w:val="000A3281"/>
     <w:rsid w:val="000A4958"/>
     <w:rsid w:val="000A6F0F"/>
+    <w:rsid w:val="000B005D"/>
     <w:rsid w:val="000C2902"/>
     <w:rsid w:val="000C5D8B"/>
     <w:rsid w:val="000D0FC2"/>
     <w:rsid w:val="000D4FE1"/>
     <w:rsid w:val="000E30EC"/>
     <w:rsid w:val="000E5DC4"/>
     <w:rsid w:val="001159D3"/>
     <w:rsid w:val="00117926"/>
     <w:rsid w:val="00133F1C"/>
     <w:rsid w:val="00134CA2"/>
     <w:rsid w:val="001413AC"/>
     <w:rsid w:val="001464C9"/>
     <w:rsid w:val="001505F9"/>
     <w:rsid w:val="001554E5"/>
     <w:rsid w:val="00165358"/>
     <w:rsid w:val="001708E8"/>
     <w:rsid w:val="001B4460"/>
     <w:rsid w:val="001B5D9C"/>
     <w:rsid w:val="001C21D4"/>
     <w:rsid w:val="001D1CA1"/>
     <w:rsid w:val="001D4368"/>
     <w:rsid w:val="001D5711"/>
     <w:rsid w:val="001D6042"/>
     <w:rsid w:val="001D6C77"/>
     <w:rsid w:val="00232CCC"/>
     <w:rsid w:val="00263257"/>
     <w:rsid w:val="002A2921"/>
     <w:rsid w:val="002A2DB4"/>
     <w:rsid w:val="002C4AC0"/>
     <w:rsid w:val="002D29CF"/>
     <w:rsid w:val="002E0698"/>
     <w:rsid w:val="003051C2"/>
     <w:rsid w:val="003075ED"/>
     <w:rsid w:val="00313ADD"/>
     <w:rsid w:val="00323114"/>
     <w:rsid w:val="00336153"/>
     <w:rsid w:val="003465A1"/>
     <w:rsid w:val="00351938"/>
     <w:rsid w:val="003571B5"/>
     <w:rsid w:val="00360E16"/>
     <w:rsid w:val="0039207D"/>
     <w:rsid w:val="00393874"/>
     <w:rsid w:val="003A2BAE"/>
     <w:rsid w:val="003B1F12"/>
     <w:rsid w:val="003B49CA"/>
     <w:rsid w:val="003B6C27"/>
+    <w:rsid w:val="003C0427"/>
     <w:rsid w:val="003C7217"/>
     <w:rsid w:val="003D08D8"/>
     <w:rsid w:val="003D29DF"/>
     <w:rsid w:val="003F3426"/>
     <w:rsid w:val="003F6D9E"/>
     <w:rsid w:val="003F7864"/>
     <w:rsid w:val="00407086"/>
     <w:rsid w:val="00417DC7"/>
     <w:rsid w:val="004208BD"/>
     <w:rsid w:val="00430E8C"/>
     <w:rsid w:val="00431A8F"/>
     <w:rsid w:val="0043314D"/>
     <w:rsid w:val="00434D0F"/>
     <w:rsid w:val="00452B10"/>
     <w:rsid w:val="00460DDC"/>
     <w:rsid w:val="00467002"/>
     <w:rsid w:val="00473F03"/>
     <w:rsid w:val="00483EA8"/>
     <w:rsid w:val="00486B0A"/>
     <w:rsid w:val="004B046A"/>
     <w:rsid w:val="004C4DD3"/>
     <w:rsid w:val="004C7C3A"/>
+    <w:rsid w:val="004D3520"/>
     <w:rsid w:val="004F359A"/>
     <w:rsid w:val="004F4092"/>
     <w:rsid w:val="00502714"/>
     <w:rsid w:val="00513156"/>
     <w:rsid w:val="005218E3"/>
     <w:rsid w:val="0052399A"/>
     <w:rsid w:val="005424A4"/>
     <w:rsid w:val="00563CF7"/>
     <w:rsid w:val="005708AE"/>
     <w:rsid w:val="00584352"/>
     <w:rsid w:val="0059211F"/>
     <w:rsid w:val="005B224E"/>
     <w:rsid w:val="005D352B"/>
     <w:rsid w:val="005D46C1"/>
     <w:rsid w:val="005D48CE"/>
     <w:rsid w:val="005D7EFA"/>
     <w:rsid w:val="005E0A8B"/>
     <w:rsid w:val="005E0BDD"/>
     <w:rsid w:val="005E0C1F"/>
     <w:rsid w:val="005F149A"/>
     <w:rsid w:val="006261D2"/>
     <w:rsid w:val="0064783D"/>
     <w:rsid w:val="00653551"/>
     <w:rsid w:val="00663BEB"/>
     <w:rsid w:val="00666684"/>
     <w:rsid w:val="006951B8"/>
     <w:rsid w:val="006A4ED7"/>
+    <w:rsid w:val="006A53BC"/>
     <w:rsid w:val="006D76A8"/>
     <w:rsid w:val="006F25F7"/>
     <w:rsid w:val="006F5DF6"/>
     <w:rsid w:val="00711391"/>
     <w:rsid w:val="00721285"/>
     <w:rsid w:val="00733C32"/>
     <w:rsid w:val="00736FB2"/>
     <w:rsid w:val="007420C0"/>
     <w:rsid w:val="0075231D"/>
     <w:rsid w:val="0075497E"/>
     <w:rsid w:val="0076181E"/>
     <w:rsid w:val="007A17FD"/>
     <w:rsid w:val="007B5F2D"/>
     <w:rsid w:val="007E16C5"/>
     <w:rsid w:val="007E7A6D"/>
     <w:rsid w:val="00800F6D"/>
     <w:rsid w:val="00825351"/>
     <w:rsid w:val="00826FAA"/>
     <w:rsid w:val="00837DA3"/>
     <w:rsid w:val="0084421D"/>
     <w:rsid w:val="008548D9"/>
     <w:rsid w:val="008621C5"/>
     <w:rsid w:val="0087141F"/>
     <w:rsid w:val="00891335"/>
     <w:rsid w:val="008A0A6E"/>
@@ -12614,97 +10942,100 @@
     <w:rsid w:val="009B14E8"/>
     <w:rsid w:val="009C2607"/>
     <w:rsid w:val="009D03F6"/>
     <w:rsid w:val="009D18C6"/>
     <w:rsid w:val="009E3598"/>
     <w:rsid w:val="009F1C56"/>
     <w:rsid w:val="00A07196"/>
     <w:rsid w:val="00A16F44"/>
     <w:rsid w:val="00A322C0"/>
     <w:rsid w:val="00A32A43"/>
     <w:rsid w:val="00A5564A"/>
     <w:rsid w:val="00A65918"/>
     <w:rsid w:val="00A757EA"/>
     <w:rsid w:val="00A83102"/>
     <w:rsid w:val="00A86C49"/>
     <w:rsid w:val="00A93E39"/>
     <w:rsid w:val="00A94F7B"/>
     <w:rsid w:val="00A955E8"/>
     <w:rsid w:val="00AA00E3"/>
     <w:rsid w:val="00AA6618"/>
     <w:rsid w:val="00AB6A0A"/>
     <w:rsid w:val="00AF60C5"/>
     <w:rsid w:val="00B041D5"/>
     <w:rsid w:val="00B065F0"/>
     <w:rsid w:val="00B17CD3"/>
+    <w:rsid w:val="00B22815"/>
     <w:rsid w:val="00B2298B"/>
     <w:rsid w:val="00B34865"/>
     <w:rsid w:val="00B51B37"/>
     <w:rsid w:val="00B52322"/>
     <w:rsid w:val="00B52C1D"/>
     <w:rsid w:val="00B5482E"/>
     <w:rsid w:val="00B659A5"/>
     <w:rsid w:val="00B66C5B"/>
     <w:rsid w:val="00B92385"/>
     <w:rsid w:val="00BC2336"/>
     <w:rsid w:val="00BC559B"/>
     <w:rsid w:val="00BD18F2"/>
     <w:rsid w:val="00BD3E30"/>
     <w:rsid w:val="00BF0788"/>
     <w:rsid w:val="00BF2D4C"/>
     <w:rsid w:val="00BF6CAB"/>
     <w:rsid w:val="00C03CCC"/>
     <w:rsid w:val="00C3358B"/>
     <w:rsid w:val="00C40704"/>
     <w:rsid w:val="00C42714"/>
     <w:rsid w:val="00C47B0E"/>
     <w:rsid w:val="00C50801"/>
     <w:rsid w:val="00C72D7C"/>
     <w:rsid w:val="00C84E65"/>
     <w:rsid w:val="00C86E0D"/>
     <w:rsid w:val="00C9441B"/>
     <w:rsid w:val="00C97BE9"/>
     <w:rsid w:val="00CA6241"/>
     <w:rsid w:val="00CA722F"/>
     <w:rsid w:val="00CC67B6"/>
     <w:rsid w:val="00CC7A57"/>
     <w:rsid w:val="00CD3EDF"/>
     <w:rsid w:val="00CD7359"/>
     <w:rsid w:val="00CF4832"/>
     <w:rsid w:val="00D03488"/>
     <w:rsid w:val="00D043D6"/>
     <w:rsid w:val="00D126BD"/>
     <w:rsid w:val="00D30C81"/>
+    <w:rsid w:val="00D5214D"/>
     <w:rsid w:val="00D61722"/>
     <w:rsid w:val="00D6553C"/>
     <w:rsid w:val="00D656CD"/>
     <w:rsid w:val="00D67E50"/>
     <w:rsid w:val="00D72E6E"/>
     <w:rsid w:val="00D74CC8"/>
     <w:rsid w:val="00D8644A"/>
     <w:rsid w:val="00D9464D"/>
     <w:rsid w:val="00DA12F2"/>
+    <w:rsid w:val="00DA2166"/>
     <w:rsid w:val="00DB08A3"/>
     <w:rsid w:val="00DB515B"/>
     <w:rsid w:val="00DC01BA"/>
     <w:rsid w:val="00DE1D5B"/>
     <w:rsid w:val="00DE7797"/>
     <w:rsid w:val="00DF2D5A"/>
     <w:rsid w:val="00E10AD4"/>
     <w:rsid w:val="00E142D2"/>
     <w:rsid w:val="00E46248"/>
     <w:rsid w:val="00E50A5E"/>
     <w:rsid w:val="00E62665"/>
     <w:rsid w:val="00E81C2A"/>
     <w:rsid w:val="00EA4FB8"/>
     <w:rsid w:val="00EC1850"/>
     <w:rsid w:val="00EC28E9"/>
     <w:rsid w:val="00EC2DF7"/>
     <w:rsid w:val="00EC364E"/>
     <w:rsid w:val="00EE6620"/>
     <w:rsid w:val="00EF5A54"/>
     <w:rsid w:val="00F061A8"/>
     <w:rsid w:val="00F079CB"/>
     <w:rsid w:val="00F07C2D"/>
     <w:rsid w:val="00F22DB6"/>
     <w:rsid w:val="00F2356A"/>
     <w:rsid w:val="00F51061"/>
@@ -12719,51 +11050,51 @@
     <w:rsid w:val="01FAA592"/>
     <w:rsid w:val="0230D7A2"/>
     <w:rsid w:val="3F6477EC"/>
     <w:rsid w:val="42AB5B47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1028"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="41511160"/>
   <w15:docId w15:val="{CCD6DD56-E302-45FA-BC7B-EF7B72B1040D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -13393,224 +11724,430 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2004701396">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.edu/tuitionequity/home.asp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fafsa.ed.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irs.gov/pub/irs-pdf/fw9.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.edu/tuitionequity/home.asp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fafsa.ed.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irs.gov/pub/irs-pdf/fw9.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9F350048-2A01-49C2-A14C-AEF579AEFB2E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00AD0A76" w:rsidRDefault="00EF1DE2">
           <w:r w:rsidRPr="00A456EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1D23A5A39B454F79AF910C973406D614"/>
+        <w:name w:val="530FB10C91074E59B10365CD41DAC0A1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{43973668-8868-42A5-A134-EEE964D7EF2E}"/>
+        <w:guid w:val="{D301C4D6-990A-4C74-9731-A215E034BF58}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00AD0A76" w:rsidRDefault="00EF1DE2" w:rsidP="00EF1DE2">
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
           <w:pPr>
-            <w:pStyle w:val="1D23A5A39B454F79AF910C973406D614"/>
+            <w:pStyle w:val="530FB10C91074E59B10365CD41DAC0A1"/>
           </w:pPr>
           <w:r w:rsidRPr="00A456EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013437"/>
+        <w:name w:val="F2BA6271438F4990A857E7C032D38EF7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C4A928CB-5907-4A42-869A-7A88BC52D885}"/>
+        <w:guid w:val="{98E7E7DA-684C-4DD4-B18D-643BAD973155}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00AD0A76" w:rsidRDefault="00EF1DE2">
-[...25 lines deleted...]
-        <w:p w:rsidR="002723DD" w:rsidRDefault="00AD0A76" w:rsidP="00AD0A76">
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
           <w:pPr>
-            <w:pStyle w:val="45D1A5DA9F074AD68143C1291A02A6F0"/>
+            <w:pStyle w:val="F2BA6271438F4990A857E7C032D38EF7"/>
           </w:pPr>
           <w:r w:rsidRPr="00A456EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0D22857B97AD4AF0942142A90B6CC58E"/>
+        <w:name w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{39EB313E-7C1B-4885-92F7-5F71E09E7CC5}"/>
+        <w:guid w:val="{42222FF9-C5DB-40CA-B743-7F6D0174792B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008C07C5" w:rsidRDefault="004575CC" w:rsidP="004575CC">
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
           <w:pPr>
-            <w:pStyle w:val="0D22857B97AD4AF0942142A90B6CC58E"/>
+            <w:pStyle w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
           </w:pPr>
           <w:r w:rsidRPr="00A456EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A0462A74E7C94344BBB68851676C4B84"/>
+        <w:name w:val="201D7546B7254978B999BEF42F23EF72"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4B38FD66-BD72-49C5-99DD-87419DA1D3BC}"/>
+        <w:guid w:val="{DD9ECF1D-2470-47EC-9083-456AAF012933}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0010512E" w:rsidRDefault="00853B95" w:rsidP="00853B95">
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
           <w:pPr>
-            <w:pStyle w:val="A0462A74E7C94344BBB68851676C4B84"/>
+            <w:pStyle w:val="201D7546B7254978B999BEF42F23EF72"/>
           </w:pPr>
           <w:r w:rsidRPr="00A456EB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CD522EBF05B14C2681FD3F71B8AC747F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D32BF30-730D-4DC4-BF36-727F4FFC7124}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="CD522EBF05B14C2681FD3F71B8AC747F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7D7321E0FCF74B60BD445C8FE54627EF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8C6F01A2-53BB-4EC8-BB68-B4E212852A67}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="7D7321E0FCF74B60BD445C8FE54627EF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0B6B1FF3CC5245E3AB66F7CEC7682B2A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E772A43A-17EE-4D82-9728-06F4C2711E50}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="0B6B1FF3CC5245E3AB66F7CEC7682B2A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="18919C3BF0634E0EB47B2FC368952465"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CB6E8021-AD28-473D-9E20-111733B6859D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="18919C3BF0634E0EB47B2FC368952465"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="48B60AF884024E64AF0949C2EC287172"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{855F1347-2A1B-4856-8247-2AC4FB9C0A17}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="48B60AF884024E64AF0949C2EC287172"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B31C2634E7534673B7E88828F4B761AD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0E5DC05B-72FF-4B6B-888B-6210B7C9EE96}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="B31C2634E7534673B7E88828F4B761AD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8F828698E0064FCFB02EBA6435AC8454"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5CC3AA0C-7FD7-4794-9015-2B9D5D8E9CD9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="8F828698E0064FCFB02EBA6435AC8454"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5A8193784BF541659880D3CB8106DE59"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0CD63E20-3E93-418D-9148-991BD1B5759A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00477DD9" w:rsidRDefault="00477DD9" w:rsidP="00477DD9">
+          <w:pPr>
+            <w:pStyle w:val="5A8193784BF541659880D3CB8106DE59"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A456EB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -13693,55 +12230,59 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF1DE2"/>
     <w:rsid w:val="00003C62"/>
     <w:rsid w:val="00015F38"/>
     <w:rsid w:val="000608D0"/>
     <w:rsid w:val="00071CB8"/>
     <w:rsid w:val="000B4ECC"/>
     <w:rsid w:val="0010512E"/>
     <w:rsid w:val="002723DD"/>
     <w:rsid w:val="00351938"/>
     <w:rsid w:val="003B49CA"/>
     <w:rsid w:val="004208BD"/>
     <w:rsid w:val="00430E8C"/>
     <w:rsid w:val="004575CC"/>
     <w:rsid w:val="00473F03"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:rsid w:val="004D3520"/>
     <w:rsid w:val="00817958"/>
     <w:rsid w:val="00853B95"/>
+    <w:rsid w:val="0085722A"/>
     <w:rsid w:val="008C07C5"/>
     <w:rsid w:val="009A58BD"/>
     <w:rsid w:val="00AD0A76"/>
+    <w:rsid w:val="00B22815"/>
     <w:rsid w:val="00C84E65"/>
     <w:rsid w:val="00CA6241"/>
     <w:rsid w:val="00CB7CD4"/>
     <w:rsid w:val="00EF1DE2"/>
     <w:rsid w:val="00FE18CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -14156,70 +12697,210 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00853B95"/>
+    <w:rsid w:val="00477DD9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="45D1A5DA9F074AD68143C1291A02A6F0">
-[...1 lines deleted...]
-    <w:rsid w:val="00AD0A76"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530FB10C91074E59B10365CD41DAC0A1">
+    <w:name w:val="530FB10C91074E59B10365CD41DAC0A1"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D23A5A39B454F79AF910C973406D614">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF1DE2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2BA6271438F4990A857E7C032D38EF7">
+    <w:name w:val="F2BA6271438F4990A857E7C032D38EF7"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D22857B97AD4AF0942142A90B6CC58E">
-[...1 lines deleted...]
-    <w:rsid w:val="004575CC"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCB8215B6240432F8D5EB5A81DB46AC1">
+    <w:name w:val="CCB8215B6240432F8D5EB5A81DB46AC1"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0462A74E7C94344BBB68851676C4B84">
-[...1 lines deleted...]
-    <w:rsid w:val="00853B95"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="201D7546B7254978B999BEF42F23EF72">
+    <w:name w:val="201D7546B7254978B999BEF42F23EF72"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD522EBF05B14C2681FD3F71B8AC747F">
+    <w:name w:val="CD522EBF05B14C2681FD3F71B8AC747F"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D7321E0FCF74B60BD445C8FE54627EF">
+    <w:name w:val="7D7321E0FCF74B60BD445C8FE54627EF"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B6B1FF3CC5245E3AB66F7CEC7682B2A">
+    <w:name w:val="0B6B1FF3CC5245E3AB66F7CEC7682B2A"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18919C3BF0634E0EB47B2FC368952465">
+    <w:name w:val="18919C3BF0634E0EB47B2FC368952465"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48B60AF884024E64AF0949C2EC287172">
+    <w:name w:val="48B60AF884024E64AF0949C2EC287172"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B31C2634E7534673B7E88828F4B761AD">
+    <w:name w:val="B31C2634E7534673B7E88828F4B761AD"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F828698E0064FCFB02EBA6435AC8454">
+    <w:name w:val="8F828698E0064FCFB02EBA6435AC8454"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A8193784BF541659880D3CB8106DE59">
+    <w:name w:val="5A8193784BF541659880D3CB8106DE59"/>
+    <w:rsid w:val="00477DD9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -14496,175 +13177,147 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement>
-[...1 lines deleted...]
-  </documentManagement>
+  <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007F39BC0892C7D643B53AEFA764874E0B" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f8859f93172191f6effd5469878cc344">
-[...2 lines deleted...]
-    <xsd:import namespace="3f4bd527-fe98-4ec0-afcc-7ecbf9f57ce1"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C8DE7A35B72E7D4BB2951EC8E17C4AB0" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="af88b881d162d540beb75a59fc81872f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f708cc9a-3446-418a-bcc7-db35e86791e7" xmlns:ns3="67e28456-2301-4e69-bc5c-88fa743acb21" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14c4f4e5ffb2b16f2b1b457f517b90ea" ns2:_="" ns3:_="">
+    <xsd:import namespace="f708cc9a-3446-418a-bcc7-db35e86791e7"/>
+    <xsd:import namespace="67e28456-2301-4e69-bc5c-88fa743acb21"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...11 lines deleted...]
-                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="396706cf-f38e-48d1-92f1-e25a00c8a2a9" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f708cc9a-3446-418a-bcc7-db35e86791e7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="12" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_activity" ma:index="20" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
-[...3 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3f4bd527-fe98-4ec0-afcc-7ecbf9f57ce1" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="67e28456-2301-4e69-bc5c-88fa743acb21" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -14743,112 +13396,97 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D7FAB6D-D9B1-402E-B803-DDED1FB4A916}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="396706cf-f38e-48d1-92f1-e25a00c8a2a9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9CA982B-2EDA-4103-8B6A-9D2287754A1E}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC1037C2-65D8-4ECD-B63A-A992E6665C70}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E3CE48A-5BE7-462B-A634-8A0F56B8F30E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7457</Characters>
+  <Pages>6</Pages>
+  <Words>1240</Words>
+  <Characters>7073</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>17</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2009-2010</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8581</CharactersWithSpaces>
+  <CharactersWithSpaces>8297</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2009-2010</dc:title>
   <dc:creator>DSS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101007F39BC0892C7D643B53AEFA764874E0B</vt:lpwstr>
+    <vt:lpwstr>0x010100C8DE7A35B72E7D4BB2951EC8E17C4AB0</vt:lpwstr>
   </property>
 </Properties>
 </file>