--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29303"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29512"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/lisa_j_caissie_mass_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C0881ECE-40F1-4164-9681-2E1AFAE93C27}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="517" documentId="8_{77D27572-76D3-499B-8FCA-4DCBC61580D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{71E75140-122B-4020-BA25-E4DE94CFC97A}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="458" uniqueCount="456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="459">
   <si>
     <t>POSTED POLICIES</t>
   </si>
   <si>
     <t>POLICY #</t>
   </si>
   <si>
     <t>ALLOCATIONS - 20</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-allocation-policy-issuances</t>
   </si>
   <si>
     <t>FY21 RESEA Performance Allocations</t>
   </si>
   <si>
     <t>100 DCS 20.116</t>
   </si>
   <si>
     <t>FY22 RESEA Additional Funs and Performance Allocations</t>
   </si>
   <si>
     <t>100 DCS 20.117</t>
   </si>
   <si>
@@ -156,99 +156,99 @@
   <si>
     <t>Fidelity Bonding Demonstration Grant</t>
   </si>
   <si>
     <t>100 DCS 33.100</t>
   </si>
   <si>
     <t>FIELD MANAGEMENT &amp; OVERSIGHT - 10</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-field-management-oversight-policy-issuances</t>
   </si>
   <si>
     <t>Required Posters for Display in MassHire Career Centers and Sub-Recipient Offices</t>
   </si>
   <si>
     <t>100 DCS 10.100.7</t>
   </si>
   <si>
     <t>Systems Certification</t>
   </si>
   <si>
     <t>100 DCS 10.101</t>
   </si>
   <si>
-    <t>Data Element Validation for FY 2022</t>
-[...4 lines deleted...]
-  <si>
     <t>MassHire Department of Career Services Field Management and Oversight Fiscal Year 2023 Monitoring Review of the MassHire Workforce Boards</t>
   </si>
   <si>
     <t>100 DCS 10.107</t>
   </si>
   <si>
     <t>Data Element Validation for FY 2023</t>
   </si>
   <si>
     <t>100 DCS 10.108</t>
   </si>
   <si>
     <t>Data Element Validation for FY 2024</t>
   </si>
   <si>
     <t>100 DCS 10.109</t>
   </si>
   <si>
     <t>MassHire DCS Field Management and Oversight Fiscal Year 2024 Monitoring Review of the MassHire Workforce Boards</t>
   </si>
   <si>
     <t>100 DCS 10.110</t>
   </si>
   <si>
     <t>MassHire Department of Career Services Field Management and Oversight Fiscal Year 2025 Monitoring Review of the MassHire Workforce Boards</t>
   </si>
   <si>
     <t>100 DCS 10.111</t>
   </si>
   <si>
     <t>Data Element Validation for FY 2025</t>
   </si>
   <si>
     <t>100 DCS 10.112</t>
   </si>
   <si>
     <t>MassHire Department of Career Services (MDCS) – State Monitor Advocate (SMA) Monitoring Review of Services Provided to Migrant and Seasonal Farmworkers (MSFWs) by MassHire Career Centers (MCCs)</t>
   </si>
   <si>
     <t>100 DCS 10.113</t>
   </si>
   <si>
     <t>100 DCS 10.114</t>
+  </si>
+  <si>
+    <t>MassHire Department of Career Services Field Management and Oversight Fiscal Year 2026 Monitoring and Biennial Systems Certification Review of the MassHire Workforce Boards</t>
+  </si>
+  <si>
+    <t>100 DCS 10.115</t>
   </si>
   <si>
     <t>FISCAL - 01</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-fiscal-policy-issuances</t>
   </si>
   <si>
     <t>Salary and Bonus Limitations Related to ETA Appropriated Funds</t>
   </si>
   <si>
     <t>100 DCS 01.100</t>
   </si>
   <si>
     <t>2-Year Local WIOA Expenditure Limitation</t>
   </si>
   <si>
     <t>100 DCS 01.101 </t>
   </si>
   <si>
     <t>Procurement and Contracting</t>
   </si>
   <si>
     <t>100 DCS 01.102</t>
   </si>
@@ -507,56 +507,50 @@
   <si>
     <t>Stevens Amendment Requirements for Federal Grant Fund Awardees</t>
   </si>
   <si>
     <t>100 DCS 03.115</t>
   </si>
   <si>
     <t>Workforce Development Services and the Industrial Hemp and Marijuana/Cannabis Industries</t>
   </si>
   <si>
     <t>100 DCS 03.116</t>
   </si>
   <si>
     <t>Artificial Intelligence Generated Information and AI Recording Tools</t>
   </si>
   <si>
     <t>100 DCS 03.117</t>
   </si>
   <si>
     <t>LOCAL ANNUAL PLAN GUIDANCE -04</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-local-annual-plan-guidance-policy-issuances</t>
   </si>
   <si>
-    <t>WIOA Local 4 Year Plan Guidance FY22-25</t>
-[...4 lines deleted...]
-  <si>
     <t>Local Annual Operating Plan Guidance: Fiscal Year 2023</t>
   </si>
   <si>
     <t>100 DCS 04.111</t>
   </si>
   <si>
     <t>WIOA Local 4 Year Plan Modification Guidance FY22-FY25</t>
   </si>
   <si>
     <t>100 DCS 04.112</t>
   </si>
   <si>
     <t>Local Annual Plan Guidance: Fiscal Year 2024</t>
   </si>
   <si>
     <t>100 DCS 04.113</t>
   </si>
   <si>
     <t>Local Annual Plan Guidance: Fiscal Year 2025</t>
   </si>
   <si>
     <t>100 DCS 04.114</t>
   </si>
   <si>
     <t>WIOA Local 4 Year Plan Guidance FY26-29</t>
@@ -783,114 +777,117 @@
   <si>
     <t>Temporary Authorized Training Tax Credit for Emergency Assistance (TATTCEA)</t>
   </si>
   <si>
     <t>100 DCS 08.133.1</t>
   </si>
   <si>
     <t>Training On-the-Job (TOJ) for Emergency Assistance (EA) Shelter Residents</t>
   </si>
   <si>
     <t>100 DCS 08.134.1</t>
   </si>
   <si>
     <t>The Agricultural Recruitment System (ARS)</t>
   </si>
   <si>
     <t>100 DCS 08.135</t>
   </si>
   <si>
     <t>Job Corps Program Change Related to MassHire Career Centers</t>
   </si>
   <si>
     <t>100 DCS 08.136</t>
   </si>
   <si>
+    <t>PERFORMANCE- 9</t>
+  </si>
+  <si>
+    <t>Validation of Wage Data for Federal Performance Reporting</t>
+  </si>
+  <si>
+    <t>100 DCS 09.100</t>
+  </si>
+  <si>
+    <t>WIOA Title I Performance</t>
+  </si>
+  <si>
+    <t>100 DCS 09.101</t>
+  </si>
+  <si>
     <t>RAPID RESPONSE - 11</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-rapid-response-policy-issuances</t>
   </si>
   <si>
     <t>MassHire Rapid Response Set-Aside Funding</t>
   </si>
   <si>
     <t>100 DCS 11.103</t>
   </si>
   <si>
     <t>Mass BizWorks Program Continuation and Tracking in MOSES</t>
   </si>
   <si>
     <t>100 DCS 11.102</t>
   </si>
   <si>
     <t xml:space="preserve">MassHire Rapid Response Process Under WIOA </t>
   </si>
   <si>
     <t>100 DCS 11.101.3</t>
   </si>
   <si>
     <t>RE-EMPLOYMENT SERVICES &amp; ELIGIBILITY ASSESSMENT (RESEA) - 23</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-reemployment-services-eligibility-assessment-resea-policy</t>
   </si>
   <si>
     <t>Reemployment Services Eligibility Assessment (RESEA) Policy and Procedures Manual - Updated July 2025</t>
   </si>
   <si>
     <t>100 DCS 23.100.4</t>
   </si>
   <si>
     <t>RESEA Career Action Plan (CAP) form for Career Centers - New Form #2506</t>
   </si>
   <si>
     <t>100 DCS 23.101</t>
   </si>
   <si>
-    <t>Training Opportunities Program (TOP) (Section 30) Updates to Career Center Seminar (CCS) and RESEA Documents</t>
-[...10 lines deleted...]
-  <si>
     <t>Initial RESEA and RESEA Reviews - Delivery and Documentation through In-Person or Electronic/Virtual Means</t>
   </si>
   <si>
     <t>100 DCS 23.104.3</t>
   </si>
   <si>
     <t>RESEA Unemployment Insurance Eligibility Assessment Questionnaire</t>
   </si>
   <si>
-    <t>100 DCS 23.105.2</t>
+    <t>100 DCS 23.105.3</t>
   </si>
   <si>
     <t>Work Search Activities for RESEA Participants</t>
   </si>
   <si>
     <t>100 DCS 23.107</t>
   </si>
   <si>
     <t>Reemployment Services &amp; Eligibility Assessment (RESEA) Assistance From - Updated</t>
   </si>
   <si>
     <t>100 DCS 23.108</t>
   </si>
   <si>
     <t>TAA (Trade Adjustment Assistance) - 13</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-taa-trade-adjustment-assistance-policy-issuances</t>
   </si>
   <si>
     <t>Job Search Allowances Under the Trade Adjustment Assistance Program</t>
   </si>
   <si>
     <t xml:space="preserve">100 DCS 13.100 </t>
   </si>
@@ -1077,90 +1074,102 @@
   <si>
     <t>Disabled Veteran Outreach Program Specialist (DVOPS) Outreach Plans</t>
   </si>
   <si>
     <t>100 DCS 15.106</t>
   </si>
   <si>
     <t>WAIVERS - 16</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-waiver-policy-issuances</t>
   </si>
   <si>
     <t>WIOA Waiver for Eligible Training Providers Approved</t>
   </si>
   <si>
     <t>100 DCS 16.100</t>
   </si>
   <si>
     <t>On-The-Job Training Waiver for Small Employer Reimbursement</t>
   </si>
   <si>
     <t>100 DCS 16.101</t>
   </si>
   <si>
+    <t>WIOA Waiver Requests: Statutory and Regulatory Requirements</t>
+  </si>
+  <si>
+    <t>100 DCS 16.102</t>
+  </si>
+  <si>
     <t>WORKFORCE BOARDS - 17</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-workforce-development-board-policy-issuances</t>
   </si>
   <si>
     <t>MassHire Workforce Board Certification Guidance – Revision</t>
   </si>
   <si>
     <t>100 DCS 17.107.1</t>
   </si>
   <si>
     <t>MassHire FY23 Workforce Board Career Center Oversight and Monitoring Requirements</t>
   </si>
   <si>
     <t>100 DCS 17.108</t>
   </si>
   <si>
     <t>MassHire FY24 Workforce Board Career Center Oversight and Monitoring Requirements</t>
   </si>
   <si>
     <t>100 DCS 17.109</t>
   </si>
   <si>
     <t>Career Center Certification for MassHire Workforce Boards</t>
   </si>
   <si>
     <t>100 DCS 17.110</t>
   </si>
   <si>
     <t>MassHire Workforce Board Certification Guidance: FY25-FY26</t>
   </si>
   <si>
     <t>100 DCS 17.111</t>
   </si>
   <si>
     <t>MassHire FY25 Workforce Board Career Center Oversight and Monitoring Requirements</t>
   </si>
   <si>
     <t>100 DCS 17.112</t>
+  </si>
+  <si>
+    <t>MassHire FY26 Workforce Board Career Center Oversight and Monitoring Requirements</t>
+  </si>
+  <si>
+    <t>100 DCS 17.113</t>
   </si>
   <si>
     <t>WIOA - 18</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-wioa-policy-issuances</t>
   </si>
   <si>
     <r>
       <t>Eligibility Requirements WIOA Title I</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>100 DCS 18.101.6</t>
   </si>
@@ -1552,51 +1561,51 @@
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1690,56 +1699,67 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
@@ -1775,107 +1795,115 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
@@ -2163,6611 +2191,6660 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-masshire-branding-policy-issuances" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-business-service-policy-issuances" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-waiver-policy-issuances" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/massworkforce-wioa-masshire-media-policy-issuances" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-masshire-federal-bonding-policy-issuances" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-dua-policy-issuances" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P325"/>
+  <dimension ref="A1:P328"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A264" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R264" sqref="R264"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="S179" sqref="S179"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="103.140625" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" customWidth="1"/>
     <col min="3" max="3" width="0.5703125" customWidth="1"/>
     <col min="4" max="15" width="9.140625" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="0.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="39.75" customHeight="1">
       <c r="A1" s="26" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="51"/>
-[...12 lines deleted...]
-      <c r="P1" s="51"/>
+      <c r="C1" s="57"/>
+      <c r="D1" s="57"/>
+      <c r="E1" s="57"/>
+      <c r="F1" s="57"/>
+      <c r="G1" s="57"/>
+      <c r="H1" s="57"/>
+      <c r="I1" s="57"/>
+      <c r="J1" s="57"/>
+      <c r="K1" s="57"/>
+      <c r="L1" s="57"/>
+      <c r="M1" s="57"/>
+      <c r="N1" s="57"/>
+      <c r="O1" s="57"/>
+      <c r="P1" s="57"/>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" s="25" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
       <c r="I2" s="25"/>
       <c r="J2" s="25"/>
       <c r="K2" s="25"/>
       <c r="L2" s="25"/>
       <c r="M2" s="25"/>
       <c r="N2" s="25"/>
       <c r="O2" s="25"/>
-      <c r="P2" s="51"/>
+      <c r="P2" s="57"/>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="51"/>
-[...13 lines deleted...]
-      <c r="P3" s="51"/>
+      <c r="B3" s="57"/>
+      <c r="C3" s="57"/>
+      <c r="D3" s="57"/>
+      <c r="E3" s="57"/>
+      <c r="F3" s="57"/>
+      <c r="G3" s="57"/>
+      <c r="H3" s="57"/>
+      <c r="I3" s="57"/>
+      <c r="J3" s="57"/>
+      <c r="K3" s="57"/>
+      <c r="L3" s="57"/>
+      <c r="M3" s="57"/>
+      <c r="N3" s="57"/>
+      <c r="O3" s="57"/>
+      <c r="P3" s="57"/>
     </row>
     <row r="4" spans="1:16">
-      <c r="A4" s="51"/>
-[...14 lines deleted...]
-      <c r="P4" s="51"/>
+      <c r="A4" s="57"/>
+      <c r="B4" s="57"/>
+      <c r="C4" s="57"/>
+      <c r="D4" s="57"/>
+      <c r="E4" s="57"/>
+      <c r="F4" s="57"/>
+      <c r="G4" s="57"/>
+      <c r="H4" s="57"/>
+      <c r="I4" s="57"/>
+      <c r="J4" s="57"/>
+      <c r="K4" s="57"/>
+      <c r="L4" s="57"/>
+      <c r="M4" s="57"/>
+      <c r="N4" s="57"/>
+      <c r="O4" s="57"/>
+      <c r="P4" s="57"/>
     </row>
     <row r="5" spans="1:16">
-      <c r="A5" s="52" t="s">
+      <c r="A5" s="58" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="51"/>
-[...12 lines deleted...]
-      <c r="P5" s="51"/>
+      <c r="C5" s="57"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="57"/>
+      <c r="F5" s="57"/>
+      <c r="G5" s="57"/>
+      <c r="H5" s="57"/>
+      <c r="I5" s="57"/>
+      <c r="J5" s="57"/>
+      <c r="K5" s="57"/>
+      <c r="L5" s="57"/>
+      <c r="M5" s="57"/>
+      <c r="N5" s="57"/>
+      <c r="O5" s="57"/>
+      <c r="P5" s="57"/>
     </row>
     <row r="6" spans="1:16">
-      <c r="A6" s="52" t="s">
+      <c r="A6" s="58" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="51"/>
-[...12 lines deleted...]
-      <c r="P6" s="51"/>
+      <c r="C6" s="57"/>
+      <c r="D6" s="57"/>
+      <c r="E6" s="57"/>
+      <c r="F6" s="57"/>
+      <c r="G6" s="57"/>
+      <c r="H6" s="57"/>
+      <c r="I6" s="57"/>
+      <c r="J6" s="57"/>
+      <c r="K6" s="57"/>
+      <c r="L6" s="57"/>
+      <c r="M6" s="57"/>
+      <c r="N6" s="57"/>
+      <c r="O6" s="57"/>
+      <c r="P6" s="57"/>
     </row>
     <row r="7" spans="1:16">
-      <c r="A7" s="52" t="s">
+      <c r="A7" s="58" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="51"/>
-[...12 lines deleted...]
-      <c r="P7" s="51"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="57"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+      <c r="J7" s="57"/>
+      <c r="K7" s="57"/>
+      <c r="L7" s="57"/>
+      <c r="M7" s="57"/>
+      <c r="N7" s="57"/>
+      <c r="O7" s="57"/>
+      <c r="P7" s="57"/>
     </row>
     <row r="8" spans="1:16">
-      <c r="A8" s="52" t="s">
+      <c r="A8" s="58" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="51"/>
-[...12 lines deleted...]
-      <c r="P8" s="51"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="57"/>
+      <c r="E8" s="57"/>
+      <c r="F8" s="57"/>
+      <c r="G8" s="57"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+      <c r="J8" s="57"/>
+      <c r="K8" s="57"/>
+      <c r="L8" s="57"/>
+      <c r="M8" s="57"/>
+      <c r="N8" s="57"/>
+      <c r="O8" s="57"/>
+      <c r="P8" s="57"/>
     </row>
     <row r="9" spans="1:16">
-      <c r="A9" s="53"/>
-[...14 lines deleted...]
-      <c r="P9" s="51"/>
+      <c r="A9" s="59"/>
+      <c r="B9" s="57"/>
+      <c r="C9" s="57"/>
+      <c r="D9" s="57"/>
+      <c r="E9" s="57"/>
+      <c r="F9" s="57"/>
+      <c r="G9" s="57"/>
+      <c r="H9" s="57"/>
+      <c r="I9" s="57"/>
+      <c r="J9" s="57"/>
+      <c r="K9" s="57"/>
+      <c r="L9" s="57"/>
+      <c r="M9" s="57"/>
+      <c r="N9" s="57"/>
+      <c r="O9" s="57"/>
+      <c r="P9" s="57"/>
     </row>
     <row r="10" spans="1:16">
-      <c r="A10" s="47" t="s">
+      <c r="A10" s="51" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="47"/>
-[...13 lines deleted...]
-      <c r="P10" s="51"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="51"/>
+      <c r="D10" s="51"/>
+      <c r="E10" s="51"/>
+      <c r="F10" s="51"/>
+      <c r="G10" s="51"/>
+      <c r="H10" s="51"/>
+      <c r="I10" s="51"/>
+      <c r="J10" s="51"/>
+      <c r="K10" s="51"/>
+      <c r="L10" s="51"/>
+      <c r="M10" s="51"/>
+      <c r="N10" s="51"/>
+      <c r="O10" s="51"/>
+      <c r="P10" s="57"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="6"/>
-      <c r="C11" s="51"/>
-[...12 lines deleted...]
-      <c r="P11" s="51"/>
+      <c r="C11" s="57"/>
+      <c r="D11" s="57"/>
+      <c r="E11" s="57"/>
+      <c r="F11" s="57"/>
+      <c r="G11" s="57"/>
+      <c r="H11" s="57"/>
+      <c r="I11" s="57"/>
+      <c r="J11" s="57"/>
+      <c r="K11" s="57"/>
+      <c r="L11" s="57"/>
+      <c r="M11" s="57"/>
+      <c r="N11" s="57"/>
+      <c r="O11" s="57"/>
+      <c r="P11" s="57"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="1"/>
       <c r="B12" s="6"/>
-      <c r="C12" s="51"/>
-[...12 lines deleted...]
-      <c r="P12" s="51"/>
+      <c r="C12" s="57"/>
+      <c r="D12" s="57"/>
+      <c r="E12" s="57"/>
+      <c r="F12" s="57"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57"/>
+      <c r="I12" s="57"/>
+      <c r="J12" s="57"/>
+      <c r="K12" s="57"/>
+      <c r="L12" s="57"/>
+      <c r="M12" s="57"/>
+      <c r="N12" s="57"/>
+      <c r="O12" s="57"/>
+      <c r="P12" s="57"/>
     </row>
     <row r="13" spans="1:16">
-      <c r="A13" s="52" t="s">
+      <c r="A13" s="58" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="C13" s="51"/>
-[...12 lines deleted...]
-      <c r="P13" s="51"/>
+      <c r="C13" s="57"/>
+      <c r="D13" s="57"/>
+      <c r="E13" s="57"/>
+      <c r="F13" s="57"/>
+      <c r="G13" s="57"/>
+      <c r="H13" s="57"/>
+      <c r="I13" s="57"/>
+      <c r="J13" s="57"/>
+      <c r="K13" s="57"/>
+      <c r="L13" s="57"/>
+      <c r="M13" s="57"/>
+      <c r="N13" s="57"/>
+      <c r="O13" s="57"/>
+      <c r="P13" s="57"/>
     </row>
     <row r="14" spans="1:16">
-      <c r="A14" s="52" t="s">
+      <c r="A14" s="58" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="C14" s="51"/>
-[...12 lines deleted...]
-      <c r="P14" s="51"/>
+      <c r="C14" s="57"/>
+      <c r="D14" s="57"/>
+      <c r="E14" s="57"/>
+      <c r="F14" s="57"/>
+      <c r="G14" s="57"/>
+      <c r="H14" s="57"/>
+      <c r="I14" s="57"/>
+      <c r="J14" s="57"/>
+      <c r="K14" s="57"/>
+      <c r="L14" s="57"/>
+      <c r="M14" s="57"/>
+      <c r="N14" s="57"/>
+      <c r="O14" s="57"/>
+      <c r="P14" s="57"/>
     </row>
     <row r="15" spans="1:16">
-      <c r="A15" s="52" t="s">
+      <c r="A15" s="58" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="C15" s="51"/>
-[...12 lines deleted...]
-      <c r="P15" s="51"/>
+      <c r="C15" s="57"/>
+      <c r="D15" s="57"/>
+      <c r="E15" s="57"/>
+      <c r="F15" s="57"/>
+      <c r="G15" s="57"/>
+      <c r="H15" s="57"/>
+      <c r="I15" s="57"/>
+      <c r="J15" s="57"/>
+      <c r="K15" s="57"/>
+      <c r="L15" s="57"/>
+      <c r="M15" s="57"/>
+      <c r="N15" s="57"/>
+      <c r="O15" s="57"/>
+      <c r="P15" s="57"/>
     </row>
     <row r="16" spans="1:16">
-      <c r="A16" s="52" t="s">
+      <c r="A16" s="58" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="C16" s="51"/>
-[...12 lines deleted...]
-      <c r="P16" s="51"/>
+      <c r="C16" s="57"/>
+      <c r="D16" s="57"/>
+      <c r="E16" s="57"/>
+      <c r="F16" s="57"/>
+      <c r="G16" s="57"/>
+      <c r="H16" s="57"/>
+      <c r="I16" s="57"/>
+      <c r="J16" s="57"/>
+      <c r="K16" s="57"/>
+      <c r="L16" s="57"/>
+      <c r="M16" s="57"/>
+      <c r="N16" s="57"/>
+      <c r="O16" s="57"/>
+      <c r="P16" s="57"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="1"/>
       <c r="B17" s="6"/>
-      <c r="C17" s="51"/>
-[...12 lines deleted...]
-      <c r="P17" s="51"/>
+      <c r="C17" s="57"/>
+      <c r="D17" s="57"/>
+      <c r="E17" s="57"/>
+      <c r="F17" s="57"/>
+      <c r="G17" s="57"/>
+      <c r="H17" s="57"/>
+      <c r="I17" s="57"/>
+      <c r="J17" s="57"/>
+      <c r="K17" s="57"/>
+      <c r="L17" s="57"/>
+      <c r="M17" s="57"/>
+      <c r="N17" s="57"/>
+      <c r="O17" s="57"/>
+      <c r="P17" s="57"/>
     </row>
     <row r="18" spans="1:16">
-      <c r="A18" s="47" t="s">
+      <c r="A18" s="51" t="s">
         <v>21</v>
       </c>
-      <c r="B18" s="47"/>
-[...13 lines deleted...]
-      <c r="P18" s="51"/>
+      <c r="B18" s="51"/>
+      <c r="C18" s="51"/>
+      <c r="D18" s="51"/>
+      <c r="E18" s="51"/>
+      <c r="F18" s="51"/>
+      <c r="G18" s="51"/>
+      <c r="H18" s="51"/>
+      <c r="I18" s="51"/>
+      <c r="J18" s="51"/>
+      <c r="K18" s="51"/>
+      <c r="L18" s="51"/>
+      <c r="M18" s="51"/>
+      <c r="N18" s="51"/>
+      <c r="O18" s="51"/>
+      <c r="P18" s="57"/>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="8"/>
-      <c r="C19" s="51"/>
-[...12 lines deleted...]
-      <c r="P19" s="51"/>
+      <c r="C19" s="57"/>
+      <c r="D19" s="57"/>
+      <c r="E19" s="57"/>
+      <c r="F19" s="57"/>
+      <c r="G19" s="57"/>
+      <c r="H19" s="57"/>
+      <c r="I19" s="57"/>
+      <c r="J19" s="57"/>
+      <c r="K19" s="57"/>
+      <c r="L19" s="57"/>
+      <c r="M19" s="57"/>
+      <c r="N19" s="57"/>
+      <c r="O19" s="57"/>
+      <c r="P19" s="57"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="7"/>
       <c r="B20" s="8"/>
-      <c r="C20" s="51"/>
-[...12 lines deleted...]
-      <c r="P20" s="51"/>
+      <c r="C20" s="57"/>
+      <c r="D20" s="57"/>
+      <c r="E20" s="57"/>
+      <c r="F20" s="57"/>
+      <c r="G20" s="57"/>
+      <c r="H20" s="57"/>
+      <c r="I20" s="57"/>
+      <c r="J20" s="57"/>
+      <c r="K20" s="57"/>
+      <c r="L20" s="57"/>
+      <c r="M20" s="57"/>
+      <c r="N20" s="57"/>
+      <c r="O20" s="57"/>
+      <c r="P20" s="57"/>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="52" t="s">
+      <c r="A21" s="58" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="51"/>
-[...12 lines deleted...]
-      <c r="P21" s="51"/>
+      <c r="C21" s="57"/>
+      <c r="D21" s="57"/>
+      <c r="E21" s="57"/>
+      <c r="F21" s="57"/>
+      <c r="G21" s="57"/>
+      <c r="H21" s="57"/>
+      <c r="I21" s="57"/>
+      <c r="J21" s="57"/>
+      <c r="K21" s="57"/>
+      <c r="L21" s="57"/>
+      <c r="M21" s="57"/>
+      <c r="N21" s="57"/>
+      <c r="O21" s="57"/>
+      <c r="P21" s="57"/>
     </row>
     <row r="22" spans="1:16">
-      <c r="A22" s="51"/>
+      <c r="A22" s="57"/>
       <c r="B22" s="6"/>
-      <c r="C22" s="51"/>
-[...12 lines deleted...]
-      <c r="P22" s="51"/>
+      <c r="C22" s="57"/>
+      <c r="D22" s="57"/>
+      <c r="E22" s="57"/>
+      <c r="F22" s="57"/>
+      <c r="G22" s="57"/>
+      <c r="H22" s="57"/>
+      <c r="I22" s="57"/>
+      <c r="J22" s="57"/>
+      <c r="K22" s="57"/>
+      <c r="L22" s="57"/>
+      <c r="M22" s="57"/>
+      <c r="N22" s="57"/>
+      <c r="O22" s="57"/>
+      <c r="P22" s="57"/>
     </row>
     <row r="23" spans="1:16">
-      <c r="A23" s="47" t="s">
+      <c r="A23" s="51" t="s">
         <v>25</v>
       </c>
-      <c r="B23" s="47"/>
-[...13 lines deleted...]
-      <c r="P23" s="51"/>
+      <c r="B23" s="51"/>
+      <c r="C23" s="51"/>
+      <c r="D23" s="51"/>
+      <c r="E23" s="51"/>
+      <c r="F23" s="51"/>
+      <c r="G23" s="51"/>
+      <c r="H23" s="51"/>
+      <c r="I23" s="51"/>
+      <c r="J23" s="51"/>
+      <c r="K23" s="51"/>
+      <c r="L23" s="51"/>
+      <c r="M23" s="51"/>
+      <c r="N23" s="51"/>
+      <c r="O23" s="51"/>
+      <c r="P23" s="57"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="8"/>
-      <c r="C24" s="51"/>
-[...12 lines deleted...]
-      <c r="P24" s="51"/>
+      <c r="C24" s="57"/>
+      <c r="D24" s="57"/>
+      <c r="E24" s="57"/>
+      <c r="F24" s="57"/>
+      <c r="G24" s="57"/>
+      <c r="H24" s="57"/>
+      <c r="I24" s="57"/>
+      <c r="J24" s="57"/>
+      <c r="K24" s="57"/>
+      <c r="L24" s="57"/>
+      <c r="M24" s="57"/>
+      <c r="N24" s="57"/>
+      <c r="O24" s="57"/>
+      <c r="P24" s="57"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="8"/>
       <c r="B25" s="8"/>
-      <c r="C25" s="51"/>
-[...12 lines deleted...]
-      <c r="P25" s="51"/>
+      <c r="C25" s="57"/>
+      <c r="D25" s="57"/>
+      <c r="E25" s="57"/>
+      <c r="F25" s="57"/>
+      <c r="G25" s="57"/>
+      <c r="H25" s="57"/>
+      <c r="I25" s="57"/>
+      <c r="J25" s="57"/>
+      <c r="K25" s="57"/>
+      <c r="L25" s="57"/>
+      <c r="M25" s="57"/>
+      <c r="N25" s="57"/>
+      <c r="O25" s="57"/>
+      <c r="P25" s="57"/>
     </row>
     <row r="26" spans="1:16" ht="21.75" customHeight="1">
-      <c r="A26" s="54" t="s">
+      <c r="A26" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="B26" s="55" t="s">
+      <c r="B26" s="61" t="s">
         <v>28</v>
       </c>
-      <c r="C26" s="51"/>
-[...12 lines deleted...]
-      <c r="P26" s="51"/>
+      <c r="C26" s="57"/>
+      <c r="D26" s="57"/>
+      <c r="E26" s="57"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="57"/>
+      <c r="H26" s="57"/>
+      <c r="I26" s="57"/>
+      <c r="J26" s="57"/>
+      <c r="K26" s="57"/>
+      <c r="L26" s="57"/>
+      <c r="M26" s="57"/>
+      <c r="N26" s="57"/>
+      <c r="O26" s="57"/>
+      <c r="P26" s="57"/>
     </row>
     <row r="27" spans="1:16">
-      <c r="A27" s="51"/>
-[...14 lines deleted...]
-      <c r="P27" s="51"/>
+      <c r="A27" s="57"/>
+      <c r="B27" s="62"/>
+      <c r="C27" s="57"/>
+      <c r="D27" s="57"/>
+      <c r="E27" s="57"/>
+      <c r="F27" s="57"/>
+      <c r="G27" s="57"/>
+      <c r="H27" s="57"/>
+      <c r="I27" s="57"/>
+      <c r="J27" s="57"/>
+      <c r="K27" s="57"/>
+      <c r="L27" s="57"/>
+      <c r="M27" s="57"/>
+      <c r="N27" s="57"/>
+      <c r="O27" s="57"/>
+      <c r="P27" s="57"/>
     </row>
     <row r="28" spans="1:16">
-      <c r="A28" s="47" t="s">
+      <c r="A28" s="51" t="s">
         <v>29</v>
       </c>
-      <c r="B28" s="47"/>
-[...13 lines deleted...]
-      <c r="P28" s="51"/>
+      <c r="B28" s="51"/>
+      <c r="C28" s="51"/>
+      <c r="D28" s="51"/>
+      <c r="E28" s="51"/>
+      <c r="F28" s="51"/>
+      <c r="G28" s="51"/>
+      <c r="H28" s="51"/>
+      <c r="I28" s="51"/>
+      <c r="J28" s="51"/>
+      <c r="K28" s="51"/>
+      <c r="L28" s="51"/>
+      <c r="M28" s="51"/>
+      <c r="N28" s="51"/>
+      <c r="O28" s="51"/>
+      <c r="P28" s="57"/>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="B29" s="56"/>
-[...13 lines deleted...]
-      <c r="P29" s="51"/>
+      <c r="B29" s="62"/>
+      <c r="C29" s="57"/>
+      <c r="D29" s="57"/>
+      <c r="E29" s="57"/>
+      <c r="F29" s="57"/>
+      <c r="G29" s="57"/>
+      <c r="H29" s="57"/>
+      <c r="I29" s="57"/>
+      <c r="J29" s="57"/>
+      <c r="K29" s="57"/>
+      <c r="L29" s="57"/>
+      <c r="M29" s="57"/>
+      <c r="N29" s="57"/>
+      <c r="O29" s="57"/>
+      <c r="P29" s="57"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="9"/>
-      <c r="B30" s="56"/>
-[...13 lines deleted...]
-      <c r="P30" s="51"/>
+      <c r="B30" s="62"/>
+      <c r="C30" s="57"/>
+      <c r="D30" s="57"/>
+      <c r="E30" s="57"/>
+      <c r="F30" s="57"/>
+      <c r="G30" s="57"/>
+      <c r="H30" s="57"/>
+      <c r="I30" s="57"/>
+      <c r="J30" s="57"/>
+      <c r="K30" s="57"/>
+      <c r="L30" s="57"/>
+      <c r="M30" s="57"/>
+      <c r="N30" s="57"/>
+      <c r="O30" s="57"/>
+      <c r="P30" s="57"/>
     </row>
     <row r="31" spans="1:16">
-      <c r="A31" s="52" t="s">
+      <c r="A31" s="58" t="s">
         <v>31</v>
       </c>
-      <c r="B31" s="57" t="s">
+      <c r="B31" s="63" t="s">
         <v>32</v>
       </c>
-      <c r="C31" s="51"/>
-[...12 lines deleted...]
-      <c r="P31" s="51"/>
+      <c r="C31" s="57"/>
+      <c r="D31" s="57"/>
+      <c r="E31" s="57"/>
+      <c r="F31" s="57"/>
+      <c r="G31" s="57"/>
+      <c r="H31" s="57"/>
+      <c r="I31" s="57"/>
+      <c r="J31" s="57"/>
+      <c r="K31" s="57"/>
+      <c r="L31" s="57"/>
+      <c r="M31" s="57"/>
+      <c r="N31" s="57"/>
+      <c r="O31" s="57"/>
+      <c r="P31" s="57"/>
     </row>
     <row r="32" spans="1:16">
-      <c r="A32" s="51"/>
-[...14 lines deleted...]
-      <c r="P32" s="51"/>
+      <c r="A32" s="57"/>
+      <c r="B32" s="62"/>
+      <c r="C32" s="57"/>
+      <c r="D32" s="57"/>
+      <c r="E32" s="57"/>
+      <c r="F32" s="57"/>
+      <c r="G32" s="57"/>
+      <c r="H32" s="57"/>
+      <c r="I32" s="57"/>
+      <c r="J32" s="57"/>
+      <c r="K32" s="57"/>
+      <c r="L32" s="57"/>
+      <c r="M32" s="57"/>
+      <c r="N32" s="57"/>
+      <c r="O32" s="57"/>
+      <c r="P32" s="57"/>
     </row>
     <row r="33" spans="1:16">
-      <c r="A33" s="47" t="s">
+      <c r="A33" s="51" t="s">
         <v>33</v>
       </c>
-      <c r="B33" s="47"/>
-[...13 lines deleted...]
-      <c r="P33" s="51"/>
+      <c r="B33" s="51"/>
+      <c r="C33" s="51"/>
+      <c r="D33" s="51"/>
+      <c r="E33" s="51"/>
+      <c r="F33" s="51"/>
+      <c r="G33" s="51"/>
+      <c r="H33" s="51"/>
+      <c r="I33" s="51"/>
+      <c r="J33" s="51"/>
+      <c r="K33" s="51"/>
+      <c r="L33" s="51"/>
+      <c r="M33" s="51"/>
+      <c r="N33" s="51"/>
+      <c r="O33" s="51"/>
+      <c r="P33" s="57"/>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B34" s="51"/>
-[...13 lines deleted...]
-      <c r="P34" s="51"/>
+      <c r="B34" s="57"/>
+      <c r="C34" s="57"/>
+      <c r="D34" s="57"/>
+      <c r="E34" s="57"/>
+      <c r="F34" s="57"/>
+      <c r="G34" s="57"/>
+      <c r="H34" s="57"/>
+      <c r="I34" s="57"/>
+      <c r="J34" s="57"/>
+      <c r="K34" s="57"/>
+      <c r="L34" s="57"/>
+      <c r="M34" s="57"/>
+      <c r="N34" s="57"/>
+      <c r="O34" s="57"/>
+      <c r="P34" s="57"/>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="1"/>
-      <c r="B35" s="51"/>
-[...13 lines deleted...]
-      <c r="P35" s="51"/>
+      <c r="B35" s="57"/>
+      <c r="C35" s="57"/>
+      <c r="D35" s="57"/>
+      <c r="E35" s="57"/>
+      <c r="F35" s="57"/>
+      <c r="G35" s="57"/>
+      <c r="H35" s="57"/>
+      <c r="I35" s="57"/>
+      <c r="J35" s="57"/>
+      <c r="K35" s="57"/>
+      <c r="L35" s="57"/>
+      <c r="M35" s="57"/>
+      <c r="N35" s="57"/>
+      <c r="O35" s="57"/>
+      <c r="P35" s="57"/>
     </row>
     <row r="36" spans="1:16">
-      <c r="A36" s="58" t="s">
+      <c r="A36" s="64" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="35" t="s">
         <v>36</v>
       </c>
-      <c r="C36" s="51"/>
-[...12 lines deleted...]
-      <c r="P36" s="56"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="57"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="57"/>
+      <c r="J36" s="57"/>
+      <c r="K36" s="57"/>
+      <c r="L36" s="57"/>
+      <c r="M36" s="57"/>
+      <c r="N36" s="57"/>
+      <c r="O36" s="57"/>
+      <c r="P36" s="62"/>
     </row>
     <row r="37" spans="1:16">
-      <c r="A37" s="58" t="s">
+      <c r="A37" s="64" t="s">
         <v>37</v>
       </c>
       <c r="B37" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="C37" s="51"/>
-[...15 lines deleted...]
-      <c r="A38" s="59" t="s">
+      <c r="C37" s="57"/>
+      <c r="D37" s="57"/>
+      <c r="E37" s="57"/>
+      <c r="F37" s="57"/>
+      <c r="G37" s="57"/>
+      <c r="H37" s="57"/>
+      <c r="I37" s="57"/>
+      <c r="J37" s="57"/>
+      <c r="K37" s="57"/>
+      <c r="L37" s="57"/>
+      <c r="M37" s="57"/>
+      <c r="N37" s="57"/>
+      <c r="O37" s="57"/>
+      <c r="P37" s="62"/>
+    </row>
+    <row r="38" spans="1:16" ht="30.75">
+      <c r="A38" s="65" t="s">
         <v>39</v>
       </c>
-      <c r="B38" s="28" t="s">
+      <c r="B38" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="C38" s="51"/>
-[...15 lines deleted...]
-      <c r="A39" s="60" t="s">
+      <c r="C38" s="57"/>
+      <c r="D38" s="57"/>
+      <c r="E38" s="57"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="57"/>
+      <c r="H38" s="57"/>
+      <c r="I38" s="57"/>
+      <c r="J38" s="57"/>
+      <c r="K38" s="57"/>
+      <c r="L38" s="57"/>
+      <c r="M38" s="57"/>
+      <c r="N38" s="57"/>
+      <c r="O38" s="57"/>
+      <c r="P38" s="57"/>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" s="58" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="27" t="s">
+      <c r="B39" s="28" t="s">
         <v>42</v>
       </c>
-      <c r="C39" s="51"/>
-[...12 lines deleted...]
-      <c r="P39" s="51"/>
+      <c r="C39" s="57"/>
+      <c r="D39" s="57"/>
+      <c r="E39" s="57"/>
+      <c r="F39" s="57"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="57"/>
+      <c r="I39" s="57"/>
+      <c r="J39" s="57"/>
+      <c r="K39" s="57"/>
+      <c r="L39" s="57"/>
+      <c r="M39" s="57"/>
+      <c r="N39" s="57"/>
+      <c r="O39" s="57"/>
+      <c r="P39" s="57"/>
     </row>
     <row r="40" spans="1:16">
-      <c r="A40" s="52" t="s">
+      <c r="A40" s="66" t="s">
         <v>43</v>
       </c>
       <c r="B40" s="28" t="s">
         <v>44</v>
       </c>
-      <c r="C40" s="51"/>
-[...15 lines deleted...]
-      <c r="A41" s="61" t="s">
+      <c r="C40" s="57"/>
+      <c r="D40" s="57"/>
+      <c r="E40" s="57"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="57"/>
+      <c r="H40" s="57"/>
+      <c r="I40" s="57"/>
+      <c r="J40" s="57"/>
+      <c r="K40" s="57"/>
+      <c r="L40" s="57"/>
+      <c r="M40" s="57"/>
+      <c r="N40" s="57"/>
+      <c r="O40" s="57"/>
+      <c r="P40" s="57"/>
+    </row>
+    <row r="41" spans="1:16" ht="22.5" customHeight="1">
+      <c r="A41" s="22" t="s">
         <v>45</v>
       </c>
-      <c r="B41" s="28" t="s">
+      <c r="B41" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="C41" s="51"/>
-[...15 lines deleted...]
-      <c r="A42" s="22" t="s">
+      <c r="C41" s="57"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="57"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="57"/>
+      <c r="H41" s="57"/>
+      <c r="I41" s="57"/>
+      <c r="J41" s="57"/>
+      <c r="K41" s="57"/>
+      <c r="L41" s="57"/>
+      <c r="M41" s="57"/>
+      <c r="N41" s="57"/>
+      <c r="O41" s="57"/>
+      <c r="P41" s="57"/>
+    </row>
+    <row r="42" spans="1:16" ht="30.75">
+      <c r="A42" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="B42" s="29" t="s">
+      <c r="B42" s="30" t="s">
         <v>48</v>
       </c>
-      <c r="C42" s="51"/>
-[...15 lines deleted...]
-      <c r="A43" s="23" t="s">
+      <c r="C42" s="57"/>
+      <c r="D42" s="57"/>
+      <c r="E42" s="57"/>
+      <c r="F42" s="57"/>
+      <c r="G42" s="57"/>
+      <c r="H42" s="57"/>
+      <c r="I42" s="57"/>
+      <c r="J42" s="57"/>
+      <c r="K42" s="57"/>
+      <c r="L42" s="57"/>
+      <c r="M42" s="57"/>
+      <c r="N42" s="57"/>
+      <c r="O42" s="57"/>
+      <c r="P42" s="57"/>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" s="24" t="s">
         <v>49</v>
       </c>
-      <c r="B43" s="30" t="s">
+      <c r="B43" s="31" t="s">
         <v>50</v>
       </c>
-      <c r="C43" s="51"/>
-[...15 lines deleted...]
-      <c r="A44" s="24" t="s">
+      <c r="C43" s="57"/>
+      <c r="D43" s="57"/>
+      <c r="E43" s="57"/>
+      <c r="F43" s="57"/>
+      <c r="G43" s="57"/>
+      <c r="H43" s="57"/>
+      <c r="I43" s="57"/>
+      <c r="J43" s="57"/>
+      <c r="K43" s="57"/>
+      <c r="L43" s="57"/>
+      <c r="M43" s="57"/>
+      <c r="N43" s="57"/>
+      <c r="O43" s="57"/>
+      <c r="P43" s="57"/>
+    </row>
+    <row r="44" spans="1:16" ht="30.75">
+      <c r="A44" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="B44" s="31" t="s">
+      <c r="B44" s="38" t="s">
         <v>52</v>
       </c>
-      <c r="C44" s="51"/>
-[...15 lines deleted...]
-      <c r="A45" s="37" t="s">
+      <c r="C44" s="67"/>
+      <c r="D44" s="67"/>
+      <c r="E44" s="67"/>
+      <c r="F44" s="67"/>
+      <c r="G44" s="67"/>
+      <c r="H44" s="67"/>
+      <c r="I44" s="67"/>
+      <c r="J44" s="67"/>
+      <c r="K44" s="67"/>
+      <c r="L44" s="67"/>
+      <c r="M44" s="67"/>
+      <c r="N44" s="67"/>
+      <c r="O44" s="67"/>
+      <c r="P44" s="57"/>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" s="68" t="s">
+        <v>49</v>
+      </c>
+      <c r="B45" s="38" t="s">
         <v>53</v>
       </c>
-      <c r="B45" s="38" t="s">
+      <c r="C45" s="69"/>
+      <c r="D45" s="69"/>
+      <c r="E45" s="69"/>
+      <c r="F45" s="69"/>
+      <c r="G45" s="69"/>
+      <c r="H45" s="69"/>
+      <c r="I45" s="69"/>
+      <c r="J45" s="69"/>
+      <c r="K45" s="69"/>
+      <c r="L45" s="69"/>
+      <c r="M45" s="69"/>
+      <c r="N45" s="69"/>
+      <c r="O45" s="69"/>
+      <c r="P45" s="57"/>
+    </row>
+    <row r="46" spans="1:16" ht="32.25">
+      <c r="A46" s="46" t="s">
         <v>54</v>
-      </c>
-[...17 lines deleted...]
-        <v>51</v>
       </c>
       <c r="B46" s="30" t="s">
         <v>55</v>
       </c>
-      <c r="C46" s="63"/>
-[...12 lines deleted...]
-      <c r="P46" s="51"/>
+      <c r="C46" s="69"/>
+      <c r="D46" s="69"/>
+      <c r="E46" s="69"/>
+      <c r="F46" s="69"/>
+      <c r="G46" s="69"/>
+      <c r="H46" s="69"/>
+      <c r="I46" s="69"/>
+      <c r="J46" s="69"/>
+      <c r="K46" s="69"/>
+      <c r="L46" s="69"/>
+      <c r="M46" s="69"/>
+      <c r="N46" s="69"/>
+      <c r="O46" s="69"/>
+      <c r="P46" s="57"/>
     </row>
     <row r="47" spans="1:16">
-      <c r="C47" s="51"/>
-[...12 lines deleted...]
-      <c r="P47" s="51"/>
+      <c r="C47" s="57"/>
+      <c r="D47" s="57"/>
+      <c r="E47" s="57"/>
+      <c r="F47" s="57"/>
+      <c r="G47" s="57"/>
+      <c r="H47" s="57"/>
+      <c r="I47" s="57"/>
+      <c r="J47" s="57"/>
+      <c r="K47" s="57"/>
+      <c r="L47" s="57"/>
+      <c r="M47" s="57"/>
+      <c r="N47" s="57"/>
+      <c r="O47" s="57"/>
+      <c r="P47" s="57"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" s="50" t="s">
         <v>56</v>
       </c>
       <c r="B48" s="50"/>
       <c r="C48" s="50"/>
       <c r="D48" s="50"/>
       <c r="E48" s="50"/>
       <c r="F48" s="50"/>
       <c r="G48" s="50"/>
       <c r="H48" s="50"/>
       <c r="I48" s="50"/>
       <c r="J48" s="50"/>
       <c r="K48" s="50"/>
       <c r="L48" s="50"/>
       <c r="M48" s="50"/>
       <c r="N48" s="50"/>
       <c r="O48" s="50"/>
-      <c r="P48" s="51"/>
+      <c r="P48" s="57"/>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B49" s="51"/>
-[...13 lines deleted...]
-      <c r="P49" s="51"/>
+      <c r="B49" s="57"/>
+      <c r="C49" s="57"/>
+      <c r="D49" s="57"/>
+      <c r="E49" s="57"/>
+      <c r="F49" s="57"/>
+      <c r="G49" s="57"/>
+      <c r="H49" s="57"/>
+      <c r="I49" s="57"/>
+      <c r="J49" s="57"/>
+      <c r="K49" s="57"/>
+      <c r="L49" s="57"/>
+      <c r="M49" s="57"/>
+      <c r="N49" s="57"/>
+      <c r="O49" s="57"/>
+      <c r="P49" s="57"/>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" s="1"/>
-      <c r="B50" s="51"/>
-[...13 lines deleted...]
-      <c r="P50" s="51"/>
+      <c r="B50" s="57"/>
+      <c r="C50" s="57"/>
+      <c r="D50" s="57"/>
+      <c r="E50" s="57"/>
+      <c r="F50" s="57"/>
+      <c r="G50" s="57"/>
+      <c r="H50" s="57"/>
+      <c r="I50" s="57"/>
+      <c r="J50" s="57"/>
+      <c r="K50" s="57"/>
+      <c r="L50" s="57"/>
+      <c r="M50" s="57"/>
+      <c r="N50" s="57"/>
+      <c r="O50" s="57"/>
+      <c r="P50" s="57"/>
     </row>
     <row r="51" spans="1:16">
-      <c r="A51" s="64" t="s">
+      <c r="A51" s="70" t="s">
         <v>58</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="C51" s="51"/>
-[...12 lines deleted...]
-      <c r="P51" s="51"/>
+      <c r="C51" s="57"/>
+      <c r="D51" s="57"/>
+      <c r="E51" s="57"/>
+      <c r="F51" s="57"/>
+      <c r="G51" s="57"/>
+      <c r="H51" s="57"/>
+      <c r="I51" s="57"/>
+      <c r="J51" s="57"/>
+      <c r="K51" s="57"/>
+      <c r="L51" s="57"/>
+      <c r="M51" s="57"/>
+      <c r="N51" s="57"/>
+      <c r="O51" s="57"/>
+      <c r="P51" s="57"/>
     </row>
     <row r="52" spans="1:16">
-      <c r="A52" s="52" t="s">
+      <c r="A52" s="58" t="s">
         <v>60</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="C52" s="51"/>
-[...12 lines deleted...]
-      <c r="P52" s="51"/>
+      <c r="C52" s="57"/>
+      <c r="D52" s="57"/>
+      <c r="E52" s="57"/>
+      <c r="F52" s="57"/>
+      <c r="G52" s="57"/>
+      <c r="H52" s="57"/>
+      <c r="I52" s="57"/>
+      <c r="J52" s="57"/>
+      <c r="K52" s="57"/>
+      <c r="L52" s="57"/>
+      <c r="M52" s="57"/>
+      <c r="N52" s="57"/>
+      <c r="O52" s="57"/>
+      <c r="P52" s="57"/>
     </row>
     <row r="53" spans="1:16">
-      <c r="A53" s="52" t="s">
+      <c r="A53" s="58" t="s">
         <v>62</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="51"/>
-[...12 lines deleted...]
-      <c r="P53" s="51"/>
+      <c r="C53" s="57"/>
+      <c r="D53" s="57"/>
+      <c r="E53" s="57"/>
+      <c r="F53" s="57"/>
+      <c r="G53" s="57"/>
+      <c r="H53" s="57"/>
+      <c r="I53" s="57"/>
+      <c r="J53" s="57"/>
+      <c r="K53" s="57"/>
+      <c r="L53" s="57"/>
+      <c r="M53" s="57"/>
+      <c r="N53" s="57"/>
+      <c r="O53" s="57"/>
+      <c r="P53" s="57"/>
     </row>
     <row r="54" spans="1:16">
-      <c r="A54" s="52" t="s">
+      <c r="A54" s="58" t="s">
         <v>64</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="C54" s="51"/>
-[...12 lines deleted...]
-      <c r="P54" s="51"/>
+      <c r="C54" s="57"/>
+      <c r="D54" s="57"/>
+      <c r="E54" s="57"/>
+      <c r="F54" s="57"/>
+      <c r="G54" s="57"/>
+      <c r="H54" s="57"/>
+      <c r="I54" s="57"/>
+      <c r="J54" s="57"/>
+      <c r="K54" s="57"/>
+      <c r="L54" s="57"/>
+      <c r="M54" s="57"/>
+      <c r="N54" s="57"/>
+      <c r="O54" s="57"/>
+      <c r="P54" s="57"/>
     </row>
     <row r="55" spans="1:16">
-      <c r="A55" s="64" t="s">
+      <c r="A55" s="70" t="s">
         <v>66</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="C55" s="51"/>
-[...12 lines deleted...]
-      <c r="P55" s="51"/>
+      <c r="C55" s="57"/>
+      <c r="D55" s="57"/>
+      <c r="E55" s="57"/>
+      <c r="F55" s="57"/>
+      <c r="G55" s="57"/>
+      <c r="H55" s="57"/>
+      <c r="I55" s="57"/>
+      <c r="J55" s="57"/>
+      <c r="K55" s="57"/>
+      <c r="L55" s="57"/>
+      <c r="M55" s="57"/>
+      <c r="N55" s="57"/>
+      <c r="O55" s="57"/>
+      <c r="P55" s="57"/>
     </row>
     <row r="56" spans="1:16">
-      <c r="A56" s="64" t="s">
+      <c r="A56" s="70" t="s">
         <v>68</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="C56" s="51"/>
-[...12 lines deleted...]
-      <c r="P56" s="51"/>
+      <c r="C56" s="57"/>
+      <c r="D56" s="57"/>
+      <c r="E56" s="57"/>
+      <c r="F56" s="57"/>
+      <c r="G56" s="57"/>
+      <c r="H56" s="57"/>
+      <c r="I56" s="57"/>
+      <c r="J56" s="57"/>
+      <c r="K56" s="57"/>
+      <c r="L56" s="57"/>
+      <c r="M56" s="57"/>
+      <c r="N56" s="57"/>
+      <c r="O56" s="57"/>
+      <c r="P56" s="57"/>
     </row>
     <row r="57" spans="1:16">
-      <c r="A57" s="64" t="s">
+      <c r="A57" s="70" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="C57" s="51"/>
-[...12 lines deleted...]
-      <c r="P57" s="51"/>
+      <c r="C57" s="57"/>
+      <c r="D57" s="57"/>
+      <c r="E57" s="57"/>
+      <c r="F57" s="57"/>
+      <c r="G57" s="57"/>
+      <c r="H57" s="57"/>
+      <c r="I57" s="57"/>
+      <c r="J57" s="57"/>
+      <c r="K57" s="57"/>
+      <c r="L57" s="57"/>
+      <c r="M57" s="57"/>
+      <c r="N57" s="57"/>
+      <c r="O57" s="57"/>
+      <c r="P57" s="57"/>
     </row>
     <row r="58" spans="1:16">
-      <c r="A58" s="64" t="s">
+      <c r="A58" s="70" t="s">
         <v>72</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="C58" s="45"/>
-[...12 lines deleted...]
-      <c r="P58" s="51"/>
+      <c r="C58" s="49"/>
+      <c r="D58" s="49"/>
+      <c r="E58" s="49"/>
+      <c r="F58" s="49"/>
+      <c r="G58" s="49"/>
+      <c r="H58" s="49"/>
+      <c r="I58" s="49"/>
+      <c r="J58" s="49"/>
+      <c r="K58" s="49"/>
+      <c r="L58" s="49"/>
+      <c r="M58" s="49"/>
+      <c r="N58" s="49"/>
+      <c r="O58" s="49"/>
+      <c r="P58" s="57"/>
     </row>
     <row r="59" spans="1:16">
-      <c r="A59" s="52" t="s">
+      <c r="A59" s="58" t="s">
         <v>74</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="C59" s="51"/>
-[...12 lines deleted...]
-      <c r="P59" s="51"/>
+      <c r="C59" s="57"/>
+      <c r="D59" s="57"/>
+      <c r="E59" s="57"/>
+      <c r="F59" s="57"/>
+      <c r="G59" s="57"/>
+      <c r="H59" s="57"/>
+      <c r="I59" s="57"/>
+      <c r="J59" s="57"/>
+      <c r="K59" s="57"/>
+      <c r="L59" s="57"/>
+      <c r="M59" s="57"/>
+      <c r="N59" s="57"/>
+      <c r="O59" s="57"/>
+      <c r="P59" s="57"/>
     </row>
     <row r="60" spans="1:16">
-      <c r="A60" s="64" t="s">
+      <c r="A60" s="70" t="s">
         <v>76</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C60" s="51"/>
-[...12 lines deleted...]
-      <c r="P60" s="51"/>
+      <c r="C60" s="57"/>
+      <c r="D60" s="57"/>
+      <c r="E60" s="57"/>
+      <c r="F60" s="57"/>
+      <c r="G60" s="57"/>
+      <c r="H60" s="57"/>
+      <c r="I60" s="57"/>
+      <c r="J60" s="57"/>
+      <c r="K60" s="57"/>
+      <c r="L60" s="57"/>
+      <c r="M60" s="57"/>
+      <c r="N60" s="57"/>
+      <c r="O60" s="57"/>
+      <c r="P60" s="57"/>
     </row>
     <row r="61" spans="1:16">
-      <c r="A61" s="64" t="s">
+      <c r="A61" s="70" t="s">
         <v>78</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="C61" s="51"/>
-[...12 lines deleted...]
-      <c r="P61" s="51"/>
+      <c r="C61" s="57"/>
+      <c r="D61" s="57"/>
+      <c r="E61" s="57"/>
+      <c r="F61" s="57"/>
+      <c r="G61" s="57"/>
+      <c r="H61" s="57"/>
+      <c r="I61" s="57"/>
+      <c r="J61" s="57"/>
+      <c r="K61" s="57"/>
+      <c r="L61" s="57"/>
+      <c r="M61" s="57"/>
+      <c r="N61" s="57"/>
+      <c r="O61" s="57"/>
+      <c r="P61" s="57"/>
     </row>
     <row r="62" spans="1:16">
-      <c r="A62" s="52" t="s">
+      <c r="A62" s="58" t="s">
         <v>80</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="C62" s="51"/>
-[...12 lines deleted...]
-      <c r="P62" s="51"/>
+      <c r="C62" s="57"/>
+      <c r="D62" s="57"/>
+      <c r="E62" s="57"/>
+      <c r="F62" s="57"/>
+      <c r="G62" s="57"/>
+      <c r="H62" s="57"/>
+      <c r="I62" s="57"/>
+      <c r="J62" s="57"/>
+      <c r="K62" s="57"/>
+      <c r="L62" s="57"/>
+      <c r="M62" s="57"/>
+      <c r="N62" s="57"/>
+      <c r="O62" s="57"/>
+      <c r="P62" s="57"/>
     </row>
     <row r="63" spans="1:16">
-      <c r="A63" s="65" t="s">
+      <c r="A63" s="71" t="s">
         <v>82</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="C63" s="51"/>
-[...12 lines deleted...]
-      <c r="P63" s="51"/>
+      <c r="C63" s="57"/>
+      <c r="D63" s="57"/>
+      <c r="E63" s="57"/>
+      <c r="F63" s="57"/>
+      <c r="G63" s="57"/>
+      <c r="H63" s="57"/>
+      <c r="I63" s="57"/>
+      <c r="J63" s="57"/>
+      <c r="K63" s="57"/>
+      <c r="L63" s="57"/>
+      <c r="M63" s="57"/>
+      <c r="N63" s="57"/>
+      <c r="O63" s="57"/>
+      <c r="P63" s="57"/>
     </row>
     <row r="64" spans="1:16">
-      <c r="A64" s="52" t="s">
+      <c r="A64" s="58" t="s">
         <v>84</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="C64" s="51"/>
-[...12 lines deleted...]
-      <c r="P64" s="51"/>
+      <c r="C64" s="57"/>
+      <c r="D64" s="57"/>
+      <c r="E64" s="57"/>
+      <c r="F64" s="57"/>
+      <c r="G64" s="57"/>
+      <c r="H64" s="57"/>
+      <c r="I64" s="57"/>
+      <c r="J64" s="57"/>
+      <c r="K64" s="57"/>
+      <c r="L64" s="57"/>
+      <c r="M64" s="57"/>
+      <c r="N64" s="57"/>
+      <c r="O64" s="57"/>
+      <c r="P64" s="57"/>
     </row>
     <row r="65" spans="1:16">
-      <c r="A65" s="63"/>
+      <c r="A65" s="69"/>
       <c r="B65" s="43"/>
-      <c r="C65" s="51"/>
-[...12 lines deleted...]
-      <c r="P65" s="51"/>
+      <c r="C65" s="57"/>
+      <c r="D65" s="57"/>
+      <c r="E65" s="57"/>
+      <c r="F65" s="57"/>
+      <c r="G65" s="57"/>
+      <c r="H65" s="57"/>
+      <c r="I65" s="57"/>
+      <c r="J65" s="57"/>
+      <c r="K65" s="57"/>
+      <c r="L65" s="57"/>
+      <c r="M65" s="57"/>
+      <c r="N65" s="57"/>
+      <c r="O65" s="57"/>
+      <c r="P65" s="57"/>
     </row>
     <row r="66" spans="1:16">
-      <c r="A66" s="47" t="s">
+      <c r="A66" s="51" t="s">
         <v>86</v>
       </c>
-      <c r="B66" s="47"/>
-[...13 lines deleted...]
-      <c r="P66" s="47"/>
+      <c r="B66" s="51"/>
+      <c r="C66" s="51"/>
+      <c r="D66" s="51"/>
+      <c r="E66" s="51"/>
+      <c r="F66" s="51"/>
+      <c r="G66" s="51"/>
+      <c r="H66" s="51"/>
+      <c r="I66" s="51"/>
+      <c r="J66" s="51"/>
+      <c r="K66" s="51"/>
+      <c r="L66" s="51"/>
+      <c r="M66" s="51"/>
+      <c r="N66" s="51"/>
+      <c r="O66" s="51"/>
+      <c r="P66" s="51"/>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B67" s="43"/>
-      <c r="C67" s="51"/>
-[...12 lines deleted...]
-      <c r="P67" s="51"/>
+      <c r="C67" s="57"/>
+      <c r="D67" s="57"/>
+      <c r="E67" s="57"/>
+      <c r="F67" s="57"/>
+      <c r="G67" s="57"/>
+      <c r="H67" s="57"/>
+      <c r="I67" s="57"/>
+      <c r="J67" s="57"/>
+      <c r="K67" s="57"/>
+      <c r="L67" s="57"/>
+      <c r="M67" s="57"/>
+      <c r="N67" s="57"/>
+      <c r="O67" s="57"/>
+      <c r="P67" s="57"/>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" s="3"/>
       <c r="B68" s="43"/>
-      <c r="C68" s="51"/>
-[...12 lines deleted...]
-      <c r="P68" s="51"/>
+      <c r="C68" s="57"/>
+      <c r="D68" s="57"/>
+      <c r="E68" s="57"/>
+      <c r="F68" s="57"/>
+      <c r="G68" s="57"/>
+      <c r="H68" s="57"/>
+      <c r="I68" s="57"/>
+      <c r="J68" s="57"/>
+      <c r="K68" s="57"/>
+      <c r="L68" s="57"/>
+      <c r="M68" s="57"/>
+      <c r="N68" s="57"/>
+      <c r="O68" s="57"/>
+      <c r="P68" s="57"/>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B69" s="19" t="s">
         <v>89</v>
       </c>
-      <c r="C69" s="51"/>
-[...12 lines deleted...]
-      <c r="P69" s="51"/>
+      <c r="C69" s="57"/>
+      <c r="D69" s="57"/>
+      <c r="E69" s="57"/>
+      <c r="F69" s="57"/>
+      <c r="G69" s="57"/>
+      <c r="H69" s="57"/>
+      <c r="I69" s="57"/>
+      <c r="J69" s="57"/>
+      <c r="K69" s="57"/>
+      <c r="L69" s="57"/>
+      <c r="M69" s="57"/>
+      <c r="N69" s="57"/>
+      <c r="O69" s="57"/>
+      <c r="P69" s="57"/>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" s="18" t="s">
         <v>90</v>
       </c>
       <c r="B70" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="C70" s="51"/>
-[...12 lines deleted...]
-      <c r="P70" s="51"/>
+      <c r="C70" s="57"/>
+      <c r="D70" s="57"/>
+      <c r="E70" s="57"/>
+      <c r="F70" s="57"/>
+      <c r="G70" s="57"/>
+      <c r="H70" s="57"/>
+      <c r="I70" s="57"/>
+      <c r="J70" s="57"/>
+      <c r="K70" s="57"/>
+      <c r="L70" s="57"/>
+      <c r="M70" s="57"/>
+      <c r="N70" s="57"/>
+      <c r="O70" s="57"/>
+      <c r="P70" s="57"/>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" s="18" t="s">
         <v>92</v>
       </c>
       <c r="B71" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="C71" s="51"/>
-[...12 lines deleted...]
-      <c r="P71" s="51"/>
+      <c r="C71" s="57"/>
+      <c r="D71" s="57"/>
+      <c r="E71" s="57"/>
+      <c r="F71" s="57"/>
+      <c r="G71" s="57"/>
+      <c r="H71" s="57"/>
+      <c r="I71" s="57"/>
+      <c r="J71" s="57"/>
+      <c r="K71" s="57"/>
+      <c r="L71" s="57"/>
+      <c r="M71" s="57"/>
+      <c r="N71" s="57"/>
+      <c r="O71" s="57"/>
+      <c r="P71" s="57"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" s="44"/>
       <c r="B72" s="43"/>
-      <c r="C72" s="51"/>
-[...12 lines deleted...]
-      <c r="P72" s="51"/>
+      <c r="C72" s="57"/>
+      <c r="D72" s="57"/>
+      <c r="E72" s="57"/>
+      <c r="F72" s="57"/>
+      <c r="G72" s="57"/>
+      <c r="H72" s="57"/>
+      <c r="I72" s="57"/>
+      <c r="J72" s="57"/>
+      <c r="K72" s="57"/>
+      <c r="L72" s="57"/>
+      <c r="M72" s="57"/>
+      <c r="N72" s="57"/>
+      <c r="O72" s="57"/>
+      <c r="P72" s="57"/>
     </row>
     <row r="73" spans="1:16">
-      <c r="A73" s="47" t="s">
+      <c r="A73" s="51" t="s">
         <v>94</v>
       </c>
-      <c r="B73" s="47"/>
-[...13 lines deleted...]
-      <c r="P73" s="51"/>
+      <c r="B73" s="51"/>
+      <c r="C73" s="51"/>
+      <c r="D73" s="51"/>
+      <c r="E73" s="51"/>
+      <c r="F73" s="51"/>
+      <c r="G73" s="51"/>
+      <c r="H73" s="51"/>
+      <c r="I73" s="51"/>
+      <c r="J73" s="51"/>
+      <c r="K73" s="51"/>
+      <c r="L73" s="51"/>
+      <c r="M73" s="51"/>
+      <c r="N73" s="51"/>
+      <c r="O73" s="51"/>
+      <c r="P73" s="57"/>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B74" s="51"/>
-[...13 lines deleted...]
-      <c r="P74" s="51"/>
+      <c r="B74" s="57"/>
+      <c r="C74" s="57"/>
+      <c r="D74" s="57"/>
+      <c r="E74" s="57"/>
+      <c r="F74" s="57"/>
+      <c r="G74" s="57"/>
+      <c r="H74" s="57"/>
+      <c r="I74" s="57"/>
+      <c r="J74" s="57"/>
+      <c r="K74" s="57"/>
+      <c r="L74" s="57"/>
+      <c r="M74" s="57"/>
+      <c r="N74" s="57"/>
+      <c r="O74" s="57"/>
+      <c r="P74" s="57"/>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" s="1"/>
-      <c r="B75" s="51"/>
-[...13 lines deleted...]
-      <c r="P75" s="51"/>
+      <c r="B75" s="57"/>
+      <c r="C75" s="57"/>
+      <c r="D75" s="57"/>
+      <c r="E75" s="57"/>
+      <c r="F75" s="57"/>
+      <c r="G75" s="57"/>
+      <c r="H75" s="57"/>
+      <c r="I75" s="57"/>
+      <c r="J75" s="57"/>
+      <c r="K75" s="57"/>
+      <c r="L75" s="57"/>
+      <c r="M75" s="57"/>
+      <c r="N75" s="57"/>
+      <c r="O75" s="57"/>
+      <c r="P75" s="57"/>
     </row>
     <row r="76" spans="1:16">
-      <c r="A76" s="52" t="s">
+      <c r="A76" s="58" t="s">
         <v>96</v>
       </c>
-      <c r="B76" s="64" t="s">
+      <c r="B76" s="70" t="s">
         <v>97</v>
       </c>
-      <c r="C76" s="51"/>
-[...12 lines deleted...]
-      <c r="P76" s="51"/>
+      <c r="C76" s="57"/>
+      <c r="D76" s="57"/>
+      <c r="E76" s="57"/>
+      <c r="F76" s="57"/>
+      <c r="G76" s="57"/>
+      <c r="H76" s="57"/>
+      <c r="I76" s="57"/>
+      <c r="J76" s="57"/>
+      <c r="K76" s="57"/>
+      <c r="L76" s="57"/>
+      <c r="M76" s="57"/>
+      <c r="N76" s="57"/>
+      <c r="O76" s="57"/>
+      <c r="P76" s="57"/>
     </row>
     <row r="77" spans="1:16">
-      <c r="A77" s="51"/>
-[...14 lines deleted...]
-      <c r="P77" s="51"/>
+      <c r="A77" s="57"/>
+      <c r="B77" s="72"/>
+      <c r="C77" s="57"/>
+      <c r="D77" s="57"/>
+      <c r="E77" s="57"/>
+      <c r="F77" s="57"/>
+      <c r="G77" s="57"/>
+      <c r="H77" s="57"/>
+      <c r="I77" s="57"/>
+      <c r="J77" s="57"/>
+      <c r="K77" s="57"/>
+      <c r="L77" s="57"/>
+      <c r="M77" s="57"/>
+      <c r="N77" s="57"/>
+      <c r="O77" s="57"/>
+      <c r="P77" s="57"/>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" s="25" t="s">
         <v>98</v>
       </c>
-      <c r="B78" s="67"/>
-[...13 lines deleted...]
-      <c r="P78" s="51"/>
+      <c r="B78" s="73"/>
+      <c r="C78" s="73"/>
+      <c r="D78" s="73"/>
+      <c r="E78" s="73"/>
+      <c r="F78" s="73"/>
+      <c r="G78" s="73"/>
+      <c r="H78" s="73"/>
+      <c r="I78" s="73"/>
+      <c r="J78" s="73"/>
+      <c r="K78" s="73"/>
+      <c r="L78" s="73"/>
+      <c r="M78" s="73"/>
+      <c r="N78" s="73"/>
+      <c r="O78" s="73"/>
+      <c r="P78" s="57"/>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B79" s="51"/>
-[...13 lines deleted...]
-      <c r="P79" s="51"/>
+      <c r="B79" s="57"/>
+      <c r="C79" s="57"/>
+      <c r="D79" s="57"/>
+      <c r="E79" s="57"/>
+      <c r="F79" s="57"/>
+      <c r="G79" s="57"/>
+      <c r="H79" s="57"/>
+      <c r="I79" s="57"/>
+      <c r="J79" s="57"/>
+      <c r="K79" s="57"/>
+      <c r="L79" s="57"/>
+      <c r="M79" s="57"/>
+      <c r="N79" s="57"/>
+      <c r="O79" s="57"/>
+      <c r="P79" s="57"/>
     </row>
     <row r="80" spans="1:16">
-      <c r="A80" s="51"/>
-[...14 lines deleted...]
-      <c r="P80" s="51"/>
+      <c r="A80" s="57"/>
+      <c r="B80" s="57"/>
+      <c r="C80" s="57"/>
+      <c r="D80" s="57"/>
+      <c r="E80" s="57"/>
+      <c r="F80" s="57"/>
+      <c r="G80" s="57"/>
+      <c r="H80" s="57"/>
+      <c r="I80" s="57"/>
+      <c r="J80" s="57"/>
+      <c r="K80" s="57"/>
+      <c r="L80" s="57"/>
+      <c r="M80" s="57"/>
+      <c r="N80" s="57"/>
+      <c r="O80" s="57"/>
+      <c r="P80" s="57"/>
     </row>
     <row r="81" spans="1:16">
-      <c r="A81" s="64" t="s">
+      <c r="A81" s="70" t="s">
         <v>100</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>101</v>
       </c>
-      <c r="C81" s="51"/>
-[...12 lines deleted...]
-      <c r="P81" s="51"/>
+      <c r="C81" s="57"/>
+      <c r="D81" s="57"/>
+      <c r="E81" s="57"/>
+      <c r="F81" s="57"/>
+      <c r="G81" s="57"/>
+      <c r="H81" s="57"/>
+      <c r="I81" s="57"/>
+      <c r="J81" s="57"/>
+      <c r="K81" s="57"/>
+      <c r="L81" s="57"/>
+      <c r="M81" s="57"/>
+      <c r="N81" s="57"/>
+      <c r="O81" s="57"/>
+      <c r="P81" s="57"/>
     </row>
     <row r="82" spans="1:16">
-      <c r="A82" s="64" t="s">
+      <c r="A82" s="70" t="s">
         <v>102</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="C82" s="51"/>
-[...12 lines deleted...]
-      <c r="P82" s="51"/>
+      <c r="C82" s="57"/>
+      <c r="D82" s="57"/>
+      <c r="E82" s="57"/>
+      <c r="F82" s="57"/>
+      <c r="G82" s="57"/>
+      <c r="H82" s="57"/>
+      <c r="I82" s="57"/>
+      <c r="J82" s="57"/>
+      <c r="K82" s="57"/>
+      <c r="L82" s="57"/>
+      <c r="M82" s="57"/>
+      <c r="N82" s="57"/>
+      <c r="O82" s="57"/>
+      <c r="P82" s="57"/>
     </row>
     <row r="83" spans="1:16">
-      <c r="A83" s="64" t="s">
+      <c r="A83" s="70" t="s">
         <v>104</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="C83" s="51"/>
-[...12 lines deleted...]
-      <c r="P83" s="51"/>
+      <c r="C83" s="57"/>
+      <c r="D83" s="57"/>
+      <c r="E83" s="57"/>
+      <c r="F83" s="57"/>
+      <c r="G83" s="57"/>
+      <c r="H83" s="57"/>
+      <c r="I83" s="57"/>
+      <c r="J83" s="57"/>
+      <c r="K83" s="57"/>
+      <c r="L83" s="57"/>
+      <c r="M83" s="57"/>
+      <c r="N83" s="57"/>
+      <c r="O83" s="57"/>
+      <c r="P83" s="57"/>
     </row>
     <row r="84" spans="1:16">
-      <c r="A84" s="64" t="s">
+      <c r="A84" s="70" t="s">
         <v>106</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="C84" s="51"/>
-[...12 lines deleted...]
-      <c r="P84" s="51"/>
+      <c r="C84" s="57"/>
+      <c r="D84" s="57"/>
+      <c r="E84" s="57"/>
+      <c r="F84" s="57"/>
+      <c r="G84" s="57"/>
+      <c r="H84" s="57"/>
+      <c r="I84" s="57"/>
+      <c r="J84" s="57"/>
+      <c r="K84" s="57"/>
+      <c r="L84" s="57"/>
+      <c r="M84" s="57"/>
+      <c r="N84" s="57"/>
+      <c r="O84" s="57"/>
+      <c r="P84" s="57"/>
     </row>
     <row r="85" spans="1:16">
-      <c r="A85" s="64" t="s">
+      <c r="A85" s="70" t="s">
         <v>108</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>109</v>
       </c>
-      <c r="C85" s="51"/>
-[...12 lines deleted...]
-      <c r="P85" s="51"/>
+      <c r="C85" s="57"/>
+      <c r="D85" s="57"/>
+      <c r="E85" s="57"/>
+      <c r="F85" s="57"/>
+      <c r="G85" s="57"/>
+      <c r="H85" s="57"/>
+      <c r="I85" s="57"/>
+      <c r="J85" s="57"/>
+      <c r="K85" s="57"/>
+      <c r="L85" s="57"/>
+      <c r="M85" s="57"/>
+      <c r="N85" s="57"/>
+      <c r="O85" s="57"/>
+      <c r="P85" s="57"/>
     </row>
     <row r="86" spans="1:16">
-      <c r="A86" s="52" t="s">
+      <c r="A86" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="C86" s="51"/>
-[...12 lines deleted...]
-      <c r="P86" s="51"/>
+      <c r="C86" s="57"/>
+      <c r="D86" s="57"/>
+      <c r="E86" s="57"/>
+      <c r="F86" s="57"/>
+      <c r="G86" s="57"/>
+      <c r="H86" s="57"/>
+      <c r="I86" s="57"/>
+      <c r="J86" s="57"/>
+      <c r="K86" s="57"/>
+      <c r="L86" s="57"/>
+      <c r="M86" s="57"/>
+      <c r="N86" s="57"/>
+      <c r="O86" s="57"/>
+      <c r="P86" s="57"/>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" s="10" t="s">
         <v>112</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="C87" s="51"/>
-[...12 lines deleted...]
-      <c r="P87" s="51"/>
+      <c r="C87" s="57"/>
+      <c r="D87" s="57"/>
+      <c r="E87" s="57"/>
+      <c r="F87" s="57"/>
+      <c r="G87" s="57"/>
+      <c r="H87" s="57"/>
+      <c r="I87" s="57"/>
+      <c r="J87" s="57"/>
+      <c r="K87" s="57"/>
+      <c r="L87" s="57"/>
+      <c r="M87" s="57"/>
+      <c r="N87" s="57"/>
+      <c r="O87" s="57"/>
+      <c r="P87" s="57"/>
     </row>
     <row r="88" spans="1:16">
-      <c r="A88" s="52" t="s">
+      <c r="A88" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="C88" s="51"/>
-[...12 lines deleted...]
-      <c r="P88" s="51"/>
+      <c r="C88" s="57"/>
+      <c r="D88" s="57"/>
+      <c r="E88" s="57"/>
+      <c r="F88" s="57"/>
+      <c r="G88" s="57"/>
+      <c r="H88" s="57"/>
+      <c r="I88" s="57"/>
+      <c r="J88" s="57"/>
+      <c r="K88" s="57"/>
+      <c r="L88" s="57"/>
+      <c r="M88" s="57"/>
+      <c r="N88" s="57"/>
+      <c r="O88" s="57"/>
+      <c r="P88" s="57"/>
     </row>
     <row r="89" spans="1:16">
-      <c r="A89" s="65" t="s">
+      <c r="A89" s="71" t="s">
         <v>116</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="C89" s="51"/>
-[...12 lines deleted...]
-      <c r="P89" s="51"/>
+      <c r="C89" s="57"/>
+      <c r="D89" s="57"/>
+      <c r="E89" s="57"/>
+      <c r="F89" s="57"/>
+      <c r="G89" s="57"/>
+      <c r="H89" s="57"/>
+      <c r="I89" s="57"/>
+      <c r="J89" s="57"/>
+      <c r="K89" s="57"/>
+      <c r="L89" s="57"/>
+      <c r="M89" s="57"/>
+      <c r="N89" s="57"/>
+      <c r="O89" s="57"/>
+      <c r="P89" s="57"/>
     </row>
     <row r="90" spans="1:16">
-      <c r="A90" s="51"/>
-[...14 lines deleted...]
-      <c r="P90" s="51"/>
+      <c r="A90" s="57"/>
+      <c r="B90" s="57"/>
+      <c r="C90" s="57"/>
+      <c r="D90" s="57"/>
+      <c r="E90" s="57"/>
+      <c r="F90" s="57"/>
+      <c r="G90" s="57"/>
+      <c r="H90" s="57"/>
+      <c r="I90" s="57"/>
+      <c r="J90" s="57"/>
+      <c r="K90" s="57"/>
+      <c r="L90" s="57"/>
+      <c r="M90" s="57"/>
+      <c r="N90" s="57"/>
+      <c r="O90" s="57"/>
+      <c r="P90" s="57"/>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" s="25" t="s">
         <v>118</v>
       </c>
-      <c r="B91" s="68"/>
-[...13 lines deleted...]
-      <c r="P91" s="51"/>
+      <c r="B91" s="74"/>
+      <c r="C91" s="74"/>
+      <c r="D91" s="74"/>
+      <c r="E91" s="74"/>
+      <c r="F91" s="74"/>
+      <c r="G91" s="74"/>
+      <c r="H91" s="74"/>
+      <c r="I91" s="74"/>
+      <c r="J91" s="74"/>
+      <c r="K91" s="74"/>
+      <c r="L91" s="74"/>
+      <c r="M91" s="74"/>
+      <c r="N91" s="74"/>
+      <c r="O91" s="74"/>
+      <c r="P91" s="57"/>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B92" s="51"/>
-[...13 lines deleted...]
-      <c r="P92" s="51"/>
+      <c r="B92" s="57"/>
+      <c r="C92" s="57"/>
+      <c r="D92" s="57"/>
+      <c r="E92" s="57"/>
+      <c r="F92" s="57"/>
+      <c r="G92" s="57"/>
+      <c r="H92" s="57"/>
+      <c r="I92" s="57"/>
+      <c r="J92" s="57"/>
+      <c r="K92" s="57"/>
+      <c r="L92" s="57"/>
+      <c r="M92" s="57"/>
+      <c r="N92" s="57"/>
+      <c r="O92" s="57"/>
+      <c r="P92" s="57"/>
     </row>
     <row r="93" spans="1:16">
-      <c r="A93" s="51"/>
-[...14 lines deleted...]
-      <c r="P93" s="51"/>
+      <c r="A93" s="57"/>
+      <c r="B93" s="57"/>
+      <c r="C93" s="57"/>
+      <c r="D93" s="57"/>
+      <c r="E93" s="57"/>
+      <c r="F93" s="57"/>
+      <c r="G93" s="57"/>
+      <c r="H93" s="57"/>
+      <c r="I93" s="57"/>
+      <c r="J93" s="57"/>
+      <c r="K93" s="57"/>
+      <c r="L93" s="57"/>
+      <c r="M93" s="57"/>
+      <c r="N93" s="57"/>
+      <c r="O93" s="57"/>
+      <c r="P93" s="57"/>
     </row>
     <row r="94" spans="1:16">
-      <c r="A94" s="64" t="s">
+      <c r="A94" s="70" t="s">
         <v>120</v>
       </c>
       <c r="B94" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="C94" s="51"/>
-[...12 lines deleted...]
-      <c r="P94" s="51"/>
+      <c r="C94" s="57"/>
+      <c r="D94" s="57"/>
+      <c r="E94" s="57"/>
+      <c r="F94" s="57"/>
+      <c r="G94" s="57"/>
+      <c r="H94" s="57"/>
+      <c r="I94" s="57"/>
+      <c r="J94" s="57"/>
+      <c r="K94" s="57"/>
+      <c r="L94" s="57"/>
+      <c r="M94" s="57"/>
+      <c r="N94" s="57"/>
+      <c r="O94" s="57"/>
+      <c r="P94" s="57"/>
     </row>
     <row r="95" spans="1:16">
-      <c r="A95" s="64" t="s">
+      <c r="A95" s="70" t="s">
         <v>122</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>123</v>
       </c>
-      <c r="C95" s="51"/>
-[...12 lines deleted...]
-      <c r="P95" s="51"/>
+      <c r="C95" s="57"/>
+      <c r="D95" s="57"/>
+      <c r="E95" s="57"/>
+      <c r="F95" s="57"/>
+      <c r="G95" s="57"/>
+      <c r="H95" s="57"/>
+      <c r="I95" s="57"/>
+      <c r="J95" s="57"/>
+      <c r="K95" s="57"/>
+      <c r="L95" s="57"/>
+      <c r="M95" s="57"/>
+      <c r="N95" s="57"/>
+      <c r="O95" s="57"/>
+      <c r="P95" s="57"/>
     </row>
     <row r="96" spans="1:16">
-      <c r="A96" s="52" t="s">
+      <c r="A96" s="58" t="s">
         <v>124</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="C96" s="51"/>
-[...12 lines deleted...]
-      <c r="P96" s="51"/>
+      <c r="C96" s="57"/>
+      <c r="D96" s="57"/>
+      <c r="E96" s="57"/>
+      <c r="F96" s="57"/>
+      <c r="G96" s="57"/>
+      <c r="H96" s="57"/>
+      <c r="I96" s="57"/>
+      <c r="J96" s="57"/>
+      <c r="K96" s="57"/>
+      <c r="L96" s="57"/>
+      <c r="M96" s="57"/>
+      <c r="N96" s="57"/>
+      <c r="O96" s="57"/>
+      <c r="P96" s="57"/>
     </row>
     <row r="97" spans="1:16">
-      <c r="A97" s="52" t="s">
+      <c r="A97" s="58" t="s">
         <v>126</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="C97" s="51"/>
-[...12 lines deleted...]
-      <c r="P97" s="51"/>
+      <c r="C97" s="57"/>
+      <c r="D97" s="57"/>
+      <c r="E97" s="57"/>
+      <c r="F97" s="57"/>
+      <c r="G97" s="57"/>
+      <c r="H97" s="57"/>
+      <c r="I97" s="57"/>
+      <c r="J97" s="57"/>
+      <c r="K97" s="57"/>
+      <c r="L97" s="57"/>
+      <c r="M97" s="57"/>
+      <c r="N97" s="57"/>
+      <c r="O97" s="57"/>
+      <c r="P97" s="57"/>
     </row>
     <row r="98" spans="1:16">
-      <c r="A98" s="52" t="s">
+      <c r="A98" s="58" t="s">
         <v>128</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="C98" s="51"/>
-[...12 lines deleted...]
-      <c r="P98" s="51"/>
+      <c r="C98" s="57"/>
+      <c r="D98" s="57"/>
+      <c r="E98" s="57"/>
+      <c r="F98" s="57"/>
+      <c r="G98" s="57"/>
+      <c r="H98" s="57"/>
+      <c r="I98" s="57"/>
+      <c r="J98" s="57"/>
+      <c r="K98" s="57"/>
+      <c r="L98" s="57"/>
+      <c r="M98" s="57"/>
+      <c r="N98" s="57"/>
+      <c r="O98" s="57"/>
+      <c r="P98" s="57"/>
     </row>
     <row r="99" spans="1:16">
-      <c r="A99" s="52" t="s">
+      <c r="A99" s="58" t="s">
         <v>130</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="C99" s="51"/>
-[...12 lines deleted...]
-      <c r="P99" s="51"/>
+      <c r="C99" s="57"/>
+      <c r="D99" s="57"/>
+      <c r="E99" s="57"/>
+      <c r="F99" s="57"/>
+      <c r="G99" s="57"/>
+      <c r="H99" s="57"/>
+      <c r="I99" s="57"/>
+      <c r="J99" s="57"/>
+      <c r="K99" s="57"/>
+      <c r="L99" s="57"/>
+      <c r="M99" s="57"/>
+      <c r="N99" s="57"/>
+      <c r="O99" s="57"/>
+      <c r="P99" s="57"/>
     </row>
     <row r="100" spans="1:16">
-      <c r="A100" s="52" t="s">
+      <c r="A100" s="58" t="s">
         <v>132</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="C100" s="51"/>
-[...12 lines deleted...]
-      <c r="P100" s="51"/>
+      <c r="C100" s="57"/>
+      <c r="D100" s="57"/>
+      <c r="E100" s="57"/>
+      <c r="F100" s="57"/>
+      <c r="G100" s="57"/>
+      <c r="H100" s="57"/>
+      <c r="I100" s="57"/>
+      <c r="J100" s="57"/>
+      <c r="K100" s="57"/>
+      <c r="L100" s="57"/>
+      <c r="M100" s="57"/>
+      <c r="N100" s="57"/>
+      <c r="O100" s="57"/>
+      <c r="P100" s="57"/>
     </row>
     <row r="101" spans="1:16">
-      <c r="A101" s="52" t="s">
+      <c r="A101" s="58" t="s">
         <v>134</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="C101" s="51"/>
-[...12 lines deleted...]
-      <c r="P101" s="51"/>
+      <c r="C101" s="57"/>
+      <c r="D101" s="57"/>
+      <c r="E101" s="57"/>
+      <c r="F101" s="57"/>
+      <c r="G101" s="57"/>
+      <c r="H101" s="57"/>
+      <c r="I101" s="57"/>
+      <c r="J101" s="57"/>
+      <c r="K101" s="57"/>
+      <c r="L101" s="57"/>
+      <c r="M101" s="57"/>
+      <c r="N101" s="57"/>
+      <c r="O101" s="57"/>
+      <c r="P101" s="57"/>
     </row>
     <row r="102" spans="1:16">
-      <c r="A102" s="52" t="s">
+      <c r="A102" s="58" t="s">
         <v>136</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="C102" s="51"/>
-[...12 lines deleted...]
-      <c r="P102" s="51"/>
+      <c r="C102" s="57"/>
+      <c r="D102" s="57"/>
+      <c r="E102" s="57"/>
+      <c r="F102" s="57"/>
+      <c r="G102" s="57"/>
+      <c r="H102" s="57"/>
+      <c r="I102" s="57"/>
+      <c r="J102" s="57"/>
+      <c r="K102" s="57"/>
+      <c r="L102" s="57"/>
+      <c r="M102" s="57"/>
+      <c r="N102" s="57"/>
+      <c r="O102" s="57"/>
+      <c r="P102" s="57"/>
     </row>
     <row r="103" spans="1:16">
-      <c r="A103" s="52" t="s">
+      <c r="A103" s="58" t="s">
         <v>138</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="C103" s="51"/>
-[...12 lines deleted...]
-      <c r="P103" s="51"/>
+      <c r="C103" s="57"/>
+      <c r="D103" s="57"/>
+      <c r="E103" s="57"/>
+      <c r="F103" s="57"/>
+      <c r="G103" s="57"/>
+      <c r="H103" s="57"/>
+      <c r="I103" s="57"/>
+      <c r="J103" s="57"/>
+      <c r="K103" s="57"/>
+      <c r="L103" s="57"/>
+      <c r="M103" s="57"/>
+      <c r="N103" s="57"/>
+      <c r="O103" s="57"/>
+      <c r="P103" s="57"/>
     </row>
     <row r="104" spans="1:16">
-      <c r="A104" s="52" t="s">
+      <c r="A104" s="58" t="s">
         <v>140</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>141</v>
       </c>
-      <c r="C104" s="51"/>
-[...12 lines deleted...]
-      <c r="P104" s="51"/>
+      <c r="C104" s="57"/>
+      <c r="D104" s="57"/>
+      <c r="E104" s="57"/>
+      <c r="F104" s="57"/>
+      <c r="G104" s="57"/>
+      <c r="H104" s="57"/>
+      <c r="I104" s="57"/>
+      <c r="J104" s="57"/>
+      <c r="K104" s="57"/>
+      <c r="L104" s="57"/>
+      <c r="M104" s="57"/>
+      <c r="N104" s="57"/>
+      <c r="O104" s="57"/>
+      <c r="P104" s="57"/>
     </row>
     <row r="105" spans="1:16">
-      <c r="A105" s="52" t="s">
+      <c r="A105" s="58" t="s">
         <v>142</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="C105" s="51"/>
-[...12 lines deleted...]
-      <c r="P105" s="51"/>
+      <c r="C105" s="57"/>
+      <c r="D105" s="57"/>
+      <c r="E105" s="57"/>
+      <c r="F105" s="57"/>
+      <c r="G105" s="57"/>
+      <c r="H105" s="57"/>
+      <c r="I105" s="57"/>
+      <c r="J105" s="57"/>
+      <c r="K105" s="57"/>
+      <c r="L105" s="57"/>
+      <c r="M105" s="57"/>
+      <c r="N105" s="57"/>
+      <c r="O105" s="57"/>
+      <c r="P105" s="57"/>
     </row>
     <row r="106" spans="1:16">
-      <c r="A106" s="69" t="s">
+      <c r="A106" s="75" t="s">
         <v>144</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="C106" s="51"/>
-[...12 lines deleted...]
-      <c r="P106" s="51"/>
+      <c r="C106" s="57"/>
+      <c r="D106" s="57"/>
+      <c r="E106" s="57"/>
+      <c r="F106" s="57"/>
+      <c r="G106" s="57"/>
+      <c r="H106" s="57"/>
+      <c r="I106" s="57"/>
+      <c r="J106" s="57"/>
+      <c r="K106" s="57"/>
+      <c r="L106" s="57"/>
+      <c r="M106" s="57"/>
+      <c r="N106" s="57"/>
+      <c r="O106" s="57"/>
+      <c r="P106" s="57"/>
     </row>
     <row r="107" spans="1:16">
-      <c r="A107" s="61" t="s">
+      <c r="A107" s="66" t="s">
         <v>146</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="C107" s="51"/>
-[...12 lines deleted...]
-      <c r="P107" s="51"/>
+      <c r="C107" s="57"/>
+      <c r="D107" s="57"/>
+      <c r="E107" s="57"/>
+      <c r="F107" s="57"/>
+      <c r="G107" s="57"/>
+      <c r="H107" s="57"/>
+      <c r="I107" s="57"/>
+      <c r="J107" s="57"/>
+      <c r="K107" s="57"/>
+      <c r="L107" s="57"/>
+      <c r="M107" s="57"/>
+      <c r="N107" s="57"/>
+      <c r="O107" s="57"/>
+      <c r="P107" s="57"/>
     </row>
     <row r="108" spans="1:16">
-      <c r="A108" s="62" t="s">
+      <c r="A108" s="67" t="s">
         <v>148</v>
       </c>
       <c r="B108" s="32" t="s">
         <v>149</v>
       </c>
-      <c r="C108" s="51"/>
-[...12 lines deleted...]
-      <c r="P108" s="51"/>
+      <c r="C108" s="57"/>
+      <c r="D108" s="57"/>
+      <c r="E108" s="57"/>
+      <c r="F108" s="57"/>
+      <c r="G108" s="57"/>
+      <c r="H108" s="57"/>
+      <c r="I108" s="57"/>
+      <c r="J108" s="57"/>
+      <c r="K108" s="57"/>
+      <c r="L108" s="57"/>
+      <c r="M108" s="57"/>
+      <c r="N108" s="57"/>
+      <c r="O108" s="57"/>
+      <c r="P108" s="57"/>
     </row>
     <row r="109" spans="1:16">
-      <c r="A109" s="70"/>
+      <c r="A109" s="76"/>
       <c r="B109" s="6"/>
-      <c r="C109" s="51"/>
-[...12 lines deleted...]
-      <c r="P109" s="51"/>
+      <c r="C109" s="57"/>
+      <c r="D109" s="57"/>
+      <c r="E109" s="57"/>
+      <c r="F109" s="57"/>
+      <c r="G109" s="57"/>
+      <c r="H109" s="57"/>
+      <c r="I109" s="57"/>
+      <c r="J109" s="57"/>
+      <c r="K109" s="57"/>
+      <c r="L109" s="57"/>
+      <c r="M109" s="57"/>
+      <c r="N109" s="57"/>
+      <c r="O109" s="57"/>
+      <c r="P109" s="57"/>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" s="25" t="s">
         <v>150</v>
       </c>
-      <c r="B110" s="67"/>
-[...13 lines deleted...]
-      <c r="P110" s="51"/>
+      <c r="B110" s="73"/>
+      <c r="C110" s="73"/>
+      <c r="D110" s="73"/>
+      <c r="E110" s="73"/>
+      <c r="F110" s="73"/>
+      <c r="G110" s="73"/>
+      <c r="H110" s="73"/>
+      <c r="I110" s="73"/>
+      <c r="J110" s="73"/>
+      <c r="K110" s="73"/>
+      <c r="L110" s="73"/>
+      <c r="M110" s="73"/>
+      <c r="N110" s="73"/>
+      <c r="O110" s="73"/>
+      <c r="P110" s="57"/>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="B111" s="51"/>
-[...13 lines deleted...]
-      <c r="P111" s="51"/>
+      <c r="B111" s="57"/>
+      <c r="C111" s="57"/>
+      <c r="D111" s="57"/>
+      <c r="E111" s="57"/>
+      <c r="F111" s="57"/>
+      <c r="G111" s="57"/>
+      <c r="H111" s="57"/>
+      <c r="I111" s="57"/>
+      <c r="J111" s="57"/>
+      <c r="K111" s="57"/>
+      <c r="L111" s="57"/>
+      <c r="M111" s="57"/>
+      <c r="N111" s="57"/>
+      <c r="O111" s="57"/>
+      <c r="P111" s="57"/>
     </row>
     <row r="112" spans="1:16">
-      <c r="A112" s="51"/>
-[...14 lines deleted...]
-      <c r="P112" s="51"/>
+      <c r="A112" s="57"/>
+      <c r="B112" s="57"/>
+      <c r="C112" s="57"/>
+      <c r="D112" s="57"/>
+      <c r="E112" s="57"/>
+      <c r="F112" s="57"/>
+      <c r="G112" s="57"/>
+      <c r="H112" s="57"/>
+      <c r="I112" s="57"/>
+      <c r="J112" s="57"/>
+      <c r="K112" s="57"/>
+      <c r="L112" s="57"/>
+      <c r="M112" s="57"/>
+      <c r="N112" s="57"/>
+      <c r="O112" s="57"/>
+      <c r="P112" s="57"/>
     </row>
     <row r="113" spans="1:16">
-      <c r="A113" s="65" t="s">
+      <c r="A113" s="71" t="s">
         <v>152</v>
       </c>
       <c r="B113" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="C113" s="62"/>
-[...12 lines deleted...]
-      <c r="P113" s="51"/>
+      <c r="C113" s="67"/>
+      <c r="D113" s="67"/>
+      <c r="E113" s="67"/>
+      <c r="F113" s="67"/>
+      <c r="G113" s="67"/>
+      <c r="H113" s="67"/>
+      <c r="I113" s="67"/>
+      <c r="J113" s="67"/>
+      <c r="K113" s="67"/>
+      <c r="L113" s="67"/>
+      <c r="M113" s="67"/>
+      <c r="N113" s="67"/>
+      <c r="O113" s="77"/>
+      <c r="P113" s="57"/>
     </row>
     <row r="114" spans="1:16">
-      <c r="A114" s="65" t="s">
+      <c r="A114" s="71" t="s">
         <v>154</v>
       </c>
       <c r="B114" s="12" t="s">
         <v>155</v>
       </c>
-      <c r="C114" s="62"/>
-[...12 lines deleted...]
-      <c r="P114" s="51"/>
+      <c r="C114" s="67"/>
+      <c r="D114" s="67"/>
+      <c r="E114" s="67"/>
+      <c r="F114" s="67"/>
+      <c r="G114" s="67"/>
+      <c r="H114" s="67"/>
+      <c r="I114" s="67"/>
+      <c r="J114" s="67"/>
+      <c r="K114" s="67"/>
+      <c r="L114" s="67"/>
+      <c r="M114" s="67"/>
+      <c r="N114" s="67"/>
+      <c r="O114" s="77"/>
+      <c r="P114" s="57"/>
     </row>
     <row r="115" spans="1:16">
-      <c r="A115" s="65" t="s">
+      <c r="A115" s="71" t="s">
         <v>156</v>
       </c>
       <c r="B115" s="12" t="s">
         <v>157</v>
       </c>
-      <c r="C115" s="62"/>
-[...12 lines deleted...]
-      <c r="P115" s="51"/>
+      <c r="C115" s="67"/>
+      <c r="D115" s="67"/>
+      <c r="E115" s="67"/>
+      <c r="F115" s="67"/>
+      <c r="G115" s="67"/>
+      <c r="H115" s="67"/>
+      <c r="I115" s="67"/>
+      <c r="J115" s="67"/>
+      <c r="K115" s="67"/>
+      <c r="L115" s="67"/>
+      <c r="M115" s="67"/>
+      <c r="N115" s="67"/>
+      <c r="O115" s="77"/>
+      <c r="P115" s="57"/>
     </row>
     <row r="116" spans="1:16">
-      <c r="A116" s="65" t="s">
+      <c r="A116" s="71" t="s">
         <v>158</v>
       </c>
       <c r="B116" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="C116" s="62"/>
-[...12 lines deleted...]
-      <c r="P116" s="51"/>
+      <c r="C116" s="67"/>
+      <c r="D116" s="67"/>
+      <c r="E116" s="67"/>
+      <c r="F116" s="67"/>
+      <c r="G116" s="67"/>
+      <c r="H116" s="67"/>
+      <c r="I116" s="67"/>
+      <c r="J116" s="67"/>
+      <c r="K116" s="67"/>
+      <c r="L116" s="67"/>
+      <c r="M116" s="67"/>
+      <c r="N116" s="67"/>
+      <c r="O116" s="77"/>
+      <c r="P116" s="57"/>
     </row>
     <row r="117" spans="1:16">
-      <c r="A117" s="65" t="s">
+      <c r="A117" t="s">
         <v>160</v>
       </c>
       <c r="B117" s="12" t="s">
         <v>161</v>
       </c>
-      <c r="C117" s="62"/>
-[...12 lines deleted...]
-      <c r="P117" s="51"/>
+      <c r="C117" s="69"/>
+      <c r="D117" s="69"/>
+      <c r="E117" s="69"/>
+      <c r="F117" s="69"/>
+      <c r="G117" s="69"/>
+      <c r="H117" s="69"/>
+      <c r="I117" s="69"/>
+      <c r="J117" s="69"/>
+      <c r="K117" s="69"/>
+      <c r="L117" s="69"/>
+      <c r="M117" s="69"/>
+      <c r="N117" s="69"/>
+      <c r="O117" s="69"/>
+      <c r="P117" s="57"/>
     </row>
     <row r="118" spans="1:16">
-      <c r="A118" t="s">
+      <c r="A118" s="71" t="s">
         <v>162</v>
       </c>
       <c r="B118" s="12" t="s">
         <v>163</v>
       </c>
-      <c r="C118" s="63"/>
-[...12 lines deleted...]
-      <c r="P118" s="51"/>
+      <c r="C118" s="69"/>
+      <c r="D118" s="69"/>
+      <c r="E118" s="69"/>
+      <c r="F118" s="69"/>
+      <c r="G118" s="69"/>
+      <c r="H118" s="69"/>
+      <c r="I118" s="69"/>
+      <c r="J118" s="69"/>
+      <c r="K118" s="69"/>
+      <c r="L118" s="69"/>
+      <c r="M118" s="69"/>
+      <c r="N118" s="69"/>
+      <c r="O118" s="69"/>
+      <c r="P118" s="57"/>
     </row>
     <row r="119" spans="1:16">
-      <c r="A119" s="65" t="s">
+      <c r="A119" s="57"/>
+      <c r="B119" s="11"/>
+      <c r="C119" s="57"/>
+      <c r="D119" s="57"/>
+      <c r="E119" s="57"/>
+      <c r="F119" s="57"/>
+      <c r="G119" s="57"/>
+      <c r="H119" s="57"/>
+      <c r="I119" s="57"/>
+      <c r="J119" s="57"/>
+      <c r="K119" s="57"/>
+      <c r="L119" s="57"/>
+      <c r="M119" s="57"/>
+      <c r="N119" s="57"/>
+      <c r="O119" s="57"/>
+      <c r="P119" s="57"/>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" s="25" t="s">
         <v>164</v>
       </c>
-      <c r="B119" s="12" t="s">
+      <c r="B120" s="52"/>
+      <c r="C120" s="52"/>
+      <c r="D120" s="52"/>
+      <c r="E120" s="52"/>
+      <c r="F120" s="52"/>
+      <c r="G120" s="52"/>
+      <c r="H120" s="52"/>
+      <c r="I120" s="52"/>
+      <c r="J120" s="52"/>
+      <c r="K120" s="52"/>
+      <c r="L120" s="52"/>
+      <c r="M120" s="52"/>
+      <c r="N120" s="52"/>
+      <c r="O120" s="52"/>
+      <c r="P120" s="57"/>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" s="13" t="s">
         <v>165</v>
       </c>
-      <c r="C119" s="63"/>
-[...33 lines deleted...]
-      <c r="A121" s="25" t="s">
+      <c r="B121" s="11"/>
+      <c r="C121" s="57"/>
+      <c r="D121" s="57"/>
+      <c r="E121" s="57"/>
+      <c r="F121" s="57"/>
+      <c r="G121" s="57"/>
+      <c r="H121" s="57"/>
+      <c r="I121" s="57"/>
+      <c r="J121" s="57"/>
+      <c r="K121" s="57"/>
+      <c r="L121" s="57"/>
+      <c r="M121" s="57"/>
+      <c r="N121" s="57"/>
+      <c r="O121" s="57"/>
+      <c r="P121" s="57"/>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" s="57"/>
+      <c r="B122" s="11"/>
+      <c r="C122" s="57"/>
+      <c r="D122" s="57"/>
+      <c r="E122" s="57"/>
+      <c r="F122" s="57"/>
+      <c r="G122" s="57"/>
+      <c r="H122" s="57"/>
+      <c r="I122" s="57"/>
+      <c r="J122" s="57"/>
+      <c r="K122" s="57"/>
+      <c r="L122" s="57"/>
+      <c r="M122" s="57"/>
+      <c r="N122" s="57"/>
+      <c r="O122" s="57"/>
+      <c r="P122" s="57"/>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" s="58" t="s">
         <v>166</v>
       </c>
-      <c r="B121" s="49"/>
-[...16 lines deleted...]
-      <c r="A122" s="13" t="s">
+      <c r="B123" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="B122" s="11"/>
-[...31 lines deleted...]
-      <c r="P123" s="51"/>
+      <c r="C123" s="57"/>
+      <c r="D123" s="57"/>
+      <c r="E123" s="57"/>
+      <c r="F123" s="57"/>
+      <c r="G123" s="57"/>
+      <c r="H123" s="57"/>
+      <c r="I123" s="57"/>
+      <c r="J123" s="57"/>
+      <c r="K123" s="57"/>
+      <c r="L123" s="57"/>
+      <c r="M123" s="57"/>
+      <c r="N123" s="57"/>
+      <c r="O123" s="57"/>
+      <c r="P123" s="57"/>
     </row>
     <row r="124" spans="1:16">
-      <c r="A124" s="52" t="s">
+      <c r="A124" s="57"/>
+      <c r="B124" s="11"/>
+      <c r="C124" s="57"/>
+      <c r="D124" s="57"/>
+      <c r="E124" s="57"/>
+      <c r="F124" s="57"/>
+      <c r="G124" s="57"/>
+      <c r="H124" s="57"/>
+      <c r="I124" s="57"/>
+      <c r="J124" s="57"/>
+      <c r="K124" s="57"/>
+      <c r="L124" s="57"/>
+      <c r="M124" s="57"/>
+      <c r="N124" s="57"/>
+      <c r="O124" s="57"/>
+      <c r="P124" s="57"/>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" s="25" t="s">
         <v>168</v>
       </c>
-      <c r="B124" s="4" t="s">
+      <c r="B125" s="52"/>
+      <c r="C125" s="52"/>
+      <c r="D125" s="52"/>
+      <c r="E125" s="52"/>
+      <c r="F125" s="52"/>
+      <c r="G125" s="52"/>
+      <c r="H125" s="52"/>
+      <c r="I125" s="52"/>
+      <c r="J125" s="52"/>
+      <c r="K125" s="52"/>
+      <c r="L125" s="52"/>
+      <c r="M125" s="52"/>
+      <c r="N125" s="52"/>
+      <c r="O125" s="52"/>
+      <c r="P125" s="57"/>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="C124" s="51"/>
-[...33 lines deleted...]
-      <c r="A126" s="25" t="s">
+      <c r="B126" s="11"/>
+      <c r="C126" s="57"/>
+      <c r="D126" s="57"/>
+      <c r="E126" s="57"/>
+      <c r="F126" s="57"/>
+      <c r="G126" s="57"/>
+      <c r="H126" s="57"/>
+      <c r="I126" s="57"/>
+      <c r="J126" s="57"/>
+      <c r="K126" s="57"/>
+      <c r="L126" s="57"/>
+      <c r="M126" s="57"/>
+      <c r="N126" s="57"/>
+      <c r="O126" s="57"/>
+      <c r="P126" s="57"/>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" s="14"/>
+      <c r="B127" s="11"/>
+      <c r="C127" s="57"/>
+      <c r="D127" s="57"/>
+      <c r="E127" s="57"/>
+      <c r="F127" s="57"/>
+      <c r="G127" s="57"/>
+      <c r="H127" s="57"/>
+      <c r="I127" s="57"/>
+      <c r="J127" s="57"/>
+      <c r="K127" s="57"/>
+      <c r="L127" s="57"/>
+      <c r="M127" s="57"/>
+      <c r="N127" s="57"/>
+      <c r="O127" s="57"/>
+      <c r="P127" s="57"/>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" s="58" t="s">
         <v>170</v>
       </c>
-      <c r="B126" s="49"/>
-[...16 lines deleted...]
-      <c r="A127" s="2" t="s">
+      <c r="B128" s="4" t="s">
         <v>171</v>
       </c>
-      <c r="B127" s="11"/>
-[...31 lines deleted...]
-      <c r="P128" s="51"/>
+      <c r="C128" s="57"/>
+      <c r="D128" s="57"/>
+      <c r="E128" s="57"/>
+      <c r="F128" s="57"/>
+      <c r="G128" s="57"/>
+      <c r="H128" s="57"/>
+      <c r="I128" s="57"/>
+      <c r="J128" s="57"/>
+      <c r="K128" s="57"/>
+      <c r="L128" s="57"/>
+      <c r="M128" s="57"/>
+      <c r="N128" s="57"/>
+      <c r="O128" s="57"/>
+      <c r="P128" s="57"/>
     </row>
     <row r="129" spans="1:16">
-      <c r="A129" s="52" t="s">
+      <c r="A129" s="57"/>
+      <c r="B129" s="57"/>
+      <c r="C129" s="57"/>
+      <c r="D129" s="57"/>
+      <c r="E129" s="57"/>
+      <c r="F129" s="57"/>
+      <c r="G129" s="57"/>
+      <c r="H129" s="57"/>
+      <c r="I129" s="57"/>
+      <c r="J129" s="57"/>
+      <c r="K129" s="57"/>
+      <c r="L129" s="57"/>
+      <c r="M129" s="57"/>
+      <c r="N129" s="57"/>
+      <c r="O129" s="57"/>
+      <c r="P129" s="57"/>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" s="25" t="s">
         <v>172</v>
       </c>
-      <c r="B129" s="4" t="s">
+      <c r="B130" s="52"/>
+      <c r="C130" s="52"/>
+      <c r="D130" s="52"/>
+      <c r="E130" s="52"/>
+      <c r="F130" s="52"/>
+      <c r="G130" s="52"/>
+      <c r="H130" s="52"/>
+      <c r="I130" s="52"/>
+      <c r="J130" s="52"/>
+      <c r="K130" s="52"/>
+      <c r="L130" s="52"/>
+      <c r="M130" s="52"/>
+      <c r="N130" s="52"/>
+      <c r="O130" s="52"/>
+      <c r="P130" s="57"/>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="C129" s="51"/>
-[...33 lines deleted...]
-      <c r="A131" s="25" t="s">
+      <c r="B131" s="11"/>
+      <c r="C131" s="57"/>
+      <c r="D131" s="57"/>
+      <c r="E131" s="57"/>
+      <c r="F131" s="57"/>
+      <c r="G131" s="57"/>
+      <c r="H131" s="57"/>
+      <c r="I131" s="57"/>
+      <c r="J131" s="57"/>
+      <c r="K131" s="57"/>
+      <c r="L131" s="57"/>
+      <c r="M131" s="57"/>
+      <c r="N131" s="57"/>
+      <c r="O131" s="57"/>
+      <c r="P131" s="57"/>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" s="72"/>
+      <c r="B132" s="57"/>
+      <c r="C132" s="57"/>
+      <c r="D132" s="57"/>
+      <c r="E132" s="57"/>
+      <c r="F132" s="57"/>
+      <c r="G132" s="57"/>
+      <c r="H132" s="57"/>
+      <c r="I132" s="57"/>
+      <c r="J132" s="57"/>
+      <c r="K132" s="57"/>
+      <c r="L132" s="57"/>
+      <c r="M132" s="57"/>
+      <c r="N132" s="57"/>
+      <c r="O132" s="57"/>
+      <c r="P132" s="57"/>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" s="78" t="s">
         <v>174</v>
       </c>
-      <c r="B131" s="49"/>
-[...16 lines deleted...]
-      <c r="A132" s="15" t="s">
+      <c r="B133" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="B132" s="11"/>
-[...31 lines deleted...]
-      <c r="P133" s="51"/>
+      <c r="C133" s="57"/>
+      <c r="D133" s="57"/>
+      <c r="E133" s="57"/>
+      <c r="F133" s="57"/>
+      <c r="G133" s="57"/>
+      <c r="H133" s="57"/>
+      <c r="I133" s="57"/>
+      <c r="J133" s="57"/>
+      <c r="K133" s="57"/>
+      <c r="L133" s="57"/>
+      <c r="M133" s="57"/>
+      <c r="N133" s="57"/>
+      <c r="O133" s="57"/>
+      <c r="P133" s="62"/>
     </row>
     <row r="134" spans="1:16">
-      <c r="A134" s="72" t="s">
+      <c r="A134" s="79" t="s">
         <v>176</v>
       </c>
-      <c r="B134" s="4" t="s">
+      <c r="B134" s="19" t="s">
         <v>177</v>
       </c>
-      <c r="C134" s="51"/>
-[...12 lines deleted...]
-      <c r="P134" s="56"/>
+      <c r="C134" s="57"/>
+      <c r="D134" s="57"/>
+      <c r="E134" s="57"/>
+      <c r="F134" s="57"/>
+      <c r="G134" s="57"/>
+      <c r="H134" s="57"/>
+      <c r="I134" s="57"/>
+      <c r="J134" s="57"/>
+      <c r="K134" s="57"/>
+      <c r="L134" s="57"/>
+      <c r="M134" s="57"/>
+      <c r="N134" s="57"/>
+      <c r="O134" s="57"/>
+      <c r="P134" s="62"/>
     </row>
     <row r="135" spans="1:16">
-      <c r="A135" s="73" t="s">
+      <c r="A135" s="57"/>
+      <c r="B135" s="57"/>
+      <c r="C135" s="57"/>
+      <c r="D135" s="57"/>
+      <c r="E135" s="57"/>
+      <c r="F135" s="57"/>
+      <c r="G135" s="57"/>
+      <c r="H135" s="57"/>
+      <c r="I135" s="57"/>
+      <c r="J135" s="57"/>
+      <c r="K135" s="57"/>
+      <c r="L135" s="57"/>
+      <c r="M135" s="57"/>
+      <c r="N135" s="57"/>
+      <c r="O135" s="57"/>
+      <c r="P135" s="57"/>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="B135" s="19" t="s">
+      <c r="B136" s="73"/>
+      <c r="C136" s="73"/>
+      <c r="D136" s="73"/>
+      <c r="E136" s="73"/>
+      <c r="F136" s="73"/>
+      <c r="G136" s="73"/>
+      <c r="H136" s="73"/>
+      <c r="I136" s="73"/>
+      <c r="J136" s="73"/>
+      <c r="K136" s="73"/>
+      <c r="L136" s="73"/>
+      <c r="M136" s="73"/>
+      <c r="N136" s="73"/>
+      <c r="O136" s="73"/>
+      <c r="P136" s="57"/>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C135" s="51"/>
-[...33 lines deleted...]
-      <c r="A137" s="25" t="s">
+      <c r="B137" s="57"/>
+      <c r="C137" s="57"/>
+      <c r="D137" s="57"/>
+      <c r="E137" s="57"/>
+      <c r="F137" s="57"/>
+      <c r="G137" s="57"/>
+      <c r="H137" s="57"/>
+      <c r="I137" s="57"/>
+      <c r="J137" s="57"/>
+      <c r="K137" s="57"/>
+      <c r="L137" s="57"/>
+      <c r="M137" s="57"/>
+      <c r="N137" s="57"/>
+      <c r="O137" s="57"/>
+      <c r="P137" s="57"/>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" s="72"/>
+      <c r="B138" s="57"/>
+      <c r="C138" s="57"/>
+      <c r="D138" s="57"/>
+      <c r="E138" s="57"/>
+      <c r="F138" s="57"/>
+      <c r="G138" s="57"/>
+      <c r="H138" s="57"/>
+      <c r="I138" s="57"/>
+      <c r="J138" s="57"/>
+      <c r="K138" s="57"/>
+      <c r="L138" s="57"/>
+      <c r="M138" s="57"/>
+      <c r="N138" s="57"/>
+      <c r="O138" s="57"/>
+      <c r="P138" s="57"/>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" s="70" t="s">
         <v>180</v>
       </c>
-      <c r="B137" s="67"/>
-[...16 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="B139" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="B138" s="51"/>
-[...31 lines deleted...]
-      <c r="P139" s="51"/>
+      <c r="C139" s="57"/>
+      <c r="D139" s="57"/>
+      <c r="E139" s="57"/>
+      <c r="F139" s="57"/>
+      <c r="G139" s="57"/>
+      <c r="H139" s="57"/>
+      <c r="I139" s="57"/>
+      <c r="J139" s="57"/>
+      <c r="K139" s="57"/>
+      <c r="L139" s="57"/>
+      <c r="M139" s="57"/>
+      <c r="N139" s="57"/>
+      <c r="O139" s="57"/>
+      <c r="P139" s="57"/>
     </row>
     <row r="140" spans="1:16">
-      <c r="A140" s="64" t="s">
+      <c r="A140" s="58" t="s">
         <v>182</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="C140" s="51"/>
-[...12 lines deleted...]
-      <c r="P140" s="51"/>
+      <c r="C140" s="57"/>
+      <c r="D140" s="57"/>
+      <c r="E140" s="57"/>
+      <c r="F140" s="57"/>
+      <c r="G140" s="57"/>
+      <c r="H140" s="57"/>
+      <c r="I140" s="57"/>
+      <c r="J140" s="57"/>
+      <c r="K140" s="57"/>
+      <c r="L140" s="57"/>
+      <c r="M140" s="57"/>
+      <c r="N140" s="57"/>
+      <c r="O140" s="57"/>
+      <c r="P140" s="57"/>
     </row>
     <row r="141" spans="1:16">
-      <c r="A141" s="52" t="s">
+      <c r="A141" s="72"/>
+      <c r="B141" s="57"/>
+      <c r="C141" s="57"/>
+      <c r="D141" s="57"/>
+      <c r="E141" s="57"/>
+      <c r="F141" s="57"/>
+      <c r="G141" s="57"/>
+      <c r="H141" s="57"/>
+      <c r="I141" s="57"/>
+      <c r="J141" s="57"/>
+      <c r="K141" s="57"/>
+      <c r="L141" s="57"/>
+      <c r="M141" s="57"/>
+      <c r="N141" s="57"/>
+      <c r="O141" s="57"/>
+      <c r="P141" s="57"/>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" s="25" t="s">
         <v>184</v>
       </c>
-      <c r="B141" s="4" t="s">
+      <c r="B142" s="73"/>
+      <c r="C142" s="73"/>
+      <c r="D142" s="73"/>
+      <c r="E142" s="73"/>
+      <c r="F142" s="73"/>
+      <c r="G142" s="73"/>
+      <c r="H142" s="73"/>
+      <c r="I142" s="73"/>
+      <c r="J142" s="73"/>
+      <c r="K142" s="73"/>
+      <c r="L142" s="73"/>
+      <c r="M142" s="73"/>
+      <c r="N142" s="73"/>
+      <c r="O142" s="73"/>
+      <c r="P142" s="57"/>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="C141" s="51"/>
-[...33 lines deleted...]
-      <c r="A143" s="25" t="s">
+      <c r="B143" s="57"/>
+      <c r="C143" s="57"/>
+      <c r="D143" s="57"/>
+      <c r="E143" s="57"/>
+      <c r="F143" s="57"/>
+      <c r="G143" s="57"/>
+      <c r="H143" s="57"/>
+      <c r="I143" s="57"/>
+      <c r="J143" s="57"/>
+      <c r="K143" s="57"/>
+      <c r="L143" s="57"/>
+      <c r="M143" s="57"/>
+      <c r="N143" s="57"/>
+      <c r="O143" s="57"/>
+      <c r="P143" s="57"/>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" s="57"/>
+      <c r="B144" s="57"/>
+      <c r="C144" s="57"/>
+      <c r="D144" s="57"/>
+      <c r="E144" s="57"/>
+      <c r="F144" s="57"/>
+      <c r="G144" s="57"/>
+      <c r="H144" s="57"/>
+      <c r="I144" s="57"/>
+      <c r="J144" s="57"/>
+      <c r="K144" s="57"/>
+      <c r="L144" s="57"/>
+      <c r="M144" s="57"/>
+      <c r="N144" s="57"/>
+      <c r="O144" s="57"/>
+      <c r="P144" s="57"/>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" s="70" t="s">
         <v>186</v>
       </c>
-      <c r="B143" s="67"/>
-[...16 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="B145" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="B144" s="51"/>
-[...31 lines deleted...]
-      <c r="P145" s="51"/>
+      <c r="C145" s="57"/>
+      <c r="D145" s="57"/>
+      <c r="E145" s="57"/>
+      <c r="F145" s="57"/>
+      <c r="G145" s="57"/>
+      <c r="H145" s="57"/>
+      <c r="I145" s="57"/>
+      <c r="J145" s="57"/>
+      <c r="K145" s="57"/>
+      <c r="L145" s="57"/>
+      <c r="M145" s="57"/>
+      <c r="N145" s="57"/>
+      <c r="O145" s="57"/>
+      <c r="P145" s="57"/>
     </row>
     <row r="146" spans="1:16">
-      <c r="A146" s="64" t="s">
+      <c r="A146" s="58" t="s">
         <v>188</v>
       </c>
       <c r="B146" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="C146" s="51"/>
-[...12 lines deleted...]
-      <c r="P146" s="51"/>
+      <c r="C146" s="57"/>
+      <c r="D146" s="57"/>
+      <c r="E146" s="57"/>
+      <c r="F146" s="57"/>
+      <c r="G146" s="57"/>
+      <c r="H146" s="57"/>
+      <c r="I146" s="57"/>
+      <c r="J146" s="57"/>
+      <c r="K146" s="57"/>
+      <c r="L146" s="57"/>
+      <c r="M146" s="57"/>
+      <c r="N146" s="57"/>
+      <c r="O146" s="57"/>
+      <c r="P146" s="57"/>
     </row>
     <row r="147" spans="1:16">
-      <c r="A147" s="52" t="s">
+      <c r="A147" s="58" t="s">
         <v>190</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="C147" s="51"/>
-[...12 lines deleted...]
-      <c r="P147" s="51"/>
+      <c r="C147" s="57"/>
+      <c r="D147" s="57"/>
+      <c r="E147" s="57"/>
+      <c r="F147" s="57"/>
+      <c r="G147" s="57"/>
+      <c r="H147" s="57"/>
+      <c r="I147" s="57"/>
+      <c r="J147" s="57"/>
+      <c r="K147" s="57"/>
+      <c r="L147" s="57"/>
+      <c r="M147" s="57"/>
+      <c r="N147" s="57"/>
+      <c r="O147" s="57"/>
+      <c r="P147" s="57"/>
     </row>
     <row r="148" spans="1:16">
-      <c r="A148" s="52" t="s">
+      <c r="A148" s="58" t="s">
         <v>192</v>
       </c>
       <c r="B148" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="C148" s="51"/>
-[...12 lines deleted...]
-      <c r="P148" s="51"/>
+      <c r="C148" s="57"/>
+      <c r="D148" s="57"/>
+      <c r="E148" s="57"/>
+      <c r="F148" s="57"/>
+      <c r="G148" s="57"/>
+      <c r="H148" s="57"/>
+      <c r="I148" s="57"/>
+      <c r="J148" s="57"/>
+      <c r="K148" s="57"/>
+      <c r="L148" s="57"/>
+      <c r="M148" s="57"/>
+      <c r="N148" s="57"/>
+      <c r="O148" s="57"/>
+      <c r="P148" s="57"/>
     </row>
     <row r="149" spans="1:16">
-      <c r="A149" s="52" t="s">
+      <c r="A149" s="58" t="s">
         <v>194</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="C149" s="51"/>
-[...15 lines deleted...]
-      <c r="A150" s="52" t="s">
+      <c r="C149" s="57"/>
+      <c r="D149" s="57"/>
+      <c r="E149" s="57"/>
+      <c r="F149" s="57"/>
+      <c r="G149" s="57"/>
+      <c r="H149" s="57"/>
+      <c r="I149" s="57"/>
+      <c r="J149" s="57"/>
+      <c r="K149" s="57"/>
+      <c r="L149" s="57"/>
+      <c r="M149" s="57"/>
+      <c r="N149" s="57"/>
+      <c r="O149" s="57"/>
+      <c r="P149" s="57"/>
+    </row>
+    <row r="150" spans="1:16" ht="15.75">
+      <c r="A150" s="42" t="s">
         <v>196</v>
       </c>
       <c r="B150" s="4" t="s">
         <v>197</v>
       </c>
-      <c r="C150" s="51"/>
-[...15 lines deleted...]
-      <c r="A151" s="42" t="s">
+      <c r="C150" s="57"/>
+      <c r="D150" s="57"/>
+      <c r="E150" s="57"/>
+      <c r="F150" s="57"/>
+      <c r="G150" s="57"/>
+      <c r="H150" s="57"/>
+      <c r="I150" s="57"/>
+      <c r="J150" s="57"/>
+      <c r="K150" s="57"/>
+      <c r="L150" s="57"/>
+      <c r="M150" s="57"/>
+      <c r="N150" s="57"/>
+      <c r="O150" s="57"/>
+      <c r="P150" s="57"/>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" s="58" t="s">
         <v>198</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>199</v>
       </c>
-      <c r="C151" s="51"/>
-[...12 lines deleted...]
-      <c r="P151" s="51"/>
+      <c r="C151" s="57"/>
+      <c r="D151" s="57"/>
+      <c r="E151" s="57"/>
+      <c r="F151" s="57"/>
+      <c r="G151" s="57"/>
+      <c r="H151" s="57"/>
+      <c r="I151" s="57"/>
+      <c r="J151" s="57"/>
+      <c r="K151" s="57"/>
+      <c r="L151" s="57"/>
+      <c r="M151" s="57"/>
+      <c r="N151" s="57"/>
+      <c r="O151" s="57"/>
+      <c r="P151" s="57"/>
     </row>
     <row r="152" spans="1:16">
-      <c r="A152" s="52" t="s">
+      <c r="A152" s="58" t="s">
         <v>200</v>
       </c>
       <c r="B152" s="4" t="s">
         <v>201</v>
       </c>
-      <c r="C152" s="51"/>
-[...15 lines deleted...]
-      <c r="A153" s="52" t="s">
+      <c r="C152" s="57"/>
+      <c r="D152" s="57"/>
+      <c r="E152" s="57"/>
+      <c r="F152" s="57"/>
+      <c r="G152" s="57"/>
+      <c r="H152" s="57"/>
+      <c r="I152" s="57"/>
+      <c r="J152" s="57"/>
+      <c r="K152" s="57"/>
+      <c r="L152" s="57"/>
+      <c r="M152" s="57"/>
+      <c r="N152" s="57"/>
+      <c r="O152" s="57"/>
+      <c r="P152" s="57"/>
+    </row>
+    <row r="153" spans="1:16" ht="30.75">
+      <c r="A153" s="65" t="s">
         <v>202</v>
       </c>
-      <c r="B153" s="4" t="s">
+      <c r="B153" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C153" s="51"/>
-[...15 lines deleted...]
-      <c r="A154" s="60" t="s">
+      <c r="C153" s="57"/>
+      <c r="D153" s="57"/>
+      <c r="E153" s="57"/>
+      <c r="F153" s="57"/>
+      <c r="G153" s="57"/>
+      <c r="H153" s="57"/>
+      <c r="I153" s="57"/>
+      <c r="J153" s="57"/>
+      <c r="K153" s="57"/>
+      <c r="L153" s="57"/>
+      <c r="M153" s="57"/>
+      <c r="N153" s="57"/>
+      <c r="O153" s="57"/>
+      <c r="P153" s="57"/>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" s="65" t="s">
         <v>204</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C154" s="51"/>
-[...12 lines deleted...]
-      <c r="P154" s="51"/>
+      <c r="C154" s="57"/>
+      <c r="D154" s="57"/>
+      <c r="E154" s="57"/>
+      <c r="F154" s="57"/>
+      <c r="G154" s="57"/>
+      <c r="H154" s="57"/>
+      <c r="I154" s="57"/>
+      <c r="J154" s="57"/>
+      <c r="K154" s="57"/>
+      <c r="L154" s="57"/>
+      <c r="M154" s="57"/>
+      <c r="N154" s="57"/>
+      <c r="O154" s="57"/>
+      <c r="P154" s="57"/>
     </row>
     <row r="155" spans="1:16">
-      <c r="A155" s="60" t="s">
+      <c r="A155" s="58" t="s">
         <v>206</v>
       </c>
-      <c r="B155" s="5" t="s">
+      <c r="B155" s="4" t="s">
         <v>207</v>
       </c>
-      <c r="C155" s="51"/>
-[...12 lines deleted...]
-      <c r="P155" s="51"/>
+      <c r="C155" s="57"/>
+      <c r="D155" s="57"/>
+      <c r="E155" s="57"/>
+      <c r="F155" s="57"/>
+      <c r="G155" s="57"/>
+      <c r="H155" s="57"/>
+      <c r="I155" s="57"/>
+      <c r="J155" s="57"/>
+      <c r="K155" s="57"/>
+      <c r="L155" s="57"/>
+      <c r="M155" s="57"/>
+      <c r="N155" s="57"/>
+      <c r="O155" s="57"/>
+      <c r="P155" s="57"/>
     </row>
     <row r="156" spans="1:16">
-      <c r="A156" s="52" t="s">
+      <c r="A156" s="58" t="s">
         <v>208</v>
       </c>
       <c r="B156" s="4" t="s">
         <v>209</v>
       </c>
-      <c r="C156" s="51"/>
-[...12 lines deleted...]
-      <c r="P156" s="51"/>
+      <c r="C156" s="57"/>
+      <c r="D156" s="57"/>
+      <c r="E156" s="57"/>
+      <c r="F156" s="57"/>
+      <c r="G156" s="57"/>
+      <c r="H156" s="57"/>
+      <c r="I156" s="57"/>
+      <c r="J156" s="57"/>
+      <c r="K156" s="57"/>
+      <c r="L156" s="57"/>
+      <c r="M156" s="57"/>
+      <c r="N156" s="57"/>
+      <c r="O156" s="57"/>
+      <c r="P156" s="57"/>
     </row>
     <row r="157" spans="1:16">
-      <c r="A157" s="52" t="s">
+      <c r="A157" s="58" t="s">
         <v>210</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>211</v>
       </c>
-      <c r="C157" s="51"/>
-[...12 lines deleted...]
-      <c r="P157" s="51"/>
+      <c r="C157" s="57"/>
+      <c r="D157" s="57"/>
+      <c r="E157" s="57"/>
+      <c r="F157" s="57"/>
+      <c r="G157" s="57"/>
+      <c r="H157" s="57"/>
+      <c r="I157" s="57"/>
+      <c r="J157" s="57"/>
+      <c r="K157" s="57"/>
+      <c r="L157" s="57"/>
+      <c r="M157" s="57"/>
+      <c r="N157" s="57"/>
+      <c r="O157" s="57"/>
+      <c r="P157" s="57"/>
     </row>
     <row r="158" spans="1:16">
-      <c r="A158" s="52" t="s">
+      <c r="A158" s="58" t="s">
         <v>212</v>
       </c>
       <c r="B158" s="4" t="s">
         <v>213</v>
       </c>
-      <c r="C158" s="51"/>
-[...12 lines deleted...]
-      <c r="P158" s="51"/>
+      <c r="C158" s="57"/>
+      <c r="D158" s="57"/>
+      <c r="E158" s="57"/>
+      <c r="F158" s="57"/>
+      <c r="G158" s="57"/>
+      <c r="H158" s="57"/>
+      <c r="I158" s="57"/>
+      <c r="J158" s="57"/>
+      <c r="K158" s="57"/>
+      <c r="L158" s="57"/>
+      <c r="M158" s="57"/>
+      <c r="N158" s="57"/>
+      <c r="O158" s="57"/>
+      <c r="P158" s="57"/>
     </row>
     <row r="159" spans="1:16">
-      <c r="A159" s="52" t="s">
+      <c r="A159" s="58" t="s">
         <v>214</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>215</v>
       </c>
-      <c r="C159" s="51"/>
-[...12 lines deleted...]
-      <c r="P159" s="51"/>
+      <c r="C159" s="57"/>
+      <c r="D159" s="57"/>
+      <c r="E159" s="57"/>
+      <c r="F159" s="57"/>
+      <c r="G159" s="57"/>
+      <c r="H159" s="57"/>
+      <c r="I159" s="57"/>
+      <c r="J159" s="57"/>
+      <c r="K159" s="57"/>
+      <c r="L159" s="57"/>
+      <c r="M159" s="57"/>
+      <c r="N159" s="57"/>
+      <c r="O159" s="57"/>
+      <c r="P159" s="57"/>
     </row>
     <row r="160" spans="1:16">
-      <c r="A160" s="52" t="s">
+      <c r="A160" s="58" t="s">
         <v>216</v>
       </c>
       <c r="B160" s="4" t="s">
         <v>217</v>
       </c>
-      <c r="C160" s="51"/>
-[...12 lines deleted...]
-      <c r="P160" s="51"/>
+      <c r="C160" s="57"/>
+      <c r="D160" s="57"/>
+      <c r="E160" s="57"/>
+      <c r="F160" s="57"/>
+      <c r="G160" s="57"/>
+      <c r="H160" s="57"/>
+      <c r="I160" s="57"/>
+      <c r="J160" s="57"/>
+      <c r="K160" s="57"/>
+      <c r="L160" s="57"/>
+      <c r="M160" s="57"/>
+      <c r="N160" s="57"/>
+      <c r="O160" s="57"/>
+      <c r="P160" s="57"/>
     </row>
     <row r="161" spans="1:16">
-      <c r="A161" s="52" t="s">
+      <c r="A161" s="75" t="s">
         <v>218</v>
       </c>
       <c r="B161" s="4" t="s">
         <v>219</v>
       </c>
-      <c r="C161" s="51"/>
-[...12 lines deleted...]
-      <c r="P161" s="51"/>
+      <c r="C161" s="57"/>
+      <c r="D161" s="57"/>
+      <c r="E161" s="57"/>
+      <c r="F161" s="57"/>
+      <c r="G161" s="57"/>
+      <c r="H161" s="57"/>
+      <c r="I161" s="57"/>
+      <c r="J161" s="57"/>
+      <c r="K161" s="57"/>
+      <c r="L161" s="57"/>
+      <c r="M161" s="57"/>
+      <c r="N161" s="57"/>
+      <c r="O161" s="57"/>
+      <c r="P161" s="57"/>
     </row>
     <row r="162" spans="1:16">
-      <c r="A162" s="69" t="s">
+      <c r="A162" s="75" t="s">
         <v>220</v>
       </c>
       <c r="B162" s="4" t="s">
         <v>221</v>
       </c>
-      <c r="C162" s="51"/>
-[...12 lines deleted...]
-      <c r="P162" s="51"/>
+      <c r="C162" s="57"/>
+      <c r="D162" s="57"/>
+      <c r="E162" s="57"/>
+      <c r="F162" s="57"/>
+      <c r="G162" s="57"/>
+      <c r="H162" s="57"/>
+      <c r="I162" s="57"/>
+      <c r="J162" s="57"/>
+      <c r="K162" s="57"/>
+      <c r="L162" s="57"/>
+      <c r="M162" s="57"/>
+      <c r="N162" s="57"/>
+      <c r="O162" s="57"/>
+      <c r="P162" s="57"/>
     </row>
     <row r="163" spans="1:16">
-      <c r="A163" s="69" t="s">
+      <c r="A163" s="58" t="s">
         <v>222</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>223</v>
       </c>
-      <c r="C163" s="51"/>
-[...12 lines deleted...]
-      <c r="P163" s="51"/>
+      <c r="C163" s="57"/>
+      <c r="D163" s="57"/>
+      <c r="E163" s="57"/>
+      <c r="F163" s="57"/>
+      <c r="G163" s="57"/>
+      <c r="H163" s="57"/>
+      <c r="I163" s="57"/>
+      <c r="J163" s="57"/>
+      <c r="K163" s="57"/>
+      <c r="L163" s="57"/>
+      <c r="M163" s="57"/>
+      <c r="N163" s="57"/>
+      <c r="O163" s="57"/>
+      <c r="P163" s="57"/>
     </row>
     <row r="164" spans="1:16">
-      <c r="A164" s="52" t="s">
+      <c r="A164" s="58" t="s">
         <v>224</v>
       </c>
       <c r="B164" s="4" t="s">
         <v>225</v>
       </c>
-      <c r="C164" s="51"/>
-[...12 lines deleted...]
-      <c r="P164" s="51"/>
+      <c r="C164" s="57"/>
+      <c r="D164" s="57"/>
+      <c r="E164" s="57"/>
+      <c r="F164" s="57"/>
+      <c r="G164" s="57"/>
+      <c r="H164" s="57"/>
+      <c r="I164" s="57"/>
+      <c r="J164" s="57"/>
+      <c r="K164" s="57"/>
+      <c r="L164" s="57"/>
+      <c r="M164" s="57"/>
+      <c r="N164" s="57"/>
+      <c r="O164" s="57"/>
+      <c r="P164" s="57"/>
     </row>
     <row r="165" spans="1:16">
-      <c r="A165" s="52" t="s">
+      <c r="A165" s="58" t="s">
         <v>226</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>227</v>
       </c>
-      <c r="C165" s="51"/>
-[...12 lines deleted...]
-      <c r="P165" s="51"/>
+      <c r="C165" s="57"/>
+      <c r="D165" s="57"/>
+      <c r="E165" s="57"/>
+      <c r="F165" s="57"/>
+      <c r="G165" s="57"/>
+      <c r="H165" s="57"/>
+      <c r="I165" s="57"/>
+      <c r="J165" s="57"/>
+      <c r="K165" s="57"/>
+      <c r="L165" s="57"/>
+      <c r="M165" s="57"/>
+      <c r="N165" s="57"/>
+      <c r="O165" s="57"/>
+      <c r="P165" s="57"/>
     </row>
     <row r="166" spans="1:16">
-      <c r="A166" s="52" t="s">
+      <c r="A166" s="58" t="s">
         <v>228</v>
       </c>
       <c r="B166" s="4" t="s">
         <v>229</v>
       </c>
-      <c r="C166" s="51"/>
-[...12 lines deleted...]
-      <c r="P166" s="51"/>
+      <c r="C166" s="57"/>
+      <c r="D166" s="57"/>
+      <c r="E166" s="57"/>
+      <c r="F166" s="57"/>
+      <c r="G166" s="57"/>
+      <c r="H166" s="57"/>
+      <c r="I166" s="57"/>
+      <c r="J166" s="57"/>
+      <c r="K166" s="57"/>
+      <c r="L166" s="57"/>
+      <c r="M166" s="57"/>
+      <c r="N166" s="57"/>
+      <c r="O166" s="57"/>
+      <c r="P166" s="57"/>
     </row>
     <row r="167" spans="1:16">
-      <c r="A167" s="52" t="s">
+      <c r="A167" s="58" t="s">
         <v>230</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>231</v>
       </c>
-      <c r="C167" s="51"/>
-[...12 lines deleted...]
-      <c r="P167" s="51"/>
+      <c r="C167" s="57"/>
+      <c r="D167" s="57"/>
+      <c r="E167" s="57"/>
+      <c r="F167" s="57"/>
+      <c r="G167" s="57"/>
+      <c r="H167" s="57"/>
+      <c r="I167" s="57"/>
+      <c r="J167" s="57"/>
+      <c r="K167" s="57"/>
+      <c r="L167" s="57"/>
+      <c r="M167" s="57"/>
+      <c r="N167" s="57"/>
+      <c r="O167" s="57"/>
+      <c r="P167" s="57"/>
     </row>
     <row r="168" spans="1:16">
-      <c r="A168" s="52" t="s">
+      <c r="A168" s="58" t="s">
         <v>232</v>
       </c>
       <c r="B168" s="4" t="s">
         <v>233</v>
       </c>
-      <c r="C168" s="51"/>
-[...12 lines deleted...]
-      <c r="P168" s="51"/>
+      <c r="C168" s="57"/>
+      <c r="D168" s="57"/>
+      <c r="E168" s="57"/>
+      <c r="F168" s="57"/>
+      <c r="G168" s="57"/>
+      <c r="H168" s="57"/>
+      <c r="I168" s="57"/>
+      <c r="J168" s="57"/>
+      <c r="K168" s="57"/>
+      <c r="L168" s="57"/>
+      <c r="M168" s="57"/>
+      <c r="N168" s="57"/>
+      <c r="O168" s="57"/>
+      <c r="P168" s="57"/>
     </row>
     <row r="169" spans="1:16">
-      <c r="A169" s="52" t="s">
+      <c r="A169" s="58" t="s">
         <v>234</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>235</v>
       </c>
-      <c r="C169" s="51"/>
-[...12 lines deleted...]
-      <c r="P169" s="51"/>
+      <c r="C169" s="57"/>
+      <c r="D169" s="57"/>
+      <c r="E169" s="57"/>
+      <c r="F169" s="57"/>
+      <c r="G169" s="57"/>
+      <c r="H169" s="57"/>
+      <c r="I169" s="57"/>
+      <c r="J169" s="57"/>
+      <c r="K169" s="57"/>
+      <c r="L169" s="57"/>
+      <c r="M169" s="57"/>
+      <c r="N169" s="57"/>
+      <c r="O169" s="57"/>
+      <c r="P169" s="57"/>
     </row>
     <row r="170" spans="1:16">
-      <c r="A170" s="52" t="s">
+      <c r="A170" s="66" t="s">
         <v>236</v>
       </c>
       <c r="B170" s="4" t="s">
         <v>237</v>
       </c>
-      <c r="C170" s="51"/>
-[...12 lines deleted...]
-      <c r="P170" s="51"/>
+      <c r="C170" s="57"/>
+      <c r="D170" s="57"/>
+      <c r="E170" s="57"/>
+      <c r="F170" s="57"/>
+      <c r="G170" s="57"/>
+      <c r="H170" s="57"/>
+      <c r="I170" s="57"/>
+      <c r="J170" s="57"/>
+      <c r="K170" s="57"/>
+      <c r="L170" s="57"/>
+      <c r="M170" s="57"/>
+      <c r="N170" s="57"/>
+      <c r="O170" s="57"/>
+      <c r="P170" s="57"/>
     </row>
     <row r="171" spans="1:16">
-      <c r="A171" s="61" t="s">
+      <c r="A171" s="24" t="s">
         <v>238</v>
       </c>
-      <c r="B171" s="4" t="s">
+      <c r="B171" s="16" t="s">
         <v>239</v>
       </c>
-      <c r="C171" s="51"/>
-[...12 lines deleted...]
-      <c r="P171" s="51"/>
+      <c r="C171" s="57"/>
+      <c r="D171" s="57"/>
+      <c r="E171" s="57"/>
+      <c r="F171" s="57"/>
+      <c r="G171" s="57"/>
+      <c r="H171" s="57"/>
+      <c r="I171" s="57"/>
+      <c r="J171" s="57"/>
+      <c r="K171" s="57"/>
+      <c r="L171" s="57"/>
+      <c r="M171" s="57"/>
+      <c r="N171" s="57"/>
+      <c r="O171" s="57"/>
+      <c r="P171" s="57"/>
     </row>
     <row r="172" spans="1:16">
-      <c r="A172" s="24" t="s">
+      <c r="A172" s="21" t="s">
         <v>240</v>
       </c>
-      <c r="B172" s="16" t="s">
+      <c r="B172" s="12" t="s">
         <v>241</v>
       </c>
-      <c r="C172" s="51"/>
-[...12 lines deleted...]
-      <c r="P172" s="51"/>
+      <c r="C172" s="67"/>
+      <c r="D172" s="67"/>
+      <c r="E172" s="67"/>
+      <c r="F172" s="67"/>
+      <c r="G172" s="67"/>
+      <c r="H172" s="67"/>
+      <c r="I172" s="67"/>
+      <c r="J172" s="67"/>
+      <c r="K172" s="67"/>
+      <c r="L172" s="67"/>
+      <c r="M172" s="67"/>
+      <c r="N172" s="67"/>
+      <c r="O172" s="67"/>
+      <c r="P172" s="57"/>
     </row>
     <row r="173" spans="1:16">
-      <c r="A173" s="21" t="s">
+      <c r="A173" s="57"/>
+      <c r="B173" s="57"/>
+      <c r="C173" s="57"/>
+      <c r="D173" s="57"/>
+      <c r="E173" s="57"/>
+      <c r="F173" s="57"/>
+      <c r="G173" s="57"/>
+      <c r="H173" s="57"/>
+      <c r="I173" s="57"/>
+      <c r="J173" s="57"/>
+      <c r="K173" s="57"/>
+      <c r="L173" s="57"/>
+      <c r="M173" s="57"/>
+      <c r="N173" s="57"/>
+      <c r="O173" s="57"/>
+      <c r="P173" s="57"/>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" s="25" t="s">
         <v>242</v>
       </c>
-      <c r="B173" s="12" t="s">
+      <c r="B174" s="80"/>
+      <c r="C174" s="57"/>
+      <c r="D174" s="57"/>
+      <c r="E174" s="57"/>
+      <c r="F174" s="57"/>
+      <c r="G174" s="57"/>
+      <c r="H174" s="57"/>
+      <c r="I174" s="57"/>
+      <c r="J174" s="57"/>
+      <c r="K174" s="57"/>
+      <c r="L174" s="57"/>
+      <c r="M174" s="57"/>
+      <c r="N174" s="57"/>
+      <c r="O174" s="57"/>
+      <c r="P174" s="57"/>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" s="55" t="s">
         <v>243</v>
       </c>
-      <c r="C173" s="62"/>
-[...33 lines deleted...]
-      <c r="A175" s="25" t="s">
+      <c r="B175" s="21" t="s">
         <v>244</v>
       </c>
-      <c r="B175" s="47"/>
-[...13 lines deleted...]
-      <c r="P175" s="51"/>
+      <c r="C175" s="57"/>
+      <c r="D175" s="57"/>
+      <c r="E175" s="57"/>
+      <c r="F175" s="57"/>
+      <c r="G175" s="57"/>
+      <c r="H175" s="57"/>
+      <c r="I175" s="57"/>
+      <c r="J175" s="57"/>
+      <c r="K175" s="57"/>
+      <c r="L175" s="57"/>
+      <c r="M175" s="57"/>
+      <c r="N175" s="57"/>
+      <c r="O175" s="57"/>
+      <c r="P175" s="57"/>
     </row>
     <row r="176" spans="1:16">
-      <c r="A176" s="1" t="s">
+      <c r="A176" s="56" t="s">
         <v>245</v>
       </c>
-      <c r="B176" s="51"/>
-[...13 lines deleted...]
-      <c r="P176" s="51"/>
+      <c r="B176" s="21" t="s">
+        <v>246</v>
+      </c>
+      <c r="C176" s="57"/>
+      <c r="D176" s="57"/>
+      <c r="E176" s="57"/>
+      <c r="F176" s="57"/>
+      <c r="G176" s="57"/>
+      <c r="H176" s="57"/>
+      <c r="I176" s="57"/>
+      <c r="J176" s="57"/>
+      <c r="K176" s="57"/>
+      <c r="L176" s="57"/>
+      <c r="M176" s="57"/>
+      <c r="N176" s="57"/>
+      <c r="O176" s="57"/>
+      <c r="P176" s="57"/>
     </row>
     <row r="177" spans="1:16">
-      <c r="A177" s="1"/>
-[...14 lines deleted...]
-      <c r="P177" s="51"/>
+      <c r="A177" s="54"/>
+      <c r="B177" s="69"/>
+      <c r="C177" s="57"/>
+      <c r="D177" s="57"/>
+      <c r="E177" s="57"/>
+      <c r="F177" s="57"/>
+      <c r="G177" s="57"/>
+      <c r="H177" s="57"/>
+      <c r="I177" s="57"/>
+      <c r="J177" s="57"/>
+      <c r="K177" s="57"/>
+      <c r="L177" s="57"/>
+      <c r="M177" s="57"/>
+      <c r="N177" s="57"/>
+      <c r="O177" s="57"/>
+      <c r="P177" s="57"/>
     </row>
     <row r="178" spans="1:16">
-      <c r="A178" s="74" t="s">
-[...2 lines deleted...]
-      <c r="B178" s="75" t="s">
+      <c r="A178" s="25" t="s">
         <v>247</v>
       </c>
+      <c r="B178" s="51"/>
       <c r="C178" s="51"/>
       <c r="D178" s="51"/>
       <c r="E178" s="51"/>
       <c r="F178" s="51"/>
       <c r="G178" s="51"/>
       <c r="H178" s="51"/>
       <c r="I178" s="51"/>
       <c r="J178" s="51"/>
       <c r="K178" s="51"/>
       <c r="L178" s="51"/>
       <c r="M178" s="51"/>
       <c r="N178" s="51"/>
       <c r="O178" s="51"/>
-      <c r="P178" s="51"/>
+      <c r="P178" s="57"/>
     </row>
     <row r="179" spans="1:16">
-      <c r="A179" s="76" t="s">
+      <c r="A179" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="B179" s="75" t="s">
+      <c r="B179" s="57"/>
+      <c r="C179" s="57"/>
+      <c r="D179" s="57"/>
+      <c r="E179" s="57"/>
+      <c r="F179" s="57"/>
+      <c r="G179" s="57"/>
+      <c r="H179" s="57"/>
+      <c r="I179" s="57"/>
+      <c r="J179" s="57"/>
+      <c r="K179" s="57"/>
+      <c r="L179" s="57"/>
+      <c r="M179" s="57"/>
+      <c r="N179" s="57"/>
+      <c r="O179" s="57"/>
+      <c r="P179" s="57"/>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" s="1"/>
+      <c r="B180" s="57"/>
+      <c r="C180" s="57"/>
+      <c r="D180" s="57"/>
+      <c r="E180" s="57"/>
+      <c r="F180" s="57"/>
+      <c r="G180" s="57"/>
+      <c r="H180" s="57"/>
+      <c r="I180" s="57"/>
+      <c r="J180" s="57"/>
+      <c r="K180" s="57"/>
+      <c r="L180" s="57"/>
+      <c r="M180" s="57"/>
+      <c r="N180" s="57"/>
+      <c r="O180" s="57"/>
+      <c r="P180" s="57"/>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" s="81" t="s">
         <v>249</v>
       </c>
-      <c r="C179" s="51"/>
-[...15 lines deleted...]
-      <c r="A180" s="74" t="s">
+      <c r="B181" s="82" t="s">
         <v>250</v>
       </c>
-      <c r="B180" s="75" t="s">
+      <c r="C181" s="57"/>
+      <c r="D181" s="57"/>
+      <c r="E181" s="57"/>
+      <c r="F181" s="57"/>
+      <c r="G181" s="57"/>
+      <c r="H181" s="57"/>
+      <c r="I181" s="57"/>
+      <c r="J181" s="57"/>
+      <c r="K181" s="57"/>
+      <c r="L181" s="57"/>
+      <c r="M181" s="57"/>
+      <c r="N181" s="57"/>
+      <c r="O181" s="57"/>
+      <c r="P181" s="57"/>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" s="83" t="s">
         <v>251</v>
       </c>
-      <c r="C180" s="51"/>
-[...19 lines deleted...]
-      <c r="A182" s="25" t="s">
+      <c r="B182" s="82" t="s">
         <v>252</v>
       </c>
-      <c r="B182" s="47"/>
-[...13 lines deleted...]
-      <c r="P182" s="51"/>
+      <c r="C182" s="57"/>
+      <c r="D182" s="57"/>
+      <c r="E182" s="57"/>
+      <c r="F182" s="57"/>
+      <c r="G182" s="57"/>
+      <c r="H182" s="57"/>
+      <c r="I182" s="57"/>
+      <c r="J182" s="57"/>
+      <c r="K182" s="57"/>
+      <c r="L182" s="57"/>
+      <c r="M182" s="57"/>
+      <c r="N182" s="57"/>
+      <c r="O182" s="57"/>
+      <c r="P182" s="57"/>
     </row>
     <row r="183" spans="1:16">
-      <c r="A183" s="1" t="s">
+      <c r="A183" s="81" t="s">
         <v>253</v>
       </c>
-      <c r="B183" s="51"/>
-[...13 lines deleted...]
-      <c r="P183" s="51"/>
+      <c r="B183" s="82" t="s">
+        <v>254</v>
+      </c>
+      <c r="C183" s="57"/>
+      <c r="D183" s="57"/>
+      <c r="E183" s="57"/>
+      <c r="F183" s="57"/>
+      <c r="G183" s="57"/>
+      <c r="H183" s="57"/>
+      <c r="I183" s="57"/>
+      <c r="J183" s="57"/>
+      <c r="K183" s="57"/>
+      <c r="L183" s="57"/>
+      <c r="M183" s="57"/>
+      <c r="N183" s="57"/>
+      <c r="O183" s="57"/>
+      <c r="P183" s="57"/>
     </row>
     <row r="184" spans="1:16">
-      <c r="A184" s="51"/>
-[...13 lines deleted...]
-      <c r="P184" s="51"/>
+      <c r="A184" s="62"/>
+      <c r="P184" s="57"/>
     </row>
     <row r="185" spans="1:16">
-      <c r="A185" s="64" t="s">
-[...2 lines deleted...]
-      <c r="B185" s="4" t="s">
+      <c r="A185" s="25" t="s">
         <v>255</v>
       </c>
+      <c r="B185" s="51"/>
       <c r="C185" s="51"/>
       <c r="D185" s="51"/>
       <c r="E185" s="51"/>
       <c r="F185" s="51"/>
       <c r="G185" s="51"/>
       <c r="H185" s="51"/>
       <c r="I185" s="51"/>
       <c r="J185" s="51"/>
       <c r="K185" s="51"/>
       <c r="L185" s="51"/>
       <c r="M185" s="51"/>
       <c r="N185" s="51"/>
       <c r="O185" s="51"/>
-      <c r="P185" s="51"/>
+      <c r="P185" s="57"/>
     </row>
     <row r="186" spans="1:16">
-      <c r="A186" s="64" t="s">
+      <c r="A186" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="B186" s="4" t="s">
+      <c r="B186" s="57"/>
+      <c r="C186" s="57"/>
+      <c r="D186" s="57"/>
+      <c r="E186" s="57"/>
+      <c r="F186" s="57"/>
+      <c r="G186" s="57"/>
+      <c r="H186" s="57"/>
+      <c r="I186" s="57"/>
+      <c r="J186" s="57"/>
+      <c r="K186" s="57"/>
+      <c r="L186" s="57"/>
+      <c r="M186" s="57"/>
+      <c r="N186" s="57"/>
+      <c r="O186" s="57"/>
+      <c r="P186" s="57"/>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" s="57"/>
+      <c r="C187" s="57"/>
+      <c r="D187" s="57"/>
+      <c r="E187" s="57"/>
+      <c r="F187" s="57"/>
+      <c r="G187" s="57"/>
+      <c r="H187" s="57"/>
+      <c r="I187" s="57"/>
+      <c r="J187" s="57"/>
+      <c r="K187" s="57"/>
+      <c r="L187" s="57"/>
+      <c r="M187" s="57"/>
+      <c r="N187" s="57"/>
+      <c r="O187" s="57"/>
+      <c r="P187" s="57"/>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" s="70" t="s">
         <v>257</v>
       </c>
-      <c r="C186" s="51"/>
-[...15 lines deleted...]
-      <c r="A187" s="64" t="s">
+      <c r="B188" s="47" t="s">
         <v>258</v>
       </c>
-      <c r="B187" s="4" t="s">
+      <c r="C188" s="57"/>
+      <c r="D188" s="57"/>
+      <c r="E188" s="57"/>
+      <c r="F188" s="57"/>
+      <c r="G188" s="57"/>
+      <c r="H188" s="57"/>
+      <c r="I188" s="57"/>
+      <c r="J188" s="57"/>
+      <c r="K188" s="57"/>
+      <c r="L188" s="57"/>
+      <c r="M188" s="57"/>
+      <c r="N188" s="57"/>
+      <c r="O188" s="57"/>
+      <c r="P188" s="57"/>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" s="70" t="s">
         <v>259</v>
       </c>
-      <c r="C187" s="51"/>
-[...15 lines deleted...]
-      <c r="A188" s="64" t="s">
+      <c r="B189" s="47" t="s">
         <v>260</v>
       </c>
-      <c r="B188" s="4" t="s">
+      <c r="C189" s="57"/>
+      <c r="D189" s="57"/>
+      <c r="E189" s="57"/>
+      <c r="F189" s="57"/>
+      <c r="G189" s="57"/>
+      <c r="H189" s="57"/>
+      <c r="I189" s="57"/>
+      <c r="J189" s="57"/>
+      <c r="K189" s="57"/>
+      <c r="L189" s="57"/>
+      <c r="M189" s="57"/>
+      <c r="N189" s="57"/>
+      <c r="O189" s="57"/>
+      <c r="P189" s="57"/>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" s="70" t="s">
         <v>261</v>
       </c>
-      <c r="C188" s="51"/>
-[...15 lines deleted...]
-      <c r="A189" s="64" t="s">
+      <c r="B190" s="47" t="s">
         <v>262</v>
       </c>
-      <c r="B189" s="4" t="s">
+      <c r="C190" s="57"/>
+      <c r="D190" s="57"/>
+      <c r="E190" s="57"/>
+      <c r="F190" s="57"/>
+      <c r="G190" s="57"/>
+      <c r="H190" s="57"/>
+      <c r="I190" s="57"/>
+      <c r="J190" s="57"/>
+      <c r="K190" s="57"/>
+      <c r="L190" s="57"/>
+      <c r="M190" s="57"/>
+      <c r="N190" s="57"/>
+      <c r="O190" s="57"/>
+      <c r="P190" s="57"/>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" s="58" t="s">
         <v>263</v>
       </c>
-      <c r="C189" s="51"/>
-[...15 lines deleted...]
-      <c r="A190" s="52" t="s">
+      <c r="B191" s="47" t="s">
         <v>264</v>
       </c>
-      <c r="B190" s="4" t="s">
+      <c r="C191" s="57"/>
+      <c r="D191" s="57"/>
+      <c r="E191" s="57"/>
+      <c r="F191" s="57"/>
+      <c r="G191" s="57"/>
+      <c r="H191" s="57"/>
+      <c r="I191" s="57"/>
+      <c r="J191" s="57"/>
+      <c r="K191" s="57"/>
+      <c r="L191" s="57"/>
+      <c r="M191" s="57"/>
+      <c r="N191" s="57"/>
+      <c r="O191" s="57"/>
+      <c r="P191" s="57"/>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" s="57" t="s">
         <v>265</v>
       </c>
-      <c r="C190" s="51"/>
-[...15 lines deleted...]
-      <c r="A191" s="51" t="s">
+      <c r="B192" s="47" t="s">
         <v>266</v>
       </c>
-      <c r="B191" s="4" t="s">
+      <c r="P192" s="57"/>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" s="67" t="s">
         <v>267</v>
       </c>
-      <c r="P191" s="51"/>
-[...2 lines deleted...]
-      <c r="A192" s="62" t="s">
+      <c r="B193" s="48" t="s">
         <v>268</v>
       </c>
-      <c r="B192" s="19" t="s">
+      <c r="C193" s="57"/>
+      <c r="D193" s="57"/>
+      <c r="E193" s="57"/>
+      <c r="F193" s="57"/>
+      <c r="G193" s="57"/>
+      <c r="H193" s="57"/>
+      <c r="I193" s="57"/>
+      <c r="J193" s="57"/>
+      <c r="K193" s="57"/>
+      <c r="L193" s="57"/>
+      <c r="M193" s="57"/>
+      <c r="N193" s="57"/>
+      <c r="O193" s="57"/>
+      <c r="P193" s="57"/>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" s="14"/>
+      <c r="P194" s="57"/>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" s="25" t="s">
         <v>269</v>
       </c>
-      <c r="C192" s="51"/>
-[...41 lines deleted...]
-      </c>
+      <c r="B195" s="51"/>
       <c r="C195" s="51"/>
       <c r="D195" s="51"/>
       <c r="E195" s="51"/>
       <c r="F195" s="51"/>
       <c r="G195" s="51"/>
       <c r="H195" s="51"/>
       <c r="I195" s="51"/>
       <c r="J195" s="51"/>
       <c r="K195" s="51"/>
       <c r="L195" s="51"/>
       <c r="M195" s="51"/>
       <c r="N195" s="51"/>
       <c r="O195" s="51"/>
-      <c r="P195" s="51"/>
+      <c r="P195" s="57"/>
     </row>
     <row r="196" spans="1:16">
-      <c r="A196" s="51"/>
-[...13 lines deleted...]
-      <c r="P196" s="51"/>
+      <c r="A196" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C196" s="57"/>
+      <c r="D196" s="57"/>
+      <c r="E196" s="57"/>
+      <c r="F196" s="57"/>
+      <c r="G196" s="57"/>
+      <c r="H196" s="57"/>
+      <c r="I196" s="57"/>
+      <c r="J196" s="57"/>
+      <c r="K196" s="57"/>
+      <c r="L196" s="57"/>
+      <c r="M196" s="57"/>
+      <c r="N196" s="57"/>
+      <c r="O196" s="57"/>
+      <c r="P196" s="57"/>
     </row>
     <row r="197" spans="1:16">
-      <c r="A197" s="64" t="s">
+      <c r="A197" s="57"/>
+      <c r="C197" s="57"/>
+      <c r="D197" s="57"/>
+      <c r="E197" s="57"/>
+      <c r="F197" s="57"/>
+      <c r="G197" s="57"/>
+      <c r="H197" s="57"/>
+      <c r="I197" s="57"/>
+      <c r="J197" s="57"/>
+      <c r="K197" s="57"/>
+      <c r="L197" s="57"/>
+      <c r="M197" s="57"/>
+      <c r="N197" s="57"/>
+      <c r="O197" s="57"/>
+      <c r="P197" s="57"/>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" s="70" t="s">
+        <v>271</v>
+      </c>
+      <c r="B198" s="4" t="s">
         <v>272</v>
       </c>
-      <c r="B197" s="4" t="s">
+      <c r="C198" s="57"/>
+      <c r="D198" s="57"/>
+      <c r="E198" s="57"/>
+      <c r="F198" s="57"/>
+      <c r="G198" s="57"/>
+      <c r="H198" s="57"/>
+      <c r="I198" s="57"/>
+      <c r="J198" s="57"/>
+      <c r="K198" s="57"/>
+      <c r="L198" s="57"/>
+      <c r="M198" s="57"/>
+      <c r="N198" s="57"/>
+      <c r="O198" s="57"/>
+      <c r="P198" s="57"/>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" s="58" t="s">
         <v>273</v>
       </c>
-      <c r="C197" s="51"/>
-[...15 lines deleted...]
-      <c r="A198" s="52" t="s">
+      <c r="B199" s="4" t="s">
         <v>274</v>
       </c>
-      <c r="B198" s="4" t="s">
+      <c r="C199" s="57"/>
+      <c r="D199" s="57"/>
+      <c r="E199" s="57"/>
+      <c r="F199" s="57"/>
+      <c r="G199" s="57"/>
+      <c r="H199" s="57"/>
+      <c r="I199" s="57"/>
+      <c r="J199" s="57"/>
+      <c r="K199" s="57"/>
+      <c r="L199" s="57"/>
+      <c r="M199" s="57"/>
+      <c r="N199" s="57"/>
+      <c r="O199" s="57"/>
+      <c r="P199" s="57"/>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" s="70" t="s">
         <v>275</v>
       </c>
-      <c r="C198" s="51"/>
-[...15 lines deleted...]
-      <c r="A199" s="64" t="s">
+      <c r="B200" s="4" t="s">
         <v>276</v>
       </c>
-      <c r="B199" s="4" t="s">
+      <c r="C200" s="57"/>
+      <c r="D200" s="57"/>
+      <c r="E200" s="57"/>
+      <c r="F200" s="57"/>
+      <c r="G200" s="57"/>
+      <c r="H200" s="57"/>
+      <c r="I200" s="57"/>
+      <c r="J200" s="57"/>
+      <c r="K200" s="57"/>
+      <c r="L200" s="57"/>
+      <c r="M200" s="57"/>
+      <c r="N200" s="57"/>
+      <c r="O200" s="57"/>
+      <c r="P200" s="57"/>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" s="70" t="s">
         <v>277</v>
       </c>
-      <c r="C199" s="51"/>
-[...15 lines deleted...]
-      <c r="A200" s="64" t="s">
+      <c r="B201" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="B200" s="4" t="s">
+      <c r="C201" s="57"/>
+      <c r="D201" s="57"/>
+      <c r="E201" s="57"/>
+      <c r="F201" s="57"/>
+      <c r="G201" s="57"/>
+      <c r="H201" s="57"/>
+      <c r="I201" s="57"/>
+      <c r="J201" s="57"/>
+      <c r="K201" s="57"/>
+      <c r="L201" s="57"/>
+      <c r="M201" s="57"/>
+      <c r="N201" s="57"/>
+      <c r="O201" s="57"/>
+      <c r="P201" s="57"/>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" s="70" t="s">
         <v>279</v>
       </c>
-      <c r="C200" s="51"/>
-[...15 lines deleted...]
-      <c r="A201" s="64" t="s">
+      <c r="B202" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="B201" s="4" t="s">
+      <c r="C202" s="57"/>
+      <c r="D202" s="57"/>
+      <c r="E202" s="57"/>
+      <c r="F202" s="57"/>
+      <c r="G202" s="57"/>
+      <c r="H202" s="57"/>
+      <c r="I202" s="57"/>
+      <c r="J202" s="57"/>
+      <c r="K202" s="57"/>
+      <c r="L202" s="57"/>
+      <c r="M202" s="57"/>
+      <c r="N202" s="57"/>
+      <c r="O202" s="57"/>
+      <c r="P202" s="57"/>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" s="70" t="s">
         <v>281</v>
       </c>
-      <c r="C201" s="51"/>
-[...15 lines deleted...]
-      <c r="A202" s="64" t="s">
+      <c r="B203" s="4" t="s">
         <v>282</v>
       </c>
-      <c r="B202" s="4" t="s">
+      <c r="C203" s="57"/>
+      <c r="D203" s="57"/>
+      <c r="E203" s="57"/>
+      <c r="F203" s="57"/>
+      <c r="G203" s="57"/>
+      <c r="H203" s="57"/>
+      <c r="I203" s="57"/>
+      <c r="J203" s="57"/>
+      <c r="K203" s="57"/>
+      <c r="L203" s="57"/>
+      <c r="M203" s="57"/>
+      <c r="N203" s="57"/>
+      <c r="O203" s="57"/>
+      <c r="P203" s="57"/>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" s="70" t="s">
         <v>283</v>
       </c>
-      <c r="C202" s="51"/>
-[...15 lines deleted...]
-      <c r="A203" s="64" t="s">
+      <c r="B204" s="4" t="s">
         <v>284</v>
       </c>
-      <c r="B203" s="4" t="s">
+      <c r="C204" s="57"/>
+      <c r="D204" s="57"/>
+      <c r="E204" s="57"/>
+      <c r="F204" s="57"/>
+      <c r="G204" s="57"/>
+      <c r="H204" s="57"/>
+      <c r="I204" s="57"/>
+      <c r="J204" s="57"/>
+      <c r="K204" s="57"/>
+      <c r="L204" s="57"/>
+      <c r="M204" s="57"/>
+      <c r="N204" s="57"/>
+      <c r="O204" s="57"/>
+      <c r="P204" s="57"/>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" s="70" t="s">
         <v>285</v>
       </c>
-      <c r="C203" s="51"/>
-[...15 lines deleted...]
-      <c r="A204" s="64" t="s">
+      <c r="B205" s="4" t="s">
         <v>286</v>
       </c>
-      <c r="B204" s="4" t="s">
+      <c r="C205" s="57"/>
+      <c r="D205" s="57"/>
+      <c r="E205" s="57"/>
+      <c r="F205" s="57"/>
+      <c r="G205" s="57"/>
+      <c r="H205" s="57"/>
+      <c r="I205" s="57"/>
+      <c r="J205" s="57"/>
+      <c r="K205" s="57"/>
+      <c r="L205" s="57"/>
+      <c r="M205" s="57"/>
+      <c r="N205" s="57"/>
+      <c r="O205" s="57"/>
+      <c r="P205" s="57"/>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" s="70" t="s">
         <v>287</v>
       </c>
-      <c r="C204" s="51"/>
-[...15 lines deleted...]
-      <c r="A205" s="64" t="s">
+      <c r="B206" s="4" t="s">
         <v>288</v>
       </c>
-      <c r="B205" s="4" t="s">
+      <c r="C206" s="57"/>
+      <c r="D206" s="57"/>
+      <c r="E206" s="57"/>
+      <c r="F206" s="57"/>
+      <c r="G206" s="57"/>
+      <c r="H206" s="57"/>
+      <c r="I206" s="57"/>
+      <c r="J206" s="57"/>
+      <c r="K206" s="57"/>
+      <c r="L206" s="57"/>
+      <c r="M206" s="57"/>
+      <c r="N206" s="57"/>
+      <c r="O206" s="57"/>
+      <c r="P206" s="57"/>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" s="70" t="s">
         <v>289</v>
       </c>
-      <c r="C205" s="51"/>
-[...15 lines deleted...]
-      <c r="A206" s="64" t="s">
+      <c r="B207" s="4" t="s">
         <v>290</v>
       </c>
-      <c r="B206" s="4" t="s">
+      <c r="C207" s="57"/>
+      <c r="D207" s="57"/>
+      <c r="E207" s="57"/>
+      <c r="F207" s="57"/>
+      <c r="G207" s="57"/>
+      <c r="H207" s="57"/>
+      <c r="I207" s="57"/>
+      <c r="J207" s="57"/>
+      <c r="K207" s="57"/>
+      <c r="L207" s="57"/>
+      <c r="M207" s="57"/>
+      <c r="N207" s="57"/>
+      <c r="O207" s="57"/>
+      <c r="P207" s="57"/>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" s="70" t="s">
         <v>291</v>
       </c>
-      <c r="C206" s="51"/>
-[...15 lines deleted...]
-      <c r="A207" s="64" t="s">
+      <c r="B208" s="4" t="s">
         <v>292</v>
       </c>
-      <c r="B207" s="4" t="s">
+      <c r="C208" s="57"/>
+      <c r="D208" s="57"/>
+      <c r="E208" s="57"/>
+      <c r="F208" s="57"/>
+      <c r="G208" s="57"/>
+      <c r="H208" s="57"/>
+      <c r="I208" s="57"/>
+      <c r="J208" s="57"/>
+      <c r="K208" s="57"/>
+      <c r="L208" s="57"/>
+      <c r="M208" s="57"/>
+      <c r="N208" s="57"/>
+      <c r="O208" s="57"/>
+      <c r="P208" s="57"/>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" s="58" t="s">
         <v>293</v>
       </c>
-      <c r="C207" s="51"/>
-[...15 lines deleted...]
-      <c r="A208" s="52" t="s">
+      <c r="B209" s="4" t="s">
         <v>294</v>
       </c>
-      <c r="B208" s="4" t="s">
+      <c r="C209" s="57"/>
+      <c r="D209" s="57"/>
+      <c r="E209" s="57"/>
+      <c r="F209" s="57"/>
+      <c r="G209" s="57"/>
+      <c r="H209" s="57"/>
+      <c r="I209" s="57"/>
+      <c r="J209" s="57"/>
+      <c r="K209" s="57"/>
+      <c r="L209" s="57"/>
+      <c r="M209" s="57"/>
+      <c r="N209" s="57"/>
+      <c r="O209" s="57"/>
+      <c r="P209" s="57"/>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" s="58" t="s">
         <v>295</v>
       </c>
-      <c r="C208" s="51"/>
-[...15 lines deleted...]
-      <c r="A209" s="52" t="s">
+      <c r="B210" s="4" t="s">
         <v>296</v>
       </c>
-      <c r="B209" s="4" t="s">
+      <c r="C210" s="57"/>
+      <c r="D210" s="57"/>
+      <c r="E210" s="57"/>
+      <c r="F210" s="57"/>
+      <c r="G210" s="57"/>
+      <c r="H210" s="57"/>
+      <c r="I210" s="57"/>
+      <c r="J210" s="57"/>
+      <c r="K210" s="57"/>
+      <c r="L210" s="57"/>
+      <c r="M210" s="57"/>
+      <c r="N210" s="57"/>
+      <c r="O210" s="57"/>
+      <c r="P210" s="57"/>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" s="58" t="s">
         <v>297</v>
       </c>
-      <c r="C209" s="51"/>
-[...15 lines deleted...]
-      <c r="A210" s="52" t="s">
+      <c r="B211" s="4" t="s">
         <v>298</v>
       </c>
-      <c r="B210" s="4" t="s">
+      <c r="C211" s="57"/>
+      <c r="D211" s="57"/>
+      <c r="E211" s="57"/>
+      <c r="F211" s="57"/>
+      <c r="G211" s="57"/>
+      <c r="H211" s="57"/>
+      <c r="I211" s="57"/>
+      <c r="J211" s="57"/>
+      <c r="K211" s="57"/>
+      <c r="L211" s="57"/>
+      <c r="M211" s="57"/>
+      <c r="N211" s="57"/>
+      <c r="O211" s="57"/>
+      <c r="P211" s="57"/>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" s="70" t="s">
         <v>299</v>
       </c>
-      <c r="C210" s="51"/>
-[...15 lines deleted...]
-      <c r="A211" s="64" t="s">
+      <c r="B212" s="4" t="s">
         <v>300</v>
       </c>
-      <c r="B211" s="4" t="s">
+      <c r="C212" s="57"/>
+      <c r="D212" s="57"/>
+      <c r="E212" s="57"/>
+      <c r="F212" s="57"/>
+      <c r="G212" s="57"/>
+      <c r="H212" s="57"/>
+      <c r="I212" s="57"/>
+      <c r="J212" s="57"/>
+      <c r="K212" s="57"/>
+      <c r="L212" s="57"/>
+      <c r="M212" s="57"/>
+      <c r="N212" s="57"/>
+      <c r="O212" s="57"/>
+      <c r="P212" s="57"/>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" s="58" t="s">
         <v>301</v>
       </c>
-      <c r="C211" s="51"/>
-[...15 lines deleted...]
-      <c r="A212" s="52" t="s">
+      <c r="B213" s="4" t="s">
         <v>302</v>
       </c>
-      <c r="B212" s="4" t="s">
+      <c r="C213" s="57"/>
+      <c r="D213" s="57"/>
+      <c r="E213" s="57"/>
+      <c r="F213" s="57"/>
+      <c r="G213" s="57"/>
+      <c r="H213" s="57"/>
+      <c r="I213" s="57"/>
+      <c r="J213" s="57"/>
+      <c r="K213" s="57"/>
+      <c r="L213" s="57"/>
+      <c r="M213" s="57"/>
+      <c r="N213" s="57"/>
+      <c r="O213" s="57"/>
+      <c r="P213" s="57"/>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" s="58" t="s">
         <v>303</v>
       </c>
-      <c r="C212" s="51"/>
-[...15 lines deleted...]
-      <c r="A213" s="52" t="s">
+      <c r="B214" s="4" t="s">
         <v>304</v>
       </c>
-      <c r="B213" s="4" t="s">
+      <c r="P214" s="57"/>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" s="58" t="s">
         <v>305</v>
       </c>
-      <c r="P213" s="51"/>
-[...2 lines deleted...]
-      <c r="A214" s="52" t="s">
+      <c r="B215" s="4" t="s">
         <v>306</v>
       </c>
-      <c r="B214" s="4" t="s">
+      <c r="C215" s="57"/>
+      <c r="D215" s="57"/>
+      <c r="E215" s="57"/>
+      <c r="F215" s="57"/>
+      <c r="G215" s="57"/>
+      <c r="H215" s="57"/>
+      <c r="I215" s="57"/>
+      <c r="J215" s="57"/>
+      <c r="K215" s="57"/>
+      <c r="L215" s="57"/>
+      <c r="M215" s="57"/>
+      <c r="N215" s="57"/>
+      <c r="O215" s="57"/>
+      <c r="P215" s="57"/>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" s="72"/>
+      <c r="P216" s="57"/>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" s="25" t="s">
         <v>307</v>
       </c>
-      <c r="C214" s="51"/>
-[...41 lines deleted...]
-      </c>
+      <c r="B217" s="51"/>
       <c r="C217" s="51"/>
       <c r="D217" s="51"/>
       <c r="E217" s="51"/>
       <c r="F217" s="51"/>
       <c r="G217" s="51"/>
       <c r="H217" s="51"/>
       <c r="I217" s="51"/>
       <c r="J217" s="51"/>
       <c r="K217" s="51"/>
       <c r="L217" s="51"/>
       <c r="M217" s="51"/>
       <c r="N217" s="51"/>
       <c r="O217" s="51"/>
-      <c r="P217" s="51"/>
+      <c r="P217" s="57"/>
     </row>
     <row r="218" spans="1:16">
-      <c r="A218" s="13"/>
-[...13 lines deleted...]
-      <c r="P218" s="51"/>
+      <c r="A218" s="13" t="s">
+        <v>308</v>
+      </c>
+      <c r="C218" s="57"/>
+      <c r="D218" s="57"/>
+      <c r="E218" s="57"/>
+      <c r="F218" s="57"/>
+      <c r="G218" s="57"/>
+      <c r="H218" s="57"/>
+      <c r="I218" s="57"/>
+      <c r="J218" s="57"/>
+      <c r="K218" s="57"/>
+      <c r="L218" s="57"/>
+      <c r="M218" s="57"/>
+      <c r="N218" s="57"/>
+      <c r="O218" s="57"/>
+      <c r="P218" s="57"/>
     </row>
     <row r="219" spans="1:16">
-      <c r="A219" s="52" t="s">
+      <c r="A219" s="13"/>
+      <c r="C219" s="57"/>
+      <c r="D219" s="57"/>
+      <c r="E219" s="57"/>
+      <c r="F219" s="57"/>
+      <c r="G219" s="57"/>
+      <c r="H219" s="57"/>
+      <c r="I219" s="57"/>
+      <c r="J219" s="57"/>
+      <c r="K219" s="57"/>
+      <c r="L219" s="57"/>
+      <c r="M219" s="57"/>
+      <c r="N219" s="57"/>
+      <c r="O219" s="57"/>
+      <c r="P219" s="57"/>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" s="58" t="s">
+        <v>309</v>
+      </c>
+      <c r="B220" s="4" t="s">
         <v>310</v>
       </c>
-      <c r="B219" s="4" t="s">
-[...37 lines deleted...]
-      <c r="P220" s="51"/>
+      <c r="C220" s="57"/>
+      <c r="D220" s="57"/>
+      <c r="E220" s="57"/>
+      <c r="F220" s="57"/>
+      <c r="G220" s="57"/>
+      <c r="H220" s="57"/>
+      <c r="I220" s="57"/>
+      <c r="J220" s="57"/>
+      <c r="K220" s="57"/>
+      <c r="L220" s="57"/>
+      <c r="M220" s="57"/>
+      <c r="N220" s="57"/>
+      <c r="O220" s="57"/>
+      <c r="P220" s="57"/>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="B221" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="C221" s="57"/>
+      <c r="D221" s="57"/>
+      <c r="E221" s="57"/>
+      <c r="F221" s="57"/>
+      <c r="G221" s="57"/>
+      <c r="H221" s="57"/>
+      <c r="I221" s="57"/>
+      <c r="J221" s="57"/>
+      <c r="K221" s="57"/>
+      <c r="L221" s="57"/>
+      <c r="M221" s="57"/>
+      <c r="N221" s="57"/>
+      <c r="O221" s="57"/>
+      <c r="P221" s="57"/>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="B222" s="4" t="s">
         <v>314</v>
       </c>
-      <c r="B221" s="4" t="s">
+      <c r="C222" s="57"/>
+      <c r="D222" s="57"/>
+      <c r="E222" s="57"/>
+      <c r="F222" s="57"/>
+      <c r="G222" s="57"/>
+      <c r="H222" s="57"/>
+      <c r="I222" s="57"/>
+      <c r="J222" s="57"/>
+      <c r="K222" s="57"/>
+      <c r="L222" s="57"/>
+      <c r="M222" s="57"/>
+      <c r="N222" s="57"/>
+      <c r="O222" s="57"/>
+      <c r="P222" s="57"/>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" s="58" t="s">
         <v>315</v>
       </c>
-      <c r="C221" s="51"/>
-[...15 lines deleted...]
-      <c r="A222" s="52" t="s">
+      <c r="B223" s="4" t="s">
         <v>316</v>
       </c>
-      <c r="B222" s="4" t="s">
+      <c r="P223" s="57"/>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" s="58" t="s">
         <v>317</v>
       </c>
-      <c r="P222" s="51"/>
-[...2 lines deleted...]
-      <c r="A223" s="52" t="s">
+      <c r="B224" s="4" t="s">
         <v>318</v>
       </c>
-      <c r="B223" s="4" t="s">
+      <c r="C224" s="57"/>
+      <c r="D224" s="57"/>
+      <c r="E224" s="57"/>
+      <c r="F224" s="57"/>
+      <c r="G224" s="57"/>
+      <c r="H224" s="57"/>
+      <c r="I224" s="57"/>
+      <c r="J224" s="57"/>
+      <c r="K224" s="57"/>
+      <c r="L224" s="57"/>
+      <c r="M224" s="57"/>
+      <c r="N224" s="57"/>
+      <c r="O224" s="57"/>
+      <c r="P224" s="57"/>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" s="69"/>
+      <c r="P225" s="57"/>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" s="25" t="s">
         <v>319</v>
       </c>
-      <c r="C223" s="51"/>
-[...41 lines deleted...]
-      </c>
+      <c r="B226" s="51"/>
       <c r="C226" s="51"/>
       <c r="D226" s="51"/>
       <c r="E226" s="51"/>
       <c r="F226" s="51"/>
       <c r="G226" s="51"/>
       <c r="H226" s="51"/>
       <c r="I226" s="51"/>
       <c r="J226" s="51"/>
       <c r="K226" s="51"/>
       <c r="L226" s="51"/>
       <c r="M226" s="51"/>
       <c r="N226" s="51"/>
       <c r="O226" s="51"/>
-      <c r="P226" s="51"/>
+      <c r="P226" s="57"/>
     </row>
     <row r="227" spans="1:16">
-      <c r="A227" s="51"/>
-[...13 lines deleted...]
-      <c r="P227" s="51"/>
+      <c r="A227" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C227" s="57"/>
+      <c r="D227" s="57"/>
+      <c r="E227" s="57"/>
+      <c r="F227" s="57"/>
+      <c r="G227" s="57"/>
+      <c r="H227" s="57"/>
+      <c r="I227" s="57"/>
+      <c r="J227" s="57"/>
+      <c r="K227" s="57"/>
+      <c r="L227" s="57"/>
+      <c r="M227" s="57"/>
+      <c r="N227" s="57"/>
+      <c r="O227" s="57"/>
+      <c r="P227" s="57"/>
     </row>
     <row r="228" spans="1:16">
-      <c r="A228" s="52" t="s">
+      <c r="A228" s="57"/>
+      <c r="C228" s="57"/>
+      <c r="D228" s="57"/>
+      <c r="E228" s="57"/>
+      <c r="F228" s="57"/>
+      <c r="G228" s="57"/>
+      <c r="H228" s="57"/>
+      <c r="I228" s="57"/>
+      <c r="J228" s="57"/>
+      <c r="K228" s="57"/>
+      <c r="L228" s="57"/>
+      <c r="M228" s="57"/>
+      <c r="N228" s="57"/>
+      <c r="O228" s="57"/>
+      <c r="P228" s="57"/>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" s="58" t="s">
+        <v>321</v>
+      </c>
+      <c r="B229" s="4" t="s">
         <v>322</v>
       </c>
-      <c r="B228" s="4" t="s">
+      <c r="C229" s="57"/>
+      <c r="D229" s="57"/>
+      <c r="E229" s="57"/>
+      <c r="F229" s="57"/>
+      <c r="G229" s="57"/>
+      <c r="H229" s="57"/>
+      <c r="I229" s="57"/>
+      <c r="J229" s="57"/>
+      <c r="K229" s="57"/>
+      <c r="L229" s="57"/>
+      <c r="M229" s="57"/>
+      <c r="N229" s="57"/>
+      <c r="O229" s="57"/>
+      <c r="P229" s="57"/>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" s="58" t="s">
         <v>323</v>
       </c>
-      <c r="C228" s="51"/>
-[...15 lines deleted...]
-      <c r="A229" s="52" t="s">
+      <c r="B230" s="4" t="s">
         <v>324</v>
       </c>
-      <c r="B229" s="4" t="s">
+      <c r="C230" s="57"/>
+      <c r="D230" s="57"/>
+      <c r="E230" s="57"/>
+      <c r="F230" s="57"/>
+      <c r="G230" s="57"/>
+      <c r="H230" s="57"/>
+      <c r="I230" s="57"/>
+      <c r="J230" s="57"/>
+      <c r="K230" s="57"/>
+      <c r="L230" s="57"/>
+      <c r="M230" s="57"/>
+      <c r="N230" s="57"/>
+      <c r="O230" s="57"/>
+      <c r="P230" s="57"/>
+    </row>
+    <row r="231" spans="1:16" ht="30.75">
+      <c r="A231" s="65" t="s">
         <v>325</v>
       </c>
-      <c r="C229" s="51"/>
-[...15 lines deleted...]
-      <c r="A230" s="60" t="s">
+      <c r="B231" s="4" t="s">
         <v>326</v>
       </c>
-      <c r="B230" s="4" t="s">
+      <c r="C231" s="57"/>
+      <c r="D231" s="57"/>
+      <c r="E231" s="57"/>
+      <c r="F231" s="57"/>
+      <c r="G231" s="57"/>
+      <c r="H231" s="57"/>
+      <c r="I231" s="57"/>
+      <c r="J231" s="57"/>
+      <c r="K231" s="57"/>
+      <c r="L231" s="57"/>
+      <c r="M231" s="57"/>
+      <c r="N231" s="57"/>
+      <c r="O231" s="57"/>
+      <c r="P231" s="57"/>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" s="58" t="s">
         <v>327</v>
       </c>
-      <c r="C230" s="51"/>
-[...15 lines deleted...]
-      <c r="A231" s="52" t="s">
+      <c r="B232" s="4" t="s">
         <v>328</v>
       </c>
-      <c r="B231" s="4" t="s">
+      <c r="C232" s="57"/>
+      <c r="D232" s="57"/>
+      <c r="E232" s="57"/>
+      <c r="F232" s="57"/>
+      <c r="G232" s="57"/>
+      <c r="H232" s="57"/>
+      <c r="I232" s="57"/>
+      <c r="J232" s="57"/>
+      <c r="K232" s="57"/>
+      <c r="L232" s="57"/>
+      <c r="M232" s="57"/>
+      <c r="N232" s="57"/>
+      <c r="O232" s="57"/>
+      <c r="P232" s="57"/>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" s="58" t="s">
         <v>329</v>
       </c>
-      <c r="C231" s="51"/>
-[...15 lines deleted...]
-      <c r="A232" s="52" t="s">
+      <c r="B233" s="4" t="s">
         <v>330</v>
       </c>
-      <c r="B232" s="4" t="s">
+      <c r="P233" s="57"/>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" s="58" t="s">
         <v>331</v>
       </c>
-      <c r="P232" s="51"/>
-[...2 lines deleted...]
-      <c r="A233" s="52" t="s">
+      <c r="B234" s="4" t="s">
         <v>332</v>
       </c>
-      <c r="B233" s="4" t="s">
+      <c r="C234" s="57"/>
+      <c r="D234" s="57"/>
+      <c r="E234" s="57"/>
+      <c r="F234" s="57"/>
+      <c r="G234" s="57"/>
+      <c r="H234" s="57"/>
+      <c r="I234" s="57"/>
+      <c r="J234" s="57"/>
+      <c r="K234" s="57"/>
+      <c r="L234" s="57"/>
+      <c r="M234" s="57"/>
+      <c r="N234" s="57"/>
+      <c r="O234" s="57"/>
+      <c r="P234" s="57"/>
+    </row>
+    <row r="235" spans="1:16" ht="15.75">
+      <c r="A235" s="45" t="s">
         <v>333</v>
       </c>
-      <c r="C233" s="51"/>
-[...15 lines deleted...]
-      <c r="A234" s="46" t="s">
+      <c r="B235" s="12" t="s">
         <v>334</v>
       </c>
-      <c r="B234" s="12" t="s">
+      <c r="C235" s="57"/>
+      <c r="D235" s="57"/>
+      <c r="E235" s="57"/>
+      <c r="F235" s="57"/>
+      <c r="G235" s="57"/>
+      <c r="H235" s="57"/>
+      <c r="I235" s="57"/>
+      <c r="J235" s="57"/>
+      <c r="K235" s="57"/>
+      <c r="L235" s="57"/>
+      <c r="M235" s="57"/>
+      <c r="N235" s="57"/>
+      <c r="O235" s="57"/>
+      <c r="P235" s="57"/>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" s="59"/>
+      <c r="P236" s="57"/>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" s="25" t="s">
         <v>335</v>
       </c>
-      <c r="C234" s="51"/>
-[...41 lines deleted...]
-      </c>
+      <c r="B237" s="51"/>
       <c r="C237" s="51"/>
       <c r="D237" s="51"/>
       <c r="E237" s="51"/>
       <c r="F237" s="51"/>
       <c r="G237" s="51"/>
       <c r="H237" s="51"/>
       <c r="I237" s="51"/>
       <c r="J237" s="51"/>
       <c r="K237" s="51"/>
       <c r="L237" s="51"/>
       <c r="M237" s="51"/>
       <c r="N237" s="51"/>
       <c r="O237" s="51"/>
-      <c r="P237" s="51"/>
+      <c r="P237" s="57"/>
     </row>
     <row r="238" spans="1:16">
-      <c r="A238" s="1"/>
-[...13 lines deleted...]
-      <c r="P238" s="51"/>
+      <c r="A238" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C238" s="57"/>
+      <c r="D238" s="57"/>
+      <c r="E238" s="57"/>
+      <c r="F238" s="57"/>
+      <c r="G238" s="57"/>
+      <c r="H238" s="57"/>
+      <c r="I238" s="57"/>
+      <c r="J238" s="57"/>
+      <c r="K238" s="57"/>
+      <c r="L238" s="57"/>
+      <c r="M238" s="57"/>
+      <c r="N238" s="57"/>
+      <c r="O238" s="57"/>
+      <c r="P238" s="57"/>
     </row>
     <row r="239" spans="1:16">
-      <c r="A239" s="61" t="s">
+      <c r="A239" s="1"/>
+      <c r="C239" s="57"/>
+      <c r="D239" s="57"/>
+      <c r="E239" s="57"/>
+      <c r="F239" s="57"/>
+      <c r="G239" s="57"/>
+      <c r="H239" s="57"/>
+      <c r="I239" s="57"/>
+      <c r="J239" s="57"/>
+      <c r="K239" s="57"/>
+      <c r="L239" s="57"/>
+      <c r="M239" s="57"/>
+      <c r="N239" s="57"/>
+      <c r="O239" s="57"/>
+      <c r="P239" s="57"/>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" s="66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B240" s="4" t="s">
         <v>338</v>
       </c>
-      <c r="B239" s="4" t="s">
+      <c r="P240" s="57"/>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" s="66" t="s">
         <v>339</v>
       </c>
-      <c r="P239" s="51"/>
-[...2 lines deleted...]
-      <c r="A240" s="52" t="s">
+      <c r="B241" s="4" t="s">
         <v>340</v>
       </c>
-      <c r="B240" s="4" t="s">
+      <c r="C241" s="57"/>
+      <c r="D241" s="57"/>
+      <c r="E241" s="57"/>
+      <c r="F241" s="57"/>
+      <c r="G241" s="57"/>
+      <c r="H241" s="57"/>
+      <c r="I241" s="57"/>
+      <c r="J241" s="57"/>
+      <c r="K241" s="57"/>
+      <c r="L241" s="57"/>
+      <c r="M241" s="57"/>
+      <c r="N241" s="57"/>
+      <c r="O241" s="57"/>
+      <c r="P241" s="57"/>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" s="21" t="s">
         <v>341</v>
       </c>
-      <c r="C240" s="51"/>
-[...19 lines deleted...]
-      <c r="A242" s="25" t="s">
+      <c r="B242" s="19" t="s">
         <v>342</v>
       </c>
-      <c r="B242" s="47"/>
-[...13 lines deleted...]
-      <c r="P242" s="51"/>
+      <c r="C242" s="57"/>
+      <c r="D242" s="57"/>
+      <c r="E242" s="57"/>
+      <c r="F242" s="57"/>
+      <c r="G242" s="57"/>
+      <c r="H242" s="57"/>
+      <c r="I242" s="57"/>
+      <c r="J242" s="57"/>
+      <c r="K242" s="57"/>
+      <c r="L242" s="57"/>
+      <c r="M242" s="57"/>
+      <c r="N242" s="57"/>
+      <c r="O242" s="57"/>
+      <c r="P242" s="57"/>
     </row>
     <row r="243" spans="1:16">
-      <c r="A243" s="1" t="s">
+      <c r="A243" s="57"/>
+      <c r="P243" s="57"/>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" s="25" t="s">
         <v>343</v>
       </c>
-      <c r="C243" s="51"/>
-[...15 lines deleted...]
-      <c r="A244" s="51"/>
+      <c r="B244" s="51"/>
       <c r="C244" s="51"/>
       <c r="D244" s="51"/>
       <c r="E244" s="51"/>
       <c r="F244" s="51"/>
       <c r="G244" s="51"/>
       <c r="H244" s="51"/>
       <c r="I244" s="51"/>
       <c r="J244" s="51"/>
       <c r="K244" s="51"/>
       <c r="L244" s="51"/>
       <c r="M244" s="51"/>
       <c r="N244" s="51"/>
       <c r="O244" s="51"/>
-      <c r="P244" s="51"/>
+      <c r="P244" s="57"/>
     </row>
     <row r="245" spans="1:16">
-      <c r="A245" s="52" t="s">
+      <c r="A245" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="B245" s="4" t="s">
+      <c r="C245" s="57"/>
+      <c r="D245" s="57"/>
+      <c r="E245" s="57"/>
+      <c r="F245" s="57"/>
+      <c r="G245" s="57"/>
+      <c r="H245" s="57"/>
+      <c r="I245" s="57"/>
+      <c r="J245" s="57"/>
+      <c r="K245" s="57"/>
+      <c r="L245" s="57"/>
+      <c r="M245" s="57"/>
+      <c r="N245" s="57"/>
+      <c r="O245" s="57"/>
+      <c r="P245" s="57"/>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" s="57"/>
+      <c r="C246" s="57"/>
+      <c r="D246" s="57"/>
+      <c r="E246" s="57"/>
+      <c r="F246" s="57"/>
+      <c r="G246" s="57"/>
+      <c r="H246" s="57"/>
+      <c r="I246" s="57"/>
+      <c r="J246" s="57"/>
+      <c r="K246" s="57"/>
+      <c r="L246" s="57"/>
+      <c r="M246" s="57"/>
+      <c r="N246" s="57"/>
+      <c r="O246" s="57"/>
+      <c r="P246" s="57"/>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" s="58" t="s">
         <v>345</v>
       </c>
-      <c r="C245" s="51"/>
-[...15 lines deleted...]
-      <c r="A246" s="60" t="s">
+      <c r="B247" s="4" t="s">
         <v>346</v>
       </c>
-      <c r="B246" s="4" t="s">
+      <c r="C247" s="57"/>
+      <c r="D247" s="57"/>
+      <c r="E247" s="57"/>
+      <c r="F247" s="57"/>
+      <c r="G247" s="57"/>
+      <c r="H247" s="57"/>
+      <c r="I247" s="57"/>
+      <c r="J247" s="57"/>
+      <c r="K247" s="57"/>
+      <c r="L247" s="57"/>
+      <c r="M247" s="57"/>
+      <c r="N247" s="57"/>
+      <c r="O247" s="57"/>
+      <c r="P247" s="57"/>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" s="65" t="s">
         <v>347</v>
       </c>
-      <c r="C246" s="51"/>
-[...15 lines deleted...]
-      <c r="A247" s="52" t="s">
+      <c r="B248" s="4" t="s">
         <v>348</v>
       </c>
-      <c r="B247" s="4" t="s">
+      <c r="C248" s="57"/>
+      <c r="D248" s="57"/>
+      <c r="E248" s="57"/>
+      <c r="F248" s="57"/>
+      <c r="G248" s="57"/>
+      <c r="H248" s="57"/>
+      <c r="I248" s="57"/>
+      <c r="J248" s="57"/>
+      <c r="K248" s="57"/>
+      <c r="L248" s="57"/>
+      <c r="M248" s="57"/>
+      <c r="N248" s="57"/>
+      <c r="O248" s="57"/>
+      <c r="P248" s="57"/>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" s="58" t="s">
         <v>349</v>
       </c>
-      <c r="C247" s="51"/>
-[...15 lines deleted...]
-      <c r="A248" s="61" t="s">
+      <c r="B249" s="4" t="s">
         <v>350</v>
       </c>
-      <c r="B248" s="4" t="s">
+      <c r="C249" s="57"/>
+      <c r="D249" s="57"/>
+      <c r="E249" s="57"/>
+      <c r="F249" s="57"/>
+      <c r="G249" s="57"/>
+      <c r="H249" s="57"/>
+      <c r="I249" s="57"/>
+      <c r="J249" s="57"/>
+      <c r="K249" s="57"/>
+      <c r="L249" s="57"/>
+      <c r="M249" s="57"/>
+      <c r="N249" s="57"/>
+      <c r="O249" s="57"/>
+      <c r="P249" s="57"/>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" s="66" t="s">
         <v>351</v>
       </c>
-      <c r="C248" s="51"/>
-[...15 lines deleted...]
-      <c r="A249" s="62" t="s">
+      <c r="B250" s="4" t="s">
         <v>352</v>
       </c>
-      <c r="B249" s="19" t="s">
+      <c r="C250" s="57"/>
+      <c r="D250" s="57"/>
+      <c r="E250" s="57"/>
+      <c r="F250" s="57"/>
+      <c r="G250" s="57"/>
+      <c r="H250" s="57"/>
+      <c r="I250" s="57"/>
+      <c r="J250" s="57"/>
+      <c r="K250" s="57"/>
+      <c r="L250" s="57"/>
+      <c r="M250" s="57"/>
+      <c r="N250" s="57"/>
+      <c r="O250" s="57"/>
+      <c r="P250" s="57"/>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" s="67" t="s">
         <v>353</v>
       </c>
-      <c r="P249" s="51"/>
-[...2 lines deleted...]
-      <c r="A250" s="21" t="s">
+      <c r="B251" s="19" t="s">
         <v>354</v>
       </c>
-      <c r="B250" s="19" t="s">
+      <c r="P251" s="57"/>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" s="24" t="s">
         <v>355</v>
       </c>
-      <c r="C250" s="51"/>
-[...19 lines deleted...]
-      <c r="A252" s="25" t="s">
+      <c r="B252" s="19" t="s">
         <v>356</v>
       </c>
-      <c r="B252" s="48"/>
-[...16 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="C252" s="57"/>
+      <c r="D252" s="57"/>
+      <c r="E252" s="57"/>
+      <c r="F252" s="57"/>
+      <c r="G252" s="57"/>
+      <c r="H252" s="57"/>
+      <c r="I252" s="57"/>
+      <c r="J252" s="57"/>
+      <c r="K252" s="57"/>
+      <c r="L252" s="57"/>
+      <c r="M252" s="57"/>
+      <c r="N252" s="57"/>
+      <c r="O252" s="57"/>
+      <c r="P252" s="57"/>
+    </row>
+    <row r="253" spans="1:16" ht="15.75">
+      <c r="A253" s="45" t="s">
         <v>357</v>
       </c>
-      <c r="C253" s="51"/>
-[...12 lines deleted...]
-      <c r="P253" s="51"/>
+      <c r="B253" s="19" t="s">
+        <v>358</v>
+      </c>
+      <c r="C253" s="57"/>
+      <c r="D253" s="57"/>
+      <c r="E253" s="57"/>
+      <c r="F253" s="57"/>
+      <c r="G253" s="57"/>
+      <c r="H253" s="57"/>
+      <c r="I253" s="57"/>
+      <c r="J253" s="57"/>
+      <c r="K253" s="57"/>
+      <c r="L253" s="57"/>
+      <c r="M253" s="57"/>
+      <c r="N253" s="57"/>
+      <c r="O253" s="57"/>
+      <c r="P253" s="57"/>
     </row>
     <row r="254" spans="1:16">
-      <c r="A254" s="66"/>
-[...13 lines deleted...]
-      <c r="P254" s="51"/>
+      <c r="A254" s="59"/>
+      <c r="P254" s="57"/>
     </row>
     <row r="255" spans="1:16">
-      <c r="A255" s="52" t="s">
-[...2 lines deleted...]
-      <c r="B255" s="4" t="s">
+      <c r="A255" s="25" t="s">
         <v>359</v>
       </c>
-      <c r="C255" s="51"/>
-[...12 lines deleted...]
-      <c r="P255" s="51"/>
+      <c r="B255" s="53"/>
+      <c r="C255" s="53"/>
+      <c r="D255" s="53"/>
+      <c r="E255" s="53"/>
+      <c r="F255" s="53"/>
+      <c r="G255" s="53"/>
+      <c r="H255" s="53"/>
+      <c r="I255" s="53"/>
+      <c r="J255" s="53"/>
+      <c r="K255" s="53"/>
+      <c r="L255" s="53"/>
+      <c r="M255" s="53"/>
+      <c r="N255" s="53"/>
+      <c r="O255" s="53"/>
+      <c r="P255" s="57"/>
     </row>
     <row r="256" spans="1:16">
-      <c r="A256" s="62" t="s">
+      <c r="A256" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="B256" s="4" t="s">
+      <c r="C256" s="57"/>
+      <c r="D256" s="57"/>
+      <c r="E256" s="57"/>
+      <c r="F256" s="57"/>
+      <c r="G256" s="57"/>
+      <c r="H256" s="57"/>
+      <c r="I256" s="57"/>
+      <c r="J256" s="57"/>
+      <c r="K256" s="57"/>
+      <c r="L256" s="57"/>
+      <c r="M256" s="57"/>
+      <c r="N256" s="57"/>
+      <c r="O256" s="57"/>
+      <c r="P256" s="57"/>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" s="72"/>
+      <c r="C257" s="57"/>
+      <c r="D257" s="57"/>
+      <c r="E257" s="57"/>
+      <c r="F257" s="57"/>
+      <c r="G257" s="57"/>
+      <c r="H257" s="57"/>
+      <c r="I257" s="57"/>
+      <c r="J257" s="57"/>
+      <c r="K257" s="57"/>
+      <c r="L257" s="57"/>
+      <c r="M257" s="57"/>
+      <c r="N257" s="57"/>
+      <c r="O257" s="57"/>
+      <c r="P257" s="57"/>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" s="58" t="s">
         <v>361</v>
       </c>
-      <c r="C256" s="51"/>
-[...15 lines deleted...]
-      <c r="A257" s="63" t="s">
+      <c r="B258" s="4" t="s">
         <v>362</v>
       </c>
-      <c r="B257" s="4" t="s">
+      <c r="C258" s="57"/>
+      <c r="D258" s="57"/>
+      <c r="E258" s="57"/>
+      <c r="F258" s="57"/>
+      <c r="G258" s="57"/>
+      <c r="H258" s="57"/>
+      <c r="I258" s="57"/>
+      <c r="J258" s="57"/>
+      <c r="K258" s="57"/>
+      <c r="L258" s="57"/>
+      <c r="M258" s="57"/>
+      <c r="N258" s="57"/>
+      <c r="O258" s="57"/>
+      <c r="P258" s="57"/>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" s="67" t="s">
         <v>363</v>
       </c>
-      <c r="C257" s="51"/>
-[...15 lines deleted...]
-      <c r="A258" s="63" t="s">
+      <c r="B259" s="4" t="s">
         <v>364</v>
       </c>
-      <c r="B258" s="4" t="s">
+      <c r="C259" s="57"/>
+      <c r="D259" s="57"/>
+      <c r="E259" s="57"/>
+      <c r="F259" s="57"/>
+      <c r="G259" s="57"/>
+      <c r="H259" s="57"/>
+      <c r="I259" s="57"/>
+      <c r="J259" s="57"/>
+      <c r="K259" s="57"/>
+      <c r="L259" s="57"/>
+      <c r="M259" s="57"/>
+      <c r="N259" s="57"/>
+      <c r="O259" s="57"/>
+      <c r="P259" s="57"/>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" s="69" t="s">
         <v>365</v>
       </c>
-      <c r="C258" s="51"/>
-[...15 lines deleted...]
-      <c r="A259" s="52" t="s">
+      <c r="B260" s="4" t="s">
         <v>366</v>
       </c>
-      <c r="B259" s="4" t="s">
+      <c r="C260" s="57"/>
+      <c r="D260" s="57"/>
+      <c r="E260" s="57"/>
+      <c r="F260" s="57"/>
+      <c r="G260" s="57"/>
+      <c r="H260" s="57"/>
+      <c r="I260" s="57"/>
+      <c r="J260" s="57"/>
+      <c r="K260" s="57"/>
+      <c r="L260" s="57"/>
+      <c r="M260" s="57"/>
+      <c r="N260" s="57"/>
+      <c r="O260" s="57"/>
+      <c r="P260" s="57"/>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" s="69" t="s">
         <v>367</v>
       </c>
-      <c r="C259" s="51"/>
-[...15 lines deleted...]
-      <c r="A260" s="52" t="s">
+      <c r="B261" s="4" t="s">
         <v>368</v>
       </c>
-      <c r="B260" s="4" t="s">
+      <c r="C261" s="57"/>
+      <c r="D261" s="57"/>
+      <c r="E261" s="57"/>
+      <c r="F261" s="57"/>
+      <c r="G261" s="57"/>
+      <c r="H261" s="57"/>
+      <c r="I261" s="57"/>
+      <c r="J261" s="57"/>
+      <c r="K261" s="57"/>
+      <c r="L261" s="57"/>
+      <c r="M261" s="57"/>
+      <c r="N261" s="57"/>
+      <c r="O261" s="57"/>
+      <c r="P261" s="57"/>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" s="58" t="s">
         <v>369</v>
       </c>
-      <c r="P260" s="51"/>
-[...2 lines deleted...]
-      <c r="A261" s="61" t="s">
+      <c r="B262" s="4" t="s">
         <v>370</v>
       </c>
-      <c r="B261" s="16" t="s">
+      <c r="C262" s="57"/>
+      <c r="D262" s="57"/>
+      <c r="E262" s="57"/>
+      <c r="F262" s="57"/>
+      <c r="G262" s="57"/>
+      <c r="H262" s="57"/>
+      <c r="I262" s="57"/>
+      <c r="J262" s="57"/>
+      <c r="K262" s="57"/>
+      <c r="L262" s="57"/>
+      <c r="M262" s="57"/>
+      <c r="N262" s="57"/>
+      <c r="O262" s="57"/>
+      <c r="P262" s="57"/>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" s="58" t="s">
         <v>371</v>
       </c>
-      <c r="C261" s="51"/>
-[...15 lines deleted...]
-      <c r="A262" s="62" t="s">
+      <c r="B263" s="4" t="s">
         <v>372</v>
       </c>
-      <c r="B262" s="36" t="s">
+      <c r="P263" s="57"/>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" s="66" t="s">
         <v>373</v>
       </c>
-      <c r="C262" s="51"/>
-[...20 lines deleted...]
-      <c r="A264" s="25" t="s">
+      <c r="B264" s="16" t="s">
         <v>374</v>
       </c>
-      <c r="B264" s="47"/>
-[...13 lines deleted...]
-      <c r="P264" s="51"/>
+      <c r="C264" s="57"/>
+      <c r="D264" s="57"/>
+      <c r="E264" s="57"/>
+      <c r="F264" s="57"/>
+      <c r="G264" s="57"/>
+      <c r="H264" s="57"/>
+      <c r="I264" s="57"/>
+      <c r="J264" s="57"/>
+      <c r="K264" s="57"/>
+      <c r="L264" s="57"/>
+      <c r="M264" s="57"/>
+      <c r="N264" s="57"/>
+      <c r="O264" s="57"/>
+      <c r="P264" s="57"/>
     </row>
     <row r="265" spans="1:16">
-      <c r="A265" s="1" t="s">
+      <c r="A265" s="67" t="s">
         <v>375</v>
       </c>
-      <c r="C265" s="51"/>
-[...12 lines deleted...]
-      <c r="P265" s="51"/>
+      <c r="B265" s="36" t="s">
+        <v>376</v>
+      </c>
+      <c r="C265" s="57"/>
+      <c r="D265" s="57"/>
+      <c r="E265" s="57"/>
+      <c r="F265" s="57"/>
+      <c r="G265" s="57"/>
+      <c r="H265" s="57"/>
+      <c r="I265" s="57"/>
+      <c r="J265" s="57"/>
+      <c r="K265" s="57"/>
+      <c r="L265" s="57"/>
+      <c r="M265" s="57"/>
+      <c r="N265" s="57"/>
+      <c r="O265" s="57"/>
+      <c r="P265" s="57"/>
     </row>
     <row r="266" spans="1:16">
-      <c r="A266" s="51"/>
-[...13 lines deleted...]
-      <c r="P266" s="51"/>
+      <c r="A266" s="67"/>
+      <c r="B266" s="18"/>
+      <c r="P266" s="57"/>
     </row>
     <row r="267" spans="1:16">
-      <c r="A267" s="64" t="s">
-[...2 lines deleted...]
-      <c r="B267" s="4" t="s">
+      <c r="A267" s="25" t="s">
         <v>377</v>
       </c>
+      <c r="B267" s="51"/>
       <c r="C267" s="51"/>
       <c r="D267" s="51"/>
       <c r="E267" s="51"/>
       <c r="F267" s="51"/>
       <c r="G267" s="51"/>
       <c r="H267" s="51"/>
       <c r="I267" s="51"/>
       <c r="J267" s="51"/>
       <c r="K267" s="51"/>
       <c r="L267" s="51"/>
       <c r="M267" s="51"/>
       <c r="N267" s="51"/>
       <c r="O267" s="51"/>
-      <c r="P267" s="51"/>
+      <c r="P267" s="57"/>
     </row>
     <row r="268" spans="1:16">
-      <c r="A268" s="52" t="s">
+      <c r="A268" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B268" s="4" t="s">
+      <c r="C268" s="57"/>
+      <c r="D268" s="57"/>
+      <c r="E268" s="57"/>
+      <c r="F268" s="57"/>
+      <c r="G268" s="57"/>
+      <c r="H268" s="57"/>
+      <c r="I268" s="57"/>
+      <c r="J268" s="57"/>
+      <c r="K268" s="57"/>
+      <c r="L268" s="57"/>
+      <c r="M268" s="57"/>
+      <c r="N268" s="57"/>
+      <c r="O268" s="57"/>
+      <c r="P268" s="57"/>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" s="57"/>
+      <c r="C269" s="57"/>
+      <c r="D269" s="57"/>
+      <c r="E269" s="57"/>
+      <c r="F269" s="57"/>
+      <c r="G269" s="57"/>
+      <c r="H269" s="57"/>
+      <c r="I269" s="57"/>
+      <c r="J269" s="57"/>
+      <c r="K269" s="57"/>
+      <c r="L269" s="57"/>
+      <c r="M269" s="57"/>
+      <c r="N269" s="57"/>
+      <c r="O269" s="57"/>
+      <c r="P269" s="57"/>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" s="70" t="s">
         <v>379</v>
       </c>
-      <c r="P268" s="51"/>
-[...2 lines deleted...]
-      <c r="A269" s="61" t="s">
+      <c r="B270" s="4" t="s">
         <v>380</v>
       </c>
-      <c r="B269" s="16" t="s">
+      <c r="C270" s="57"/>
+      <c r="D270" s="57"/>
+      <c r="E270" s="57"/>
+      <c r="F270" s="57"/>
+      <c r="G270" s="57"/>
+      <c r="H270" s="57"/>
+      <c r="I270" s="57"/>
+      <c r="J270" s="57"/>
+      <c r="K270" s="57"/>
+      <c r="L270" s="57"/>
+      <c r="M270" s="57"/>
+      <c r="N270" s="57"/>
+      <c r="O270" s="57"/>
+      <c r="P270" s="57"/>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" s="58" t="s">
         <v>381</v>
       </c>
-      <c r="C269" s="51"/>
-[...15 lines deleted...]
-      <c r="A270" s="62" t="s">
+      <c r="B271" s="4" t="s">
         <v>382</v>
       </c>
-      <c r="B270" s="16" t="s">
+      <c r="P271" s="57"/>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" s="66" t="s">
         <v>383</v>
       </c>
-      <c r="C270" s="51"/>
-[...15 lines deleted...]
-      <c r="A271" s="62" t="s">
+      <c r="B272" s="16" t="s">
         <v>384</v>
       </c>
-      <c r="B271" s="16" t="s">
+      <c r="C272" s="57"/>
+      <c r="D272" s="57"/>
+      <c r="E272" s="57"/>
+      <c r="F272" s="57"/>
+      <c r="G272" s="57"/>
+      <c r="H272" s="57"/>
+      <c r="I272" s="57"/>
+      <c r="J272" s="57"/>
+      <c r="K272" s="57"/>
+      <c r="L272" s="57"/>
+      <c r="M272" s="57"/>
+      <c r="N272" s="57"/>
+      <c r="O272" s="57"/>
+      <c r="P272" s="57"/>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" s="67" t="s">
         <v>385</v>
       </c>
-      <c r="C271" s="51"/>
-[...15 lines deleted...]
-      <c r="A272" s="77" t="s">
+      <c r="B273" s="16" t="s">
         <v>386</v>
       </c>
-      <c r="B272" s="16" t="s">
+      <c r="C273" s="57"/>
+      <c r="D273" s="57"/>
+      <c r="E273" s="57"/>
+      <c r="F273" s="57"/>
+      <c r="G273" s="57"/>
+      <c r="H273" s="57"/>
+      <c r="I273" s="57"/>
+      <c r="J273" s="57"/>
+      <c r="K273" s="57"/>
+      <c r="L273" s="57"/>
+      <c r="M273" s="57"/>
+      <c r="N273" s="57"/>
+      <c r="O273" s="57"/>
+      <c r="P273" s="57"/>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" s="67" t="s">
         <v>387</v>
       </c>
-      <c r="C272" s="51"/>
-[...15 lines deleted...]
-      <c r="A273" s="62" t="s">
+      <c r="B274" s="16" t="s">
         <v>388</v>
       </c>
-      <c r="B273" s="12" t="s">
+      <c r="C274" s="57"/>
+      <c r="D274" s="57"/>
+      <c r="E274" s="57"/>
+      <c r="F274" s="57"/>
+      <c r="G274" s="57"/>
+      <c r="H274" s="57"/>
+      <c r="I274" s="57"/>
+      <c r="J274" s="57"/>
+      <c r="K274" s="57"/>
+      <c r="L274" s="57"/>
+      <c r="M274" s="57"/>
+      <c r="N274" s="57"/>
+      <c r="O274" s="57"/>
+      <c r="P274" s="57"/>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" s="68" t="s">
         <v>389</v>
       </c>
-      <c r="C273" s="51"/>
-[...19 lines deleted...]
-      <c r="A275" s="25" t="s">
+      <c r="B275" s="16" t="s">
         <v>390</v>
       </c>
-      <c r="B275" s="47"/>
-[...13 lines deleted...]
-      <c r="P275" s="51"/>
+      <c r="C275" s="57"/>
+      <c r="D275" s="57"/>
+      <c r="E275" s="57"/>
+      <c r="F275" s="57"/>
+      <c r="G275" s="57"/>
+      <c r="H275" s="57"/>
+      <c r="I275" s="57"/>
+      <c r="J275" s="57"/>
+      <c r="K275" s="57"/>
+      <c r="L275" s="57"/>
+      <c r="M275" s="57"/>
+      <c r="N275" s="57"/>
+      <c r="O275" s="57"/>
+      <c r="P275" s="57"/>
     </row>
     <row r="276" spans="1:16">
-      <c r="A276" s="7" t="s">
+      <c r="A276" s="67" t="s">
         <v>391</v>
       </c>
-      <c r="C276" s="51"/>
-[...12 lines deleted...]
-      <c r="P276" s="51"/>
+      <c r="B276" s="12" t="s">
+        <v>392</v>
+      </c>
+      <c r="C276" s="57"/>
+      <c r="D276" s="57"/>
+      <c r="E276" s="57"/>
+      <c r="F276" s="57"/>
+      <c r="G276" s="57"/>
+      <c r="H276" s="57"/>
+      <c r="I276" s="57"/>
+      <c r="J276" s="57"/>
+      <c r="K276" s="57"/>
+      <c r="L276" s="57"/>
+      <c r="M276" s="57"/>
+      <c r="N276" s="57"/>
+      <c r="O276" s="57"/>
+      <c r="P276" s="57"/>
     </row>
     <row r="277" spans="1:16">
-      <c r="A277" s="39"/>
-[...14 lines deleted...]
-      <c r="P277" s="51"/>
+      <c r="A277" s="57"/>
+      <c r="P277" s="57"/>
     </row>
     <row r="278" spans="1:16">
-      <c r="A278" s="40" t="s">
-[...2 lines deleted...]
-      <c r="B278" s="62"/>
+      <c r="A278" s="25" t="s">
+        <v>393</v>
+      </c>
+      <c r="B278" s="51"/>
       <c r="C278" s="51"/>
       <c r="D278" s="51"/>
       <c r="E278" s="51"/>
       <c r="F278" s="51"/>
       <c r="G278" s="51"/>
       <c r="H278" s="51"/>
       <c r="I278" s="51"/>
       <c r="J278" s="51"/>
       <c r="K278" s="51"/>
       <c r="L278" s="51"/>
       <c r="M278" s="51"/>
       <c r="N278" s="51"/>
       <c r="O278" s="51"/>
-      <c r="P278" s="51"/>
+      <c r="P278" s="57"/>
     </row>
     <row r="279" spans="1:16">
-      <c r="A279" s="41" t="s">
-[...2 lines deleted...]
-      <c r="B279" s="78" t="s">
+      <c r="A279" s="7" t="s">
         <v>394</v>
       </c>
-      <c r="C279" s="51"/>
-[...12 lines deleted...]
-      <c r="P279" s="51"/>
+      <c r="C279" s="57"/>
+      <c r="D279" s="57"/>
+      <c r="E279" s="57"/>
+      <c r="F279" s="57"/>
+      <c r="G279" s="57"/>
+      <c r="H279" s="57"/>
+      <c r="I279" s="57"/>
+      <c r="J279" s="57"/>
+      <c r="K279" s="57"/>
+      <c r="L279" s="57"/>
+      <c r="M279" s="57"/>
+      <c r="N279" s="57"/>
+      <c r="O279" s="57"/>
+      <c r="P279" s="57"/>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" s="39"/>
-      <c r="B280" s="62"/>
-[...13 lines deleted...]
-      <c r="P280" s="51"/>
+      <c r="B280" s="67"/>
+      <c r="C280" s="57"/>
+      <c r="D280" s="57"/>
+      <c r="E280" s="57"/>
+      <c r="F280" s="57"/>
+      <c r="G280" s="57"/>
+      <c r="H280" s="57"/>
+      <c r="I280" s="57"/>
+      <c r="J280" s="57"/>
+      <c r="K280" s="57"/>
+      <c r="L280" s="57"/>
+      <c r="M280" s="57"/>
+      <c r="N280" s="57"/>
+      <c r="O280" s="57"/>
+      <c r="P280" s="57"/>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" s="40" t="s">
         <v>395</v>
       </c>
-      <c r="C281" s="51"/>
-[...12 lines deleted...]
-      <c r="P281" s="51"/>
+      <c r="B281" s="67"/>
+      <c r="C281" s="57"/>
+      <c r="D281" s="57"/>
+      <c r="E281" s="57"/>
+      <c r="F281" s="57"/>
+      <c r="G281" s="57"/>
+      <c r="H281" s="57"/>
+      <c r="I281" s="57"/>
+      <c r="J281" s="57"/>
+      <c r="K281" s="57"/>
+      <c r="L281" s="57"/>
+      <c r="M281" s="57"/>
+      <c r="N281" s="57"/>
+      <c r="O281" s="57"/>
+      <c r="P281" s="57"/>
     </row>
     <row r="282" spans="1:16">
-      <c r="A282" s="52" t="s">
+      <c r="A282" s="41" t="s">
         <v>396</v>
       </c>
-      <c r="B282" s="78" t="s">
+      <c r="B282" s="84" t="s">
         <v>397</v>
       </c>
-      <c r="C282" s="51"/>
-[...12 lines deleted...]
-      <c r="P282" s="51"/>
+      <c r="C282" s="57"/>
+      <c r="D282" s="57"/>
+      <c r="E282" s="57"/>
+      <c r="F282" s="57"/>
+      <c r="G282" s="57"/>
+      <c r="H282" s="57"/>
+      <c r="I282" s="57"/>
+      <c r="J282" s="57"/>
+      <c r="K282" s="57"/>
+      <c r="L282" s="57"/>
+      <c r="M282" s="57"/>
+      <c r="N282" s="57"/>
+      <c r="O282" s="57"/>
+      <c r="P282" s="57"/>
     </row>
     <row r="283" spans="1:16">
-      <c r="A283" s="52" t="s">
+      <c r="A283" s="39"/>
+      <c r="B283" s="67"/>
+      <c r="C283" s="57"/>
+      <c r="D283" s="57"/>
+      <c r="E283" s="57"/>
+      <c r="F283" s="57"/>
+      <c r="G283" s="57"/>
+      <c r="H283" s="57"/>
+      <c r="I283" s="57"/>
+      <c r="J283" s="57"/>
+      <c r="K283" s="57"/>
+      <c r="L283" s="57"/>
+      <c r="M283" s="57"/>
+      <c r="N283" s="57"/>
+      <c r="O283" s="57"/>
+      <c r="P283" s="57"/>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" s="40" t="s">
         <v>398</v>
       </c>
-      <c r="B283" s="79" t="s">
+      <c r="C284" s="57"/>
+      <c r="D284" s="57"/>
+      <c r="E284" s="57"/>
+      <c r="F284" s="57"/>
+      <c r="G284" s="57"/>
+      <c r="H284" s="57"/>
+      <c r="I284" s="57"/>
+      <c r="J284" s="57"/>
+      <c r="K284" s="57"/>
+      <c r="L284" s="57"/>
+      <c r="M284" s="57"/>
+      <c r="N284" s="57"/>
+      <c r="O284" s="57"/>
+      <c r="P284" s="57"/>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" s="58" t="s">
         <v>399</v>
       </c>
-      <c r="C283" s="51"/>
-[...33 lines deleted...]
-      <c r="A285" s="33" t="s">
+      <c r="B285" s="84" t="s">
         <v>400</v>
       </c>
-      <c r="C285" s="51"/>
-[...12 lines deleted...]
-      <c r="P285" s="51"/>
+      <c r="C285" s="57"/>
+      <c r="D285" s="57"/>
+      <c r="E285" s="57"/>
+      <c r="F285" s="57"/>
+      <c r="G285" s="57"/>
+      <c r="H285" s="57"/>
+      <c r="I285" s="57"/>
+      <c r="J285" s="57"/>
+      <c r="K285" s="57"/>
+      <c r="L285" s="57"/>
+      <c r="M285" s="57"/>
+      <c r="N285" s="57"/>
+      <c r="O285" s="57"/>
+      <c r="P285" s="57"/>
     </row>
     <row r="286" spans="1:16">
-      <c r="A286" s="65" t="s">
+      <c r="A286" s="58" t="s">
         <v>401</v>
       </c>
-      <c r="B286" s="80" t="s">
+      <c r="B286" s="85" t="s">
         <v>402</v>
       </c>
-      <c r="C286" s="51"/>
-[...12 lines deleted...]
-      <c r="P286" s="51"/>
+      <c r="C286" s="57"/>
+      <c r="D286" s="57"/>
+      <c r="E286" s="57"/>
+      <c r="F286" s="57"/>
+      <c r="G286" s="57"/>
+      <c r="H286" s="57"/>
+      <c r="I286" s="57"/>
+      <c r="J286" s="57"/>
+      <c r="K286" s="57"/>
+      <c r="L286" s="57"/>
+      <c r="M286" s="57"/>
+      <c r="N286" s="57"/>
+      <c r="O286" s="57"/>
+      <c r="P286" s="57"/>
     </row>
     <row r="287" spans="1:16">
-      <c r="A287" s="65" t="s">
+      <c r="A287" s="57"/>
+      <c r="B287" s="18"/>
+      <c r="C287" s="57"/>
+      <c r="D287" s="57"/>
+      <c r="E287" s="57"/>
+      <c r="F287" s="57"/>
+      <c r="G287" s="57"/>
+      <c r="H287" s="57"/>
+      <c r="I287" s="57"/>
+      <c r="J287" s="57"/>
+      <c r="K287" s="57"/>
+      <c r="L287" s="57"/>
+      <c r="M287" s="57"/>
+      <c r="N287" s="57"/>
+      <c r="O287" s="57"/>
+      <c r="P287" s="57"/>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" s="33" t="s">
         <v>403</v>
       </c>
-      <c r="B287" s="80" t="s">
+      <c r="C288" s="57"/>
+      <c r="D288" s="57"/>
+      <c r="E288" s="57"/>
+      <c r="F288" s="57"/>
+      <c r="G288" s="57"/>
+      <c r="H288" s="57"/>
+      <c r="I288" s="57"/>
+      <c r="J288" s="57"/>
+      <c r="K288" s="57"/>
+      <c r="L288" s="57"/>
+      <c r="M288" s="57"/>
+      <c r="N288" s="57"/>
+      <c r="O288" s="57"/>
+      <c r="P288" s="57"/>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" s="71" t="s">
         <v>404</v>
       </c>
-      <c r="C287" s="51"/>
-[...33 lines deleted...]
-      <c r="A289" s="33" t="s">
+      <c r="B289" s="86" t="s">
         <v>405</v>
       </c>
-      <c r="C289" s="51"/>
-[...12 lines deleted...]
-      <c r="P289" s="51"/>
+      <c r="C289" s="57"/>
+      <c r="D289" s="57"/>
+      <c r="E289" s="57"/>
+      <c r="F289" s="57"/>
+      <c r="G289" s="57"/>
+      <c r="H289" s="57"/>
+      <c r="I289" s="57"/>
+      <c r="J289" s="57"/>
+      <c r="K289" s="57"/>
+      <c r="L289" s="57"/>
+      <c r="M289" s="57"/>
+      <c r="N289" s="57"/>
+      <c r="O289" s="57"/>
+      <c r="P289" s="57"/>
     </row>
     <row r="290" spans="1:16">
-      <c r="A290" s="65" t="s">
+      <c r="A290" s="71" t="s">
         <v>406</v>
       </c>
-      <c r="B290" s="80" t="s">
+      <c r="B290" s="86" t="s">
         <v>407</v>
       </c>
-      <c r="C290" s="51"/>
-[...12 lines deleted...]
-      <c r="P290" s="51"/>
+      <c r="C290" s="57"/>
+      <c r="D290" s="57"/>
+      <c r="E290" s="57"/>
+      <c r="F290" s="57"/>
+      <c r="G290" s="57"/>
+      <c r="H290" s="57"/>
+      <c r="I290" s="57"/>
+      <c r="J290" s="57"/>
+      <c r="K290" s="57"/>
+      <c r="L290" s="57"/>
+      <c r="M290" s="57"/>
+      <c r="N290" s="57"/>
+      <c r="O290" s="57"/>
+      <c r="P290" s="57"/>
     </row>
     <row r="291" spans="1:16">
-      <c r="A291" s="65" t="s">
+      <c r="A291" s="7"/>
+      <c r="B291" s="18"/>
+      <c r="C291" s="57"/>
+      <c r="D291" s="57"/>
+      <c r="E291" s="57"/>
+      <c r="F291" s="57"/>
+      <c r="G291" s="57"/>
+      <c r="H291" s="57"/>
+      <c r="I291" s="57"/>
+      <c r="J291" s="57"/>
+      <c r="K291" s="57"/>
+      <c r="L291" s="57"/>
+      <c r="M291" s="57"/>
+      <c r="N291" s="57"/>
+      <c r="O291" s="57"/>
+      <c r="P291" s="57"/>
+    </row>
+    <row r="292" spans="1:16">
+      <c r="A292" s="33" t="s">
         <v>408</v>
       </c>
-      <c r="B291" s="80" t="s">
+      <c r="C292" s="57"/>
+      <c r="D292" s="57"/>
+      <c r="E292" s="57"/>
+      <c r="F292" s="57"/>
+      <c r="G292" s="57"/>
+      <c r="H292" s="57"/>
+      <c r="I292" s="57"/>
+      <c r="J292" s="57"/>
+      <c r="K292" s="57"/>
+      <c r="L292" s="57"/>
+      <c r="M292" s="57"/>
+      <c r="N292" s="57"/>
+      <c r="O292" s="57"/>
+      <c r="P292" s="57"/>
+    </row>
+    <row r="293" spans="1:16">
+      <c r="A293" s="71" t="s">
         <v>409</v>
       </c>
-      <c r="C291" s="51"/>
-[...33 lines deleted...]
-      <c r="A293" s="33" t="s">
+      <c r="B293" s="86" t="s">
         <v>410</v>
       </c>
-      <c r="C293" s="51"/>
-[...12 lines deleted...]
-      <c r="P293" s="51"/>
+      <c r="C293" s="57"/>
+      <c r="D293" s="57"/>
+      <c r="E293" s="57"/>
+      <c r="F293" s="57"/>
+      <c r="G293" s="57"/>
+      <c r="H293" s="57"/>
+      <c r="I293" s="57"/>
+      <c r="J293" s="57"/>
+      <c r="K293" s="57"/>
+      <c r="L293" s="57"/>
+      <c r="M293" s="57"/>
+      <c r="N293" s="57"/>
+      <c r="O293" s="57"/>
+      <c r="P293" s="57"/>
     </row>
     <row r="294" spans="1:16">
-      <c r="A294" s="81" t="s">
+      <c r="A294" s="71" t="s">
         <v>411</v>
       </c>
-      <c r="B294" s="80" t="s">
+      <c r="B294" s="86" t="s">
         <v>412</v>
       </c>
-      <c r="C294" s="51"/>
-[...12 lines deleted...]
-      <c r="P294" s="51"/>
+      <c r="C294" s="57"/>
+      <c r="D294" s="57"/>
+      <c r="E294" s="57"/>
+      <c r="F294" s="57"/>
+      <c r="G294" s="57"/>
+      <c r="H294" s="57"/>
+      <c r="I294" s="57"/>
+      <c r="J294" s="57"/>
+      <c r="K294" s="57"/>
+      <c r="L294" s="57"/>
+      <c r="M294" s="57"/>
+      <c r="N294" s="57"/>
+      <c r="O294" s="57"/>
+      <c r="P294" s="57"/>
     </row>
     <row r="295" spans="1:16">
-      <c r="A295" s="65" t="s">
+      <c r="A295" s="34"/>
+      <c r="B295" s="18"/>
+      <c r="C295" s="57"/>
+      <c r="D295" s="57"/>
+      <c r="E295" s="57"/>
+      <c r="F295" s="57"/>
+      <c r="G295" s="57"/>
+      <c r="H295" s="57"/>
+      <c r="I295" s="57"/>
+      <c r="J295" s="57"/>
+      <c r="K295" s="57"/>
+      <c r="L295" s="57"/>
+      <c r="M295" s="57"/>
+      <c r="N295" s="57"/>
+      <c r="O295" s="57"/>
+      <c r="P295" s="57"/>
+    </row>
+    <row r="296" spans="1:16">
+      <c r="A296" s="33" t="s">
         <v>413</v>
       </c>
-      <c r="B295" s="80" t="s">
+      <c r="C296" s="57"/>
+      <c r="D296" s="57"/>
+      <c r="E296" s="57"/>
+      <c r="F296" s="57"/>
+      <c r="G296" s="57"/>
+      <c r="H296" s="57"/>
+      <c r="I296" s="57"/>
+      <c r="J296" s="57"/>
+      <c r="K296" s="57"/>
+      <c r="L296" s="57"/>
+      <c r="M296" s="57"/>
+      <c r="N296" s="57"/>
+      <c r="O296" s="57"/>
+      <c r="P296" s="57"/>
+    </row>
+    <row r="297" spans="1:16">
+      <c r="A297" s="87" t="s">
         <v>414</v>
       </c>
-      <c r="C295" s="51"/>
-[...15 lines deleted...]
-      <c r="A296" s="65" t="s">
+      <c r="B297" s="86" t="s">
         <v>415</v>
       </c>
-      <c r="B296" s="80" t="s">
+      <c r="C297" s="57"/>
+      <c r="D297" s="57"/>
+      <c r="E297" s="57"/>
+      <c r="F297" s="57"/>
+      <c r="G297" s="57"/>
+      <c r="H297" s="57"/>
+      <c r="I297" s="57"/>
+      <c r="J297" s="57"/>
+      <c r="K297" s="57"/>
+      <c r="L297" s="57"/>
+      <c r="M297" s="57"/>
+      <c r="N297" s="57"/>
+      <c r="O297" s="57"/>
+      <c r="P297" s="57"/>
+    </row>
+    <row r="298" spans="1:16">
+      <c r="A298" s="71" t="s">
         <v>416</v>
       </c>
-      <c r="C296" s="51"/>
-[...33 lines deleted...]
-      <c r="A298" s="33" t="s">
+      <c r="B298" s="86" t="s">
         <v>417</v>
       </c>
-      <c r="C298" s="51"/>
-[...12 lines deleted...]
-      <c r="P298" s="51"/>
+      <c r="C298" s="57"/>
+      <c r="D298" s="57"/>
+      <c r="E298" s="57"/>
+      <c r="F298" s="57"/>
+      <c r="G298" s="57"/>
+      <c r="H298" s="57"/>
+      <c r="I298" s="57"/>
+      <c r="J298" s="57"/>
+      <c r="K298" s="57"/>
+      <c r="L298" s="57"/>
+      <c r="M298" s="57"/>
+      <c r="N298" s="57"/>
+      <c r="O298" s="57"/>
+      <c r="P298" s="57"/>
     </row>
     <row r="299" spans="1:16">
-      <c r="A299" s="65" t="s">
+      <c r="A299" s="71" t="s">
         <v>418</v>
       </c>
-      <c r="B299" s="80" t="s">
+      <c r="B299" s="86" t="s">
         <v>419</v>
       </c>
-      <c r="C299" s="51"/>
-[...12 lines deleted...]
-      <c r="P299" s="51"/>
+      <c r="C299" s="57"/>
+      <c r="D299" s="57"/>
+      <c r="E299" s="57"/>
+      <c r="F299" s="57"/>
+      <c r="G299" s="57"/>
+      <c r="H299" s="57"/>
+      <c r="I299" s="57"/>
+      <c r="J299" s="57"/>
+      <c r="K299" s="57"/>
+      <c r="L299" s="57"/>
+      <c r="M299" s="57"/>
+      <c r="N299" s="57"/>
+      <c r="O299" s="57"/>
+      <c r="P299" s="57"/>
     </row>
     <row r="300" spans="1:16">
-      <c r="A300" s="65" t="s">
+      <c r="A300" s="34"/>
+      <c r="B300" s="18"/>
+      <c r="C300" s="57"/>
+      <c r="D300" s="57"/>
+      <c r="E300" s="57"/>
+      <c r="F300" s="57"/>
+      <c r="G300" s="57"/>
+      <c r="H300" s="57"/>
+      <c r="I300" s="57"/>
+      <c r="J300" s="57"/>
+      <c r="K300" s="57"/>
+      <c r="L300" s="57"/>
+      <c r="M300" s="57"/>
+      <c r="N300" s="57"/>
+      <c r="O300" s="57"/>
+      <c r="P300" s="57"/>
+    </row>
+    <row r="301" spans="1:16">
+      <c r="A301" s="33" t="s">
         <v>420</v>
       </c>
-      <c r="B300" s="80" t="s">
+      <c r="C301" s="57"/>
+      <c r="D301" s="57"/>
+      <c r="E301" s="57"/>
+      <c r="F301" s="57"/>
+      <c r="G301" s="57"/>
+      <c r="H301" s="57"/>
+      <c r="I301" s="57"/>
+      <c r="J301" s="57"/>
+      <c r="K301" s="57"/>
+      <c r="L301" s="57"/>
+      <c r="M301" s="57"/>
+      <c r="N301" s="57"/>
+      <c r="O301" s="57"/>
+      <c r="P301" s="57"/>
+    </row>
+    <row r="302" spans="1:16">
+      <c r="A302" s="71" t="s">
         <v>421</v>
       </c>
-      <c r="C300" s="51"/>
-[...15 lines deleted...]
-      <c r="A301" s="65" t="s">
+      <c r="B302" s="86" t="s">
         <v>422</v>
       </c>
-      <c r="B301" s="80" t="s">
+      <c r="C302" s="57"/>
+      <c r="D302" s="57"/>
+      <c r="E302" s="57"/>
+      <c r="F302" s="57"/>
+      <c r="G302" s="57"/>
+      <c r="H302" s="57"/>
+      <c r="I302" s="57"/>
+      <c r="J302" s="57"/>
+      <c r="K302" s="57"/>
+      <c r="L302" s="57"/>
+      <c r="M302" s="57"/>
+      <c r="N302" s="57"/>
+      <c r="O302" s="57"/>
+      <c r="P302" s="57"/>
+    </row>
+    <row r="303" spans="1:16">
+      <c r="A303" s="71" t="s">
         <v>423</v>
       </c>
-      <c r="C301" s="51"/>
-[...15 lines deleted...]
-      <c r="A302" s="65" t="s">
+      <c r="B303" s="86" t="s">
         <v>424</v>
       </c>
-      <c r="B302" s="80" t="s">
+      <c r="C303" s="57"/>
+      <c r="D303" s="57"/>
+      <c r="E303" s="57"/>
+      <c r="F303" s="57"/>
+      <c r="G303" s="57"/>
+      <c r="H303" s="57"/>
+      <c r="I303" s="57"/>
+      <c r="J303" s="57"/>
+      <c r="K303" s="57"/>
+      <c r="L303" s="57"/>
+      <c r="M303" s="57"/>
+      <c r="N303" s="57"/>
+      <c r="O303" s="57"/>
+      <c r="P303" s="57"/>
+    </row>
+    <row r="304" spans="1:16">
+      <c r="A304" s="71" t="s">
         <v>425</v>
       </c>
-      <c r="C302" s="51"/>
-[...33 lines deleted...]
-      <c r="A304" s="33" t="s">
+      <c r="B304" s="86" t="s">
         <v>426</v>
       </c>
-      <c r="D304" s="51"/>
-[...11 lines deleted...]
-      <c r="P304" s="51"/>
+      <c r="C304" s="57"/>
+      <c r="D304" s="57"/>
+      <c r="E304" s="57"/>
+      <c r="F304" s="57"/>
+      <c r="G304" s="57"/>
+      <c r="H304" s="57"/>
+      <c r="I304" s="57"/>
+      <c r="J304" s="57"/>
+      <c r="K304" s="57"/>
+      <c r="L304" s="57"/>
+      <c r="M304" s="57"/>
+      <c r="N304" s="57"/>
+      <c r="O304" s="57"/>
+      <c r="P304" s="57"/>
     </row>
     <row r="305" spans="1:16">
-      <c r="A305" s="65" t="s">
+      <c r="A305" s="71" t="s">
         <v>427</v>
       </c>
-      <c r="B305" s="80" t="s">
+      <c r="B305" s="86" t="s">
         <v>428</v>
       </c>
-      <c r="C305" s="51"/>
-[...12 lines deleted...]
-      <c r="P305" s="51"/>
+      <c r="C305" s="57"/>
+      <c r="D305" s="57"/>
+      <c r="E305" s="57"/>
+      <c r="F305" s="57"/>
+      <c r="G305" s="57"/>
+      <c r="H305" s="57"/>
+      <c r="I305" s="57"/>
+      <c r="J305" s="57"/>
+      <c r="K305" s="57"/>
+      <c r="L305" s="57"/>
+      <c r="M305" s="57"/>
+      <c r="N305" s="57"/>
+      <c r="O305" s="57"/>
+      <c r="P305" s="57"/>
     </row>
     <row r="306" spans="1:16">
-      <c r="A306" s="65" t="s">
+      <c r="A306" s="57"/>
+      <c r="B306" s="18"/>
+      <c r="C306" s="57"/>
+      <c r="D306" s="57"/>
+      <c r="E306" s="57"/>
+      <c r="F306" s="57"/>
+      <c r="G306" s="57"/>
+      <c r="H306" s="57"/>
+      <c r="I306" s="57"/>
+      <c r="J306" s="57"/>
+      <c r="K306" s="57"/>
+      <c r="L306" s="57"/>
+      <c r="M306" s="57"/>
+      <c r="N306" s="57"/>
+      <c r="O306" s="57"/>
+      <c r="P306" s="57"/>
+    </row>
+    <row r="307" spans="1:16">
+      <c r="A307" s="33" t="s">
         <v>429</v>
       </c>
-      <c r="B306" s="80" t="s">
+      <c r="D307" s="57"/>
+      <c r="E307" s="57"/>
+      <c r="F307" s="57"/>
+      <c r="G307" s="57"/>
+      <c r="H307" s="57"/>
+      <c r="I307" s="57"/>
+      <c r="J307" s="57"/>
+      <c r="K307" s="57"/>
+      <c r="L307" s="57"/>
+      <c r="M307" s="57"/>
+      <c r="N307" s="57"/>
+      <c r="O307" s="57"/>
+      <c r="P307" s="57"/>
+    </row>
+    <row r="308" spans="1:16">
+      <c r="A308" s="71" t="s">
         <v>430</v>
       </c>
-      <c r="C306" s="51"/>
-[...15 lines deleted...]
-      <c r="A307" s="65" t="s">
+      <c r="B308" s="86" t="s">
         <v>431</v>
       </c>
-      <c r="B307" s="80" t="s">
+      <c r="C308" s="57"/>
+      <c r="D308" s="57"/>
+      <c r="E308" s="57"/>
+      <c r="F308" s="57"/>
+      <c r="G308" s="57"/>
+      <c r="H308" s="57"/>
+      <c r="I308" s="57"/>
+      <c r="J308" s="57"/>
+      <c r="K308" s="57"/>
+      <c r="L308" s="57"/>
+      <c r="M308" s="57"/>
+      <c r="N308" s="57"/>
+      <c r="O308" s="57"/>
+      <c r="P308" s="57"/>
+    </row>
+    <row r="309" spans="1:16">
+      <c r="A309" s="71" t="s">
         <v>432</v>
       </c>
-      <c r="C307" s="51"/>
-[...15 lines deleted...]
-      <c r="A308" s="65" t="s">
+      <c r="B309" s="86" t="s">
         <v>433</v>
       </c>
-      <c r="B308" s="80" t="s">
+      <c r="C309" s="57"/>
+      <c r="D309" s="57"/>
+      <c r="E309" s="57"/>
+      <c r="F309" s="57"/>
+      <c r="G309" s="57"/>
+      <c r="H309" s="57"/>
+      <c r="I309" s="57"/>
+      <c r="J309" s="57"/>
+      <c r="K309" s="57"/>
+      <c r="L309" s="57"/>
+      <c r="M309" s="57"/>
+      <c r="N309" s="57"/>
+      <c r="O309" s="57"/>
+      <c r="P309" s="57"/>
+    </row>
+    <row r="310" spans="1:16">
+      <c r="A310" s="71" t="s">
         <v>434</v>
       </c>
-      <c r="C308" s="51"/>
-[...15 lines deleted...]
-      <c r="A309" s="65" t="s">
+      <c r="B310" s="86" t="s">
         <v>435</v>
       </c>
-      <c r="B309" s="80" t="s">
+      <c r="C310" s="57"/>
+      <c r="D310" s="57"/>
+      <c r="E310" s="57"/>
+      <c r="F310" s="57"/>
+      <c r="G310" s="57"/>
+      <c r="H310" s="57"/>
+      <c r="I310" s="57"/>
+      <c r="J310" s="57"/>
+      <c r="K310" s="57"/>
+      <c r="L310" s="57"/>
+      <c r="M310" s="57"/>
+      <c r="N310" s="57"/>
+      <c r="O310" s="57"/>
+      <c r="P310" s="57"/>
+    </row>
+    <row r="311" spans="1:16">
+      <c r="A311" s="71" t="s">
         <v>436</v>
       </c>
-      <c r="C309" s="51"/>
-[...33 lines deleted...]
-      <c r="A311" s="33" t="s">
+      <c r="B311" s="86" t="s">
         <v>437</v>
       </c>
-      <c r="C311" s="51"/>
-[...12 lines deleted...]
-      <c r="P311" s="51"/>
+      <c r="C311" s="57"/>
+      <c r="D311" s="57"/>
+      <c r="E311" s="57"/>
+      <c r="F311" s="57"/>
+      <c r="G311" s="57"/>
+      <c r="H311" s="57"/>
+      <c r="I311" s="57"/>
+      <c r="J311" s="57"/>
+      <c r="K311" s="57"/>
+      <c r="L311" s="57"/>
+      <c r="M311" s="57"/>
+      <c r="N311" s="57"/>
+      <c r="O311" s="57"/>
+      <c r="P311" s="57"/>
     </row>
     <row r="312" spans="1:16">
-      <c r="A312" s="65" t="s">
+      <c r="A312" s="71" t="s">
         <v>438</v>
       </c>
-      <c r="B312" s="80" t="s">
+      <c r="B312" s="86" t="s">
         <v>439</v>
       </c>
-      <c r="C312" s="51"/>
-[...12 lines deleted...]
-      <c r="P312" s="51"/>
+      <c r="C312" s="57"/>
+      <c r="D312" s="57"/>
+      <c r="E312" s="57"/>
+      <c r="F312" s="57"/>
+      <c r="G312" s="57"/>
+      <c r="H312" s="57"/>
+      <c r="I312" s="57"/>
+      <c r="J312" s="57"/>
+      <c r="K312" s="57"/>
+      <c r="L312" s="57"/>
+      <c r="M312" s="57"/>
+      <c r="N312" s="57"/>
+      <c r="O312" s="57"/>
+      <c r="P312" s="57"/>
     </row>
     <row r="313" spans="1:16">
-      <c r="A313" s="65" t="s">
+      <c r="A313" s="57"/>
+      <c r="B313" s="18"/>
+      <c r="C313" s="57"/>
+      <c r="D313" s="57"/>
+      <c r="E313" s="57"/>
+      <c r="F313" s="57"/>
+      <c r="G313" s="57"/>
+      <c r="H313" s="57"/>
+      <c r="I313" s="57"/>
+      <c r="J313" s="57"/>
+      <c r="K313" s="57"/>
+      <c r="L313" s="57"/>
+      <c r="M313" s="57"/>
+      <c r="N313" s="57"/>
+      <c r="O313" s="57"/>
+      <c r="P313" s="57"/>
+    </row>
+    <row r="314" spans="1:16">
+      <c r="A314" s="33" t="s">
         <v>440</v>
       </c>
-      <c r="B313" s="80" t="s">
+      <c r="C314" s="57"/>
+      <c r="D314" s="57"/>
+      <c r="E314" s="57"/>
+      <c r="F314" s="57"/>
+      <c r="G314" s="57"/>
+      <c r="H314" s="57"/>
+      <c r="I314" s="57"/>
+      <c r="J314" s="57"/>
+      <c r="K314" s="57"/>
+      <c r="L314" s="57"/>
+      <c r="M314" s="57"/>
+      <c r="N314" s="57"/>
+      <c r="O314" s="57"/>
+      <c r="P314" s="57"/>
+    </row>
+    <row r="315" spans="1:16">
+      <c r="A315" s="71" t="s">
         <v>441</v>
       </c>
-      <c r="C313" s="51"/>
-[...15 lines deleted...]
-      <c r="A314" s="65" t="s">
+      <c r="B315" s="86" t="s">
         <v>442</v>
       </c>
-      <c r="B314" s="80" t="s">
+      <c r="C315" s="57"/>
+      <c r="D315" s="57"/>
+      <c r="E315" s="57"/>
+      <c r="F315" s="57"/>
+      <c r="G315" s="57"/>
+      <c r="H315" s="57"/>
+      <c r="I315" s="57"/>
+      <c r="J315" s="57"/>
+      <c r="K315" s="57"/>
+      <c r="L315" s="57"/>
+      <c r="M315" s="57"/>
+      <c r="N315" s="57"/>
+      <c r="O315" s="57"/>
+      <c r="P315" s="57"/>
+    </row>
+    <row r="316" spans="1:16">
+      <c r="A316" s="71" t="s">
         <v>443</v>
       </c>
-      <c r="C314" s="51"/>
-[...15 lines deleted...]
-      <c r="A315" s="65" t="s">
+      <c r="B316" s="86" t="s">
         <v>444</v>
       </c>
-      <c r="B315" s="80" t="s">
+      <c r="C316" s="57"/>
+      <c r="D316" s="57"/>
+      <c r="E316" s="57"/>
+      <c r="F316" s="57"/>
+      <c r="G316" s="57"/>
+      <c r="H316" s="57"/>
+      <c r="I316" s="57"/>
+      <c r="J316" s="57"/>
+      <c r="K316" s="57"/>
+      <c r="L316" s="57"/>
+      <c r="M316" s="57"/>
+      <c r="N316" s="57"/>
+      <c r="O316" s="57"/>
+      <c r="P316" s="57"/>
+    </row>
+    <row r="317" spans="1:16">
+      <c r="A317" s="71" t="s">
         <v>445</v>
       </c>
-      <c r="C315" s="51"/>
-[...33 lines deleted...]
-      <c r="A317" s="33" t="s">
+      <c r="B317" s="86" t="s">
         <v>446</v>
       </c>
-      <c r="C317" s="51"/>
-[...12 lines deleted...]
-      <c r="P317" s="51"/>
+      <c r="C317" s="57"/>
+      <c r="D317" s="57"/>
+      <c r="E317" s="57"/>
+      <c r="F317" s="57"/>
+      <c r="G317" s="57"/>
+      <c r="H317" s="57"/>
+      <c r="I317" s="57"/>
+      <c r="J317" s="57"/>
+      <c r="K317" s="57"/>
+      <c r="L317" s="57"/>
+      <c r="M317" s="57"/>
+      <c r="N317" s="57"/>
+      <c r="O317" s="57"/>
+      <c r="P317" s="57"/>
     </row>
     <row r="318" spans="1:16">
-      <c r="A318" s="82" t="s">
+      <c r="A318" s="71" t="s">
         <v>447</v>
       </c>
-      <c r="B318" s="80" t="s">
+      <c r="B318" s="86" t="s">
         <v>448</v>
       </c>
-      <c r="C318" s="51"/>
-[...15 lines deleted...]
-      <c r="A319" s="81" t="s">
+      <c r="C318" s="57"/>
+      <c r="D318" s="57"/>
+      <c r="E318" s="57"/>
+      <c r="F318" s="57"/>
+      <c r="G318" s="57"/>
+      <c r="H318" s="57"/>
+      <c r="I318" s="57"/>
+      <c r="J318" s="57"/>
+      <c r="K318" s="57"/>
+      <c r="L318" s="57"/>
+      <c r="M318" s="57"/>
+      <c r="N318" s="57"/>
+      <c r="O318" s="57"/>
+      <c r="P318" s="57"/>
+    </row>
+    <row r="319" spans="1:16">
+      <c r="A319" s="57"/>
+      <c r="B319" s="18"/>
+      <c r="C319" s="57"/>
+      <c r="D319" s="57"/>
+      <c r="E319" s="57"/>
+      <c r="F319" s="57"/>
+      <c r="G319" s="57"/>
+      <c r="H319" s="57"/>
+      <c r="I319" s="57"/>
+      <c r="J319" s="57"/>
+      <c r="K319" s="57"/>
+      <c r="L319" s="57"/>
+      <c r="M319" s="57"/>
+      <c r="N319" s="57"/>
+      <c r="O319" s="57"/>
+      <c r="P319" s="57"/>
+    </row>
+    <row r="320" spans="1:16">
+      <c r="A320" s="33" t="s">
         <v>449</v>
       </c>
-      <c r="B319" s="83" t="s">
+      <c r="C320" s="57"/>
+      <c r="D320" s="57"/>
+      <c r="E320" s="57"/>
+      <c r="F320" s="57"/>
+      <c r="G320" s="57"/>
+      <c r="H320" s="57"/>
+      <c r="I320" s="57"/>
+      <c r="J320" s="57"/>
+      <c r="K320" s="57"/>
+      <c r="L320" s="57"/>
+      <c r="M320" s="57"/>
+      <c r="N320" s="57"/>
+      <c r="O320" s="57"/>
+      <c r="P320" s="57"/>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" s="88" t="s">
         <v>450</v>
       </c>
-      <c r="C319" s="51"/>
-[...33 lines deleted...]
-      <c r="A321" s="33" t="s">
+      <c r="B321" s="86" t="s">
         <v>451</v>
       </c>
-      <c r="C321" s="51"/>
-[...15 lines deleted...]
-      <c r="A322" s="82" t="s">
+      <c r="C321" s="57"/>
+      <c r="D321" s="57"/>
+      <c r="E321" s="57"/>
+      <c r="F321" s="57"/>
+      <c r="G321" s="57"/>
+      <c r="H321" s="57"/>
+      <c r="I321" s="57"/>
+      <c r="J321" s="57"/>
+      <c r="K321" s="57"/>
+      <c r="L321" s="57"/>
+      <c r="M321" s="57"/>
+      <c r="N321" s="57"/>
+      <c r="O321" s="57"/>
+      <c r="P321" s="57"/>
+    </row>
+    <row r="322" spans="1:16" ht="30.75">
+      <c r="A322" s="87" t="s">
         <v>452</v>
       </c>
-      <c r="B322" s="80" t="s">
+      <c r="B322" s="89" t="s">
         <v>453</v>
       </c>
-      <c r="C322" s="51"/>
-[...15 lines deleted...]
-      <c r="A323" s="81" t="s">
+      <c r="C322" s="57"/>
+      <c r="D322" s="57"/>
+      <c r="E322" s="57"/>
+      <c r="F322" s="57"/>
+      <c r="G322" s="57"/>
+      <c r="H322" s="57"/>
+      <c r="I322" s="57"/>
+      <c r="J322" s="57"/>
+      <c r="K322" s="57"/>
+      <c r="L322" s="57"/>
+      <c r="M322" s="57"/>
+      <c r="N322" s="57"/>
+      <c r="O322" s="57"/>
+      <c r="P322" s="57"/>
+    </row>
+    <row r="323" spans="1:16">
+      <c r="A323" s="59"/>
+      <c r="B323" s="18"/>
+      <c r="C323" s="57"/>
+      <c r="D323" s="57"/>
+      <c r="E323" s="57"/>
+      <c r="F323" s="57"/>
+      <c r="G323" s="57"/>
+      <c r="H323" s="57"/>
+      <c r="I323" s="57"/>
+      <c r="J323" s="57"/>
+      <c r="K323" s="57"/>
+      <c r="L323" s="57"/>
+      <c r="M323" s="57"/>
+      <c r="N323" s="57"/>
+      <c r="O323" s="57"/>
+      <c r="P323" s="57"/>
+    </row>
+    <row r="324" spans="1:16">
+      <c r="A324" s="33" t="s">
         <v>454</v>
       </c>
-      <c r="B323" s="80" t="s">
+      <c r="C324" s="57"/>
+      <c r="D324" s="57"/>
+      <c r="E324" s="57"/>
+      <c r="F324" s="57"/>
+      <c r="G324" s="57"/>
+      <c r="H324" s="57"/>
+      <c r="I324" s="57"/>
+      <c r="J324" s="57"/>
+      <c r="K324" s="57"/>
+      <c r="L324" s="57"/>
+      <c r="M324" s="57"/>
+      <c r="N324" s="57"/>
+      <c r="O324" s="57"/>
+      <c r="P324" s="57"/>
+    </row>
+    <row r="325" spans="1:16">
+      <c r="A325" s="88" t="s">
         <v>455</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="A325" s="51"/>
+      <c r="B325" s="86" t="s">
+        <v>456</v>
+      </c>
+      <c r="C325" s="57"/>
+      <c r="D325" s="57"/>
+      <c r="E325" s="57"/>
+      <c r="F325" s="57"/>
+      <c r="G325" s="57"/>
+      <c r="H325" s="57"/>
+      <c r="I325" s="57"/>
+      <c r="J325" s="57"/>
+      <c r="K325" s="57"/>
+      <c r="L325" s="57"/>
+      <c r="M325" s="57"/>
+      <c r="N325" s="57"/>
+      <c r="O325" s="57"/>
+      <c r="P325" s="57"/>
+    </row>
+    <row r="326" spans="1:16" ht="30.75">
+      <c r="A326" s="87" t="s">
+        <v>457</v>
+      </c>
+      <c r="B326" s="86" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16">
+      <c r="A327" s="57"/>
+    </row>
+    <row r="328" spans="1:16">
+      <c r="A328" s="57"/>
     </row>
   </sheetData>
   <mergeCells count="26">
+    <mergeCell ref="B226:O226"/>
+    <mergeCell ref="B237:O237"/>
+    <mergeCell ref="B244:O244"/>
+    <mergeCell ref="B267:O267"/>
+    <mergeCell ref="B278:O278"/>
+    <mergeCell ref="B255:O255"/>
+    <mergeCell ref="B142:O142"/>
+    <mergeCell ref="B178:O178"/>
+    <mergeCell ref="B185:O185"/>
+    <mergeCell ref="B195:O195"/>
+    <mergeCell ref="B217:O217"/>
+    <mergeCell ref="B110:O110"/>
+    <mergeCell ref="B120:O120"/>
+    <mergeCell ref="B125:O125"/>
+    <mergeCell ref="B130:O130"/>
+    <mergeCell ref="B136:O136"/>
+    <mergeCell ref="A10:O10"/>
+    <mergeCell ref="A18:O18"/>
+    <mergeCell ref="A23:O23"/>
+    <mergeCell ref="A28:O28"/>
+    <mergeCell ref="A33:O33"/>
     <mergeCell ref="A48:O48"/>
     <mergeCell ref="A73:O73"/>
     <mergeCell ref="B78:O78"/>
     <mergeCell ref="B91:O91"/>
     <mergeCell ref="A66:P66"/>
-    <mergeCell ref="A10:O10"/>
-[...19 lines deleted...]
-    <mergeCell ref="B252:O252"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A237" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="A238" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="A19" r:id="rId2" xr:uid="{28CAA346-518F-4524-94B4-EF3C89B93FD6}"/>
-    <hyperlink ref="A122" r:id="rId3" xr:uid="{40084B8D-C6D4-46F8-A22C-568B786485FC}"/>
+    <hyperlink ref="A121" r:id="rId3" xr:uid="{40084B8D-C6D4-46F8-A22C-568B786485FC}"/>
     <hyperlink ref="A24" r:id="rId4" xr:uid="{2B7EE0B9-0128-4D94-B129-A3844BD9B0D0}"/>
     <hyperlink ref="A29" r:id="rId5" xr:uid="{26B648BE-2C08-4949-AF5E-1FA870CB944E}"/>
-    <hyperlink ref="A127" r:id="rId6" xr:uid="{96B9CBEA-252B-4D99-AAE6-3D66219A8A1E}"/>
+    <hyperlink ref="A126" r:id="rId6" xr:uid="{96B9CBEA-252B-4D99-AAE6-3D66219A8A1E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId7"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Times New Roman,Bold"&amp;16&amp;UWIOA POLICY ISSUANCES&amp;"-,Regular"&amp;11
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f8197ce3-f327-445f-9ae6-74b08f5a20a9" xmlns:ns3="69eef59b-4fb6-4551-80fa-880d5adf8c10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="026bd1217e355ff7e2f1f693b614d6df" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A95036446F218841831E389EE0ED1EE2" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3eaa8c69a197245a002e3ef1999eb42d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f8197ce3-f327-445f-9ae6-74b08f5a20a9" xmlns:ns3="69eef59b-4fb6-4551-80fa-880d5adf8c10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9918fa709a77541c7a733ebd3538a2f4" ns2:_="" ns3:_="">
     <xsd:import namespace="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
     <xsd:import namespace="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -8922,76 +8999,87 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="69eef59b-4fb6-4551-80fa-880d5adf8c10" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f8197ce3-f327-445f-9ae6-74b08f5a20a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A1BF38-2809-4F50-9BC5-CB4C1A723C2D}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4316283-FE09-45B7-A2D9-2CE246FD6E4A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C83784A8-EE44-44E9-B015-C0D79B1E62B2}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6187CD5-01AD-4232-9848-4F41A2F49DD1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4316283-FE09-45B7-A2D9-2CE246FD6E4A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>EOLWD</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Caissie, Lisa (EOL)</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A95036446F218841831E389EE0ED1EE2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>924400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>