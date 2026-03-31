--- v1 (2026-01-30)
+++ v2 (2026-03-31)
@@ -1,124 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29512"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/lisa_j_caissie_mass_gov/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/EOL-MDCS-Teams/MDCS Documents/Issuances/WIOA Policies Tracking Spreadsheet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="517" documentId="8_{77D27572-76D3-499B-8FCA-4DCBC61580D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{71E75140-122B-4020-BA25-E4DE94CFC97A}"/>
+  <xr:revisionPtr revIDLastSave="610" documentId="8_{77D27572-76D3-499B-8FCA-4DCBC61580D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FE5C707C-0F29-4ABE-A7E6-57D809351B91}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="459">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="441">
   <si>
     <t>POSTED POLICIES</t>
   </si>
   <si>
     <t>POLICY #</t>
   </si>
   <si>
     <t>ALLOCATIONS - 20</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-allocation-policy-issuances</t>
   </si>
   <si>
-    <t>FY21 RESEA Performance Allocations</t>
-[...22 lines deleted...]
-  <si>
     <t>AMERICAN RESCUE PLAN ACT (ARPA) - 37</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-american-rescue-plan-act-arpa-policy-issuances</t>
   </si>
   <si>
     <t>American Rescue Plan Act (ARPA) Subrecipient Financial Risk Assessment</t>
   </si>
   <si>
     <t>100 DCS 37.100</t>
   </si>
   <si>
     <t>FutureSkills MOSES Data Entry for MassHire Job Seekers</t>
   </si>
   <si>
     <t>100 DCS 37.102.1</t>
   </si>
   <si>
     <t>100 DCS 37.103</t>
   </si>
   <si>
     <t>FutureSkills Career Technical Initiative (CTI) Participant Guidance</t>
   </si>
   <si>
     <t>100 DCS 37.104</t>
@@ -156,74 +132,50 @@
   <si>
     <t>Fidelity Bonding Demonstration Grant</t>
   </si>
   <si>
     <t>100 DCS 33.100</t>
   </si>
   <si>
     <t>FIELD MANAGEMENT &amp; OVERSIGHT - 10</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-field-management-oversight-policy-issuances</t>
   </si>
   <si>
     <t>Required Posters for Display in MassHire Career Centers and Sub-Recipient Offices</t>
   </si>
   <si>
     <t>100 DCS 10.100.7</t>
   </si>
   <si>
     <t>Systems Certification</t>
   </si>
   <si>
     <t>100 DCS 10.101</t>
   </si>
   <si>
-    <t>MassHire Department of Career Services Field Management and Oversight Fiscal Year 2023 Monitoring Review of the MassHire Workforce Boards</t>
-[...22 lines deleted...]
-  <si>
     <t>MassHire Department of Career Services Field Management and Oversight Fiscal Year 2025 Monitoring Review of the MassHire Workforce Boards</t>
   </si>
   <si>
     <t>100 DCS 10.111</t>
   </si>
   <si>
     <t>Data Element Validation for FY 2025</t>
   </si>
   <si>
     <t>100 DCS 10.112</t>
   </si>
   <si>
     <t>MassHire Department of Career Services (MDCS) – State Monitor Advocate (SMA) Monitoring Review of Services Provided to Migrant and Seasonal Farmworkers (MSFWs) by MassHire Career Centers (MCCs)</t>
   </si>
   <si>
     <t>100 DCS 10.113</t>
   </si>
   <si>
     <t>100 DCS 10.114</t>
   </si>
   <si>
     <t>MassHire Department of Career Services Field Management and Oversight Fiscal Year 2026 Monitoring and Biennial Systems Certification Review of the MassHire Workforce Boards</t>
   </si>
   <si>
     <t>100 DCS 10.115</t>
@@ -379,85 +331,80 @@
     <t>100 DCS 02.103</t>
   </si>
   <si>
     <t>WIOA Participation and Exits</t>
   </si>
   <si>
     <t>100 DCS 02.104</t>
   </si>
   <si>
     <t>Migrating Files Off Amazon WorkSpaces (AWS)</t>
   </si>
   <si>
     <t>100 DCS 02.105</t>
   </si>
   <si>
     <t>AppStream Deployment for MOSES Access to Pilot Locations</t>
   </si>
   <si>
     <t>100 DCS 02.106</t>
   </si>
   <si>
     <t>Multi-Factor Authentication for MOSES AppStream Access Required by Non-State Users</t>
   </si>
   <si>
     <t>100 DCS 02.107</t>
-  </si>
-[...4 lines deleted...]
-    <t>100 DCS 02.108</t>
   </si>
   <si>
     <t>MOSES Services Backdating - Maximum to 90 days</t>
   </si>
   <si>
     <t>100 DCS 02.109</t>
   </si>
   <si>
     <t>LEGAL/REGULATORY - 03</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-legalregulatory-policy-issuances</t>
   </si>
   <si>
     <t>Initial Designation of Local Workforce Development Areas</t>
   </si>
   <si>
     <t>100 DCS 03.100 </t>
   </si>
   <si>
     <r>
       <t>Unified Workforce Development System Complaint and Appeals Process</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>100 DCS 03.101.5</t>
   </si>
   <si>
     <t>Record Retention Requirements</t>
   </si>
   <si>
     <t>100 DCS 03.104</t>
   </si>
   <si>
     <t>Confidentiality for EOLWD and Non-EOLWD Employees &amp; Contractors</t>
   </si>
   <si>
     <t>100 DCS 03.106</t>
   </si>
   <si>
     <t>Conflict of Interest &amp; Code of Conduct</t>
   </si>
   <si>
     <t>100 DCS 03.107</t>
@@ -609,158 +556,128 @@
   <si>
     <t>OJT (On the Job Training) - 07</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-ojt-on-the-job-training-policy-issuances</t>
   </si>
   <si>
     <t>On-The-Job Training (OJT) through the Workforce Training Fund Program</t>
   </si>
   <si>
     <t>100 DCS 07.100.1</t>
   </si>
   <si>
     <t>On-the-Job Training (OJT)</t>
   </si>
   <si>
     <t>100 DCS 07.101.1</t>
   </si>
   <si>
     <t>ONE STOP CAREER CENTER OPERATIONS - 08</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-oscc-operations-policy-issuances</t>
   </si>
   <si>
-    <t>Career Center Seminar and Facilitator’s Guide Updated</t>
-[...4 lines deleted...]
-  <si>
     <t>Language Services Assistance for Limited English Proficiency Customers</t>
   </si>
   <si>
     <t>100 DCS 08.101.2</t>
   </si>
   <si>
     <t>WIOA Title I Follow-Up Services for Adults, Dislocated Workers, and Youth</t>
   </si>
   <si>
     <t>100 DCS 08.102.1</t>
   </si>
   <si>
     <t>Migrant Seasonal Farmworker Requirements Under WIOA</t>
   </si>
   <si>
     <t>100 DCS 08.105.1</t>
   </si>
   <si>
     <t>Supportive Services and Needs-Related Payments for Title I Adults, Dislocated Worker and Youth</t>
   </si>
   <si>
     <t>100 DCS 08.106</t>
   </si>
   <si>
     <t>Career Center Seminar (CCS) Requirements for MassHire Career Centers</t>
   </si>
   <si>
     <t>100 DCS 08.107.1</t>
   </si>
   <si>
     <t>Interim Employment and Eligibility for Career and Training Services</t>
   </si>
   <si>
     <t>100 DCS 08.108</t>
   </si>
   <si>
     <t>Accessibility witin the Massachusetts Workforce System WIOA Section 188</t>
   </si>
   <si>
     <t>100 DCS 08.109</t>
   </si>
   <si>
     <t>Functional Guidance by Non-State Management / Supervisory Personnel of DCS Employees Assigned to One-Stop Centers</t>
   </si>
   <si>
     <t>100 DCS 08.110</t>
   </si>
   <si>
-    <t>Standard Operating Procedures for Boards, Career Centers and Fiscal Agents</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Career Planning for Workforce Innovation and Opportunity Act (WIOA) Job Seeker Customers </t>
   </si>
   <si>
     <t>100 DCS 08.112.3</t>
   </si>
   <si>
     <t>WIOA Priority of Service for Jobseeker Customers</t>
   </si>
   <si>
     <t>100 DCS 08.116</t>
   </si>
   <si>
-    <t>MassHire Career Center Situational Office Closings</t>
-[...10 lines deleted...]
-  <si>
     <t>MassHire Virtual Service Delivery Requirements</t>
   </si>
   <si>
     <t>100 DCS 08.121.2</t>
   </si>
   <si>
     <t>JobQuest: Connect with a Career Coach</t>
   </si>
   <si>
     <t>100 DCS 08.124</t>
   </si>
   <si>
     <t>American Sign Language Services - Revised</t>
   </si>
   <si>
     <t>100 DCS 08.125</t>
   </si>
   <si>
-    <t xml:space="preserve">Workforce System Change Notification </t>
-[...4 lines deleted...]
-  <si>
     <t>Guidance for Serving Immigrants in Emergency Assistance Shelters</t>
   </si>
   <si>
     <t>100 DCS 08.127</t>
   </si>
   <si>
     <t>Job Order Process for Businesses Hiring Sheltered Immigrants</t>
   </si>
   <si>
     <t>100 DCS 08.128</t>
   </si>
   <si>
     <t>Supplemental Funds - MassHire Emergency Assistance Shelter Engagement - REVISED</t>
   </si>
   <si>
     <t>100 DCS 08.129</t>
   </si>
   <si>
     <t>Progressive Discipline for Challenging Customers</t>
   </si>
   <si>
     <t>100 DCS 08.130</t>
   </si>
   <si>
     <t>Reporting Requirements: Instances of Suspected Fraud, Program Abuse, and Criminal Conduct</t>
@@ -1062,131 +979,108 @@
   <si>
     <t>Jobs for Veterans Sate Grant (JVSG): Disabled Veterans Outreach Program (DVOP) Outreach Plans</t>
   </si>
   <si>
     <t>100 DCS 15.104</t>
   </si>
   <si>
     <t>Jobs for Veterans State Grant Program Standard Operating Procedures</t>
   </si>
   <si>
     <t>100 DCS 15.105.1</t>
   </si>
   <si>
     <t>Disabled Veteran Outreach Program Specialist (DVOPS) Outreach Plans</t>
   </si>
   <si>
     <t>100 DCS 15.106</t>
   </si>
   <si>
     <t>WAIVERS - 16</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-waiver-policy-issuances</t>
   </si>
   <si>
-    <t>WIOA Waiver for Eligible Training Providers Approved</t>
-[...4 lines deleted...]
-  <si>
     <t>On-The-Job Training Waiver for Small Employer Reimbursement</t>
   </si>
   <si>
     <t>100 DCS 16.101</t>
   </si>
   <si>
     <t>WIOA Waiver Requests: Statutory and Regulatory Requirements</t>
   </si>
   <si>
     <t>100 DCS 16.102</t>
   </si>
   <si>
     <t>WORKFORCE BOARDS - 17</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-workforce-development-board-policy-issuances</t>
   </si>
   <si>
     <t>MassHire Workforce Board Certification Guidance – Revision</t>
   </si>
   <si>
     <t>100 DCS 17.107.1</t>
   </si>
   <si>
-    <t>MassHire FY23 Workforce Board Career Center Oversight and Monitoring Requirements</t>
-[...10 lines deleted...]
-  <si>
     <t>Career Center Certification for MassHire Workforce Boards</t>
   </si>
   <si>
     <t>100 DCS 17.110</t>
   </si>
   <si>
     <t>MassHire Workforce Board Certification Guidance: FY25-FY26</t>
   </si>
   <si>
     <t>100 DCS 17.111</t>
-  </si>
-[...4 lines deleted...]
-    <t>100 DCS 17.112</t>
   </si>
   <si>
     <t>MassHire FY26 Workforce Board Career Center Oversight and Monitoring Requirements</t>
   </si>
   <si>
     <t>100 DCS 17.113</t>
   </si>
   <si>
     <t>WIOA - 18</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-wioa-policy-issuances</t>
   </si>
   <si>
     <r>
       <t>Eligibility Requirements WIOA Title I</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>100 DCS 18.101.6</t>
   </si>
   <si>
     <t xml:space="preserve">Income Inclusions/Exclusions for Low-Income Determination </t>
   </si>
   <si>
     <t>100 DCS 18.105</t>
   </si>
   <si>
     <t>Selective Service Compliance Verification and Related Data Entry in MOSE</t>
   </si>
   <si>
     <t>100 DCS 18.109</t>
   </si>
   <si>
     <t xml:space="preserve">WIOA Eligibility Documentation in a Virtual Environment </t>
   </si>
   <si>
     <t>100 DCS 18.111</t>
@@ -1215,53 +1109,50 @@
   <si>
     <t>100 DCS 18.116</t>
   </si>
   <si>
     <t>YOUTH - 19</t>
   </si>
   <si>
     <t>https://www.mass.gov/service-details/massworkforce-wioa-youth-policy-issuances</t>
   </si>
   <si>
     <t>Youth Procurement Guidance</t>
   </si>
   <si>
     <t>100 DCS 19.100</t>
   </si>
   <si>
     <t xml:space="preserve">WIOA Title I Youth Eligibility </t>
   </si>
   <si>
     <t>100 DCS 19.101.4</t>
   </si>
   <si>
     <t>Youth Eligibility: High Poverty Area</t>
   </si>
   <si>
-    <t>100 DCS 19.102</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Youth Requires Additional Assistance </t>
   </si>
   <si>
     <t>100 DCS 19.104</t>
   </si>
   <si>
     <t xml:space="preserve">5% Income Exception for Non Low-Income “Covered Individuals” </t>
   </si>
   <si>
     <t>100 DCS 19.105</t>
   </si>
   <si>
     <t xml:space="preserve">WIOA Title I Youth Work Experience Expenditure Requirement </t>
   </si>
   <si>
     <t>100 DCS 19.106.1</t>
   </si>
   <si>
     <t xml:space="preserve">WIOA Youth Individual Service Strategy </t>
   </si>
   <si>
     <t>100 DCS 19.107</t>
   </si>
   <si>
     <t>JOINT PARTNER COMMUNICATIONS</t>
@@ -1438,174 +1329,253 @@
     <t>Regional Planning - A Workforce Skills Cabinet Initiative</t>
   </si>
   <si>
     <t>01.2017.2</t>
   </si>
   <si>
     <t>Workforce Innovation and Opportunity Act (WIOA) Joint Partner Local Umbrella Memorandum of Understanding (MOU) –  2nd REVISION</t>
   </si>
   <si>
     <t>02.2017.2</t>
   </si>
   <si>
     <t>2016 Calendar Year</t>
   </si>
   <si>
     <t>Local Interim Memorandum of Understanding (MOU)</t>
   </si>
   <si>
     <t>01.2016</t>
   </si>
   <si>
     <t xml:space="preserve">Workforce Innovation and Opportunity Act (WIOA) Joint Partner Local Umbrella Memorandum of Understanding (MOU) </t>
   </si>
   <si>
     <t>02.2016</t>
+  </si>
+  <si>
+    <t>100 DCS 08.137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Change Notification Process for MassHire Workforce System Situational or Permanent Office Closings  </t>
+  </si>
+  <si>
+    <t>100 DCS 08.111 - Outdted being revised</t>
+  </si>
+  <si>
+    <t>Standard Operating Procedures for Boards, Career Centers and Fiscal Agents - Moved to Non-Active</t>
+  </si>
+  <si>
+    <t>2026 Calendar Year</t>
+  </si>
+  <si>
+    <t>FY2026 Adult and Community Learning Services Adult Career Pathway Funds</t>
+  </si>
+  <si>
+    <t>01.2026</t>
+  </si>
+  <si>
+    <t>FY2025 Adult and Community Learning Services Adult Career Pathway Funds</t>
+  </si>
+  <si>
+    <t>02.2025</t>
+  </si>
+  <si>
+    <t>FY2024 Adult and Community Learning Services Adult Career Pathway Funds</t>
+  </si>
+  <si>
+    <t>03.2024</t>
+  </si>
+  <si>
+    <t>02.2026</t>
+  </si>
+  <si>
+    <t>FY26 WIOA State Partner Infrastructure Contributions</t>
+  </si>
+  <si>
+    <t>FY25 WIOA State Partner Infrastructure Contributions</t>
+  </si>
+  <si>
+    <t>03.2025</t>
+  </si>
+  <si>
+    <t>FY24 WIOA State Partner Infrastructure Contributions</t>
+  </si>
+  <si>
+    <t>04.2024</t>
+  </si>
+  <si>
+    <t>100 DCS 19.102.1</t>
+  </si>
+  <si>
+    <t>Data Element Validation for FY 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF222222"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1710,217 +1680,325 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="90">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -2191,6660 +2269,6569 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-masshire-branding-policy-issuances" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-business-service-policy-issuances" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-waiver-policy-issuances" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/massworkforce-wioa-masshire-media-policy-issuances" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-wioa-masshire-federal-bonding-policy-issuances" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/massworkforce-dua-policy-issuances" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P328"/>
+  <dimension ref="A1:P325"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="S179" sqref="S179"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A229" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B242" sqref="B242"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="103.140625" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" customWidth="1"/>
     <col min="3" max="3" width="0.5703125" customWidth="1"/>
     <col min="4" max="15" width="9.140625" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="0.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="39.75" customHeight="1">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:16" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="26" t="s">
+      <c r="B1" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="57"/>
-[...15 lines deleted...]
-      <c r="A2" s="25" t="s">
+      <c r="C1" s="43"/>
+      <c r="D1" s="43"/>
+      <c r="E1" s="43"/>
+      <c r="F1" s="43"/>
+      <c r="G1" s="43"/>
+      <c r="H1" s="43"/>
+      <c r="I1" s="43"/>
+      <c r="J1" s="43"/>
+      <c r="K1" s="43"/>
+      <c r="L1" s="43"/>
+      <c r="M1" s="43"/>
+      <c r="N1" s="43"/>
+      <c r="O1" s="43"/>
+      <c r="P1" s="43"/>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A2" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="25"/>
-[...15 lines deleted...]
-    <row r="3" spans="1:16">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="43"/>
+    </row>
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="57"/>
-[...34 lines deleted...]
-      <c r="A5" s="58" t="s">
+      <c r="B3" s="43"/>
+      <c r="C3" s="43"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="43"/>
+      <c r="I3" s="43"/>
+      <c r="J3" s="43"/>
+      <c r="K3" s="43"/>
+      <c r="L3" s="43"/>
+      <c r="M3" s="43"/>
+      <c r="N3" s="43"/>
+      <c r="O3" s="43"/>
+      <c r="P3" s="43"/>
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A4" s="43"/>
+      <c r="B4" s="43"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="43"/>
+      <c r="F4" s="43"/>
+      <c r="G4" s="43"/>
+      <c r="H4" s="43"/>
+      <c r="I4" s="43"/>
+      <c r="J4" s="43"/>
+      <c r="K4" s="43"/>
+      <c r="L4" s="43"/>
+      <c r="M4" s="43"/>
+      <c r="N4" s="43"/>
+      <c r="O4" s="43"/>
+      <c r="P4" s="43"/>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="43"/>
+      <c r="D5" s="43"/>
+      <c r="E5" s="43"/>
+      <c r="F5" s="43"/>
+      <c r="G5" s="43"/>
+      <c r="H5" s="43"/>
+      <c r="I5" s="43"/>
+      <c r="J5" s="43"/>
+      <c r="K5" s="43"/>
+      <c r="L5" s="43"/>
+      <c r="M5" s="43"/>
+      <c r="N5" s="43"/>
+      <c r="O5" s="43"/>
+      <c r="P5" s="43"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A6" s="44"/>
+      <c r="B6" s="26"/>
+      <c r="C6" s="43"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="43"/>
+      <c r="F6" s="43"/>
+      <c r="G6" s="43"/>
+      <c r="H6" s="43"/>
+      <c r="I6" s="43"/>
+      <c r="J6" s="43"/>
+      <c r="K6" s="43"/>
+      <c r="L6" s="43"/>
+      <c r="M6" s="43"/>
+      <c r="N6" s="43"/>
+      <c r="O6" s="43"/>
+      <c r="P6" s="43"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A7" s="44"/>
+      <c r="B7" s="26"/>
+      <c r="C7" s="43"/>
+      <c r="D7" s="43"/>
+      <c r="E7" s="43"/>
+      <c r="F7" s="43"/>
+      <c r="G7" s="43"/>
+      <c r="H7" s="43"/>
+      <c r="I7" s="43"/>
+      <c r="J7" s="43"/>
+      <c r="K7" s="43"/>
+      <c r="L7" s="43"/>
+      <c r="M7" s="43"/>
+      <c r="N7" s="43"/>
+      <c r="O7" s="43"/>
+      <c r="P7" s="43"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A8" s="44"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="43"/>
+      <c r="D8" s="43"/>
+      <c r="E8" s="43"/>
+      <c r="F8" s="43"/>
+      <c r="G8" s="43"/>
+      <c r="H8" s="43"/>
+      <c r="I8" s="43"/>
+      <c r="J8" s="43"/>
+      <c r="K8" s="43"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="43"/>
+      <c r="N8" s="43"/>
+      <c r="O8" s="43"/>
+      <c r="P8" s="43"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A9" s="45"/>
+      <c r="B9" s="43"/>
+      <c r="C9" s="43"/>
+      <c r="D9" s="43"/>
+      <c r="E9" s="43"/>
+      <c r="F9" s="43"/>
+      <c r="G9" s="43"/>
+      <c r="H9" s="43"/>
+      <c r="I9" s="43"/>
+      <c r="J9" s="43"/>
+      <c r="K9" s="43"/>
+      <c r="L9" s="43"/>
+      <c r="M9" s="43"/>
+      <c r="N9" s="43"/>
+      <c r="O9" s="43"/>
+      <c r="P9" s="43"/>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A10" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="27" t="s">
+      <c r="B10" s="95"/>
+      <c r="C10" s="95"/>
+      <c r="D10" s="95"/>
+      <c r="E10" s="95"/>
+      <c r="F10" s="95"/>
+      <c r="G10" s="95"/>
+      <c r="H10" s="95"/>
+      <c r="I10" s="95"/>
+      <c r="J10" s="95"/>
+      <c r="K10" s="95"/>
+      <c r="L10" s="95"/>
+      <c r="M10" s="95"/>
+      <c r="N10" s="95"/>
+      <c r="O10" s="95"/>
+      <c r="P10" s="43"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="57"/>
-[...121 lines deleted...]
-      </c>
       <c r="B11" s="6"/>
-      <c r="C11" s="57"/>
-[...14 lines deleted...]
-    <row r="12" spans="1:16">
+      <c r="C11" s="43"/>
+      <c r="D11" s="43"/>
+      <c r="E11" s="43"/>
+      <c r="F11" s="43"/>
+      <c r="G11" s="43"/>
+      <c r="H11" s="43"/>
+      <c r="I11" s="43"/>
+      <c r="J11" s="43"/>
+      <c r="K11" s="43"/>
+      <c r="L11" s="43"/>
+      <c r="M11" s="43"/>
+      <c r="N11" s="43"/>
+      <c r="O11" s="43"/>
+      <c r="P11" s="43"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="6"/>
-      <c r="C12" s="57"/>
-[...102 lines deleted...]
-    <row r="17" spans="1:16">
+      <c r="C12" s="43"/>
+      <c r="D12" s="43"/>
+      <c r="E12" s="43"/>
+      <c r="F12" s="43"/>
+      <c r="G12" s="43"/>
+      <c r="H12" s="43"/>
+      <c r="I12" s="43"/>
+      <c r="J12" s="43"/>
+      <c r="K12" s="43"/>
+      <c r="L12" s="43"/>
+      <c r="M12" s="43"/>
+      <c r="N12" s="43"/>
+      <c r="O12" s="43"/>
+      <c r="P12" s="43"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A13" s="44" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="43"/>
+      <c r="D13" s="43"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="43"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="43"/>
+      <c r="K13" s="43"/>
+      <c r="L13" s="43"/>
+      <c r="M13" s="43"/>
+      <c r="N13" s="43"/>
+      <c r="O13" s="43"/>
+      <c r="P13" s="43"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A14" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="43"/>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="43"/>
+      <c r="G14" s="43"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="43"/>
+      <c r="L14" s="43"/>
+      <c r="M14" s="43"/>
+      <c r="N14" s="43"/>
+      <c r="O14" s="43"/>
+      <c r="P14" s="43"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A15" s="44" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="43"/>
+      <c r="D15" s="43"/>
+      <c r="E15" s="43"/>
+      <c r="F15" s="43"/>
+      <c r="G15" s="43"/>
+      <c r="H15" s="43"/>
+      <c r="I15" s="43"/>
+      <c r="J15" s="43"/>
+      <c r="K15" s="43"/>
+      <c r="L15" s="43"/>
+      <c r="M15" s="43"/>
+      <c r="N15" s="43"/>
+      <c r="O15" s="43"/>
+      <c r="P15" s="43"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A16" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="43"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="43"/>
+      <c r="G16" s="43"/>
+      <c r="H16" s="43"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="43"/>
+      <c r="K16" s="43"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="43"/>
+      <c r="P16" s="43"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" s="1"/>
       <c r="B17" s="6"/>
-      <c r="C17" s="57"/>
-[...34 lines deleted...]
-    <row r="19" spans="1:16">
+      <c r="C17" s="43"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="43"/>
+      <c r="G17" s="43"/>
+      <c r="H17" s="43"/>
+      <c r="I17" s="43"/>
+      <c r="J17" s="43"/>
+      <c r="K17" s="43"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="43"/>
+      <c r="P17" s="43"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
+        <v>13</v>
+      </c>
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+      <c r="F18" s="95"/>
+      <c r="G18" s="95"/>
+      <c r="H18" s="95"/>
+      <c r="I18" s="95"/>
+      <c r="J18" s="95"/>
+      <c r="K18" s="95"/>
+      <c r="L18" s="95"/>
+      <c r="M18" s="95"/>
+      <c r="N18" s="95"/>
+      <c r="O18" s="95"/>
+      <c r="P18" s="43"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B19" s="8"/>
-      <c r="C19" s="57"/>
-[...14 lines deleted...]
-    <row r="20" spans="1:16">
+      <c r="C19" s="43"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="43"/>
+      <c r="F19" s="43"/>
+      <c r="G19" s="43"/>
+      <c r="H19" s="43"/>
+      <c r="I19" s="43"/>
+      <c r="J19" s="43"/>
+      <c r="K19" s="43"/>
+      <c r="L19" s="43"/>
+      <c r="M19" s="43"/>
+      <c r="N19" s="43"/>
+      <c r="O19" s="43"/>
+      <c r="P19" s="43"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" s="7"/>
       <c r="B20" s="8"/>
-      <c r="C20" s="57"/>
-[...37 lines deleted...]
-      <c r="A22" s="57"/>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="43"/>
+      <c r="F20" s="43"/>
+      <c r="G20" s="43"/>
+      <c r="H20" s="43"/>
+      <c r="I20" s="43"/>
+      <c r="J20" s="43"/>
+      <c r="K20" s="43"/>
+      <c r="L20" s="43"/>
+      <c r="M20" s="43"/>
+      <c r="N20" s="43"/>
+      <c r="O20" s="43"/>
+      <c r="P20" s="43"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A21" s="44" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21" s="26" t="s">
+        <v>16</v>
+      </c>
+      <c r="C21" s="43"/>
+      <c r="D21" s="43"/>
+      <c r="E21" s="43"/>
+      <c r="F21" s="43"/>
+      <c r="G21" s="43"/>
+      <c r="H21" s="43"/>
+      <c r="I21" s="43"/>
+      <c r="J21" s="43"/>
+      <c r="K21" s="43"/>
+      <c r="L21" s="43"/>
+      <c r="M21" s="43"/>
+      <c r="N21" s="43"/>
+      <c r="O21" s="43"/>
+      <c r="P21" s="43"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A22" s="43"/>
       <c r="B22" s="6"/>
-      <c r="C22" s="57"/>
-[...34 lines deleted...]
-    <row r="24" spans="1:16">
+      <c r="C22" s="43"/>
+      <c r="D22" s="43"/>
+      <c r="E22" s="43"/>
+      <c r="F22" s="43"/>
+      <c r="G22" s="43"/>
+      <c r="H22" s="43"/>
+      <c r="I22" s="43"/>
+      <c r="J22" s="43"/>
+      <c r="K22" s="43"/>
+      <c r="L22" s="43"/>
+      <c r="M22" s="43"/>
+      <c r="N22" s="43"/>
+      <c r="O22" s="43"/>
+      <c r="P22" s="43"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A23" s="95" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" s="95"/>
+      <c r="C23" s="95"/>
+      <c r="D23" s="95"/>
+      <c r="E23" s="95"/>
+      <c r="F23" s="95"/>
+      <c r="G23" s="95"/>
+      <c r="H23" s="95"/>
+      <c r="I23" s="95"/>
+      <c r="J23" s="95"/>
+      <c r="K23" s="95"/>
+      <c r="L23" s="95"/>
+      <c r="M23" s="95"/>
+      <c r="N23" s="95"/>
+      <c r="O23" s="95"/>
+      <c r="P23" s="43"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="B24" s="8"/>
-      <c r="C24" s="57"/>
-[...14 lines deleted...]
-    <row r="25" spans="1:16">
+      <c r="C24" s="43"/>
+      <c r="D24" s="43"/>
+      <c r="E24" s="43"/>
+      <c r="F24" s="43"/>
+      <c r="G24" s="43"/>
+      <c r="H24" s="43"/>
+      <c r="I24" s="43"/>
+      <c r="J24" s="43"/>
+      <c r="K24" s="43"/>
+      <c r="L24" s="43"/>
+      <c r="M24" s="43"/>
+      <c r="N24" s="43"/>
+      <c r="O24" s="43"/>
+      <c r="P24" s="43"/>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25" s="8"/>
       <c r="B25" s="8"/>
-      <c r="C25" s="57"/>
-[...15 lines deleted...]
-      <c r="A26" s="60" t="s">
+      <c r="C25" s="43"/>
+      <c r="D25" s="43"/>
+      <c r="E25" s="43"/>
+      <c r="F25" s="43"/>
+      <c r="G25" s="43"/>
+      <c r="H25" s="43"/>
+      <c r="I25" s="43"/>
+      <c r="J25" s="43"/>
+      <c r="K25" s="43"/>
+      <c r="L25" s="43"/>
+      <c r="M25" s="43"/>
+      <c r="N25" s="43"/>
+      <c r="O25" s="43"/>
+      <c r="P25" s="43"/>
+    </row>
+    <row r="26" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="46" t="s">
+        <v>19</v>
+      </c>
+      <c r="B26" s="47" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" s="43"/>
+      <c r="D26" s="43"/>
+      <c r="E26" s="43"/>
+      <c r="F26" s="43"/>
+      <c r="G26" s="43"/>
+      <c r="H26" s="43"/>
+      <c r="I26" s="43"/>
+      <c r="J26" s="43"/>
+      <c r="K26" s="43"/>
+      <c r="L26" s="43"/>
+      <c r="M26" s="43"/>
+      <c r="N26" s="43"/>
+      <c r="O26" s="43"/>
+      <c r="P26" s="43"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A27" s="43"/>
+      <c r="B27" s="48"/>
+      <c r="C27" s="43"/>
+      <c r="D27" s="43"/>
+      <c r="E27" s="43"/>
+      <c r="F27" s="43"/>
+      <c r="G27" s="43"/>
+      <c r="H27" s="43"/>
+      <c r="I27" s="43"/>
+      <c r="J27" s="43"/>
+      <c r="K27" s="43"/>
+      <c r="L27" s="43"/>
+      <c r="M27" s="43"/>
+      <c r="N27" s="43"/>
+      <c r="O27" s="43"/>
+      <c r="P27" s="43"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A28" s="95" t="s">
+        <v>21</v>
+      </c>
+      <c r="B28" s="95"/>
+      <c r="C28" s="95"/>
+      <c r="D28" s="95"/>
+      <c r="E28" s="95"/>
+      <c r="F28" s="95"/>
+      <c r="G28" s="95"/>
+      <c r="H28" s="95"/>
+      <c r="I28" s="95"/>
+      <c r="J28" s="95"/>
+      <c r="K28" s="95"/>
+      <c r="L28" s="95"/>
+      <c r="M28" s="95"/>
+      <c r="N28" s="95"/>
+      <c r="O28" s="95"/>
+      <c r="P28" s="43"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A29" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" s="48"/>
+      <c r="C29" s="43"/>
+      <c r="D29" s="43"/>
+      <c r="E29" s="43"/>
+      <c r="F29" s="43"/>
+      <c r="G29" s="43"/>
+      <c r="H29" s="43"/>
+      <c r="I29" s="43"/>
+      <c r="J29" s="43"/>
+      <c r="K29" s="43"/>
+      <c r="L29" s="43"/>
+      <c r="M29" s="43"/>
+      <c r="N29" s="43"/>
+      <c r="O29" s="43"/>
+      <c r="P29" s="43"/>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A30" s="9"/>
+      <c r="B30" s="48"/>
+      <c r="C30" s="43"/>
+      <c r="D30" s="43"/>
+      <c r="E30" s="43"/>
+      <c r="F30" s="43"/>
+      <c r="G30" s="43"/>
+      <c r="H30" s="43"/>
+      <c r="I30" s="43"/>
+      <c r="J30" s="43"/>
+      <c r="K30" s="43"/>
+      <c r="L30" s="43"/>
+      <c r="M30" s="43"/>
+      <c r="N30" s="43"/>
+      <c r="O30" s="43"/>
+      <c r="P30" s="43"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A31" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" s="43"/>
+      <c r="D31" s="43"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="43"/>
+      <c r="L31" s="43"/>
+      <c r="M31" s="43"/>
+      <c r="N31" s="43"/>
+      <c r="O31" s="43"/>
+      <c r="P31" s="43"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A32" s="43"/>
+      <c r="B32" s="48"/>
+      <c r="C32" s="43"/>
+      <c r="D32" s="43"/>
+      <c r="E32" s="43"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="43"/>
+      <c r="H32" s="43"/>
+      <c r="I32" s="43"/>
+      <c r="J32" s="43"/>
+      <c r="K32" s="43"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="43"/>
+      <c r="N32" s="43"/>
+      <c r="O32" s="43"/>
+      <c r="P32" s="43"/>
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A33" s="95" t="s">
+        <v>25</v>
+      </c>
+      <c r="B33" s="95"/>
+      <c r="C33" s="95"/>
+      <c r="D33" s="95"/>
+      <c r="E33" s="95"/>
+      <c r="F33" s="95"/>
+      <c r="G33" s="95"/>
+      <c r="H33" s="95"/>
+      <c r="I33" s="95"/>
+      <c r="J33" s="95"/>
+      <c r="K33" s="95"/>
+      <c r="L33" s="95"/>
+      <c r="M33" s="95"/>
+      <c r="N33" s="95"/>
+      <c r="O33" s="95"/>
+      <c r="P33" s="43"/>
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="43"/>
+      <c r="C34" s="43"/>
+      <c r="D34" s="43"/>
+      <c r="E34" s="43"/>
+      <c r="F34" s="43"/>
+      <c r="G34" s="43"/>
+      <c r="H34" s="43"/>
+      <c r="I34" s="43"/>
+      <c r="J34" s="43"/>
+      <c r="K34" s="43"/>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="43"/>
+      <c r="P34" s="43"/>
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A35" s="1"/>
+      <c r="B35" s="43"/>
+      <c r="C35" s="43"/>
+      <c r="D35" s="43"/>
+      <c r="E35" s="43"/>
+      <c r="F35" s="43"/>
+      <c r="G35" s="43"/>
+      <c r="H35" s="43"/>
+      <c r="I35" s="43"/>
+      <c r="J35" s="43"/>
+      <c r="K35" s="43"/>
+      <c r="L35" s="43"/>
+      <c r="M35" s="43"/>
+      <c r="N35" s="43"/>
+      <c r="O35" s="43"/>
+      <c r="P35" s="43"/>
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A36" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="B26" s="61" t="s">
+      <c r="B36" s="32" t="s">
         <v>28</v>
       </c>
-      <c r="C26" s="57"/>
-[...33 lines deleted...]
-      <c r="A28" s="51" t="s">
+      <c r="C36" s="43"/>
+      <c r="D36" s="43"/>
+      <c r="E36" s="43"/>
+      <c r="F36" s="43"/>
+      <c r="G36" s="43"/>
+      <c r="H36" s="43"/>
+      <c r="I36" s="43"/>
+      <c r="J36" s="43"/>
+      <c r="K36" s="43"/>
+      <c r="L36" s="43"/>
+      <c r="M36" s="43"/>
+      <c r="N36" s="43"/>
+      <c r="O36" s="43"/>
+      <c r="P36" s="48"/>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A37" s="50" t="s">
         <v>29</v>
       </c>
-      <c r="B28" s="51"/>
-[...16 lines deleted...]
-      <c r="A29" s="9" t="s">
+      <c r="B37" s="32" t="s">
         <v>30</v>
       </c>
-      <c r="B29" s="62"/>
-[...34 lines deleted...]
-      <c r="A31" s="58" t="s">
+      <c r="C37" s="43"/>
+      <c r="D37" s="43"/>
+      <c r="E37" s="43"/>
+      <c r="F37" s="43"/>
+      <c r="G37" s="43"/>
+      <c r="H37" s="43"/>
+      <c r="I37" s="43"/>
+      <c r="J37" s="43"/>
+      <c r="K37" s="43"/>
+      <c r="L37" s="43"/>
+      <c r="M37" s="43"/>
+      <c r="N37" s="43"/>
+      <c r="O37" s="43"/>
+      <c r="P37" s="48"/>
+    </row>
+    <row r="38" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A38" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="B31" s="63" t="s">
+      <c r="B38" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="C31" s="57"/>
-[...33 lines deleted...]
-      <c r="A33" s="51" t="s">
+      <c r="C38" s="43"/>
+      <c r="D38" s="43"/>
+      <c r="E38" s="43"/>
+      <c r="F38" s="43"/>
+      <c r="G38" s="43"/>
+      <c r="H38" s="43"/>
+      <c r="I38" s="43"/>
+      <c r="J38" s="43"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="43"/>
+      <c r="M38" s="43"/>
+      <c r="N38" s="43"/>
+      <c r="O38" s="43"/>
+      <c r="P38" s="43"/>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A39" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="B33" s="51"/>
-[...16 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B39" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="B34" s="57"/>
-[...34 lines deleted...]
-      <c r="A36" s="64" t="s">
+      <c r="C39" s="43"/>
+      <c r="D39" s="43"/>
+      <c r="E39" s="43"/>
+      <c r="F39" s="43"/>
+      <c r="G39" s="43"/>
+      <c r="H39" s="43"/>
+      <c r="I39" s="43"/>
+      <c r="J39" s="43"/>
+      <c r="K39" s="43"/>
+      <c r="L39" s="43"/>
+      <c r="M39" s="43"/>
+      <c r="N39" s="43"/>
+      <c r="O39" s="43"/>
+      <c r="P39" s="43"/>
+    </row>
+    <row r="40" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="34" t="s">
         <v>35</v>
       </c>
-      <c r="B36" s="35" t="s">
+      <c r="B40" s="35" t="s">
         <v>36</v>
       </c>
-      <c r="C36" s="57"/>
-[...15 lines deleted...]
-      <c r="A37" s="64" t="s">
+      <c r="C40" s="53"/>
+      <c r="D40" s="53"/>
+      <c r="E40" s="53"/>
+      <c r="F40" s="53"/>
+      <c r="G40" s="53"/>
+      <c r="H40" s="53"/>
+      <c r="I40" s="53"/>
+      <c r="J40" s="53"/>
+      <c r="K40" s="53"/>
+      <c r="L40" s="53"/>
+      <c r="M40" s="53"/>
+      <c r="N40" s="53"/>
+      <c r="O40" s="53"/>
+      <c r="P40" s="43"/>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A41" s="20" t="s">
+        <v>440</v>
+      </c>
+      <c r="B41" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="B37" s="35" t="s">
+      <c r="C41" s="43"/>
+      <c r="D41" s="43"/>
+      <c r="E41" s="43"/>
+      <c r="F41" s="43"/>
+      <c r="G41" s="43"/>
+      <c r="H41" s="43"/>
+      <c r="I41" s="43"/>
+      <c r="J41" s="43"/>
+      <c r="K41" s="43"/>
+      <c r="L41" s="43"/>
+      <c r="M41" s="43"/>
+      <c r="N41" s="43"/>
+      <c r="O41" s="43"/>
+      <c r="P41" s="43"/>
+    </row>
+    <row r="42" spans="1:16" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="C37" s="57"/>
-[...15 lines deleted...]
-      <c r="A38" s="65" t="s">
+      <c r="B42" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B38" s="27" t="s">
+      <c r="C42" s="43"/>
+      <c r="D42" s="43"/>
+      <c r="E42" s="43"/>
+      <c r="F42" s="43"/>
+      <c r="G42" s="43"/>
+      <c r="H42" s="43"/>
+      <c r="I42" s="43"/>
+      <c r="J42" s="43"/>
+      <c r="K42" s="43"/>
+      <c r="L42" s="43"/>
+      <c r="M42" s="43"/>
+      <c r="N42" s="43"/>
+      <c r="O42" s="43"/>
+      <c r="P42" s="43"/>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="C43" s="43"/>
+      <c r="D43" s="43"/>
+      <c r="E43" s="43"/>
+      <c r="F43" s="43"/>
+      <c r="G43" s="43"/>
+      <c r="H43" s="43"/>
+      <c r="I43" s="43"/>
+      <c r="J43" s="43"/>
+      <c r="K43" s="43"/>
+      <c r="L43" s="43"/>
+      <c r="M43" s="43"/>
+      <c r="N43" s="43"/>
+      <c r="O43" s="43"/>
+      <c r="P43" s="43"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A44" s="99" t="s">
         <v>40</v>
       </c>
-      <c r="C38" s="57"/>
-[...15 lines deleted...]
-      <c r="A39" s="58" t="s">
+      <c r="B44" s="99"/>
+      <c r="C44" s="99"/>
+      <c r="D44" s="99"/>
+      <c r="E44" s="99"/>
+      <c r="F44" s="99"/>
+      <c r="G44" s="99"/>
+      <c r="H44" s="99"/>
+      <c r="I44" s="99"/>
+      <c r="J44" s="99"/>
+      <c r="K44" s="99"/>
+      <c r="L44" s="99"/>
+      <c r="M44" s="99"/>
+      <c r="N44" s="99"/>
+      <c r="O44" s="99"/>
+      <c r="P44" s="43"/>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="28" t="s">
+      <c r="B45" s="43"/>
+      <c r="C45" s="43"/>
+      <c r="D45" s="43"/>
+      <c r="E45" s="43"/>
+      <c r="F45" s="43"/>
+      <c r="G45" s="43"/>
+      <c r="H45" s="43"/>
+      <c r="I45" s="43"/>
+      <c r="J45" s="43"/>
+      <c r="K45" s="43"/>
+      <c r="L45" s="43"/>
+      <c r="M45" s="43"/>
+      <c r="N45" s="43"/>
+      <c r="O45" s="43"/>
+      <c r="P45" s="43"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A46" s="1"/>
+      <c r="B46" s="43"/>
+      <c r="C46" s="43"/>
+      <c r="D46" s="43"/>
+      <c r="E46" s="43"/>
+      <c r="F46" s="43"/>
+      <c r="G46" s="43"/>
+      <c r="H46" s="43"/>
+      <c r="I46" s="43"/>
+      <c r="J46" s="43"/>
+      <c r="K46" s="43"/>
+      <c r="L46" s="43"/>
+      <c r="M46" s="43"/>
+      <c r="N46" s="43"/>
+      <c r="O46" s="43"/>
+      <c r="P46" s="43"/>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A47" s="55" t="s">
         <v>42</v>
       </c>
-      <c r="C39" s="57"/>
-[...15 lines deleted...]
-      <c r="A40" s="66" t="s">
+      <c r="B47" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="B40" s="28" t="s">
+      <c r="C47" s="43"/>
+      <c r="D47" s="43"/>
+      <c r="E47" s="43"/>
+      <c r="F47" s="43"/>
+      <c r="G47" s="43"/>
+      <c r="H47" s="43"/>
+      <c r="I47" s="43"/>
+      <c r="J47" s="43"/>
+      <c r="K47" s="43"/>
+      <c r="L47" s="43"/>
+      <c r="M47" s="43"/>
+      <c r="N47" s="43"/>
+      <c r="O47" s="43"/>
+      <c r="P47" s="43"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A48" s="44" t="s">
         <v>44</v>
       </c>
-      <c r="C40" s="57"/>
-[...15 lines deleted...]
-      <c r="A41" s="22" t="s">
+      <c r="B48" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="B41" s="29" t="s">
+      <c r="C48" s="43"/>
+      <c r="D48" s="43"/>
+      <c r="E48" s="43"/>
+      <c r="F48" s="43"/>
+      <c r="G48" s="43"/>
+      <c r="H48" s="43"/>
+      <c r="I48" s="43"/>
+      <c r="J48" s="43"/>
+      <c r="K48" s="43"/>
+      <c r="L48" s="43"/>
+      <c r="M48" s="43"/>
+      <c r="N48" s="43"/>
+      <c r="O48" s="43"/>
+      <c r="P48" s="43"/>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A49" s="44" t="s">
         <v>46</v>
       </c>
-      <c r="C41" s="57"/>
-[...15 lines deleted...]
-      <c r="A42" s="23" t="s">
+      <c r="B49" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="B42" s="30" t="s">
+      <c r="C49" s="43"/>
+      <c r="D49" s="43"/>
+      <c r="E49" s="43"/>
+      <c r="F49" s="43"/>
+      <c r="G49" s="43"/>
+      <c r="H49" s="43"/>
+      <c r="I49" s="43"/>
+      <c r="J49" s="43"/>
+      <c r="K49" s="43"/>
+      <c r="L49" s="43"/>
+      <c r="M49" s="43"/>
+      <c r="N49" s="43"/>
+      <c r="O49" s="43"/>
+      <c r="P49" s="43"/>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A50" s="44" t="s">
         <v>48</v>
       </c>
-      <c r="C42" s="57"/>
-[...15 lines deleted...]
-      <c r="A43" s="24" t="s">
+      <c r="B50" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="B43" s="31" t="s">
+      <c r="C50" s="43"/>
+      <c r="D50" s="43"/>
+      <c r="E50" s="43"/>
+      <c r="F50" s="43"/>
+      <c r="G50" s="43"/>
+      <c r="H50" s="43"/>
+      <c r="I50" s="43"/>
+      <c r="J50" s="43"/>
+      <c r="K50" s="43"/>
+      <c r="L50" s="43"/>
+      <c r="M50" s="43"/>
+      <c r="N50" s="43"/>
+      <c r="O50" s="43"/>
+      <c r="P50" s="43"/>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A51" s="55" t="s">
         <v>50</v>
       </c>
-      <c r="C43" s="57"/>
-[...15 lines deleted...]
-      <c r="A44" s="37" t="s">
+      <c r="B51" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="B44" s="38" t="s">
+      <c r="C51" s="43"/>
+      <c r="D51" s="43"/>
+      <c r="E51" s="43"/>
+      <c r="F51" s="43"/>
+      <c r="G51" s="43"/>
+      <c r="H51" s="43"/>
+      <c r="I51" s="43"/>
+      <c r="J51" s="43"/>
+      <c r="K51" s="43"/>
+      <c r="L51" s="43"/>
+      <c r="M51" s="43"/>
+      <c r="N51" s="43"/>
+      <c r="O51" s="43"/>
+      <c r="P51" s="43"/>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A52" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="C44" s="67"/>
-[...18 lines deleted...]
-      <c r="B45" s="38" t="s">
+      <c r="B52" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C45" s="69"/>
-[...15 lines deleted...]
-      <c r="A46" s="46" t="s">
+      <c r="C52" s="43"/>
+      <c r="D52" s="43"/>
+      <c r="E52" s="43"/>
+      <c r="F52" s="43"/>
+      <c r="G52" s="43"/>
+      <c r="H52" s="43"/>
+      <c r="I52" s="43"/>
+      <c r="J52" s="43"/>
+      <c r="K52" s="43"/>
+      <c r="L52" s="43"/>
+      <c r="M52" s="43"/>
+      <c r="N52" s="43"/>
+      <c r="O52" s="43"/>
+      <c r="P52" s="43"/>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A53" s="55" t="s">
         <v>54</v>
       </c>
-      <c r="B46" s="30" t="s">
+      <c r="B53" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="C46" s="69"/>
-[...31 lines deleted...]
-      <c r="A48" s="50" t="s">
+      <c r="C53" s="43"/>
+      <c r="D53" s="43"/>
+      <c r="E53" s="43"/>
+      <c r="F53" s="43"/>
+      <c r="G53" s="43"/>
+      <c r="H53" s="43"/>
+      <c r="I53" s="43"/>
+      <c r="J53" s="43"/>
+      <c r="K53" s="43"/>
+      <c r="L53" s="43"/>
+      <c r="M53" s="43"/>
+      <c r="N53" s="43"/>
+      <c r="O53" s="43"/>
+      <c r="P53" s="43"/>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A54" s="55" t="s">
         <v>56</v>
       </c>
-      <c r="B48" s="50"/>
-[...16 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="B54" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="B49" s="57"/>
-[...34 lines deleted...]
-      <c r="A51" s="70" t="s">
+      <c r="C54" s="24"/>
+      <c r="D54" s="24"/>
+      <c r="E54" s="24"/>
+      <c r="F54" s="24"/>
+      <c r="G54" s="24"/>
+      <c r="H54" s="24"/>
+      <c r="I54" s="24"/>
+      <c r="J54" s="24"/>
+      <c r="K54" s="24"/>
+      <c r="L54" s="24"/>
+      <c r="M54" s="24"/>
+      <c r="N54" s="24"/>
+      <c r="O54" s="24"/>
+      <c r="P54" s="43"/>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A55" s="44" t="s">
         <v>58</v>
       </c>
-      <c r="B51" s="4" t="s">
+      <c r="B55" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="C51" s="57"/>
-[...15 lines deleted...]
-      <c r="A52" s="58" t="s">
+      <c r="C55" s="43"/>
+      <c r="D55" s="43"/>
+      <c r="E55" s="43"/>
+      <c r="F55" s="43"/>
+      <c r="G55" s="43"/>
+      <c r="H55" s="43"/>
+      <c r="I55" s="43"/>
+      <c r="J55" s="43"/>
+      <c r="K55" s="43"/>
+      <c r="L55" s="43"/>
+      <c r="M55" s="43"/>
+      <c r="N55" s="43"/>
+      <c r="O55" s="43"/>
+      <c r="P55" s="43"/>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A56" s="55" t="s">
         <v>60</v>
       </c>
-      <c r="B52" s="4" t="s">
+      <c r="B56" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="C52" s="57"/>
-[...15 lines deleted...]
-      <c r="A53" s="58" t="s">
+      <c r="C56" s="43"/>
+      <c r="D56" s="43"/>
+      <c r="E56" s="43"/>
+      <c r="F56" s="43"/>
+      <c r="G56" s="43"/>
+      <c r="H56" s="43"/>
+      <c r="I56" s="43"/>
+      <c r="J56" s="43"/>
+      <c r="K56" s="43"/>
+      <c r="L56" s="43"/>
+      <c r="M56" s="43"/>
+      <c r="N56" s="43"/>
+      <c r="O56" s="43"/>
+      <c r="P56" s="43"/>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A57" s="55" t="s">
         <v>62</v>
       </c>
-      <c r="B53" s="4" t="s">
+      <c r="B57" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="57"/>
-[...15 lines deleted...]
-      <c r="A54" s="58" t="s">
+      <c r="C57" s="43"/>
+      <c r="D57" s="43"/>
+      <c r="E57" s="43"/>
+      <c r="F57" s="43"/>
+      <c r="G57" s="43"/>
+      <c r="H57" s="43"/>
+      <c r="I57" s="43"/>
+      <c r="J57" s="43"/>
+      <c r="K57" s="43"/>
+      <c r="L57" s="43"/>
+      <c r="M57" s="43"/>
+      <c r="N57" s="43"/>
+      <c r="O57" s="43"/>
+      <c r="P57" s="43"/>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A58" s="44" t="s">
         <v>64</v>
       </c>
-      <c r="B54" s="4" t="s">
+      <c r="B58" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="C54" s="57"/>
-[...15 lines deleted...]
-      <c r="A55" s="70" t="s">
+      <c r="C58" s="43"/>
+      <c r="D58" s="43"/>
+      <c r="E58" s="43"/>
+      <c r="F58" s="43"/>
+      <c r="G58" s="43"/>
+      <c r="H58" s="43"/>
+      <c r="I58" s="43"/>
+      <c r="J58" s="43"/>
+      <c r="K58" s="43"/>
+      <c r="L58" s="43"/>
+      <c r="M58" s="43"/>
+      <c r="N58" s="43"/>
+      <c r="O58" s="43"/>
+      <c r="P58" s="43"/>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A59" s="56" t="s">
         <v>66</v>
       </c>
-      <c r="B55" s="4" t="s">
+      <c r="B59" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="C55" s="57"/>
-[...15 lines deleted...]
-      <c r="A56" s="70" t="s">
+      <c r="C59" s="43"/>
+      <c r="D59" s="43"/>
+      <c r="E59" s="43"/>
+      <c r="F59" s="43"/>
+      <c r="G59" s="43"/>
+      <c r="H59" s="43"/>
+      <c r="I59" s="43"/>
+      <c r="J59" s="43"/>
+      <c r="K59" s="43"/>
+      <c r="L59" s="43"/>
+      <c r="M59" s="43"/>
+      <c r="N59" s="43"/>
+      <c r="O59" s="43"/>
+      <c r="P59" s="43"/>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A60" s="44" t="s">
         <v>68</v>
       </c>
-      <c r="B56" s="4" t="s">
+      <c r="B60" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="C56" s="57"/>
-[...15 lines deleted...]
-      <c r="A57" s="70" t="s">
+      <c r="C60" s="43"/>
+      <c r="D60" s="43"/>
+      <c r="E60" s="43"/>
+      <c r="F60" s="43"/>
+      <c r="G60" s="43"/>
+      <c r="H60" s="43"/>
+      <c r="I60" s="43"/>
+      <c r="J60" s="43"/>
+      <c r="K60" s="43"/>
+      <c r="L60" s="43"/>
+      <c r="M60" s="43"/>
+      <c r="N60" s="43"/>
+      <c r="O60" s="43"/>
+      <c r="P60" s="43"/>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A61" s="43"/>
+      <c r="B61" s="11"/>
+      <c r="C61" s="43"/>
+      <c r="D61" s="43"/>
+      <c r="E61" s="43"/>
+      <c r="F61" s="43"/>
+      <c r="G61" s="43"/>
+      <c r="H61" s="43"/>
+      <c r="I61" s="43"/>
+      <c r="J61" s="43"/>
+      <c r="K61" s="43"/>
+      <c r="L61" s="43"/>
+      <c r="M61" s="43"/>
+      <c r="N61" s="43"/>
+      <c r="O61" s="43"/>
+      <c r="P61" s="43"/>
+    </row>
+    <row r="62" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A62" s="95" t="s">
         <v>70</v>
       </c>
-      <c r="B57" s="4" t="s">
+      <c r="B62" s="95"/>
+      <c r="C62" s="95"/>
+      <c r="D62" s="95"/>
+      <c r="E62" s="95"/>
+      <c r="F62" s="95"/>
+      <c r="G62" s="95"/>
+      <c r="H62" s="95"/>
+      <c r="I62" s="95"/>
+      <c r="J62" s="95"/>
+      <c r="K62" s="95"/>
+      <c r="L62" s="95"/>
+      <c r="M62" s="95"/>
+      <c r="N62" s="95"/>
+      <c r="O62" s="95"/>
+      <c r="P62" s="95"/>
+    </row>
+    <row r="63" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C57" s="57"/>
-[...15 lines deleted...]
-      <c r="A58" s="70" t="s">
+      <c r="B63" s="11"/>
+      <c r="C63" s="43"/>
+      <c r="D63" s="43"/>
+      <c r="E63" s="43"/>
+      <c r="F63" s="43"/>
+      <c r="G63" s="43"/>
+      <c r="H63" s="43"/>
+      <c r="I63" s="43"/>
+      <c r="J63" s="43"/>
+      <c r="K63" s="43"/>
+      <c r="L63" s="43"/>
+      <c r="M63" s="43"/>
+      <c r="N63" s="43"/>
+      <c r="O63" s="43"/>
+      <c r="P63" s="43"/>
+    </row>
+    <row r="64" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A64" s="3"/>
+      <c r="B64" s="11"/>
+      <c r="C64" s="43"/>
+      <c r="D64" s="43"/>
+      <c r="E64" s="43"/>
+      <c r="F64" s="43"/>
+      <c r="G64" s="43"/>
+      <c r="H64" s="43"/>
+      <c r="I64" s="43"/>
+      <c r="J64" s="43"/>
+      <c r="K64" s="43"/>
+      <c r="L64" s="43"/>
+      <c r="M64" s="43"/>
+      <c r="N64" s="43"/>
+      <c r="O64" s="43"/>
+      <c r="P64" s="43"/>
+    </row>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A65" s="20" t="s">
         <v>72</v>
       </c>
-      <c r="B58" s="4" t="s">
+      <c r="B65" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="C58" s="49"/>
-[...15 lines deleted...]
-      <c r="A59" s="58" t="s">
+      <c r="C65" s="43"/>
+      <c r="D65" s="43"/>
+      <c r="E65" s="43"/>
+      <c r="F65" s="43"/>
+      <c r="G65" s="43"/>
+      <c r="H65" s="43"/>
+      <c r="I65" s="43"/>
+      <c r="J65" s="43"/>
+      <c r="K65" s="43"/>
+      <c r="L65" s="43"/>
+      <c r="M65" s="43"/>
+      <c r="N65" s="43"/>
+      <c r="O65" s="43"/>
+      <c r="P65" s="43"/>
+    </row>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A66" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B59" s="4" t="s">
+      <c r="B66" s="19" t="s">
         <v>75</v>
       </c>
-      <c r="C59" s="57"/>
-[...15 lines deleted...]
-      <c r="A60" s="70" t="s">
+      <c r="C66" s="43"/>
+      <c r="D66" s="43"/>
+      <c r="E66" s="43"/>
+      <c r="F66" s="43"/>
+      <c r="G66" s="43"/>
+      <c r="H66" s="43"/>
+      <c r="I66" s="43"/>
+      <c r="J66" s="43"/>
+      <c r="K66" s="43"/>
+      <c r="L66" s="43"/>
+      <c r="M66" s="43"/>
+      <c r="N66" s="43"/>
+      <c r="O66" s="43"/>
+      <c r="P66" s="43"/>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A67" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="B60" s="4" t="s">
+      <c r="B67" s="19" t="s">
         <v>77</v>
       </c>
-      <c r="C60" s="57"/>
-[...15 lines deleted...]
-      <c r="A61" s="70" t="s">
+      <c r="C67" s="43"/>
+      <c r="D67" s="43"/>
+      <c r="E67" s="43"/>
+      <c r="F67" s="43"/>
+      <c r="G67" s="43"/>
+      <c r="H67" s="43"/>
+      <c r="I67" s="43"/>
+      <c r="J67" s="43"/>
+      <c r="K67" s="43"/>
+      <c r="L67" s="43"/>
+      <c r="M67" s="43"/>
+      <c r="N67" s="43"/>
+      <c r="O67" s="43"/>
+      <c r="P67" s="43"/>
+    </row>
+    <row r="68" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="B68" s="11"/>
+      <c r="C68" s="43"/>
+      <c r="D68" s="43"/>
+      <c r="E68" s="43"/>
+      <c r="F68" s="43"/>
+      <c r="G68" s="43"/>
+      <c r="H68" s="43"/>
+      <c r="I68" s="43"/>
+      <c r="J68" s="43"/>
+      <c r="K68" s="43"/>
+      <c r="L68" s="43"/>
+      <c r="M68" s="43"/>
+      <c r="N68" s="43"/>
+      <c r="O68" s="43"/>
+      <c r="P68" s="43"/>
+    </row>
+    <row r="69" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A69" s="95" t="s">
         <v>78</v>
       </c>
-      <c r="B61" s="4" t="s">
+      <c r="B69" s="95"/>
+      <c r="C69" s="95"/>
+      <c r="D69" s="95"/>
+      <c r="E69" s="95"/>
+      <c r="F69" s="95"/>
+      <c r="G69" s="95"/>
+      <c r="H69" s="95"/>
+      <c r="I69" s="95"/>
+      <c r="J69" s="95"/>
+      <c r="K69" s="95"/>
+      <c r="L69" s="95"/>
+      <c r="M69" s="95"/>
+      <c r="N69" s="95"/>
+      <c r="O69" s="95"/>
+      <c r="P69" s="43"/>
+    </row>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A70" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C61" s="57"/>
-[...15 lines deleted...]
-      <c r="A62" s="58" t="s">
+      <c r="B70" s="43"/>
+      <c r="C70" s="43"/>
+      <c r="D70" s="43"/>
+      <c r="E70" s="43"/>
+      <c r="F70" s="43"/>
+      <c r="G70" s="43"/>
+      <c r="H70" s="43"/>
+      <c r="I70" s="43"/>
+      <c r="J70" s="43"/>
+      <c r="K70" s="43"/>
+      <c r="L70" s="43"/>
+      <c r="M70" s="43"/>
+      <c r="N70" s="43"/>
+      <c r="O70" s="43"/>
+      <c r="P70" s="43"/>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A71" s="1"/>
+      <c r="B71" s="43"/>
+      <c r="C71" s="43"/>
+      <c r="D71" s="43"/>
+      <c r="E71" s="43"/>
+      <c r="F71" s="43"/>
+      <c r="G71" s="43"/>
+      <c r="H71" s="43"/>
+      <c r="I71" s="43"/>
+      <c r="J71" s="43"/>
+      <c r="K71" s="43"/>
+      <c r="L71" s="43"/>
+      <c r="M71" s="43"/>
+      <c r="N71" s="43"/>
+      <c r="O71" s="43"/>
+      <c r="P71" s="43"/>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A72" s="44" t="s">
         <v>80</v>
       </c>
-      <c r="B62" s="4" t="s">
+      <c r="B72" s="55" t="s">
         <v>81</v>
       </c>
-      <c r="C62" s="57"/>
-[...15 lines deleted...]
-      <c r="A63" s="71" t="s">
+      <c r="C72" s="43"/>
+      <c r="D72" s="43"/>
+      <c r="E72" s="43"/>
+      <c r="F72" s="43"/>
+      <c r="G72" s="43"/>
+      <c r="H72" s="43"/>
+      <c r="I72" s="43"/>
+      <c r="J72" s="43"/>
+      <c r="K72" s="43"/>
+      <c r="L72" s="43"/>
+      <c r="M72" s="43"/>
+      <c r="N72" s="43"/>
+      <c r="O72" s="43"/>
+      <c r="P72" s="43"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A73" s="43"/>
+      <c r="B73" s="57"/>
+      <c r="C73" s="43"/>
+      <c r="D73" s="43"/>
+      <c r="E73" s="43"/>
+      <c r="F73" s="43"/>
+      <c r="G73" s="43"/>
+      <c r="H73" s="43"/>
+      <c r="I73" s="43"/>
+      <c r="J73" s="43"/>
+      <c r="K73" s="43"/>
+      <c r="L73" s="43"/>
+      <c r="M73" s="43"/>
+      <c r="N73" s="43"/>
+      <c r="O73" s="43"/>
+      <c r="P73" s="43"/>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A74" s="24" t="s">
         <v>82</v>
       </c>
-      <c r="B63" s="4" t="s">
+      <c r="B74" s="97"/>
+      <c r="C74" s="97"/>
+      <c r="D74" s="97"/>
+      <c r="E74" s="97"/>
+      <c r="F74" s="97"/>
+      <c r="G74" s="97"/>
+      <c r="H74" s="97"/>
+      <c r="I74" s="97"/>
+      <c r="J74" s="97"/>
+      <c r="K74" s="97"/>
+      <c r="L74" s="97"/>
+      <c r="M74" s="97"/>
+      <c r="N74" s="97"/>
+      <c r="O74" s="97"/>
+      <c r="P74" s="43"/>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A75" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C63" s="57"/>
-[...15 lines deleted...]
-      <c r="A64" s="58" t="s">
+      <c r="B75" s="43"/>
+      <c r="C75" s="43"/>
+      <c r="D75" s="43"/>
+      <c r="E75" s="43"/>
+      <c r="F75" s="43"/>
+      <c r="G75" s="43"/>
+      <c r="H75" s="43"/>
+      <c r="I75" s="43"/>
+      <c r="J75" s="43"/>
+      <c r="K75" s="43"/>
+      <c r="L75" s="43"/>
+      <c r="M75" s="43"/>
+      <c r="N75" s="43"/>
+      <c r="O75" s="43"/>
+      <c r="P75" s="43"/>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A76" s="43"/>
+      <c r="B76" s="43"/>
+      <c r="C76" s="43"/>
+      <c r="D76" s="43"/>
+      <c r="E76" s="43"/>
+      <c r="F76" s="43"/>
+      <c r="G76" s="43"/>
+      <c r="H76" s="43"/>
+      <c r="I76" s="43"/>
+      <c r="J76" s="43"/>
+      <c r="K76" s="43"/>
+      <c r="L76" s="43"/>
+      <c r="M76" s="43"/>
+      <c r="N76" s="43"/>
+      <c r="O76" s="43"/>
+      <c r="P76" s="43"/>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A77" s="55" t="s">
         <v>84</v>
       </c>
-      <c r="B64" s="4" t="s">
+      <c r="B77" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="C64" s="57"/>
-[...33 lines deleted...]
-      <c r="A66" s="51" t="s">
+      <c r="C77" s="43"/>
+      <c r="D77" s="43"/>
+      <c r="E77" s="43"/>
+      <c r="F77" s="43"/>
+      <c r="G77" s="43"/>
+      <c r="H77" s="43"/>
+      <c r="I77" s="43"/>
+      <c r="J77" s="43"/>
+      <c r="K77" s="43"/>
+      <c r="L77" s="43"/>
+      <c r="M77" s="43"/>
+      <c r="N77" s="43"/>
+      <c r="O77" s="43"/>
+      <c r="P77" s="43"/>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A78" s="55" t="s">
         <v>86</v>
       </c>
-      <c r="B66" s="51"/>
-[...16 lines deleted...]
-      <c r="A67" s="3" t="s">
+      <c r="B78" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="B67" s="43"/>
-[...34 lines deleted...]
-      <c r="A69" s="20" t="s">
+      <c r="C78" s="43"/>
+      <c r="D78" s="43"/>
+      <c r="E78" s="43"/>
+      <c r="F78" s="43"/>
+      <c r="G78" s="43"/>
+      <c r="H78" s="43"/>
+      <c r="I78" s="43"/>
+      <c r="J78" s="43"/>
+      <c r="K78" s="43"/>
+      <c r="L78" s="43"/>
+      <c r="M78" s="43"/>
+      <c r="N78" s="43"/>
+      <c r="O78" s="43"/>
+      <c r="P78" s="43"/>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A79" s="55" t="s">
         <v>88</v>
       </c>
-      <c r="B69" s="19" t="s">
+      <c r="B79" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="C69" s="57"/>
-[...15 lines deleted...]
-      <c r="A70" s="18" t="s">
+      <c r="C79" s="43"/>
+      <c r="D79" s="43"/>
+      <c r="E79" s="43"/>
+      <c r="F79" s="43"/>
+      <c r="G79" s="43"/>
+      <c r="H79" s="43"/>
+      <c r="I79" s="43"/>
+      <c r="J79" s="43"/>
+      <c r="K79" s="43"/>
+      <c r="L79" s="43"/>
+      <c r="M79" s="43"/>
+      <c r="N79" s="43"/>
+      <c r="O79" s="43"/>
+      <c r="P79" s="43"/>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A80" s="55" t="s">
         <v>90</v>
       </c>
-      <c r="B70" s="19" t="s">
+      <c r="B80" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="C70" s="57"/>
-[...15 lines deleted...]
-      <c r="A71" s="18" t="s">
+      <c r="C80" s="43"/>
+      <c r="D80" s="43"/>
+      <c r="E80" s="43"/>
+      <c r="F80" s="43"/>
+      <c r="G80" s="43"/>
+      <c r="H80" s="43"/>
+      <c r="I80" s="43"/>
+      <c r="J80" s="43"/>
+      <c r="K80" s="43"/>
+      <c r="L80" s="43"/>
+      <c r="M80" s="43"/>
+      <c r="N80" s="43"/>
+      <c r="O80" s="43"/>
+      <c r="P80" s="43"/>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A81" s="55" t="s">
         <v>92</v>
       </c>
-      <c r="B71" s="19" t="s">
+      <c r="B81" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="C71" s="57"/>
-[...33 lines deleted...]
-      <c r="A73" s="51" t="s">
+      <c r="C81" s="43"/>
+      <c r="D81" s="43"/>
+      <c r="E81" s="43"/>
+      <c r="F81" s="43"/>
+      <c r="G81" s="43"/>
+      <c r="H81" s="43"/>
+      <c r="I81" s="43"/>
+      <c r="J81" s="43"/>
+      <c r="K81" s="43"/>
+      <c r="L81" s="43"/>
+      <c r="M81" s="43"/>
+      <c r="N81" s="43"/>
+      <c r="O81" s="43"/>
+      <c r="P81" s="43"/>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A82" s="44" t="s">
         <v>94</v>
       </c>
-      <c r="B73" s="51"/>
-[...16 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B82" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="B74" s="57"/>
-[...34 lines deleted...]
-      <c r="A76" s="58" t="s">
+      <c r="C82" s="43"/>
+      <c r="D82" s="43"/>
+      <c r="E82" s="43"/>
+      <c r="F82" s="43"/>
+      <c r="G82" s="43"/>
+      <c r="H82" s="43"/>
+      <c r="I82" s="43"/>
+      <c r="J82" s="43"/>
+      <c r="K82" s="43"/>
+      <c r="L82" s="43"/>
+      <c r="M82" s="43"/>
+      <c r="N82" s="43"/>
+      <c r="O82" s="43"/>
+      <c r="P82" s="43"/>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A83" s="10" t="s">
         <v>96</v>
       </c>
-      <c r="B76" s="70" t="s">
+      <c r="B83" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="C76" s="57"/>
-[...33 lines deleted...]
-      <c r="A78" s="25" t="s">
+      <c r="C83" s="43"/>
+      <c r="D83" s="43"/>
+      <c r="E83" s="43"/>
+      <c r="F83" s="43"/>
+      <c r="G83" s="43"/>
+      <c r="H83" s="43"/>
+      <c r="I83" s="43"/>
+      <c r="J83" s="43"/>
+      <c r="K83" s="43"/>
+      <c r="L83" s="43"/>
+      <c r="M83" s="43"/>
+      <c r="N83" s="43"/>
+      <c r="O83" s="43"/>
+      <c r="P83" s="43"/>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A84" s="56" t="s">
         <v>98</v>
       </c>
-      <c r="B78" s="73"/>
-[...16 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="B84" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="B79" s="57"/>
-[...34 lines deleted...]
-      <c r="A81" s="70" t="s">
+      <c r="C84" s="43"/>
+      <c r="D84" s="43"/>
+      <c r="E84" s="43"/>
+      <c r="F84" s="43"/>
+      <c r="G84" s="43"/>
+      <c r="H84" s="43"/>
+      <c r="I84" s="43"/>
+      <c r="J84" s="43"/>
+      <c r="K84" s="43"/>
+      <c r="L84" s="43"/>
+      <c r="M84" s="43"/>
+      <c r="N84" s="43"/>
+      <c r="O84" s="43"/>
+      <c r="P84" s="43"/>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A85" s="43"/>
+      <c r="B85" s="43"/>
+      <c r="C85" s="43"/>
+      <c r="D85" s="43"/>
+      <c r="E85" s="43"/>
+      <c r="F85" s="43"/>
+      <c r="G85" s="43"/>
+      <c r="H85" s="43"/>
+      <c r="I85" s="43"/>
+      <c r="J85" s="43"/>
+      <c r="K85" s="43"/>
+      <c r="L85" s="43"/>
+      <c r="M85" s="43"/>
+      <c r="N85" s="43"/>
+      <c r="O85" s="43"/>
+      <c r="P85" s="43"/>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A86" s="24" t="s">
         <v>100</v>
       </c>
-      <c r="B81" s="4" t="s">
+      <c r="B86" s="100"/>
+      <c r="C86" s="100"/>
+      <c r="D86" s="100"/>
+      <c r="E86" s="100"/>
+      <c r="F86" s="100"/>
+      <c r="G86" s="100"/>
+      <c r="H86" s="100"/>
+      <c r="I86" s="100"/>
+      <c r="J86" s="100"/>
+      <c r="K86" s="100"/>
+      <c r="L86" s="100"/>
+      <c r="M86" s="100"/>
+      <c r="N86" s="100"/>
+      <c r="O86" s="100"/>
+      <c r="P86" s="43"/>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A87" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C81" s="57"/>
-[...15 lines deleted...]
-      <c r="A82" s="70" t="s">
+      <c r="B87" s="43"/>
+      <c r="C87" s="43"/>
+      <c r="D87" s="43"/>
+      <c r="E87" s="43"/>
+      <c r="F87" s="43"/>
+      <c r="G87" s="43"/>
+      <c r="H87" s="43"/>
+      <c r="I87" s="43"/>
+      <c r="J87" s="43"/>
+      <c r="K87" s="43"/>
+      <c r="L87" s="43"/>
+      <c r="M87" s="43"/>
+      <c r="N87" s="43"/>
+      <c r="O87" s="43"/>
+      <c r="P87" s="43"/>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A88" s="43"/>
+      <c r="B88" s="43"/>
+      <c r="C88" s="43"/>
+      <c r="D88" s="43"/>
+      <c r="E88" s="43"/>
+      <c r="F88" s="43"/>
+      <c r="G88" s="43"/>
+      <c r="H88" s="43"/>
+      <c r="I88" s="43"/>
+      <c r="J88" s="43"/>
+      <c r="K88" s="43"/>
+      <c r="L88" s="43"/>
+      <c r="M88" s="43"/>
+      <c r="N88" s="43"/>
+      <c r="O88" s="43"/>
+      <c r="P88" s="43"/>
+    </row>
+    <row r="89" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A89" s="55" t="s">
         <v>102</v>
       </c>
-      <c r="B82" s="4" t="s">
+      <c r="B89" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="C82" s="57"/>
-[...15 lines deleted...]
-      <c r="A83" s="70" t="s">
+      <c r="C89" s="43"/>
+      <c r="D89" s="43"/>
+      <c r="E89" s="43"/>
+      <c r="F89" s="43"/>
+      <c r="G89" s="43"/>
+      <c r="H89" s="43"/>
+      <c r="I89" s="43"/>
+      <c r="J89" s="43"/>
+      <c r="K89" s="43"/>
+      <c r="L89" s="43"/>
+      <c r="M89" s="43"/>
+      <c r="N89" s="43"/>
+      <c r="O89" s="43"/>
+      <c r="P89" s="43"/>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A90" s="55" t="s">
         <v>104</v>
       </c>
-      <c r="B83" s="4" t="s">
+      <c r="B90" s="10" t="s">
         <v>105</v>
       </c>
-      <c r="C83" s="57"/>
-[...15 lines deleted...]
-      <c r="A84" s="70" t="s">
+      <c r="C90" s="43"/>
+      <c r="D90" s="43"/>
+      <c r="E90" s="43"/>
+      <c r="F90" s="43"/>
+      <c r="G90" s="43"/>
+      <c r="H90" s="43"/>
+      <c r="I90" s="43"/>
+      <c r="J90" s="43"/>
+      <c r="K90" s="43"/>
+      <c r="L90" s="43"/>
+      <c r="M90" s="43"/>
+      <c r="N90" s="43"/>
+      <c r="O90" s="43"/>
+      <c r="P90" s="43"/>
+    </row>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A91" s="44" t="s">
         <v>106</v>
       </c>
-      <c r="B84" s="4" t="s">
+      <c r="B91" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="C84" s="57"/>
-[...15 lines deleted...]
-      <c r="A85" s="70" t="s">
+      <c r="C91" s="43"/>
+      <c r="D91" s="43"/>
+      <c r="E91" s="43"/>
+      <c r="F91" s="43"/>
+      <c r="G91" s="43"/>
+      <c r="H91" s="43"/>
+      <c r="I91" s="43"/>
+      <c r="J91" s="43"/>
+      <c r="K91" s="43"/>
+      <c r="L91" s="43"/>
+      <c r="M91" s="43"/>
+      <c r="N91" s="43"/>
+      <c r="O91" s="43"/>
+      <c r="P91" s="43"/>
+    </row>
+    <row r="92" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A92" s="44" t="s">
         <v>108</v>
       </c>
-      <c r="B85" s="4" t="s">
+      <c r="B92" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="C85" s="57"/>
-[...15 lines deleted...]
-      <c r="A86" s="58" t="s">
+      <c r="C92" s="43"/>
+      <c r="D92" s="43"/>
+      <c r="E92" s="43"/>
+      <c r="F92" s="43"/>
+      <c r="G92" s="43"/>
+      <c r="H92" s="43"/>
+      <c r="I92" s="43"/>
+      <c r="J92" s="43"/>
+      <c r="K92" s="43"/>
+      <c r="L92" s="43"/>
+      <c r="M92" s="43"/>
+      <c r="N92" s="43"/>
+      <c r="O92" s="43"/>
+      <c r="P92" s="43"/>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A93" s="44" t="s">
         <v>110</v>
       </c>
-      <c r="B86" s="4" t="s">
+      <c r="B93" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="C86" s="57"/>
-[...15 lines deleted...]
-      <c r="A87" s="10" t="s">
+      <c r="C93" s="43"/>
+      <c r="D93" s="43"/>
+      <c r="E93" s="43"/>
+      <c r="F93" s="43"/>
+      <c r="G93" s="43"/>
+      <c r="H93" s="43"/>
+      <c r="I93" s="43"/>
+      <c r="J93" s="43"/>
+      <c r="K93" s="43"/>
+      <c r="L93" s="43"/>
+      <c r="M93" s="43"/>
+      <c r="N93" s="43"/>
+      <c r="O93" s="43"/>
+      <c r="P93" s="43"/>
+    </row>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A94" s="44" t="s">
         <v>112</v>
       </c>
-      <c r="B87" s="4" t="s">
+      <c r="B94" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="C87" s="57"/>
-[...15 lines deleted...]
-      <c r="A88" s="58" t="s">
+      <c r="C94" s="43"/>
+      <c r="D94" s="43"/>
+      <c r="E94" s="43"/>
+      <c r="F94" s="43"/>
+      <c r="G94" s="43"/>
+      <c r="H94" s="43"/>
+      <c r="I94" s="43"/>
+      <c r="J94" s="43"/>
+      <c r="K94" s="43"/>
+      <c r="L94" s="43"/>
+      <c r="M94" s="43"/>
+      <c r="N94" s="43"/>
+      <c r="O94" s="43"/>
+      <c r="P94" s="43"/>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A95" s="44" t="s">
         <v>114</v>
       </c>
-      <c r="B88" s="4" t="s">
+      <c r="B95" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="C88" s="57"/>
-[...15 lines deleted...]
-      <c r="A89" s="71" t="s">
+      <c r="C95" s="43"/>
+      <c r="D95" s="43"/>
+      <c r="E95" s="43"/>
+      <c r="F95" s="43"/>
+      <c r="G95" s="43"/>
+      <c r="H95" s="43"/>
+      <c r="I95" s="43"/>
+      <c r="J95" s="43"/>
+      <c r="K95" s="43"/>
+      <c r="L95" s="43"/>
+      <c r="M95" s="43"/>
+      <c r="N95" s="43"/>
+      <c r="O95" s="43"/>
+      <c r="P95" s="43"/>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A96" s="44" t="s">
         <v>116</v>
       </c>
-      <c r="B89" s="4" t="s">
+      <c r="B96" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="C89" s="57"/>
-[...33 lines deleted...]
-      <c r="A91" s="25" t="s">
+      <c r="C96" s="43"/>
+      <c r="D96" s="43"/>
+      <c r="E96" s="43"/>
+      <c r="F96" s="43"/>
+      <c r="G96" s="43"/>
+      <c r="H96" s="43"/>
+      <c r="I96" s="43"/>
+      <c r="J96" s="43"/>
+      <c r="K96" s="43"/>
+      <c r="L96" s="43"/>
+      <c r="M96" s="43"/>
+      <c r="N96" s="43"/>
+      <c r="O96" s="43"/>
+      <c r="P96" s="43"/>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A97" s="44" t="s">
         <v>118</v>
       </c>
-      <c r="B91" s="74"/>
-[...16 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="B97" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="B92" s="57"/>
-[...34 lines deleted...]
-      <c r="A94" s="70" t="s">
+      <c r="C97" s="43"/>
+      <c r="D97" s="43"/>
+      <c r="E97" s="43"/>
+      <c r="F97" s="43"/>
+      <c r="G97" s="43"/>
+      <c r="H97" s="43"/>
+      <c r="I97" s="43"/>
+      <c r="J97" s="43"/>
+      <c r="K97" s="43"/>
+      <c r="L97" s="43"/>
+      <c r="M97" s="43"/>
+      <c r="N97" s="43"/>
+      <c r="O97" s="43"/>
+      <c r="P97" s="43"/>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A98" s="44" t="s">
         <v>120</v>
       </c>
-      <c r="B94" s="4" t="s">
+      <c r="B98" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="C94" s="57"/>
-[...15 lines deleted...]
-      <c r="A95" s="70" t="s">
+      <c r="C98" s="43"/>
+      <c r="D98" s="43"/>
+      <c r="E98" s="43"/>
+      <c r="F98" s="43"/>
+      <c r="G98" s="43"/>
+      <c r="H98" s="43"/>
+      <c r="I98" s="43"/>
+      <c r="J98" s="43"/>
+      <c r="K98" s="43"/>
+      <c r="L98" s="43"/>
+      <c r="M98" s="43"/>
+      <c r="N98" s="43"/>
+      <c r="O98" s="43"/>
+      <c r="P98" s="43"/>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A99" s="44" t="s">
         <v>122</v>
       </c>
-      <c r="B95" s="10" t="s">
+      <c r="B99" s="17" t="s">
         <v>123</v>
       </c>
-      <c r="C95" s="57"/>
-[...15 lines deleted...]
-      <c r="A96" s="58" t="s">
+      <c r="C99" s="43"/>
+      <c r="D99" s="43"/>
+      <c r="E99" s="43"/>
+      <c r="F99" s="43"/>
+      <c r="G99" s="43"/>
+      <c r="H99" s="43"/>
+      <c r="I99" s="43"/>
+      <c r="J99" s="43"/>
+      <c r="K99" s="43"/>
+      <c r="L99" s="43"/>
+      <c r="M99" s="43"/>
+      <c r="N99" s="43"/>
+      <c r="O99" s="43"/>
+      <c r="P99" s="43"/>
+    </row>
+    <row r="100" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A100" s="44" t="s">
         <v>124</v>
       </c>
-      <c r="B96" s="4" t="s">
+      <c r="B100" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="C96" s="57"/>
-[...15 lines deleted...]
-      <c r="A97" s="58" t="s">
+      <c r="C100" s="43"/>
+      <c r="D100" s="43"/>
+      <c r="E100" s="43"/>
+      <c r="F100" s="43"/>
+      <c r="G100" s="43"/>
+      <c r="H100" s="43"/>
+      <c r="I100" s="43"/>
+      <c r="J100" s="43"/>
+      <c r="K100" s="43"/>
+      <c r="L100" s="43"/>
+      <c r="M100" s="43"/>
+      <c r="N100" s="43"/>
+      <c r="O100" s="43"/>
+      <c r="P100" s="43"/>
+    </row>
+    <row r="101" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A101" s="59" t="s">
         <v>126</v>
       </c>
-      <c r="B97" s="5" t="s">
+      <c r="B101" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="C97" s="57"/>
-[...15 lines deleted...]
-      <c r="A98" s="58" t="s">
+      <c r="C101" s="43"/>
+      <c r="D101" s="43"/>
+      <c r="E101" s="43"/>
+      <c r="F101" s="43"/>
+      <c r="G101" s="43"/>
+      <c r="H101" s="43"/>
+      <c r="I101" s="43"/>
+      <c r="J101" s="43"/>
+      <c r="K101" s="43"/>
+      <c r="L101" s="43"/>
+      <c r="M101" s="43"/>
+      <c r="N101" s="43"/>
+      <c r="O101" s="43"/>
+      <c r="P101" s="43"/>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A102" s="52" t="s">
         <v>128</v>
       </c>
-      <c r="B98" s="5" t="s">
+      <c r="B102" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="C98" s="57"/>
-[...15 lines deleted...]
-      <c r="A99" s="58" t="s">
+      <c r="C102" s="43"/>
+      <c r="D102" s="43"/>
+      <c r="E102" s="43"/>
+      <c r="F102" s="43"/>
+      <c r="G102" s="43"/>
+      <c r="H102" s="43"/>
+      <c r="I102" s="43"/>
+      <c r="J102" s="43"/>
+      <c r="K102" s="43"/>
+      <c r="L102" s="43"/>
+      <c r="M102" s="43"/>
+      <c r="N102" s="43"/>
+      <c r="O102" s="43"/>
+      <c r="P102" s="43"/>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A103" s="53" t="s">
         <v>130</v>
       </c>
-      <c r="B99" s="5" t="s">
+      <c r="B103" s="29" t="s">
         <v>131</v>
       </c>
-      <c r="C99" s="57"/>
-[...15 lines deleted...]
-      <c r="A100" s="58" t="s">
+      <c r="C103" s="43"/>
+      <c r="D103" s="43"/>
+      <c r="E103" s="43"/>
+      <c r="F103" s="43"/>
+      <c r="G103" s="43"/>
+      <c r="H103" s="43"/>
+      <c r="I103" s="43"/>
+      <c r="J103" s="43"/>
+      <c r="K103" s="43"/>
+      <c r="L103" s="43"/>
+      <c r="M103" s="43"/>
+      <c r="N103" s="43"/>
+      <c r="O103" s="43"/>
+      <c r="P103" s="43"/>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A104" s="60"/>
+      <c r="B104" s="6"/>
+      <c r="C104" s="43"/>
+      <c r="D104" s="43"/>
+      <c r="E104" s="43"/>
+      <c r="F104" s="43"/>
+      <c r="G104" s="43"/>
+      <c r="H104" s="43"/>
+      <c r="I104" s="43"/>
+      <c r="J104" s="43"/>
+      <c r="K104" s="43"/>
+      <c r="L104" s="43"/>
+      <c r="M104" s="43"/>
+      <c r="N104" s="43"/>
+      <c r="O104" s="43"/>
+      <c r="P104" s="43"/>
+    </row>
+    <row r="105" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A105" s="24" t="s">
         <v>132</v>
       </c>
-      <c r="B100" s="5" t="s">
+      <c r="B105" s="97"/>
+      <c r="C105" s="97"/>
+      <c r="D105" s="97"/>
+      <c r="E105" s="97"/>
+      <c r="F105" s="97"/>
+      <c r="G105" s="97"/>
+      <c r="H105" s="97"/>
+      <c r="I105" s="97"/>
+      <c r="J105" s="97"/>
+      <c r="K105" s="97"/>
+      <c r="L105" s="97"/>
+      <c r="M105" s="97"/>
+      <c r="N105" s="97"/>
+      <c r="O105" s="97"/>
+      <c r="P105" s="43"/>
+    </row>
+    <row r="106" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A106" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C100" s="57"/>
-[...15 lines deleted...]
-      <c r="A101" s="58" t="s">
+      <c r="B106" s="43"/>
+      <c r="C106" s="43"/>
+      <c r="D106" s="43"/>
+      <c r="E106" s="43"/>
+      <c r="F106" s="43"/>
+      <c r="G106" s="43"/>
+      <c r="H106" s="43"/>
+      <c r="I106" s="43"/>
+      <c r="J106" s="43"/>
+      <c r="K106" s="43"/>
+      <c r="L106" s="43"/>
+      <c r="M106" s="43"/>
+      <c r="N106" s="43"/>
+      <c r="O106" s="43"/>
+      <c r="P106" s="43"/>
+    </row>
+    <row r="107" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A107" s="43"/>
+      <c r="B107" s="43"/>
+      <c r="C107" s="43"/>
+      <c r="D107" s="43"/>
+      <c r="E107" s="43"/>
+      <c r="F107" s="43"/>
+      <c r="G107" s="43"/>
+      <c r="H107" s="43"/>
+      <c r="I107" s="43"/>
+      <c r="J107" s="43"/>
+      <c r="K107" s="43"/>
+      <c r="L107" s="43"/>
+      <c r="M107" s="43"/>
+      <c r="N107" s="43"/>
+      <c r="O107" s="43"/>
+      <c r="P107" s="43"/>
+    </row>
+    <row r="108" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A108" s="56" t="s">
         <v>134</v>
       </c>
-      <c r="B101" s="5" t="s">
+      <c r="B108" s="12" t="s">
         <v>135</v>
       </c>
-      <c r="C101" s="57"/>
-[...15 lines deleted...]
-      <c r="A102" s="58" t="s">
+      <c r="C108" s="53"/>
+      <c r="D108" s="53"/>
+      <c r="E108" s="53"/>
+      <c r="F108" s="53"/>
+      <c r="G108" s="53"/>
+      <c r="H108" s="53"/>
+      <c r="I108" s="53"/>
+      <c r="J108" s="53"/>
+      <c r="K108" s="53"/>
+      <c r="L108" s="53"/>
+      <c r="M108" s="53"/>
+      <c r="N108" s="53"/>
+      <c r="O108" s="61"/>
+      <c r="P108" s="43"/>
+    </row>
+    <row r="109" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A109" s="56" t="s">
         <v>136</v>
       </c>
-      <c r="B102" s="5" t="s">
+      <c r="B109" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="C102" s="57"/>
-[...15 lines deleted...]
-      <c r="A103" s="58" t="s">
+      <c r="C109" s="53"/>
+      <c r="D109" s="53"/>
+      <c r="E109" s="53"/>
+      <c r="F109" s="53"/>
+      <c r="G109" s="53"/>
+      <c r="H109" s="53"/>
+      <c r="I109" s="53"/>
+      <c r="J109" s="53"/>
+      <c r="K109" s="53"/>
+      <c r="L109" s="53"/>
+      <c r="M109" s="53"/>
+      <c r="N109" s="53"/>
+      <c r="O109" s="61"/>
+      <c r="P109" s="43"/>
+    </row>
+    <row r="110" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A110" s="56" t="s">
         <v>138</v>
       </c>
-      <c r="B103" s="5" t="s">
+      <c r="B110" s="12" t="s">
         <v>139</v>
       </c>
-      <c r="C103" s="57"/>
-[...15 lines deleted...]
-      <c r="A104" s="58" t="s">
+      <c r="C110" s="53"/>
+      <c r="D110" s="53"/>
+      <c r="E110" s="53"/>
+      <c r="F110" s="53"/>
+      <c r="G110" s="53"/>
+      <c r="H110" s="53"/>
+      <c r="I110" s="53"/>
+      <c r="J110" s="53"/>
+      <c r="K110" s="53"/>
+      <c r="L110" s="53"/>
+      <c r="M110" s="53"/>
+      <c r="N110" s="53"/>
+      <c r="O110" s="61"/>
+      <c r="P110" s="43"/>
+    </row>
+    <row r="111" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A111" s="56" t="s">
         <v>140</v>
       </c>
-      <c r="B104" s="17" t="s">
+      <c r="B111" s="12" t="s">
         <v>141</v>
       </c>
-      <c r="C104" s="57"/>
-[...15 lines deleted...]
-      <c r="A105" s="58" t="s">
+      <c r="C111" s="53"/>
+      <c r="D111" s="53"/>
+      <c r="E111" s="53"/>
+      <c r="F111" s="53"/>
+      <c r="G111" s="53"/>
+      <c r="H111" s="53"/>
+      <c r="I111" s="53"/>
+      <c r="J111" s="53"/>
+      <c r="K111" s="53"/>
+      <c r="L111" s="53"/>
+      <c r="M111" s="53"/>
+      <c r="N111" s="53"/>
+      <c r="O111" s="61"/>
+      <c r="P111" s="43"/>
+    </row>
+    <row r="112" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
         <v>142</v>
       </c>
-      <c r="B105" s="5" t="s">
+      <c r="B112" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="C105" s="57"/>
-[...15 lines deleted...]
-      <c r="A106" s="75" t="s">
+      <c r="C112" s="43"/>
+      <c r="D112" s="43"/>
+      <c r="E112" s="43"/>
+      <c r="F112" s="43"/>
+      <c r="G112" s="43"/>
+      <c r="H112" s="43"/>
+      <c r="I112" s="43"/>
+      <c r="J112" s="43"/>
+      <c r="K112" s="43"/>
+      <c r="L112" s="43"/>
+      <c r="M112" s="43"/>
+      <c r="N112" s="43"/>
+      <c r="O112" s="43"/>
+      <c r="P112" s="43"/>
+    </row>
+    <row r="113" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A113" s="56" t="s">
         <v>144</v>
       </c>
-      <c r="B106" s="5" t="s">
+      <c r="B113" s="12" t="s">
         <v>145</v>
       </c>
-      <c r="C106" s="57"/>
-[...15 lines deleted...]
-      <c r="A107" s="66" t="s">
+      <c r="C113" s="43"/>
+      <c r="D113" s="43"/>
+      <c r="E113" s="43"/>
+      <c r="F113" s="43"/>
+      <c r="G113" s="43"/>
+      <c r="H113" s="43"/>
+      <c r="I113" s="43"/>
+      <c r="J113" s="43"/>
+      <c r="K113" s="43"/>
+      <c r="L113" s="43"/>
+      <c r="M113" s="43"/>
+      <c r="N113" s="43"/>
+      <c r="O113" s="43"/>
+      <c r="P113" s="43"/>
+    </row>
+    <row r="114" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A114" s="43"/>
+      <c r="B114" s="11"/>
+      <c r="C114" s="43"/>
+      <c r="D114" s="43"/>
+      <c r="E114" s="43"/>
+      <c r="F114" s="43"/>
+      <c r="G114" s="43"/>
+      <c r="H114" s="43"/>
+      <c r="I114" s="43"/>
+      <c r="J114" s="43"/>
+      <c r="K114" s="43"/>
+      <c r="L114" s="43"/>
+      <c r="M114" s="43"/>
+      <c r="N114" s="43"/>
+      <c r="O114" s="43"/>
+      <c r="P114" s="43"/>
+    </row>
+    <row r="115" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A115" s="24" t="s">
         <v>146</v>
       </c>
-      <c r="B107" s="5" t="s">
+      <c r="B115" s="98"/>
+      <c r="C115" s="98"/>
+      <c r="D115" s="98"/>
+      <c r="E115" s="98"/>
+      <c r="F115" s="98"/>
+      <c r="G115" s="98"/>
+      <c r="H115" s="98"/>
+      <c r="I115" s="98"/>
+      <c r="J115" s="98"/>
+      <c r="K115" s="98"/>
+      <c r="L115" s="98"/>
+      <c r="M115" s="98"/>
+      <c r="N115" s="98"/>
+      <c r="O115" s="98"/>
+      <c r="P115" s="43"/>
+    </row>
+    <row r="116" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A116" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="C107" s="57"/>
-[...15 lines deleted...]
-      <c r="A108" s="67" t="s">
+      <c r="B116" s="11"/>
+      <c r="C116" s="43"/>
+      <c r="D116" s="43"/>
+      <c r="E116" s="43"/>
+      <c r="F116" s="43"/>
+      <c r="G116" s="43"/>
+      <c r="H116" s="43"/>
+      <c r="I116" s="43"/>
+      <c r="J116" s="43"/>
+      <c r="K116" s="43"/>
+      <c r="L116" s="43"/>
+      <c r="M116" s="43"/>
+      <c r="N116" s="43"/>
+      <c r="O116" s="43"/>
+      <c r="P116" s="43"/>
+    </row>
+    <row r="117" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A117" s="43"/>
+      <c r="B117" s="11"/>
+      <c r="C117" s="43"/>
+      <c r="D117" s="43"/>
+      <c r="E117" s="43"/>
+      <c r="F117" s="43"/>
+      <c r="G117" s="43"/>
+      <c r="H117" s="43"/>
+      <c r="I117" s="43"/>
+      <c r="J117" s="43"/>
+      <c r="K117" s="43"/>
+      <c r="L117" s="43"/>
+      <c r="M117" s="43"/>
+      <c r="N117" s="43"/>
+      <c r="O117" s="43"/>
+      <c r="P117" s="43"/>
+    </row>
+    <row r="118" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A118" s="44" t="s">
         <v>148</v>
       </c>
-      <c r="B108" s="32" t="s">
+      <c r="B118" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="C108" s="57"/>
-[...33 lines deleted...]
-      <c r="A110" s="25" t="s">
+      <c r="C118" s="43"/>
+      <c r="D118" s="43"/>
+      <c r="E118" s="43"/>
+      <c r="F118" s="43"/>
+      <c r="G118" s="43"/>
+      <c r="H118" s="43"/>
+      <c r="I118" s="43"/>
+      <c r="J118" s="43"/>
+      <c r="K118" s="43"/>
+      <c r="L118" s="43"/>
+      <c r="M118" s="43"/>
+      <c r="N118" s="43"/>
+      <c r="O118" s="43"/>
+      <c r="P118" s="43"/>
+    </row>
+    <row r="119" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A119" s="43"/>
+      <c r="B119" s="11"/>
+      <c r="C119" s="43"/>
+      <c r="D119" s="43"/>
+      <c r="E119" s="43"/>
+      <c r="F119" s="43"/>
+      <c r="G119" s="43"/>
+      <c r="H119" s="43"/>
+      <c r="I119" s="43"/>
+      <c r="J119" s="43"/>
+      <c r="K119" s="43"/>
+      <c r="L119" s="43"/>
+      <c r="M119" s="43"/>
+      <c r="N119" s="43"/>
+      <c r="O119" s="43"/>
+      <c r="P119" s="43"/>
+    </row>
+    <row r="120" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A120" s="24" t="s">
         <v>150</v>
       </c>
-      <c r="B110" s="73"/>
-[...16 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="B120" s="98"/>
+      <c r="C120" s="98"/>
+      <c r="D120" s="98"/>
+      <c r="E120" s="98"/>
+      <c r="F120" s="98"/>
+      <c r="G120" s="98"/>
+      <c r="H120" s="98"/>
+      <c r="I120" s="98"/>
+      <c r="J120" s="98"/>
+      <c r="K120" s="98"/>
+      <c r="L120" s="98"/>
+      <c r="M120" s="98"/>
+      <c r="N120" s="98"/>
+      <c r="O120" s="98"/>
+      <c r="P120" s="43"/>
+    </row>
+    <row r="121" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="B111" s="57"/>
-[...34 lines deleted...]
-      <c r="A113" s="71" t="s">
+      <c r="B121" s="11"/>
+      <c r="C121" s="43"/>
+      <c r="D121" s="43"/>
+      <c r="E121" s="43"/>
+      <c r="F121" s="43"/>
+      <c r="G121" s="43"/>
+      <c r="H121" s="43"/>
+      <c r="I121" s="43"/>
+      <c r="J121" s="43"/>
+      <c r="K121" s="43"/>
+      <c r="L121" s="43"/>
+      <c r="M121" s="43"/>
+      <c r="N121" s="43"/>
+      <c r="O121" s="43"/>
+      <c r="P121" s="43"/>
+    </row>
+    <row r="122" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A122" s="14"/>
+      <c r="B122" s="11"/>
+      <c r="C122" s="43"/>
+      <c r="D122" s="43"/>
+      <c r="E122" s="43"/>
+      <c r="F122" s="43"/>
+      <c r="G122" s="43"/>
+      <c r="H122" s="43"/>
+      <c r="I122" s="43"/>
+      <c r="J122" s="43"/>
+      <c r="K122" s="43"/>
+      <c r="L122" s="43"/>
+      <c r="M122" s="43"/>
+      <c r="N122" s="43"/>
+      <c r="O122" s="43"/>
+      <c r="P122" s="43"/>
+    </row>
+    <row r="123" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A123" s="44" t="s">
         <v>152</v>
       </c>
-      <c r="B113" s="12" t="s">
+      <c r="B123" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="C113" s="67"/>
-[...15 lines deleted...]
-      <c r="A114" s="71" t="s">
+      <c r="C123" s="43"/>
+      <c r="D123" s="43"/>
+      <c r="E123" s="43"/>
+      <c r="F123" s="43"/>
+      <c r="G123" s="43"/>
+      <c r="H123" s="43"/>
+      <c r="I123" s="43"/>
+      <c r="J123" s="43"/>
+      <c r="K123" s="43"/>
+      <c r="L123" s="43"/>
+      <c r="M123" s="43"/>
+      <c r="N123" s="43"/>
+      <c r="O123" s="43"/>
+      <c r="P123" s="43"/>
+    </row>
+    <row r="124" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A124" s="43"/>
+      <c r="B124" s="43"/>
+      <c r="C124" s="43"/>
+      <c r="D124" s="43"/>
+      <c r="E124" s="43"/>
+      <c r="F124" s="43"/>
+      <c r="G124" s="43"/>
+      <c r="H124" s="43"/>
+      <c r="I124" s="43"/>
+      <c r="J124" s="43"/>
+      <c r="K124" s="43"/>
+      <c r="L124" s="43"/>
+      <c r="M124" s="43"/>
+      <c r="N124" s="43"/>
+      <c r="O124" s="43"/>
+      <c r="P124" s="43"/>
+    </row>
+    <row r="125" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A125" s="24" t="s">
         <v>154</v>
       </c>
-      <c r="B114" s="12" t="s">
+      <c r="B125" s="98"/>
+      <c r="C125" s="98"/>
+      <c r="D125" s="98"/>
+      <c r="E125" s="98"/>
+      <c r="F125" s="98"/>
+      <c r="G125" s="98"/>
+      <c r="H125" s="98"/>
+      <c r="I125" s="98"/>
+      <c r="J125" s="98"/>
+      <c r="K125" s="98"/>
+      <c r="L125" s="98"/>
+      <c r="M125" s="98"/>
+      <c r="N125" s="98"/>
+      <c r="O125" s="98"/>
+      <c r="P125" s="43"/>
+    </row>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A126" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="C114" s="67"/>
-[...15 lines deleted...]
-      <c r="A115" s="71" t="s">
+      <c r="B126" s="11"/>
+      <c r="C126" s="43"/>
+      <c r="D126" s="43"/>
+      <c r="E126" s="43"/>
+      <c r="F126" s="43"/>
+      <c r="G126" s="43"/>
+      <c r="H126" s="43"/>
+      <c r="I126" s="43"/>
+      <c r="J126" s="43"/>
+      <c r="K126" s="43"/>
+      <c r="L126" s="43"/>
+      <c r="M126" s="43"/>
+      <c r="N126" s="43"/>
+      <c r="O126" s="43"/>
+      <c r="P126" s="43"/>
+    </row>
+    <row r="127" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A127" s="57"/>
+      <c r="B127" s="43"/>
+      <c r="C127" s="43"/>
+      <c r="D127" s="43"/>
+      <c r="E127" s="43"/>
+      <c r="F127" s="43"/>
+      <c r="G127" s="43"/>
+      <c r="H127" s="43"/>
+      <c r="I127" s="43"/>
+      <c r="J127" s="43"/>
+      <c r="K127" s="43"/>
+      <c r="L127" s="43"/>
+      <c r="M127" s="43"/>
+      <c r="N127" s="43"/>
+      <c r="O127" s="43"/>
+      <c r="P127" s="43"/>
+    </row>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A128" s="62" t="s">
         <v>156</v>
       </c>
-      <c r="B115" s="12" t="s">
+      <c r="B128" s="4" t="s">
         <v>157</v>
       </c>
-      <c r="C115" s="67"/>
-[...15 lines deleted...]
-      <c r="A116" s="71" t="s">
+      <c r="C128" s="43"/>
+      <c r="D128" s="43"/>
+      <c r="E128" s="43"/>
+      <c r="F128" s="43"/>
+      <c r="G128" s="43"/>
+      <c r="H128" s="43"/>
+      <c r="I128" s="43"/>
+      <c r="J128" s="43"/>
+      <c r="K128" s="43"/>
+      <c r="L128" s="43"/>
+      <c r="M128" s="43"/>
+      <c r="N128" s="43"/>
+      <c r="O128" s="43"/>
+      <c r="P128" s="48"/>
+    </row>
+    <row r="129" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A129" s="63" t="s">
         <v>158</v>
       </c>
-      <c r="B116" s="12" t="s">
+      <c r="B129" s="19" t="s">
         <v>159</v>
       </c>
-      <c r="C116" s="67"/>
-[...15 lines deleted...]
-      <c r="A117" t="s">
+      <c r="C129" s="43"/>
+      <c r="D129" s="43"/>
+      <c r="E129" s="43"/>
+      <c r="F129" s="43"/>
+      <c r="G129" s="43"/>
+      <c r="H129" s="43"/>
+      <c r="I129" s="43"/>
+      <c r="J129" s="43"/>
+      <c r="K129" s="43"/>
+      <c r="L129" s="43"/>
+      <c r="M129" s="43"/>
+      <c r="N129" s="43"/>
+      <c r="O129" s="43"/>
+      <c r="P129" s="48"/>
+    </row>
+    <row r="130" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A130" s="57"/>
+      <c r="B130" s="11"/>
+      <c r="C130" s="43"/>
+      <c r="D130" s="43"/>
+      <c r="E130" s="43"/>
+      <c r="F130" s="43"/>
+      <c r="G130" s="43"/>
+      <c r="H130" s="43"/>
+      <c r="I130" s="43"/>
+      <c r="J130" s="43"/>
+      <c r="K130" s="43"/>
+      <c r="L130" s="43"/>
+      <c r="M130" s="43"/>
+      <c r="N130" s="43"/>
+      <c r="O130" s="43"/>
+      <c r="P130" s="48"/>
+    </row>
+    <row r="131" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A131" s="43"/>
+      <c r="B131" s="43"/>
+      <c r="C131" s="43"/>
+      <c r="D131" s="43"/>
+      <c r="E131" s="43"/>
+      <c r="F131" s="43"/>
+      <c r="G131" s="43"/>
+      <c r="H131" s="43"/>
+      <c r="I131" s="43"/>
+      <c r="J131" s="43"/>
+      <c r="K131" s="43"/>
+      <c r="L131" s="43"/>
+      <c r="M131" s="43"/>
+      <c r="N131" s="43"/>
+      <c r="O131" s="43"/>
+      <c r="P131" s="43"/>
+    </row>
+    <row r="132" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A132" s="24" t="s">
         <v>160</v>
       </c>
-      <c r="B117" s="12" t="s">
+      <c r="B132" s="97"/>
+      <c r="C132" s="97"/>
+      <c r="D132" s="97"/>
+      <c r="E132" s="97"/>
+      <c r="F132" s="97"/>
+      <c r="G132" s="97"/>
+      <c r="H132" s="97"/>
+      <c r="I132" s="97"/>
+      <c r="J132" s="97"/>
+      <c r="K132" s="97"/>
+      <c r="L132" s="97"/>
+      <c r="M132" s="97"/>
+      <c r="N132" s="97"/>
+      <c r="O132" s="97"/>
+      <c r="P132" s="43"/>
+    </row>
+    <row r="133" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A133" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C117" s="69"/>
-[...15 lines deleted...]
-      <c r="A118" s="71" t="s">
+      <c r="B133" s="43"/>
+      <c r="C133" s="43"/>
+      <c r="D133" s="43"/>
+      <c r="E133" s="43"/>
+      <c r="F133" s="43"/>
+      <c r="G133" s="43"/>
+      <c r="H133" s="43"/>
+      <c r="I133" s="43"/>
+      <c r="J133" s="43"/>
+      <c r="K133" s="43"/>
+      <c r="L133" s="43"/>
+      <c r="M133" s="43"/>
+      <c r="N133" s="43"/>
+      <c r="O133" s="43"/>
+      <c r="P133" s="43"/>
+    </row>
+    <row r="134" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A134" s="57"/>
+      <c r="B134" s="43"/>
+      <c r="C134" s="43"/>
+      <c r="D134" s="43"/>
+      <c r="E134" s="43"/>
+      <c r="F134" s="43"/>
+      <c r="G134" s="43"/>
+      <c r="H134" s="43"/>
+      <c r="I134" s="43"/>
+      <c r="J134" s="43"/>
+      <c r="K134" s="43"/>
+      <c r="L134" s="43"/>
+      <c r="M134" s="43"/>
+      <c r="N134" s="43"/>
+      <c r="O134" s="43"/>
+      <c r="P134" s="43"/>
+    </row>
+    <row r="135" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A135" s="55" t="s">
         <v>162</v>
       </c>
-      <c r="B118" s="12" t="s">
+      <c r="B135" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="C118" s="69"/>
-[...33 lines deleted...]
-      <c r="A120" s="25" t="s">
+      <c r="C135" s="43"/>
+      <c r="D135" s="43"/>
+      <c r="E135" s="43"/>
+      <c r="F135" s="43"/>
+      <c r="G135" s="43"/>
+      <c r="H135" s="43"/>
+      <c r="I135" s="43"/>
+      <c r="J135" s="43"/>
+      <c r="K135" s="43"/>
+      <c r="L135" s="43"/>
+      <c r="M135" s="43"/>
+      <c r="N135" s="43"/>
+      <c r="O135" s="43"/>
+      <c r="P135" s="43"/>
+    </row>
+    <row r="136" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A136" s="44" t="s">
         <v>164</v>
       </c>
-      <c r="B120" s="52"/>
-[...16 lines deleted...]
-      <c r="A121" s="13" t="s">
+      <c r="B136" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="B121" s="11"/>
-[...34 lines deleted...]
-      <c r="A123" s="58" t="s">
+      <c r="C136" s="43"/>
+      <c r="D136" s="43"/>
+      <c r="E136" s="43"/>
+      <c r="F136" s="43"/>
+      <c r="G136" s="43"/>
+      <c r="H136" s="43"/>
+      <c r="I136" s="43"/>
+      <c r="J136" s="43"/>
+      <c r="K136" s="43"/>
+      <c r="L136" s="43"/>
+      <c r="M136" s="43"/>
+      <c r="N136" s="43"/>
+      <c r="O136" s="43"/>
+      <c r="P136" s="43"/>
+    </row>
+    <row r="137" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A137" s="57"/>
+      <c r="B137" s="43"/>
+      <c r="C137" s="43"/>
+      <c r="D137" s="43"/>
+      <c r="E137" s="43"/>
+      <c r="F137" s="43"/>
+      <c r="G137" s="43"/>
+      <c r="H137" s="43"/>
+      <c r="I137" s="43"/>
+      <c r="J137" s="43"/>
+      <c r="K137" s="43"/>
+      <c r="L137" s="43"/>
+      <c r="M137" s="43"/>
+      <c r="N137" s="43"/>
+      <c r="O137" s="43"/>
+      <c r="P137" s="43"/>
+    </row>
+    <row r="138" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A138" s="24" t="s">
         <v>166</v>
       </c>
-      <c r="B123" s="4" t="s">
+      <c r="B138" s="97"/>
+      <c r="C138" s="97"/>
+      <c r="D138" s="97"/>
+      <c r="E138" s="97"/>
+      <c r="F138" s="97"/>
+      <c r="G138" s="97"/>
+      <c r="H138" s="97"/>
+      <c r="I138" s="97"/>
+      <c r="J138" s="97"/>
+      <c r="K138" s="97"/>
+      <c r="L138" s="97"/>
+      <c r="M138" s="97"/>
+      <c r="N138" s="97"/>
+      <c r="O138" s="97"/>
+      <c r="P138" s="43"/>
+    </row>
+    <row r="139" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A139" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C123" s="57"/>
-[...33 lines deleted...]
-      <c r="A125" s="25" t="s">
+      <c r="B139" s="43"/>
+      <c r="C139" s="43"/>
+      <c r="D139" s="43"/>
+      <c r="E139" s="43"/>
+      <c r="F139" s="43"/>
+      <c r="G139" s="43"/>
+      <c r="H139" s="43"/>
+      <c r="I139" s="43"/>
+      <c r="J139" s="43"/>
+      <c r="K139" s="43"/>
+      <c r="L139" s="43"/>
+      <c r="M139" s="43"/>
+      <c r="N139" s="43"/>
+      <c r="O139" s="43"/>
+      <c r="P139" s="43"/>
+    </row>
+    <row r="140" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A140" s="43"/>
+      <c r="B140" s="43"/>
+      <c r="C140" s="43"/>
+      <c r="D140" s="43"/>
+      <c r="E140" s="43"/>
+      <c r="F140" s="43"/>
+      <c r="G140" s="43"/>
+      <c r="H140" s="43"/>
+      <c r="I140" s="43"/>
+      <c r="J140" s="43"/>
+      <c r="K140" s="43"/>
+      <c r="L140" s="43"/>
+      <c r="M140" s="43"/>
+      <c r="N140" s="43"/>
+      <c r="O140" s="43"/>
+      <c r="P140" s="43"/>
+    </row>
+    <row r="141" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A141" s="44" t="s">
         <v>168</v>
       </c>
-      <c r="B125" s="52"/>
-[...16 lines deleted...]
-      <c r="A126" s="2" t="s">
+      <c r="B141" s="4" t="s">
         <v>169</v>
       </c>
-      <c r="B126" s="11"/>
-[...34 lines deleted...]
-      <c r="A128" s="58" t="s">
+      <c r="C141" s="43"/>
+      <c r="D141" s="43"/>
+      <c r="E141" s="43"/>
+      <c r="F141" s="43"/>
+      <c r="G141" s="43"/>
+      <c r="H141" s="43"/>
+      <c r="I141" s="43"/>
+      <c r="J141" s="43"/>
+      <c r="K141" s="43"/>
+      <c r="L141" s="43"/>
+      <c r="M141" s="43"/>
+      <c r="N141" s="43"/>
+      <c r="O141" s="43"/>
+      <c r="P141" s="43"/>
+    </row>
+    <row r="142" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A142" s="44" t="s">
         <v>170</v>
       </c>
-      <c r="B128" s="4" t="s">
+      <c r="B142" s="4" t="s">
         <v>171</v>
       </c>
-      <c r="C128" s="57"/>
-[...33 lines deleted...]
-      <c r="A130" s="25" t="s">
+      <c r="C142" s="43"/>
+      <c r="D142" s="43"/>
+      <c r="E142" s="43"/>
+      <c r="F142" s="43"/>
+      <c r="G142" s="43"/>
+      <c r="H142" s="43"/>
+      <c r="I142" s="43"/>
+      <c r="J142" s="43"/>
+      <c r="K142" s="43"/>
+      <c r="L142" s="43"/>
+      <c r="M142" s="43"/>
+      <c r="N142" s="43"/>
+      <c r="O142" s="43"/>
+      <c r="P142" s="43"/>
+    </row>
+    <row r="143" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A143" s="44" t="s">
         <v>172</v>
       </c>
-      <c r="B130" s="52"/>
-[...16 lines deleted...]
-      <c r="A131" s="15" t="s">
+      <c r="B143" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="B131" s="11"/>
-[...34 lines deleted...]
-      <c r="A133" s="78" t="s">
+      <c r="C143" s="43"/>
+      <c r="D143" s="43"/>
+      <c r="E143" s="43"/>
+      <c r="F143" s="43"/>
+      <c r="G143" s="43"/>
+      <c r="H143" s="43"/>
+      <c r="I143" s="43"/>
+      <c r="J143" s="43"/>
+      <c r="K143" s="43"/>
+      <c r="L143" s="43"/>
+      <c r="M143" s="43"/>
+      <c r="N143" s="43"/>
+      <c r="O143" s="43"/>
+      <c r="P143" s="43"/>
+    </row>
+    <row r="144" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A144" s="44" t="s">
         <v>174</v>
       </c>
-      <c r="B133" s="4" t="s">
+      <c r="B144" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="C133" s="57"/>
-[...15 lines deleted...]
-      <c r="A134" s="79" t="s">
+      <c r="C144" s="43"/>
+      <c r="D144" s="43"/>
+      <c r="E144" s="43"/>
+      <c r="F144" s="43"/>
+      <c r="G144" s="43"/>
+      <c r="H144" s="43"/>
+      <c r="I144" s="43"/>
+      <c r="J144" s="43"/>
+      <c r="K144" s="43"/>
+      <c r="L144" s="43"/>
+      <c r="M144" s="43"/>
+      <c r="N144" s="43"/>
+      <c r="O144" s="43"/>
+      <c r="P144" s="43"/>
+    </row>
+    <row r="145" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A145" s="36" t="s">
         <v>176</v>
       </c>
-      <c r="B134" s="19" t="s">
+      <c r="B145" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="C134" s="57"/>
-[...33 lines deleted...]
-      <c r="A136" s="25" t="s">
+      <c r="C145" s="43"/>
+      <c r="D145" s="43"/>
+      <c r="E145" s="43"/>
+      <c r="F145" s="43"/>
+      <c r="G145" s="43"/>
+      <c r="H145" s="43"/>
+      <c r="I145" s="43"/>
+      <c r="J145" s="43"/>
+      <c r="K145" s="43"/>
+      <c r="L145" s="43"/>
+      <c r="M145" s="43"/>
+      <c r="N145" s="43"/>
+      <c r="O145" s="43"/>
+      <c r="P145" s="43"/>
+    </row>
+    <row r="146" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A146" s="44" t="s">
         <v>178</v>
       </c>
-      <c r="B136" s="73"/>
-[...16 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="B146" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="B137" s="57"/>
-[...34 lines deleted...]
-      <c r="A139" s="70" t="s">
+      <c r="C146" s="43"/>
+      <c r="D146" s="43"/>
+      <c r="E146" s="43"/>
+      <c r="F146" s="43"/>
+      <c r="G146" s="43"/>
+      <c r="H146" s="43"/>
+      <c r="I146" s="43"/>
+      <c r="J146" s="43"/>
+      <c r="K146" s="43"/>
+      <c r="L146" s="43"/>
+      <c r="M146" s="43"/>
+      <c r="N146" s="43"/>
+      <c r="O146" s="43"/>
+      <c r="P146" s="43"/>
+    </row>
+    <row r="147" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A147" s="44" t="s">
         <v>180</v>
       </c>
-      <c r="B139" s="4" t="s">
+      <c r="B147" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="C139" s="57"/>
-[...15 lines deleted...]
-      <c r="A140" s="58" t="s">
+      <c r="C147" s="43"/>
+      <c r="D147" s="43"/>
+      <c r="E147" s="43"/>
+      <c r="F147" s="43"/>
+      <c r="G147" s="43"/>
+      <c r="H147" s="43"/>
+      <c r="I147" s="43"/>
+      <c r="J147" s="43"/>
+      <c r="K147" s="43"/>
+      <c r="L147" s="43"/>
+      <c r="M147" s="43"/>
+      <c r="N147" s="43"/>
+      <c r="O147" s="43"/>
+      <c r="P147" s="43"/>
+    </row>
+    <row r="148" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A148" s="51" t="s">
         <v>182</v>
       </c>
-      <c r="B140" s="4" t="s">
+      <c r="B148" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="C140" s="57"/>
-[...33 lines deleted...]
-      <c r="A142" s="25" t="s">
+      <c r="C148" s="43"/>
+      <c r="D148" s="43"/>
+      <c r="E148" s="43"/>
+      <c r="F148" s="43"/>
+      <c r="G148" s="43"/>
+      <c r="H148" s="43"/>
+      <c r="I148" s="43"/>
+      <c r="J148" s="43"/>
+      <c r="K148" s="43"/>
+      <c r="L148" s="43"/>
+      <c r="M148" s="43"/>
+      <c r="N148" s="43"/>
+      <c r="O148" s="43"/>
+      <c r="P148" s="43"/>
+    </row>
+    <row r="149" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A149" s="77" t="s">
+        <v>425</v>
+      </c>
+      <c r="B149" s="76" t="s">
+        <v>424</v>
+      </c>
+      <c r="C149" s="43"/>
+      <c r="D149" s="43"/>
+      <c r="E149" s="43"/>
+      <c r="F149" s="43"/>
+      <c r="G149" s="43"/>
+      <c r="H149" s="43"/>
+      <c r="I149" s="43"/>
+      <c r="J149" s="43"/>
+      <c r="K149" s="43"/>
+      <c r="L149" s="43"/>
+      <c r="M149" s="43"/>
+      <c r="N149" s="43"/>
+      <c r="O149" s="43"/>
+      <c r="P149" s="43"/>
+    </row>
+    <row r="150" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A150" s="44" t="s">
         <v>184</v>
       </c>
-      <c r="B142" s="73"/>
-[...16 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="B150" s="4" t="s">
         <v>185</v>
       </c>
-      <c r="B143" s="57"/>
-[...34 lines deleted...]
-      <c r="A145" s="70" t="s">
+      <c r="C150" s="43"/>
+      <c r="D150" s="43"/>
+      <c r="E150" s="43"/>
+      <c r="F150" s="43"/>
+      <c r="G150" s="43"/>
+      <c r="H150" s="43"/>
+      <c r="I150" s="43"/>
+      <c r="J150" s="43"/>
+      <c r="K150" s="43"/>
+      <c r="L150" s="43"/>
+      <c r="M150" s="43"/>
+      <c r="N150" s="43"/>
+      <c r="O150" s="43"/>
+      <c r="P150" s="43"/>
+    </row>
+    <row r="151" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A151" s="44" t="s">
         <v>186</v>
       </c>
-      <c r="B145" s="4" t="s">
+      <c r="B151" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="C145" s="57"/>
-[...15 lines deleted...]
-      <c r="A146" s="58" t="s">
+      <c r="C151" s="43"/>
+      <c r="D151" s="43"/>
+      <c r="E151" s="43"/>
+      <c r="F151" s="43"/>
+      <c r="G151" s="43"/>
+      <c r="H151" s="43"/>
+      <c r="I151" s="43"/>
+      <c r="J151" s="43"/>
+      <c r="K151" s="43"/>
+      <c r="L151" s="43"/>
+      <c r="M151" s="43"/>
+      <c r="N151" s="43"/>
+      <c r="O151" s="43"/>
+      <c r="P151" s="43"/>
+    </row>
+    <row r="152" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A152" s="44" t="s">
         <v>188</v>
       </c>
-      <c r="B146" s="4" t="s">
+      <c r="B152" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="C146" s="57"/>
-[...15 lines deleted...]
-      <c r="A147" s="58" t="s">
+      <c r="C152" s="43"/>
+      <c r="D152" s="43"/>
+      <c r="E152" s="43"/>
+      <c r="F152" s="43"/>
+      <c r="G152" s="43"/>
+      <c r="H152" s="43"/>
+      <c r="I152" s="43"/>
+      <c r="J152" s="43"/>
+      <c r="K152" s="43"/>
+      <c r="L152" s="43"/>
+      <c r="M152" s="43"/>
+      <c r="N152" s="43"/>
+      <c r="O152" s="43"/>
+      <c r="P152" s="43"/>
+    </row>
+    <row r="153" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A153" s="44" t="s">
         <v>190</v>
       </c>
-      <c r="B147" s="4" t="s">
+      <c r="B153" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="C147" s="57"/>
-[...15 lines deleted...]
-      <c r="A148" s="58" t="s">
+      <c r="C153" s="43"/>
+      <c r="D153" s="43"/>
+      <c r="E153" s="43"/>
+      <c r="F153" s="43"/>
+      <c r="G153" s="43"/>
+      <c r="H153" s="43"/>
+      <c r="I153" s="43"/>
+      <c r="J153" s="43"/>
+      <c r="K153" s="43"/>
+      <c r="L153" s="43"/>
+      <c r="M153" s="43"/>
+      <c r="N153" s="43"/>
+      <c r="O153" s="43"/>
+      <c r="P153" s="43"/>
+    </row>
+    <row r="154" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A154" s="59" t="s">
         <v>192</v>
       </c>
-      <c r="B148" s="4" t="s">
+      <c r="B154" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="C148" s="57"/>
-[...15 lines deleted...]
-      <c r="A149" s="58" t="s">
+      <c r="C154" s="43"/>
+      <c r="D154" s="43"/>
+      <c r="E154" s="43"/>
+      <c r="F154" s="43"/>
+      <c r="G154" s="43"/>
+      <c r="H154" s="43"/>
+      <c r="I154" s="43"/>
+      <c r="J154" s="43"/>
+      <c r="K154" s="43"/>
+      <c r="L154" s="43"/>
+      <c r="M154" s="43"/>
+      <c r="N154" s="43"/>
+      <c r="O154" s="43"/>
+      <c r="P154" s="43"/>
+    </row>
+    <row r="155" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A155" s="44" t="s">
         <v>194</v>
       </c>
-      <c r="B149" s="4" t="s">
+      <c r="B155" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="C149" s="57"/>
-[...15 lines deleted...]
-      <c r="A150" s="42" t="s">
+      <c r="C155" s="43"/>
+      <c r="D155" s="43"/>
+      <c r="E155" s="43"/>
+      <c r="F155" s="43"/>
+      <c r="G155" s="43"/>
+      <c r="H155" s="43"/>
+      <c r="I155" s="43"/>
+      <c r="J155" s="43"/>
+      <c r="K155" s="43"/>
+      <c r="L155" s="43"/>
+      <c r="M155" s="43"/>
+      <c r="N155" s="43"/>
+      <c r="O155" s="43"/>
+      <c r="P155" s="43"/>
+    </row>
+    <row r="156" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A156" s="44" t="s">
         <v>196</v>
       </c>
-      <c r="B150" s="4" t="s">
+      <c r="B156" s="4" t="s">
         <v>197</v>
       </c>
-      <c r="C150" s="57"/>
-[...15 lines deleted...]
-      <c r="A151" s="58" t="s">
+      <c r="C156" s="43"/>
+      <c r="D156" s="43"/>
+      <c r="E156" s="43"/>
+      <c r="F156" s="43"/>
+      <c r="G156" s="43"/>
+      <c r="H156" s="43"/>
+      <c r="I156" s="43"/>
+      <c r="J156" s="43"/>
+      <c r="K156" s="43"/>
+      <c r="L156" s="43"/>
+      <c r="M156" s="43"/>
+      <c r="N156" s="43"/>
+      <c r="O156" s="43"/>
+      <c r="P156" s="43"/>
+    </row>
+    <row r="157" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A157" s="44" t="s">
         <v>198</v>
       </c>
-      <c r="B151" s="4" t="s">
+      <c r="B157" s="4" t="s">
         <v>199</v>
       </c>
-      <c r="C151" s="57"/>
-[...15 lines deleted...]
-      <c r="A152" s="58" t="s">
+      <c r="C157" s="43"/>
+      <c r="D157" s="43"/>
+      <c r="E157" s="43"/>
+      <c r="F157" s="43"/>
+      <c r="G157" s="43"/>
+      <c r="H157" s="43"/>
+      <c r="I157" s="43"/>
+      <c r="J157" s="43"/>
+      <c r="K157" s="43"/>
+      <c r="L157" s="43"/>
+      <c r="M157" s="43"/>
+      <c r="N157" s="43"/>
+      <c r="O157" s="43"/>
+      <c r="P157" s="43"/>
+    </row>
+    <row r="158" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A158" s="44" t="s">
         <v>200</v>
       </c>
-      <c r="B152" s="4" t="s">
+      <c r="B158" s="4" t="s">
         <v>201</v>
       </c>
-      <c r="C152" s="57"/>
-[...15 lines deleted...]
-      <c r="A153" s="65" t="s">
+      <c r="C158" s="43"/>
+      <c r="D158" s="43"/>
+      <c r="E158" s="43"/>
+      <c r="F158" s="43"/>
+      <c r="G158" s="43"/>
+      <c r="H158" s="43"/>
+      <c r="I158" s="43"/>
+      <c r="J158" s="43"/>
+      <c r="K158" s="43"/>
+      <c r="L158" s="43"/>
+      <c r="M158" s="43"/>
+      <c r="N158" s="43"/>
+      <c r="O158" s="43"/>
+      <c r="P158" s="43"/>
+    </row>
+    <row r="159" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A159" s="44" t="s">
         <v>202</v>
       </c>
-      <c r="B153" s="5" t="s">
+      <c r="B159" s="4" t="s">
         <v>203</v>
       </c>
-      <c r="C153" s="57"/>
-[...15 lines deleted...]
-      <c r="A154" s="65" t="s">
+      <c r="C159" s="43"/>
+      <c r="D159" s="43"/>
+      <c r="E159" s="43"/>
+      <c r="F159" s="43"/>
+      <c r="G159" s="43"/>
+      <c r="H159" s="43"/>
+      <c r="I159" s="43"/>
+      <c r="J159" s="43"/>
+      <c r="K159" s="43"/>
+      <c r="L159" s="43"/>
+      <c r="M159" s="43"/>
+      <c r="N159" s="43"/>
+      <c r="O159" s="43"/>
+      <c r="P159" s="43"/>
+    </row>
+    <row r="160" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A160" s="44" t="s">
         <v>204</v>
       </c>
-      <c r="B154" s="5" t="s">
+      <c r="B160" s="4" t="s">
         <v>205</v>
       </c>
-      <c r="C154" s="57"/>
-[...15 lines deleted...]
-      <c r="A155" s="58" t="s">
+      <c r="C160" s="43"/>
+      <c r="D160" s="43"/>
+      <c r="E160" s="43"/>
+      <c r="F160" s="43"/>
+      <c r="G160" s="43"/>
+      <c r="H160" s="43"/>
+      <c r="I160" s="43"/>
+      <c r="J160" s="43"/>
+      <c r="K160" s="43"/>
+      <c r="L160" s="43"/>
+      <c r="M160" s="43"/>
+      <c r="N160" s="43"/>
+      <c r="O160" s="43"/>
+      <c r="P160" s="43"/>
+    </row>
+    <row r="161" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A161" s="44" t="s">
         <v>206</v>
       </c>
-      <c r="B155" s="4" t="s">
+      <c r="B161" s="4" t="s">
         <v>207</v>
       </c>
-      <c r="C155" s="57"/>
-[...15 lines deleted...]
-      <c r="A156" s="58" t="s">
+      <c r="C161" s="43"/>
+      <c r="D161" s="43"/>
+      <c r="E161" s="43"/>
+      <c r="F161" s="43"/>
+      <c r="G161" s="43"/>
+      <c r="H161" s="43"/>
+      <c r="I161" s="43"/>
+      <c r="J161" s="43"/>
+      <c r="K161" s="43"/>
+      <c r="L161" s="43"/>
+      <c r="M161" s="43"/>
+      <c r="N161" s="43"/>
+      <c r="O161" s="43"/>
+      <c r="P161" s="43"/>
+    </row>
+    <row r="162" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A162" s="52" t="s">
         <v>208</v>
       </c>
-      <c r="B156" s="4" t="s">
+      <c r="B162" s="4" t="s">
         <v>209</v>
       </c>
-      <c r="C156" s="57"/>
-[...15 lines deleted...]
-      <c r="A157" s="58" t="s">
+      <c r="C162" s="43"/>
+      <c r="D162" s="43"/>
+      <c r="E162" s="43"/>
+      <c r="F162" s="43"/>
+      <c r="G162" s="43"/>
+      <c r="H162" s="43"/>
+      <c r="I162" s="43"/>
+      <c r="J162" s="43"/>
+      <c r="K162" s="43"/>
+      <c r="L162" s="43"/>
+      <c r="M162" s="43"/>
+      <c r="N162" s="43"/>
+      <c r="O162" s="43"/>
+      <c r="P162" s="43"/>
+    </row>
+    <row r="163" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A163" s="23" t="s">
         <v>210</v>
       </c>
-      <c r="B157" s="4" t="s">
+      <c r="B163" s="16" t="s">
         <v>211</v>
       </c>
-      <c r="C157" s="57"/>
-[...15 lines deleted...]
-      <c r="A158" s="58" t="s">
+      <c r="C163" s="43"/>
+      <c r="D163" s="43"/>
+      <c r="E163" s="43"/>
+      <c r="F163" s="43"/>
+      <c r="G163" s="43"/>
+      <c r="H163" s="43"/>
+      <c r="I163" s="43"/>
+      <c r="J163" s="43"/>
+      <c r="K163" s="43"/>
+      <c r="L163" s="43"/>
+      <c r="M163" s="43"/>
+      <c r="N163" s="43"/>
+      <c r="O163" s="43"/>
+      <c r="P163" s="43"/>
+    </row>
+    <row r="164" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A164" s="23" t="s">
         <v>212</v>
       </c>
-      <c r="B158" s="4" t="s">
+      <c r="B164" s="73" t="s">
         <v>213</v>
       </c>
-      <c r="C158" s="57"/>
-[...15 lines deleted...]
-      <c r="A159" s="58" t="s">
+      <c r="C164" s="53"/>
+      <c r="D164" s="53"/>
+      <c r="E164" s="53"/>
+      <c r="F164" s="53"/>
+      <c r="G164" s="53"/>
+      <c r="H164" s="53"/>
+      <c r="I164" s="53"/>
+      <c r="J164" s="53"/>
+      <c r="K164" s="53"/>
+      <c r="L164" s="53"/>
+      <c r="M164" s="53"/>
+      <c r="N164" s="53"/>
+      <c r="O164" s="53"/>
+      <c r="P164" s="43"/>
+    </row>
+    <row r="165" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A165" s="75" t="s">
+        <v>423</v>
+      </c>
+      <c r="B165" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="C165" s="43"/>
+      <c r="D165" s="43"/>
+      <c r="E165" s="43"/>
+      <c r="F165" s="43"/>
+      <c r="G165" s="43"/>
+      <c r="H165" s="43"/>
+      <c r="I165" s="43"/>
+      <c r="J165" s="43"/>
+      <c r="K165" s="43"/>
+      <c r="L165" s="43"/>
+      <c r="M165" s="43"/>
+      <c r="N165" s="43"/>
+      <c r="O165" s="43"/>
+      <c r="P165" s="43"/>
+    </row>
+    <row r="166" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A166" s="74"/>
+      <c r="B166" s="43"/>
+      <c r="C166" s="43"/>
+      <c r="D166" s="43"/>
+      <c r="E166" s="43"/>
+      <c r="F166" s="43"/>
+      <c r="G166" s="43"/>
+      <c r="H166" s="43"/>
+      <c r="I166" s="43"/>
+      <c r="J166" s="43"/>
+      <c r="K166" s="43"/>
+      <c r="L166" s="43"/>
+      <c r="M166" s="43"/>
+      <c r="N166" s="43"/>
+      <c r="O166" s="43"/>
+      <c r="P166" s="43"/>
+    </row>
+    <row r="167" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A167" s="24" t="s">
         <v>214</v>
       </c>
-      <c r="B159" s="4" t="s">
+      <c r="B167" s="58"/>
+      <c r="C167" s="43"/>
+      <c r="D167" s="43"/>
+      <c r="E167" s="43"/>
+      <c r="F167" s="43"/>
+      <c r="G167" s="43"/>
+      <c r="H167" s="43"/>
+      <c r="I167" s="43"/>
+      <c r="J167" s="43"/>
+      <c r="K167" s="43"/>
+      <c r="L167" s="43"/>
+      <c r="M167" s="43"/>
+      <c r="N167" s="43"/>
+      <c r="O167" s="43"/>
+      <c r="P167" s="43"/>
+    </row>
+    <row r="168" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A168" s="41" t="s">
         <v>215</v>
       </c>
-      <c r="C159" s="57"/>
-[...15 lines deleted...]
-      <c r="A160" s="58" t="s">
+      <c r="B168" s="21" t="s">
         <v>216</v>
       </c>
-      <c r="B160" s="4" t="s">
+      <c r="C168" s="43"/>
+      <c r="D168" s="43"/>
+      <c r="E168" s="43"/>
+      <c r="F168" s="43"/>
+      <c r="G168" s="43"/>
+      <c r="H168" s="43"/>
+      <c r="I168" s="43"/>
+      <c r="J168" s="43"/>
+      <c r="K168" s="43"/>
+      <c r="L168" s="43"/>
+      <c r="M168" s="43"/>
+      <c r="N168" s="43"/>
+      <c r="O168" s="43"/>
+      <c r="P168" s="43"/>
+    </row>
+    <row r="169" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A169" s="42" t="s">
         <v>217</v>
       </c>
-      <c r="C160" s="57"/>
-[...15 lines deleted...]
-      <c r="A161" s="75" t="s">
+      <c r="B169" s="21" t="s">
         <v>218</v>
       </c>
-      <c r="B161" s="4" t="s">
+      <c r="C169" s="43"/>
+      <c r="D169" s="43"/>
+      <c r="E169" s="43"/>
+      <c r="F169" s="43"/>
+      <c r="G169" s="43"/>
+      <c r="H169" s="43"/>
+      <c r="I169" s="43"/>
+      <c r="J169" s="43"/>
+      <c r="K169" s="43"/>
+      <c r="L169" s="43"/>
+      <c r="M169" s="43"/>
+      <c r="N169" s="43"/>
+      <c r="O169" s="43"/>
+      <c r="P169" s="43"/>
+    </row>
+    <row r="170" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A170" s="8"/>
+      <c r="B170" s="43"/>
+      <c r="C170" s="43"/>
+      <c r="D170" s="43"/>
+      <c r="E170" s="43"/>
+      <c r="F170" s="43"/>
+      <c r="G170" s="43"/>
+      <c r="H170" s="43"/>
+      <c r="I170" s="43"/>
+      <c r="J170" s="43"/>
+      <c r="K170" s="43"/>
+      <c r="L170" s="43"/>
+      <c r="M170" s="43"/>
+      <c r="N170" s="43"/>
+      <c r="O170" s="43"/>
+      <c r="P170" s="43"/>
+    </row>
+    <row r="171" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A171" s="24" t="s">
         <v>219</v>
       </c>
-      <c r="C161" s="57"/>
-[...15 lines deleted...]
-      <c r="A162" s="75" t="s">
+      <c r="B171" s="95"/>
+      <c r="C171" s="95"/>
+      <c r="D171" s="95"/>
+      <c r="E171" s="95"/>
+      <c r="F171" s="95"/>
+      <c r="G171" s="95"/>
+      <c r="H171" s="95"/>
+      <c r="I171" s="95"/>
+      <c r="J171" s="95"/>
+      <c r="K171" s="95"/>
+      <c r="L171" s="95"/>
+      <c r="M171" s="95"/>
+      <c r="N171" s="95"/>
+      <c r="O171" s="95"/>
+      <c r="P171" s="43"/>
+    </row>
+    <row r="172" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A172" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="B162" s="4" t="s">
+      <c r="B172" s="43"/>
+      <c r="C172" s="43"/>
+      <c r="D172" s="43"/>
+      <c r="E172" s="43"/>
+      <c r="F172" s="43"/>
+      <c r="G172" s="43"/>
+      <c r="H172" s="43"/>
+      <c r="I172" s="43"/>
+      <c r="J172" s="43"/>
+      <c r="K172" s="43"/>
+      <c r="L172" s="43"/>
+      <c r="M172" s="43"/>
+      <c r="N172" s="43"/>
+      <c r="O172" s="43"/>
+      <c r="P172" s="43"/>
+    </row>
+    <row r="173" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A173" s="1"/>
+      <c r="B173" s="43"/>
+      <c r="C173" s="43"/>
+      <c r="D173" s="43"/>
+      <c r="E173" s="43"/>
+      <c r="F173" s="43"/>
+      <c r="G173" s="43"/>
+      <c r="H173" s="43"/>
+      <c r="I173" s="43"/>
+      <c r="J173" s="43"/>
+      <c r="K173" s="43"/>
+      <c r="L173" s="43"/>
+      <c r="M173" s="43"/>
+      <c r="N173" s="43"/>
+      <c r="O173" s="43"/>
+      <c r="P173" s="43"/>
+    </row>
+    <row r="174" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A174" s="64" t="s">
         <v>221</v>
       </c>
-      <c r="C162" s="57"/>
-[...15 lines deleted...]
-      <c r="A163" s="58" t="s">
+      <c r="B174" s="65" t="s">
         <v>222</v>
       </c>
-      <c r="B163" s="4" t="s">
+      <c r="C174" s="43"/>
+      <c r="D174" s="43"/>
+      <c r="E174" s="43"/>
+      <c r="F174" s="43"/>
+      <c r="G174" s="43"/>
+      <c r="H174" s="43"/>
+      <c r="I174" s="43"/>
+      <c r="J174" s="43"/>
+      <c r="K174" s="43"/>
+      <c r="L174" s="43"/>
+      <c r="M174" s="43"/>
+      <c r="N174" s="43"/>
+      <c r="O174" s="43"/>
+      <c r="P174" s="43"/>
+    </row>
+    <row r="175" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A175" s="66" t="s">
         <v>223</v>
       </c>
-      <c r="C163" s="57"/>
-[...15 lines deleted...]
-      <c r="A164" s="58" t="s">
+      <c r="B175" s="65" t="s">
         <v>224</v>
       </c>
-      <c r="B164" s="4" t="s">
+      <c r="C175" s="43"/>
+      <c r="D175" s="43"/>
+      <c r="E175" s="43"/>
+      <c r="F175" s="43"/>
+      <c r="G175" s="43"/>
+      <c r="H175" s="43"/>
+      <c r="I175" s="43"/>
+      <c r="J175" s="43"/>
+      <c r="K175" s="43"/>
+      <c r="L175" s="43"/>
+      <c r="M175" s="43"/>
+      <c r="N175" s="43"/>
+      <c r="O175" s="43"/>
+      <c r="P175" s="43"/>
+    </row>
+    <row r="176" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A176" s="64" t="s">
         <v>225</v>
       </c>
-      <c r="C164" s="57"/>
-[...15 lines deleted...]
-      <c r="A165" s="58" t="s">
+      <c r="B176" s="65" t="s">
         <v>226</v>
       </c>
-      <c r="B165" s="4" t="s">
+      <c r="C176" s="43"/>
+      <c r="D176" s="43"/>
+      <c r="E176" s="43"/>
+      <c r="F176" s="43"/>
+      <c r="G176" s="43"/>
+      <c r="H176" s="43"/>
+      <c r="I176" s="43"/>
+      <c r="J176" s="43"/>
+      <c r="K176" s="43"/>
+      <c r="L176" s="43"/>
+      <c r="M176" s="43"/>
+      <c r="N176" s="43"/>
+      <c r="O176" s="43"/>
+      <c r="P176" s="43"/>
+    </row>
+    <row r="177" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A177" s="48"/>
+      <c r="P177" s="43"/>
+    </row>
+    <row r="178" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A178" s="24" t="s">
         <v>227</v>
       </c>
-      <c r="C165" s="57"/>
-[...15 lines deleted...]
-      <c r="A166" s="58" t="s">
+      <c r="B178" s="95"/>
+      <c r="C178" s="95"/>
+      <c r="D178" s="95"/>
+      <c r="E178" s="95"/>
+      <c r="F178" s="95"/>
+      <c r="G178" s="95"/>
+      <c r="H178" s="95"/>
+      <c r="I178" s="95"/>
+      <c r="J178" s="95"/>
+      <c r="K178" s="95"/>
+      <c r="L178" s="95"/>
+      <c r="M178" s="95"/>
+      <c r="N178" s="95"/>
+      <c r="O178" s="95"/>
+      <c r="P178" s="43"/>
+    </row>
+    <row r="179" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A179" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B166" s="4" t="s">
+      <c r="B179" s="43"/>
+      <c r="C179" s="43"/>
+      <c r="D179" s="43"/>
+      <c r="E179" s="43"/>
+      <c r="F179" s="43"/>
+      <c r="G179" s="43"/>
+      <c r="H179" s="43"/>
+      <c r="I179" s="43"/>
+      <c r="J179" s="43"/>
+      <c r="K179" s="43"/>
+      <c r="L179" s="43"/>
+      <c r="M179" s="43"/>
+      <c r="N179" s="43"/>
+      <c r="O179" s="43"/>
+      <c r="P179" s="43"/>
+    </row>
+    <row r="180" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A180" s="43"/>
+      <c r="C180" s="43"/>
+      <c r="D180" s="43"/>
+      <c r="E180" s="43"/>
+      <c r="F180" s="43"/>
+      <c r="G180" s="43"/>
+      <c r="H180" s="43"/>
+      <c r="I180" s="43"/>
+      <c r="J180" s="43"/>
+      <c r="K180" s="43"/>
+      <c r="L180" s="43"/>
+      <c r="M180" s="43"/>
+      <c r="N180" s="43"/>
+      <c r="O180" s="43"/>
+      <c r="P180" s="43"/>
+    </row>
+    <row r="181" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A181" s="55" t="s">
         <v>229</v>
       </c>
-      <c r="C166" s="57"/>
-[...15 lines deleted...]
-      <c r="A167" s="58" t="s">
+      <c r="B181" s="39" t="s">
         <v>230</v>
       </c>
-      <c r="B167" s="4" t="s">
+      <c r="C181" s="43"/>
+      <c r="D181" s="43"/>
+      <c r="E181" s="43"/>
+      <c r="F181" s="43"/>
+      <c r="G181" s="43"/>
+      <c r="H181" s="43"/>
+      <c r="I181" s="43"/>
+      <c r="J181" s="43"/>
+      <c r="K181" s="43"/>
+      <c r="L181" s="43"/>
+      <c r="M181" s="43"/>
+      <c r="N181" s="43"/>
+      <c r="O181" s="43"/>
+      <c r="P181" s="43"/>
+    </row>
+    <row r="182" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A182" s="55" t="s">
         <v>231</v>
       </c>
-      <c r="C167" s="57"/>
-[...15 lines deleted...]
-      <c r="A168" s="58" t="s">
+      <c r="B182" s="39" t="s">
         <v>232</v>
       </c>
-      <c r="B168" s="4" t="s">
+      <c r="C182" s="43"/>
+      <c r="D182" s="43"/>
+      <c r="E182" s="43"/>
+      <c r="F182" s="43"/>
+      <c r="G182" s="43"/>
+      <c r="H182" s="43"/>
+      <c r="I182" s="43"/>
+      <c r="J182" s="43"/>
+      <c r="K182" s="43"/>
+      <c r="L182" s="43"/>
+      <c r="M182" s="43"/>
+      <c r="N182" s="43"/>
+      <c r="O182" s="43"/>
+      <c r="P182" s="43"/>
+    </row>
+    <row r="183" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A183" s="55" t="s">
         <v>233</v>
       </c>
-      <c r="C168" s="57"/>
-[...15 lines deleted...]
-      <c r="A169" s="58" t="s">
+      <c r="B183" s="39" t="s">
         <v>234</v>
       </c>
-      <c r="B169" s="4" t="s">
+      <c r="C183" s="43"/>
+      <c r="D183" s="43"/>
+      <c r="E183" s="43"/>
+      <c r="F183" s="43"/>
+      <c r="G183" s="43"/>
+      <c r="H183" s="43"/>
+      <c r="I183" s="43"/>
+      <c r="J183" s="43"/>
+      <c r="K183" s="43"/>
+      <c r="L183" s="43"/>
+      <c r="M183" s="43"/>
+      <c r="N183" s="43"/>
+      <c r="O183" s="43"/>
+      <c r="P183" s="43"/>
+    </row>
+    <row r="184" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A184" s="44" t="s">
         <v>235</v>
       </c>
-      <c r="C169" s="57"/>
-[...15 lines deleted...]
-      <c r="A170" s="66" t="s">
+      <c r="B184" s="39" t="s">
         <v>236</v>
       </c>
-      <c r="B170" s="4" t="s">
+      <c r="C184" s="43"/>
+      <c r="D184" s="43"/>
+      <c r="E184" s="43"/>
+      <c r="F184" s="43"/>
+      <c r="G184" s="43"/>
+      <c r="H184" s="43"/>
+      <c r="I184" s="43"/>
+      <c r="J184" s="43"/>
+      <c r="K184" s="43"/>
+      <c r="L184" s="43"/>
+      <c r="M184" s="43"/>
+      <c r="N184" s="43"/>
+      <c r="O184" s="43"/>
+      <c r="P184" s="43"/>
+    </row>
+    <row r="185" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A185" s="43" t="s">
         <v>237</v>
       </c>
-      <c r="C170" s="57"/>
-[...15 lines deleted...]
-      <c r="A171" s="24" t="s">
+      <c r="B185" s="39" t="s">
         <v>238</v>
       </c>
-      <c r="B171" s="16" t="s">
+      <c r="P185" s="43"/>
+    </row>
+    <row r="186" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A186" s="53" t="s">
         <v>239</v>
       </c>
-      <c r="C171" s="57"/>
-[...15 lines deleted...]
-      <c r="A172" s="21" t="s">
+      <c r="B186" s="40" t="s">
         <v>240</v>
       </c>
-      <c r="B172" s="12" t="s">
+      <c r="C186" s="43"/>
+      <c r="D186" s="43"/>
+      <c r="E186" s="43"/>
+      <c r="F186" s="43"/>
+      <c r="G186" s="43"/>
+      <c r="H186" s="43"/>
+      <c r="I186" s="43"/>
+      <c r="J186" s="43"/>
+      <c r="K186" s="43"/>
+      <c r="L186" s="43"/>
+      <c r="M186" s="43"/>
+      <c r="N186" s="43"/>
+      <c r="O186" s="43"/>
+      <c r="P186" s="43"/>
+    </row>
+    <row r="187" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A187" s="14"/>
+      <c r="P187" s="43"/>
+    </row>
+    <row r="188" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A188" s="24" t="s">
         <v>241</v>
       </c>
-      <c r="C172" s="67"/>
-[...33 lines deleted...]
-      <c r="A174" s="25" t="s">
+      <c r="B188" s="95"/>
+      <c r="C188" s="95"/>
+      <c r="D188" s="95"/>
+      <c r="E188" s="95"/>
+      <c r="F188" s="95"/>
+      <c r="G188" s="95"/>
+      <c r="H188" s="95"/>
+      <c r="I188" s="95"/>
+      <c r="J188" s="95"/>
+      <c r="K188" s="95"/>
+      <c r="L188" s="95"/>
+      <c r="M188" s="95"/>
+      <c r="N188" s="95"/>
+      <c r="O188" s="95"/>
+      <c r="P188" s="43"/>
+    </row>
+    <row r="189" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A189" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B174" s="80"/>
-[...16 lines deleted...]
-      <c r="A175" s="55" t="s">
+      <c r="C189" s="43"/>
+      <c r="D189" s="43"/>
+      <c r="E189" s="43"/>
+      <c r="F189" s="43"/>
+      <c r="G189" s="43"/>
+      <c r="H189" s="43"/>
+      <c r="I189" s="43"/>
+      <c r="J189" s="43"/>
+      <c r="K189" s="43"/>
+      <c r="L189" s="43"/>
+      <c r="M189" s="43"/>
+      <c r="N189" s="43"/>
+      <c r="O189" s="43"/>
+      <c r="P189" s="43"/>
+    </row>
+    <row r="190" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A190" s="43"/>
+      <c r="C190" s="43"/>
+      <c r="D190" s="43"/>
+      <c r="E190" s="43"/>
+      <c r="F190" s="43"/>
+      <c r="G190" s="43"/>
+      <c r="H190" s="43"/>
+      <c r="I190" s="43"/>
+      <c r="J190" s="43"/>
+      <c r="K190" s="43"/>
+      <c r="L190" s="43"/>
+      <c r="M190" s="43"/>
+      <c r="N190" s="43"/>
+      <c r="O190" s="43"/>
+      <c r="P190" s="43"/>
+    </row>
+    <row r="191" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A191" s="55" t="s">
         <v>243</v>
       </c>
-      <c r="B175" s="21" t="s">
+      <c r="B191" s="4" t="s">
         <v>244</v>
       </c>
-      <c r="C175" s="57"/>
-[...15 lines deleted...]
-      <c r="A176" s="56" t="s">
+      <c r="C191" s="43"/>
+      <c r="D191" s="43"/>
+      <c r="E191" s="43"/>
+      <c r="F191" s="43"/>
+      <c r="G191" s="43"/>
+      <c r="H191" s="43"/>
+      <c r="I191" s="43"/>
+      <c r="J191" s="43"/>
+      <c r="K191" s="43"/>
+      <c r="L191" s="43"/>
+      <c r="M191" s="43"/>
+      <c r="N191" s="43"/>
+      <c r="O191" s="43"/>
+      <c r="P191" s="43"/>
+    </row>
+    <row r="192" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A192" s="44" t="s">
         <v>245</v>
       </c>
-      <c r="B176" s="21" t="s">
+      <c r="B192" s="4" t="s">
         <v>246</v>
       </c>
-      <c r="C176" s="57"/>
-[...33 lines deleted...]
-      <c r="A178" s="25" t="s">
+      <c r="C192" s="43"/>
+      <c r="D192" s="43"/>
+      <c r="E192" s="43"/>
+      <c r="F192" s="43"/>
+      <c r="G192" s="43"/>
+      <c r="H192" s="43"/>
+      <c r="I192" s="43"/>
+      <c r="J192" s="43"/>
+      <c r="K192" s="43"/>
+      <c r="L192" s="43"/>
+      <c r="M192" s="43"/>
+      <c r="N192" s="43"/>
+      <c r="O192" s="43"/>
+      <c r="P192" s="43"/>
+    </row>
+    <row r="193" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A193" s="55" t="s">
         <v>247</v>
       </c>
-      <c r="B178" s="51"/>
-[...16 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B193" s="4" t="s">
         <v>248</v>
       </c>
-      <c r="B179" s="57"/>
-[...34 lines deleted...]
-      <c r="A181" s="81" t="s">
+      <c r="C193" s="43"/>
+      <c r="D193" s="43"/>
+      <c r="E193" s="43"/>
+      <c r="F193" s="43"/>
+      <c r="G193" s="43"/>
+      <c r="H193" s="43"/>
+      <c r="I193" s="43"/>
+      <c r="J193" s="43"/>
+      <c r="K193" s="43"/>
+      <c r="L193" s="43"/>
+      <c r="M193" s="43"/>
+      <c r="N193" s="43"/>
+      <c r="O193" s="43"/>
+      <c r="P193" s="43"/>
+    </row>
+    <row r="194" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A194" s="55" t="s">
         <v>249</v>
       </c>
-      <c r="B181" s="82" t="s">
+      <c r="B194" s="4" t="s">
         <v>250</v>
       </c>
-      <c r="C181" s="57"/>
-[...15 lines deleted...]
-      <c r="A182" s="83" t="s">
+      <c r="C194" s="43"/>
+      <c r="D194" s="43"/>
+      <c r="E194" s="43"/>
+      <c r="F194" s="43"/>
+      <c r="G194" s="43"/>
+      <c r="H194" s="43"/>
+      <c r="I194" s="43"/>
+      <c r="J194" s="43"/>
+      <c r="K194" s="43"/>
+      <c r="L194" s="43"/>
+      <c r="M194" s="43"/>
+      <c r="N194" s="43"/>
+      <c r="O194" s="43"/>
+      <c r="P194" s="43"/>
+    </row>
+    <row r="195" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A195" s="55" t="s">
         <v>251</v>
       </c>
-      <c r="B182" s="82" t="s">
+      <c r="B195" s="4" t="s">
         <v>252</v>
       </c>
-      <c r="C182" s="57"/>
-[...15 lines deleted...]
-      <c r="A183" s="81" t="s">
+      <c r="C195" s="43"/>
+      <c r="D195" s="43"/>
+      <c r="E195" s="43"/>
+      <c r="F195" s="43"/>
+      <c r="G195" s="43"/>
+      <c r="H195" s="43"/>
+      <c r="I195" s="43"/>
+      <c r="J195" s="43"/>
+      <c r="K195" s="43"/>
+      <c r="L195" s="43"/>
+      <c r="M195" s="43"/>
+      <c r="N195" s="43"/>
+      <c r="O195" s="43"/>
+      <c r="P195" s="43"/>
+    </row>
+    <row r="196" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A196" s="55" t="s">
         <v>253</v>
       </c>
-      <c r="B183" s="82" t="s">
+      <c r="B196" s="4" t="s">
         <v>254</v>
       </c>
-      <c r="C183" s="57"/>
-[...19 lines deleted...]
-      <c r="A185" s="25" t="s">
+      <c r="C196" s="43"/>
+      <c r="D196" s="43"/>
+      <c r="E196" s="43"/>
+      <c r="F196" s="43"/>
+      <c r="G196" s="43"/>
+      <c r="H196" s="43"/>
+      <c r="I196" s="43"/>
+      <c r="J196" s="43"/>
+      <c r="K196" s="43"/>
+      <c r="L196" s="43"/>
+      <c r="M196" s="43"/>
+      <c r="N196" s="43"/>
+      <c r="O196" s="43"/>
+      <c r="P196" s="43"/>
+    </row>
+    <row r="197" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A197" s="55" t="s">
         <v>255</v>
       </c>
-      <c r="B185" s="51"/>
-[...16 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B197" s="4" t="s">
         <v>256</v>
       </c>
-      <c r="B186" s="57"/>
-[...33 lines deleted...]
-      <c r="A188" s="70" t="s">
+      <c r="C197" s="43"/>
+      <c r="D197" s="43"/>
+      <c r="E197" s="43"/>
+      <c r="F197" s="43"/>
+      <c r="G197" s="43"/>
+      <c r="H197" s="43"/>
+      <c r="I197" s="43"/>
+      <c r="J197" s="43"/>
+      <c r="K197" s="43"/>
+      <c r="L197" s="43"/>
+      <c r="M197" s="43"/>
+      <c r="N197" s="43"/>
+      <c r="O197" s="43"/>
+      <c r="P197" s="43"/>
+    </row>
+    <row r="198" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A198" s="55" t="s">
         <v>257</v>
       </c>
-      <c r="B188" s="47" t="s">
+      <c r="B198" s="4" t="s">
         <v>258</v>
       </c>
-      <c r="C188" s="57"/>
-[...15 lines deleted...]
-      <c r="A189" s="70" t="s">
+      <c r="C198" s="43"/>
+      <c r="D198" s="43"/>
+      <c r="E198" s="43"/>
+      <c r="F198" s="43"/>
+      <c r="G198" s="43"/>
+      <c r="H198" s="43"/>
+      <c r="I198" s="43"/>
+      <c r="J198" s="43"/>
+      <c r="K198" s="43"/>
+      <c r="L198" s="43"/>
+      <c r="M198" s="43"/>
+      <c r="N198" s="43"/>
+      <c r="O198" s="43"/>
+      <c r="P198" s="43"/>
+    </row>
+    <row r="199" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A199" s="55" t="s">
         <v>259</v>
       </c>
-      <c r="B189" s="47" t="s">
+      <c r="B199" s="4" t="s">
         <v>260</v>
       </c>
-      <c r="C189" s="57"/>
-[...15 lines deleted...]
-      <c r="A190" s="70" t="s">
+      <c r="C199" s="43"/>
+      <c r="D199" s="43"/>
+      <c r="E199" s="43"/>
+      <c r="F199" s="43"/>
+      <c r="G199" s="43"/>
+      <c r="H199" s="43"/>
+      <c r="I199" s="43"/>
+      <c r="J199" s="43"/>
+      <c r="K199" s="43"/>
+      <c r="L199" s="43"/>
+      <c r="M199" s="43"/>
+      <c r="N199" s="43"/>
+      <c r="O199" s="43"/>
+      <c r="P199" s="43"/>
+    </row>
+    <row r="200" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A200" s="55" t="s">
         <v>261</v>
       </c>
-      <c r="B190" s="47" t="s">
+      <c r="B200" s="4" t="s">
         <v>262</v>
       </c>
-      <c r="C190" s="57"/>
-[...15 lines deleted...]
-      <c r="A191" s="58" t="s">
+      <c r="C200" s="43"/>
+      <c r="D200" s="43"/>
+      <c r="E200" s="43"/>
+      <c r="F200" s="43"/>
+      <c r="G200" s="43"/>
+      <c r="H200" s="43"/>
+      <c r="I200" s="43"/>
+      <c r="J200" s="43"/>
+      <c r="K200" s="43"/>
+      <c r="L200" s="43"/>
+      <c r="M200" s="43"/>
+      <c r="N200" s="43"/>
+      <c r="O200" s="43"/>
+      <c r="P200" s="43"/>
+    </row>
+    <row r="201" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A201" s="55" t="s">
         <v>263</v>
       </c>
-      <c r="B191" s="47" t="s">
+      <c r="B201" s="4" t="s">
         <v>264</v>
       </c>
-      <c r="C191" s="57"/>
-[...15 lines deleted...]
-      <c r="A192" s="57" t="s">
+      <c r="C201" s="43"/>
+      <c r="D201" s="43"/>
+      <c r="E201" s="43"/>
+      <c r="F201" s="43"/>
+      <c r="G201" s="43"/>
+      <c r="H201" s="43"/>
+      <c r="I201" s="43"/>
+      <c r="J201" s="43"/>
+      <c r="K201" s="43"/>
+      <c r="L201" s="43"/>
+      <c r="M201" s="43"/>
+      <c r="N201" s="43"/>
+      <c r="O201" s="43"/>
+      <c r="P201" s="43"/>
+    </row>
+    <row r="202" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A202" s="44" t="s">
         <v>265</v>
       </c>
-      <c r="B192" s="47" t="s">
+      <c r="B202" s="4" t="s">
         <v>266</v>
       </c>
-      <c r="P192" s="57"/>
-[...2 lines deleted...]
-      <c r="A193" s="67" t="s">
+      <c r="C202" s="43"/>
+      <c r="D202" s="43"/>
+      <c r="E202" s="43"/>
+      <c r="F202" s="43"/>
+      <c r="G202" s="43"/>
+      <c r="H202" s="43"/>
+      <c r="I202" s="43"/>
+      <c r="J202" s="43"/>
+      <c r="K202" s="43"/>
+      <c r="L202" s="43"/>
+      <c r="M202" s="43"/>
+      <c r="N202" s="43"/>
+      <c r="O202" s="43"/>
+      <c r="P202" s="43"/>
+    </row>
+    <row r="203" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A203" s="44" t="s">
         <v>267</v>
       </c>
-      <c r="B193" s="48" t="s">
+      <c r="B203" s="4" t="s">
         <v>268</v>
       </c>
-      <c r="C193" s="57"/>
-[...19 lines deleted...]
-      <c r="A195" s="25" t="s">
+      <c r="C203" s="43"/>
+      <c r="D203" s="43"/>
+      <c r="E203" s="43"/>
+      <c r="F203" s="43"/>
+      <c r="G203" s="43"/>
+      <c r="H203" s="43"/>
+      <c r="I203" s="43"/>
+      <c r="J203" s="43"/>
+      <c r="K203" s="43"/>
+      <c r="L203" s="43"/>
+      <c r="M203" s="43"/>
+      <c r="N203" s="43"/>
+      <c r="O203" s="43"/>
+      <c r="P203" s="43"/>
+    </row>
+    <row r="204" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A204" s="44" t="s">
         <v>269</v>
       </c>
-      <c r="B195" s="51"/>
-[...16 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="B204" s="4" t="s">
         <v>270</v>
       </c>
-      <c r="C196" s="57"/>
-[...32 lines deleted...]
-      <c r="A198" s="70" t="s">
+      <c r="C204" s="43"/>
+      <c r="D204" s="43"/>
+      <c r="E204" s="43"/>
+      <c r="F204" s="43"/>
+      <c r="G204" s="43"/>
+      <c r="H204" s="43"/>
+      <c r="I204" s="43"/>
+      <c r="J204" s="43"/>
+      <c r="K204" s="43"/>
+      <c r="L204" s="43"/>
+      <c r="M204" s="43"/>
+      <c r="N204" s="43"/>
+      <c r="O204" s="43"/>
+      <c r="P204" s="43"/>
+    </row>
+    <row r="205" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A205" s="55" t="s">
         <v>271</v>
       </c>
-      <c r="B198" s="4" t="s">
+      <c r="B205" s="4" t="s">
         <v>272</v>
       </c>
-      <c r="C198" s="57"/>
-[...15 lines deleted...]
-      <c r="A199" s="58" t="s">
+      <c r="C205" s="43"/>
+      <c r="D205" s="43"/>
+      <c r="E205" s="43"/>
+      <c r="F205" s="43"/>
+      <c r="G205" s="43"/>
+      <c r="H205" s="43"/>
+      <c r="I205" s="43"/>
+      <c r="J205" s="43"/>
+      <c r="K205" s="43"/>
+      <c r="L205" s="43"/>
+      <c r="M205" s="43"/>
+      <c r="N205" s="43"/>
+      <c r="O205" s="43"/>
+      <c r="P205" s="43"/>
+    </row>
+    <row r="206" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A206" s="44" t="s">
         <v>273</v>
       </c>
-      <c r="B199" s="4" t="s">
+      <c r="B206" s="4" t="s">
         <v>274</v>
       </c>
-      <c r="C199" s="57"/>
-[...15 lines deleted...]
-      <c r="A200" s="70" t="s">
+      <c r="C206" s="43"/>
+      <c r="D206" s="43"/>
+      <c r="E206" s="43"/>
+      <c r="F206" s="43"/>
+      <c r="G206" s="43"/>
+      <c r="H206" s="43"/>
+      <c r="I206" s="43"/>
+      <c r="J206" s="43"/>
+      <c r="K206" s="43"/>
+      <c r="L206" s="43"/>
+      <c r="M206" s="43"/>
+      <c r="N206" s="43"/>
+      <c r="O206" s="43"/>
+      <c r="P206" s="43"/>
+    </row>
+    <row r="207" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A207" s="44" t="s">
         <v>275</v>
       </c>
-      <c r="B200" s="4" t="s">
+      <c r="B207" s="4" t="s">
         <v>276</v>
       </c>
-      <c r="C200" s="57"/>
-[...15 lines deleted...]
-      <c r="A201" s="70" t="s">
+      <c r="P207" s="43"/>
+    </row>
+    <row r="208" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A208" s="44" t="s">
         <v>277</v>
       </c>
-      <c r="B201" s="4" t="s">
+      <c r="B208" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="C201" s="57"/>
-[...15 lines deleted...]
-      <c r="A202" s="70" t="s">
+      <c r="C208" s="43"/>
+      <c r="D208" s="43"/>
+      <c r="E208" s="43"/>
+      <c r="F208" s="43"/>
+      <c r="G208" s="43"/>
+      <c r="H208" s="43"/>
+      <c r="I208" s="43"/>
+      <c r="J208" s="43"/>
+      <c r="K208" s="43"/>
+      <c r="L208" s="43"/>
+      <c r="M208" s="43"/>
+      <c r="N208" s="43"/>
+      <c r="O208" s="43"/>
+      <c r="P208" s="43"/>
+    </row>
+    <row r="209" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A209" s="57"/>
+      <c r="P209" s="43"/>
+    </row>
+    <row r="210" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A210" s="24" t="s">
         <v>279</v>
       </c>
-      <c r="B202" s="4" t="s">
+      <c r="B210" s="95"/>
+      <c r="C210" s="95"/>
+      <c r="D210" s="95"/>
+      <c r="E210" s="95"/>
+      <c r="F210" s="95"/>
+      <c r="G210" s="95"/>
+      <c r="H210" s="95"/>
+      <c r="I210" s="95"/>
+      <c r="J210" s="95"/>
+      <c r="K210" s="95"/>
+      <c r="L210" s="95"/>
+      <c r="M210" s="95"/>
+      <c r="N210" s="95"/>
+      <c r="O210" s="95"/>
+      <c r="P210" s="43"/>
+    </row>
+    <row r="211" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A211" s="13" t="s">
         <v>280</v>
       </c>
-      <c r="C202" s="57"/>
-[...15 lines deleted...]
-      <c r="A203" s="70" t="s">
+      <c r="C211" s="43"/>
+      <c r="D211" s="43"/>
+      <c r="E211" s="43"/>
+      <c r="F211" s="43"/>
+      <c r="G211" s="43"/>
+      <c r="H211" s="43"/>
+      <c r="I211" s="43"/>
+      <c r="J211" s="43"/>
+      <c r="K211" s="43"/>
+      <c r="L211" s="43"/>
+      <c r="M211" s="43"/>
+      <c r="N211" s="43"/>
+      <c r="O211" s="43"/>
+      <c r="P211" s="43"/>
+    </row>
+    <row r="212" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A212" s="13"/>
+      <c r="C212" s="43"/>
+      <c r="D212" s="43"/>
+      <c r="E212" s="43"/>
+      <c r="F212" s="43"/>
+      <c r="G212" s="43"/>
+      <c r="H212" s="43"/>
+      <c r="I212" s="43"/>
+      <c r="J212" s="43"/>
+      <c r="K212" s="43"/>
+      <c r="L212" s="43"/>
+      <c r="M212" s="43"/>
+      <c r="N212" s="43"/>
+      <c r="O212" s="43"/>
+      <c r="P212" s="43"/>
+    </row>
+    <row r="213" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A213" s="44" t="s">
         <v>281</v>
       </c>
-      <c r="B203" s="4" t="s">
+      <c r="B213" s="4" t="s">
         <v>282</v>
       </c>
-      <c r="C203" s="57"/>
-[...15 lines deleted...]
-      <c r="A204" s="70" t="s">
+      <c r="C213" s="43"/>
+      <c r="D213" s="43"/>
+      <c r="E213" s="43"/>
+      <c r="F213" s="43"/>
+      <c r="G213" s="43"/>
+      <c r="H213" s="43"/>
+      <c r="I213" s="43"/>
+      <c r="J213" s="43"/>
+      <c r="K213" s="43"/>
+      <c r="L213" s="43"/>
+      <c r="M213" s="43"/>
+      <c r="N213" s="43"/>
+      <c r="O213" s="43"/>
+      <c r="P213" s="43"/>
+    </row>
+    <row r="214" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A214" s="10" t="s">
         <v>283</v>
       </c>
-      <c r="B204" s="4" t="s">
+      <c r="B214" s="4" t="s">
         <v>284</v>
       </c>
-      <c r="C204" s="57"/>
-[...15 lines deleted...]
-      <c r="A205" s="70" t="s">
+      <c r="C214" s="43"/>
+      <c r="D214" s="43"/>
+      <c r="E214" s="43"/>
+      <c r="F214" s="43"/>
+      <c r="G214" s="43"/>
+      <c r="H214" s="43"/>
+      <c r="I214" s="43"/>
+      <c r="J214" s="43"/>
+      <c r="K214" s="43"/>
+      <c r="L214" s="43"/>
+      <c r="M214" s="43"/>
+      <c r="N214" s="43"/>
+      <c r="O214" s="43"/>
+      <c r="P214" s="43"/>
+    </row>
+    <row r="215" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A215" s="10" t="s">
         <v>285</v>
       </c>
-      <c r="B205" s="4" t="s">
+      <c r="B215" s="4" t="s">
         <v>286</v>
       </c>
-      <c r="C205" s="57"/>
-[...15 lines deleted...]
-      <c r="A206" s="70" t="s">
+      <c r="C215" s="43"/>
+      <c r="D215" s="43"/>
+      <c r="E215" s="43"/>
+      <c r="F215" s="43"/>
+      <c r="G215" s="43"/>
+      <c r="H215" s="43"/>
+      <c r="I215" s="43"/>
+      <c r="J215" s="43"/>
+      <c r="K215" s="43"/>
+      <c r="L215" s="43"/>
+      <c r="M215" s="43"/>
+      <c r="N215" s="43"/>
+      <c r="O215" s="43"/>
+      <c r="P215" s="43"/>
+    </row>
+    <row r="216" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A216" s="44" t="s">
         <v>287</v>
       </c>
-      <c r="B206" s="4" t="s">
+      <c r="B216" s="4" t="s">
         <v>288</v>
       </c>
-      <c r="C206" s="57"/>
-[...15 lines deleted...]
-      <c r="A207" s="70" t="s">
+      <c r="P216" s="43"/>
+    </row>
+    <row r="217" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A217" s="44" t="s">
         <v>289</v>
       </c>
-      <c r="B207" s="4" t="s">
+      <c r="B217" s="4" t="s">
         <v>290</v>
       </c>
-      <c r="C207" s="57"/>
-[...15 lines deleted...]
-      <c r="A208" s="70" t="s">
+      <c r="C217" s="43"/>
+      <c r="D217" s="43"/>
+      <c r="E217" s="43"/>
+      <c r="F217" s="43"/>
+      <c r="G217" s="43"/>
+      <c r="H217" s="43"/>
+      <c r="I217" s="43"/>
+      <c r="J217" s="43"/>
+      <c r="K217" s="43"/>
+      <c r="L217" s="43"/>
+      <c r="M217" s="43"/>
+      <c r="N217" s="43"/>
+      <c r="O217" s="43"/>
+      <c r="P217" s="43"/>
+    </row>
+    <row r="218" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A218" s="43"/>
+      <c r="P218" s="43"/>
+    </row>
+    <row r="219" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A219" s="24" t="s">
         <v>291</v>
       </c>
-      <c r="B208" s="4" t="s">
+      <c r="B219" s="95"/>
+      <c r="C219" s="95"/>
+      <c r="D219" s="95"/>
+      <c r="E219" s="95"/>
+      <c r="F219" s="95"/>
+      <c r="G219" s="95"/>
+      <c r="H219" s="95"/>
+      <c r="I219" s="95"/>
+      <c r="J219" s="95"/>
+      <c r="K219" s="95"/>
+      <c r="L219" s="95"/>
+      <c r="M219" s="95"/>
+      <c r="N219" s="95"/>
+      <c r="O219" s="95"/>
+      <c r="P219" s="43"/>
+    </row>
+    <row r="220" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A220" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C208" s="57"/>
-[...15 lines deleted...]
-      <c r="A209" s="58" t="s">
+      <c r="C220" s="43"/>
+      <c r="D220" s="43"/>
+      <c r="E220" s="43"/>
+      <c r="F220" s="43"/>
+      <c r="G220" s="43"/>
+      <c r="H220" s="43"/>
+      <c r="I220" s="43"/>
+      <c r="J220" s="43"/>
+      <c r="K220" s="43"/>
+      <c r="L220" s="43"/>
+      <c r="M220" s="43"/>
+      <c r="N220" s="43"/>
+      <c r="O220" s="43"/>
+      <c r="P220" s="43"/>
+    </row>
+    <row r="221" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A221" s="43"/>
+      <c r="C221" s="43"/>
+      <c r="D221" s="43"/>
+      <c r="E221" s="43"/>
+      <c r="F221" s="43"/>
+      <c r="G221" s="43"/>
+      <c r="H221" s="43"/>
+      <c r="I221" s="43"/>
+      <c r="J221" s="43"/>
+      <c r="K221" s="43"/>
+      <c r="L221" s="43"/>
+      <c r="M221" s="43"/>
+      <c r="N221" s="43"/>
+      <c r="O221" s="43"/>
+      <c r="P221" s="43"/>
+    </row>
+    <row r="222" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A222" s="44" t="s">
         <v>293</v>
       </c>
-      <c r="B209" s="4" t="s">
+      <c r="B222" s="4" t="s">
         <v>294</v>
       </c>
-      <c r="C209" s="57"/>
-[...15 lines deleted...]
-      <c r="A210" s="58" t="s">
+      <c r="C222" s="43"/>
+      <c r="D222" s="43"/>
+      <c r="E222" s="43"/>
+      <c r="F222" s="43"/>
+      <c r="G222" s="43"/>
+      <c r="H222" s="43"/>
+      <c r="I222" s="43"/>
+      <c r="J222" s="43"/>
+      <c r="K222" s="43"/>
+      <c r="L222" s="43"/>
+      <c r="M222" s="43"/>
+      <c r="N222" s="43"/>
+      <c r="O222" s="43"/>
+      <c r="P222" s="43"/>
+    </row>
+    <row r="223" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A223" s="44" t="s">
         <v>295</v>
       </c>
-      <c r="B210" s="4" t="s">
+      <c r="B223" s="4" t="s">
         <v>296</v>
       </c>
-      <c r="C210" s="57"/>
-[...15 lines deleted...]
-      <c r="A211" s="58" t="s">
+      <c r="C223" s="43"/>
+      <c r="D223" s="43"/>
+      <c r="E223" s="43"/>
+      <c r="F223" s="43"/>
+      <c r="G223" s="43"/>
+      <c r="H223" s="43"/>
+      <c r="I223" s="43"/>
+      <c r="J223" s="43"/>
+      <c r="K223" s="43"/>
+      <c r="L223" s="43"/>
+      <c r="M223" s="43"/>
+      <c r="N223" s="43"/>
+      <c r="O223" s="43"/>
+      <c r="P223" s="43"/>
+    </row>
+    <row r="224" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A224" s="51" t="s">
         <v>297</v>
       </c>
-      <c r="B211" s="4" t="s">
+      <c r="B224" s="4" t="s">
         <v>298</v>
       </c>
-      <c r="C211" s="57"/>
-[...15 lines deleted...]
-      <c r="A212" s="70" t="s">
+      <c r="C224" s="43"/>
+      <c r="D224" s="43"/>
+      <c r="E224" s="43"/>
+      <c r="F224" s="43"/>
+      <c r="G224" s="43"/>
+      <c r="H224" s="43"/>
+      <c r="I224" s="43"/>
+      <c r="J224" s="43"/>
+      <c r="K224" s="43"/>
+      <c r="L224" s="43"/>
+      <c r="M224" s="43"/>
+      <c r="N224" s="43"/>
+      <c r="O224" s="43"/>
+      <c r="P224" s="43"/>
+    </row>
+    <row r="225" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A225" s="44" t="s">
         <v>299</v>
       </c>
-      <c r="B212" s="4" t="s">
+      <c r="B225" s="4" t="s">
         <v>300</v>
       </c>
-      <c r="C212" s="57"/>
-[...15 lines deleted...]
-      <c r="A213" s="58" t="s">
+      <c r="C225" s="43"/>
+      <c r="D225" s="43"/>
+      <c r="E225" s="43"/>
+      <c r="F225" s="43"/>
+      <c r="G225" s="43"/>
+      <c r="H225" s="43"/>
+      <c r="I225" s="43"/>
+      <c r="J225" s="43"/>
+      <c r="K225" s="43"/>
+      <c r="L225" s="43"/>
+      <c r="M225" s="43"/>
+      <c r="N225" s="43"/>
+      <c r="O225" s="43"/>
+      <c r="P225" s="43"/>
+    </row>
+    <row r="226" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A226" s="44" t="s">
         <v>301</v>
       </c>
-      <c r="B213" s="4" t="s">
+      <c r="B226" s="4" t="s">
         <v>302</v>
       </c>
-      <c r="C213" s="57"/>
-[...15 lines deleted...]
-      <c r="A214" s="58" t="s">
+      <c r="P226" s="43"/>
+    </row>
+    <row r="227" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A227" s="44" t="s">
         <v>303</v>
       </c>
-      <c r="B214" s="4" t="s">
+      <c r="B227" s="4" t="s">
         <v>304</v>
       </c>
-      <c r="P214" s="57"/>
-[...2 lines deleted...]
-      <c r="A215" s="58" t="s">
+      <c r="C227" s="43"/>
+      <c r="D227" s="43"/>
+      <c r="E227" s="43"/>
+      <c r="F227" s="43"/>
+      <c r="G227" s="43"/>
+      <c r="H227" s="43"/>
+      <c r="I227" s="43"/>
+      <c r="J227" s="43"/>
+      <c r="K227" s="43"/>
+      <c r="L227" s="43"/>
+      <c r="M227" s="43"/>
+      <c r="N227" s="43"/>
+      <c r="O227" s="43"/>
+      <c r="P227" s="43"/>
+    </row>
+    <row r="228" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A228" s="37" t="s">
         <v>305</v>
       </c>
-      <c r="B215" s="4" t="s">
+      <c r="B228" s="12" t="s">
         <v>306</v>
       </c>
-      <c r="C215" s="57"/>
-[...19 lines deleted...]
-      <c r="A217" s="25" t="s">
+      <c r="C228" s="43"/>
+      <c r="D228" s="43"/>
+      <c r="E228" s="43"/>
+      <c r="F228" s="43"/>
+      <c r="G228" s="43"/>
+      <c r="H228" s="43"/>
+      <c r="I228" s="43"/>
+      <c r="J228" s="43"/>
+      <c r="K228" s="43"/>
+      <c r="L228" s="43"/>
+      <c r="M228" s="43"/>
+      <c r="N228" s="43"/>
+      <c r="O228" s="43"/>
+      <c r="P228" s="43"/>
+    </row>
+    <row r="229" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A229" s="45"/>
+      <c r="P229" s="43"/>
+    </row>
+    <row r="230" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A230" s="24" t="s">
         <v>307</v>
       </c>
-      <c r="B217" s="51"/>
-[...16 lines deleted...]
-      <c r="A218" s="13" t="s">
+      <c r="B230" s="95"/>
+      <c r="C230" s="95"/>
+      <c r="D230" s="95"/>
+      <c r="E230" s="95"/>
+      <c r="F230" s="95"/>
+      <c r="G230" s="95"/>
+      <c r="H230" s="95"/>
+      <c r="I230" s="95"/>
+      <c r="J230" s="95"/>
+      <c r="K230" s="95"/>
+      <c r="L230" s="95"/>
+      <c r="M230" s="95"/>
+      <c r="N230" s="95"/>
+      <c r="O230" s="95"/>
+      <c r="P230" s="43"/>
+    </row>
+    <row r="231" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A231" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C218" s="57"/>
-[...32 lines deleted...]
-      <c r="A220" s="58" t="s">
+      <c r="C231" s="43"/>
+      <c r="D231" s="43"/>
+      <c r="E231" s="43"/>
+      <c r="F231" s="43"/>
+      <c r="G231" s="43"/>
+      <c r="H231" s="43"/>
+      <c r="I231" s="43"/>
+      <c r="J231" s="43"/>
+      <c r="K231" s="43"/>
+      <c r="L231" s="43"/>
+      <c r="M231" s="43"/>
+      <c r="N231" s="43"/>
+      <c r="O231" s="43"/>
+      <c r="P231" s="43"/>
+    </row>
+    <row r="232" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A232" s="1"/>
+      <c r="C232" s="43"/>
+      <c r="D232" s="43"/>
+      <c r="E232" s="43"/>
+      <c r="F232" s="43"/>
+      <c r="G232" s="43"/>
+      <c r="H232" s="43"/>
+      <c r="I232" s="43"/>
+      <c r="J232" s="43"/>
+      <c r="K232" s="43"/>
+      <c r="L232" s="43"/>
+      <c r="M232" s="43"/>
+      <c r="N232" s="43"/>
+      <c r="O232" s="43"/>
+      <c r="P232" s="43"/>
+    </row>
+    <row r="233" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A233" s="52" t="s">
         <v>309</v>
       </c>
-      <c r="B220" s="4" t="s">
+      <c r="B233" s="4" t="s">
         <v>310</v>
       </c>
-      <c r="C220" s="57"/>
-[...15 lines deleted...]
-      <c r="A221" s="10" t="s">
+      <c r="C233" s="43"/>
+      <c r="D233" s="43"/>
+      <c r="E233" s="43"/>
+      <c r="F233" s="43"/>
+      <c r="G233" s="43"/>
+      <c r="H233" s="43"/>
+      <c r="I233" s="43"/>
+      <c r="J233" s="43"/>
+      <c r="K233" s="43"/>
+      <c r="L233" s="43"/>
+      <c r="M233" s="43"/>
+      <c r="N233" s="43"/>
+      <c r="O233" s="43"/>
+      <c r="P233" s="43"/>
+    </row>
+    <row r="234" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A234" s="21" t="s">
         <v>311</v>
       </c>
-      <c r="B221" s="4" t="s">
+      <c r="B234" s="19" t="s">
         <v>312</v>
       </c>
-      <c r="C221" s="57"/>
-[...15 lines deleted...]
-      <c r="A222" s="10" t="s">
+      <c r="C234" s="43"/>
+      <c r="D234" s="43"/>
+      <c r="E234" s="43"/>
+      <c r="F234" s="43"/>
+      <c r="G234" s="43"/>
+      <c r="H234" s="43"/>
+      <c r="I234" s="43"/>
+      <c r="J234" s="43"/>
+      <c r="K234" s="43"/>
+      <c r="L234" s="43"/>
+      <c r="M234" s="43"/>
+      <c r="N234" s="43"/>
+      <c r="O234" s="43"/>
+      <c r="P234" s="43"/>
+    </row>
+    <row r="235" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A235" s="43"/>
+      <c r="P235" s="43"/>
+    </row>
+    <row r="236" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A236" s="24" t="s">
         <v>313</v>
       </c>
-      <c r="B222" s="4" t="s">
+      <c r="B236" s="95"/>
+      <c r="C236" s="95"/>
+      <c r="D236" s="95"/>
+      <c r="E236" s="95"/>
+      <c r="F236" s="95"/>
+      <c r="G236" s="95"/>
+      <c r="H236" s="95"/>
+      <c r="I236" s="95"/>
+      <c r="J236" s="95"/>
+      <c r="K236" s="95"/>
+      <c r="L236" s="95"/>
+      <c r="M236" s="95"/>
+      <c r="N236" s="95"/>
+      <c r="O236" s="95"/>
+      <c r="P236" s="43"/>
+    </row>
+    <row r="237" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A237" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="C222" s="57"/>
-[...15 lines deleted...]
-      <c r="A223" s="58" t="s">
+      <c r="C237" s="43"/>
+      <c r="D237" s="43"/>
+      <c r="E237" s="43"/>
+      <c r="F237" s="43"/>
+      <c r="G237" s="43"/>
+      <c r="H237" s="43"/>
+      <c r="I237" s="43"/>
+      <c r="J237" s="43"/>
+      <c r="K237" s="43"/>
+      <c r="L237" s="43"/>
+      <c r="M237" s="43"/>
+      <c r="N237" s="43"/>
+      <c r="O237" s="43"/>
+      <c r="P237" s="43"/>
+    </row>
+    <row r="238" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A238" s="43"/>
+      <c r="C238" s="43"/>
+      <c r="D238" s="43"/>
+      <c r="E238" s="43"/>
+      <c r="F238" s="43"/>
+      <c r="G238" s="43"/>
+      <c r="H238" s="43"/>
+      <c r="I238" s="43"/>
+      <c r="J238" s="43"/>
+      <c r="K238" s="43"/>
+      <c r="L238" s="43"/>
+      <c r="M238" s="43"/>
+      <c r="N238" s="43"/>
+      <c r="O238" s="43"/>
+      <c r="P238" s="43"/>
+    </row>
+    <row r="239" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A239" s="44" t="s">
         <v>315</v>
       </c>
-      <c r="B223" s="4" t="s">
+      <c r="B239" s="4" t="s">
         <v>316</v>
       </c>
-      <c r="P223" s="57"/>
-[...2 lines deleted...]
-      <c r="A224" s="58" t="s">
+      <c r="C239" s="43"/>
+      <c r="D239" s="43"/>
+      <c r="E239" s="43"/>
+      <c r="F239" s="43"/>
+      <c r="G239" s="43"/>
+      <c r="H239" s="43"/>
+      <c r="I239" s="43"/>
+      <c r="J239" s="43"/>
+      <c r="K239" s="43"/>
+      <c r="L239" s="43"/>
+      <c r="M239" s="43"/>
+      <c r="N239" s="43"/>
+      <c r="O239" s="43"/>
+      <c r="P239" s="43"/>
+    </row>
+    <row r="240" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A240" s="52" t="s">
         <v>317</v>
       </c>
-      <c r="B224" s="4" t="s">
+      <c r="B240" s="4" t="s">
         <v>318</v>
       </c>
-      <c r="C224" s="57"/>
-[...19 lines deleted...]
-      <c r="A226" s="25" t="s">
+      <c r="C240" s="43"/>
+      <c r="D240" s="43"/>
+      <c r="E240" s="43"/>
+      <c r="F240" s="43"/>
+      <c r="G240" s="43"/>
+      <c r="H240" s="43"/>
+      <c r="I240" s="43"/>
+      <c r="J240" s="43"/>
+      <c r="K240" s="43"/>
+      <c r="L240" s="43"/>
+      <c r="M240" s="43"/>
+      <c r="N240" s="43"/>
+      <c r="O240" s="43"/>
+      <c r="P240" s="43"/>
+    </row>
+    <row r="241" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A241" s="53" t="s">
         <v>319</v>
       </c>
-      <c r="B226" s="51"/>
-[...16 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="B241" s="19" t="s">
         <v>320</v>
       </c>
-      <c r="C227" s="57"/>
-[...32 lines deleted...]
-      <c r="A229" s="58" t="s">
+      <c r="P241" s="43"/>
+    </row>
+    <row r="242" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A242" s="37" t="s">
         <v>321</v>
       </c>
-      <c r="B229" s="4" t="s">
+      <c r="B242" s="19" t="s">
         <v>322</v>
       </c>
-      <c r="C229" s="57"/>
-[...15 lines deleted...]
-      <c r="A230" s="58" t="s">
+      <c r="C242" s="43"/>
+      <c r="D242" s="43"/>
+      <c r="E242" s="43"/>
+      <c r="F242" s="43"/>
+      <c r="G242" s="43"/>
+      <c r="H242" s="43"/>
+      <c r="I242" s="43"/>
+      <c r="J242" s="43"/>
+      <c r="K242" s="43"/>
+      <c r="L242" s="43"/>
+      <c r="M242" s="43"/>
+      <c r="N242" s="43"/>
+      <c r="O242" s="43"/>
+      <c r="P242" s="43"/>
+    </row>
+    <row r="243" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A243" s="45"/>
+      <c r="P243" s="43"/>
+    </row>
+    <row r="244" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A244" s="24" t="s">
         <v>323</v>
       </c>
-      <c r="B230" s="4" t="s">
+      <c r="B244" s="96"/>
+      <c r="C244" s="96"/>
+      <c r="D244" s="96"/>
+      <c r="E244" s="96"/>
+      <c r="F244" s="96"/>
+      <c r="G244" s="96"/>
+      <c r="H244" s="96"/>
+      <c r="I244" s="96"/>
+      <c r="J244" s="96"/>
+      <c r="K244" s="96"/>
+      <c r="L244" s="96"/>
+      <c r="M244" s="96"/>
+      <c r="N244" s="96"/>
+      <c r="O244" s="96"/>
+      <c r="P244" s="43"/>
+    </row>
+    <row r="245" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A245" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="C230" s="57"/>
-[...15 lines deleted...]
-      <c r="A231" s="65" t="s">
+      <c r="C245" s="43"/>
+      <c r="D245" s="43"/>
+      <c r="E245" s="43"/>
+      <c r="F245" s="43"/>
+      <c r="G245" s="43"/>
+      <c r="H245" s="43"/>
+      <c r="I245" s="43"/>
+      <c r="J245" s="43"/>
+      <c r="K245" s="43"/>
+      <c r="L245" s="43"/>
+      <c r="M245" s="43"/>
+      <c r="N245" s="43"/>
+      <c r="O245" s="43"/>
+      <c r="P245" s="43"/>
+    </row>
+    <row r="246" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A246" s="57"/>
+      <c r="C246" s="43"/>
+      <c r="D246" s="43"/>
+      <c r="E246" s="43"/>
+      <c r="F246" s="43"/>
+      <c r="G246" s="43"/>
+      <c r="H246" s="43"/>
+      <c r="I246" s="43"/>
+      <c r="J246" s="43"/>
+      <c r="K246" s="43"/>
+      <c r="L246" s="43"/>
+      <c r="M246" s="43"/>
+      <c r="N246" s="43"/>
+      <c r="O246" s="43"/>
+      <c r="P246" s="43"/>
+    </row>
+    <row r="247" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A247" s="44" t="s">
         <v>325</v>
       </c>
-      <c r="B231" s="4" t="s">
+      <c r="B247" s="4" t="s">
         <v>326</v>
       </c>
-      <c r="C231" s="57"/>
-[...15 lines deleted...]
-      <c r="A232" s="58" t="s">
+      <c r="C247" s="43"/>
+      <c r="D247" s="43"/>
+      <c r="E247" s="43"/>
+      <c r="F247" s="43"/>
+      <c r="G247" s="43"/>
+      <c r="H247" s="43"/>
+      <c r="I247" s="43"/>
+      <c r="J247" s="43"/>
+      <c r="K247" s="43"/>
+      <c r="L247" s="43"/>
+      <c r="M247" s="43"/>
+      <c r="N247" s="43"/>
+      <c r="O247" s="43"/>
+      <c r="P247" s="43"/>
+    </row>
+    <row r="248" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A248" s="54" t="s">
         <v>327</v>
       </c>
-      <c r="B232" s="4" t="s">
+      <c r="B248" s="4" t="s">
         <v>328</v>
       </c>
-      <c r="C232" s="57"/>
-[...15 lines deleted...]
-      <c r="A233" s="58" t="s">
+      <c r="C248" s="43"/>
+      <c r="D248" s="43"/>
+      <c r="E248" s="43"/>
+      <c r="F248" s="43"/>
+      <c r="G248" s="43"/>
+      <c r="H248" s="43"/>
+      <c r="I248" s="43"/>
+      <c r="J248" s="43"/>
+      <c r="K248" s="43"/>
+      <c r="L248" s="43"/>
+      <c r="M248" s="43"/>
+      <c r="N248" s="43"/>
+      <c r="O248" s="43"/>
+      <c r="P248" s="43"/>
+    </row>
+    <row r="249" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A249" s="44" t="s">
         <v>329</v>
       </c>
-      <c r="B233" s="4" t="s">
+      <c r="B249" s="4" t="s">
         <v>330</v>
       </c>
-      <c r="P233" s="57"/>
-[...2 lines deleted...]
-      <c r="A234" s="58" t="s">
+      <c r="C249" s="43"/>
+      <c r="D249" s="43"/>
+      <c r="E249" s="43"/>
+      <c r="F249" s="43"/>
+      <c r="G249" s="43"/>
+      <c r="H249" s="43"/>
+      <c r="I249" s="43"/>
+      <c r="J249" s="43"/>
+      <c r="K249" s="43"/>
+      <c r="L249" s="43"/>
+      <c r="M249" s="43"/>
+      <c r="N249" s="43"/>
+      <c r="O249" s="43"/>
+      <c r="P249" s="43"/>
+    </row>
+    <row r="250" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A250" s="44" t="s">
         <v>331</v>
       </c>
-      <c r="B234" s="4" t="s">
+      <c r="B250" s="4" t="s">
         <v>332</v>
       </c>
-      <c r="C234" s="57"/>
-[...15 lines deleted...]
-      <c r="A235" s="45" t="s">
+      <c r="C250" s="43"/>
+      <c r="D250" s="43"/>
+      <c r="E250" s="43"/>
+      <c r="F250" s="43"/>
+      <c r="G250" s="43"/>
+      <c r="H250" s="43"/>
+      <c r="I250" s="43"/>
+      <c r="J250" s="43"/>
+      <c r="K250" s="43"/>
+      <c r="L250" s="43"/>
+      <c r="M250" s="43"/>
+      <c r="N250" s="43"/>
+      <c r="O250" s="43"/>
+      <c r="P250" s="43"/>
+    </row>
+    <row r="251" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A251" s="44" t="s">
         <v>333</v>
       </c>
-      <c r="B235" s="12" t="s">
+      <c r="B251" s="4" t="s">
         <v>334</v>
       </c>
-      <c r="C235" s="57"/>
-[...19 lines deleted...]
-      <c r="A237" s="25" t="s">
+      <c r="C251" s="43"/>
+      <c r="D251" s="43"/>
+      <c r="E251" s="43"/>
+      <c r="F251" s="43"/>
+      <c r="G251" s="43"/>
+      <c r="H251" s="43"/>
+      <c r="I251" s="43"/>
+      <c r="J251" s="43"/>
+      <c r="K251" s="43"/>
+      <c r="L251" s="43"/>
+      <c r="M251" s="43"/>
+      <c r="N251" s="43"/>
+      <c r="O251" s="43"/>
+      <c r="P251" s="43"/>
+    </row>
+    <row r="252" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A252" s="44" t="s">
         <v>335</v>
       </c>
-      <c r="B237" s="51"/>
-[...16 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="B252" s="4" t="s">
         <v>336</v>
       </c>
-      <c r="C238" s="57"/>
-[...32 lines deleted...]
-      <c r="A240" s="66" t="s">
+      <c r="P252" s="43"/>
+    </row>
+    <row r="253" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A253" s="52" t="s">
         <v>337</v>
       </c>
-      <c r="B240" s="4" t="s">
+      <c r="B253" s="16" t="s">
         <v>338</v>
       </c>
-      <c r="P240" s="57"/>
-[...2 lines deleted...]
-      <c r="A241" s="66" t="s">
+      <c r="C253" s="43"/>
+      <c r="D253" s="43"/>
+      <c r="E253" s="43"/>
+      <c r="F253" s="43"/>
+      <c r="G253" s="43"/>
+      <c r="H253" s="43"/>
+      <c r="I253" s="43"/>
+      <c r="J253" s="43"/>
+      <c r="K253" s="43"/>
+      <c r="L253" s="43"/>
+      <c r="M253" s="43"/>
+      <c r="N253" s="43"/>
+      <c r="O253" s="43"/>
+      <c r="P253" s="43"/>
+    </row>
+    <row r="254" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A254" s="53" t="s">
         <v>339</v>
       </c>
-      <c r="B241" s="4" t="s">
+      <c r="B254" s="33" t="s">
         <v>340</v>
       </c>
-      <c r="C241" s="57"/>
-[...15 lines deleted...]
-      <c r="A242" s="21" t="s">
+      <c r="C254" s="43"/>
+      <c r="D254" s="43"/>
+      <c r="E254" s="43"/>
+      <c r="F254" s="43"/>
+      <c r="G254" s="43"/>
+      <c r="H254" s="43"/>
+      <c r="I254" s="43"/>
+      <c r="J254" s="43"/>
+      <c r="K254" s="43"/>
+      <c r="L254" s="43"/>
+      <c r="M254" s="43"/>
+      <c r="N254" s="43"/>
+      <c r="O254" s="43"/>
+      <c r="P254" s="43"/>
+    </row>
+    <row r="255" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A255" s="53"/>
+      <c r="B255" s="18"/>
+      <c r="P255" s="43"/>
+    </row>
+    <row r="256" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A256" s="24" t="s">
         <v>341</v>
       </c>
-      <c r="B242" s="19" t="s">
+      <c r="B256" s="95"/>
+      <c r="C256" s="95"/>
+      <c r="D256" s="95"/>
+      <c r="E256" s="95"/>
+      <c r="F256" s="95"/>
+      <c r="G256" s="95"/>
+      <c r="H256" s="95"/>
+      <c r="I256" s="95"/>
+      <c r="J256" s="95"/>
+      <c r="K256" s="95"/>
+      <c r="L256" s="95"/>
+      <c r="M256" s="95"/>
+      <c r="N256" s="95"/>
+      <c r="O256" s="95"/>
+      <c r="P256" s="43"/>
+    </row>
+    <row r="257" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A257" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C242" s="57"/>
-[...19 lines deleted...]
-      <c r="A244" s="25" t="s">
+      <c r="C257" s="43"/>
+      <c r="D257" s="43"/>
+      <c r="E257" s="43"/>
+      <c r="F257" s="43"/>
+      <c r="G257" s="43"/>
+      <c r="H257" s="43"/>
+      <c r="I257" s="43"/>
+      <c r="J257" s="43"/>
+      <c r="K257" s="43"/>
+      <c r="L257" s="43"/>
+      <c r="M257" s="43"/>
+      <c r="N257" s="43"/>
+      <c r="O257" s="43"/>
+      <c r="P257" s="43"/>
+    </row>
+    <row r="258" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A258" s="43"/>
+      <c r="C258" s="43"/>
+      <c r="D258" s="43"/>
+      <c r="E258" s="43"/>
+      <c r="F258" s="43"/>
+      <c r="G258" s="43"/>
+      <c r="H258" s="43"/>
+      <c r="I258" s="43"/>
+      <c r="J258" s="43"/>
+      <c r="K258" s="43"/>
+      <c r="L258" s="43"/>
+      <c r="M258" s="43"/>
+      <c r="N258" s="43"/>
+      <c r="O258" s="43"/>
+      <c r="P258" s="43"/>
+    </row>
+    <row r="259" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A259" s="55" t="s">
         <v>343</v>
       </c>
-      <c r="B244" s="51"/>
-[...16 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="B259" s="4" t="s">
         <v>344</v>
       </c>
-      <c r="C245" s="57"/>
-[...32 lines deleted...]
-      <c r="A247" s="58" t="s">
+      <c r="C259" s="43"/>
+      <c r="D259" s="43"/>
+      <c r="E259" s="43"/>
+      <c r="F259" s="43"/>
+      <c r="G259" s="43"/>
+      <c r="H259" s="43"/>
+      <c r="I259" s="43"/>
+      <c r="J259" s="43"/>
+      <c r="K259" s="43"/>
+      <c r="L259" s="43"/>
+      <c r="M259" s="43"/>
+      <c r="N259" s="43"/>
+      <c r="O259" s="43"/>
+      <c r="P259" s="43"/>
+    </row>
+    <row r="260" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A260" s="44" t="s">
         <v>345</v>
       </c>
-      <c r="B247" s="4" t="s">
+      <c r="B260" s="4" t="s">
         <v>346</v>
       </c>
-      <c r="C247" s="57"/>
-[...15 lines deleted...]
-      <c r="A248" s="65" t="s">
+      <c r="P260" s="43"/>
+    </row>
+    <row r="261" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A261" s="52" t="s">
         <v>347</v>
       </c>
-      <c r="B248" s="4" t="s">
+      <c r="B261" s="16" t="s">
+        <v>439</v>
+      </c>
+      <c r="C261" s="43"/>
+      <c r="D261" s="43"/>
+      <c r="E261" s="43"/>
+      <c r="F261" s="43"/>
+      <c r="G261" s="43"/>
+      <c r="H261" s="43"/>
+      <c r="I261" s="43"/>
+      <c r="J261" s="43"/>
+      <c r="K261" s="43"/>
+      <c r="L261" s="43"/>
+      <c r="M261" s="43"/>
+      <c r="N261" s="43"/>
+      <c r="O261" s="43"/>
+      <c r="P261" s="43"/>
+    </row>
+    <row r="262" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A262" s="53" t="s">
         <v>348</v>
       </c>
-      <c r="C248" s="57"/>
-[...15 lines deleted...]
-      <c r="A249" s="58" t="s">
+      <c r="B262" s="16" t="s">
         <v>349</v>
       </c>
-      <c r="B249" s="4" t="s">
+      <c r="C262" s="43"/>
+      <c r="D262" s="43"/>
+      <c r="E262" s="43"/>
+      <c r="F262" s="43"/>
+      <c r="G262" s="43"/>
+      <c r="H262" s="43"/>
+      <c r="I262" s="43"/>
+      <c r="J262" s="43"/>
+      <c r="K262" s="43"/>
+      <c r="L262" s="43"/>
+      <c r="M262" s="43"/>
+      <c r="N262" s="43"/>
+      <c r="O262" s="43"/>
+      <c r="P262" s="43"/>
+    </row>
+    <row r="263" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A263" s="53" t="s">
         <v>350</v>
       </c>
-      <c r="C249" s="57"/>
-[...15 lines deleted...]
-      <c r="A250" s="66" t="s">
+      <c r="B263" s="16" t="s">
         <v>351</v>
       </c>
-      <c r="B250" s="4" t="s">
+      <c r="C263" s="43"/>
+      <c r="D263" s="43"/>
+      <c r="E263" s="43"/>
+      <c r="F263" s="43"/>
+      <c r="G263" s="43"/>
+      <c r="H263" s="43"/>
+      <c r="I263" s="43"/>
+      <c r="J263" s="43"/>
+      <c r="K263" s="43"/>
+      <c r="L263" s="43"/>
+      <c r="M263" s="43"/>
+      <c r="N263" s="43"/>
+      <c r="O263" s="43"/>
+      <c r="P263" s="43"/>
+    </row>
+    <row r="264" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A264" s="54" t="s">
         <v>352</v>
       </c>
-      <c r="C250" s="57"/>
-[...15 lines deleted...]
-      <c r="A251" s="67" t="s">
+      <c r="B264" s="16" t="s">
         <v>353</v>
       </c>
-      <c r="B251" s="19" t="s">
+      <c r="C264" s="43"/>
+      <c r="D264" s="43"/>
+      <c r="E264" s="43"/>
+      <c r="F264" s="43"/>
+      <c r="G264" s="43"/>
+      <c r="H264" s="43"/>
+      <c r="I264" s="43"/>
+      <c r="J264" s="43"/>
+      <c r="K264" s="43"/>
+      <c r="L264" s="43"/>
+      <c r="M264" s="43"/>
+      <c r="N264" s="43"/>
+      <c r="O264" s="43"/>
+      <c r="P264" s="43"/>
+    </row>
+    <row r="265" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A265" s="53" t="s">
         <v>354</v>
       </c>
-      <c r="P251" s="57"/>
-[...2 lines deleted...]
-      <c r="A252" s="24" t="s">
+      <c r="B265" s="12" t="s">
         <v>355</v>
       </c>
-      <c r="B252" s="19" t="s">
+      <c r="C265" s="43"/>
+      <c r="D265" s="43"/>
+      <c r="E265" s="43"/>
+      <c r="F265" s="43"/>
+      <c r="G265" s="43"/>
+      <c r="H265" s="43"/>
+      <c r="I265" s="43"/>
+      <c r="J265" s="43"/>
+      <c r="K265" s="43"/>
+      <c r="L265" s="43"/>
+      <c r="M265" s="43"/>
+      <c r="N265" s="43"/>
+      <c r="O265" s="43"/>
+      <c r="P265" s="43"/>
+    </row>
+    <row r="266" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A266" s="43"/>
+      <c r="P266" s="43"/>
+    </row>
+    <row r="267" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A267" s="24" t="s">
         <v>356</v>
       </c>
-      <c r="C252" s="57"/>
-[...15 lines deleted...]
-      <c r="A253" s="45" t="s">
+      <c r="B267" s="95"/>
+      <c r="C267" s="95"/>
+      <c r="D267" s="95"/>
+      <c r="E267" s="95"/>
+      <c r="F267" s="95"/>
+      <c r="G267" s="95"/>
+      <c r="H267" s="95"/>
+      <c r="I267" s="95"/>
+      <c r="J267" s="95"/>
+      <c r="K267" s="95"/>
+      <c r="L267" s="95"/>
+      <c r="M267" s="95"/>
+      <c r="N267" s="95"/>
+      <c r="O267" s="95"/>
+      <c r="P267" s="43"/>
+    </row>
+    <row r="268" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A268" s="7" t="s">
         <v>357</v>
       </c>
-      <c r="B253" s="19" t="s">
+      <c r="C268" s="43"/>
+      <c r="D268" s="43"/>
+      <c r="E268" s="43"/>
+      <c r="F268" s="43"/>
+      <c r="G268" s="43"/>
+      <c r="H268" s="43"/>
+      <c r="I268" s="43"/>
+      <c r="J268" s="43"/>
+      <c r="K268" s="43"/>
+      <c r="L268" s="43"/>
+      <c r="M268" s="43"/>
+      <c r="N268" s="43"/>
+      <c r="O268" s="43"/>
+      <c r="P268" s="43"/>
+    </row>
+    <row r="269" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A269" s="7"/>
+      <c r="C269" s="43"/>
+      <c r="D269" s="43"/>
+      <c r="E269" s="43"/>
+      <c r="F269" s="43"/>
+      <c r="G269" s="43"/>
+      <c r="H269" s="43"/>
+      <c r="I269" s="43"/>
+      <c r="J269" s="43"/>
+      <c r="K269" s="43"/>
+      <c r="L269" s="43"/>
+      <c r="M269" s="43"/>
+      <c r="N269" s="43"/>
+      <c r="O269" s="43"/>
+      <c r="P269" s="43"/>
+    </row>
+    <row r="270" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A270" s="79" t="s">
+        <v>426</v>
+      </c>
+      <c r="B270" s="81"/>
+      <c r="C270" s="43"/>
+      <c r="D270" s="43"/>
+      <c r="E270" s="43"/>
+      <c r="F270" s="43"/>
+      <c r="G270" s="43"/>
+      <c r="H270" s="43"/>
+      <c r="I270" s="43"/>
+      <c r="J270" s="43"/>
+      <c r="K270" s="43"/>
+      <c r="L270" s="43"/>
+      <c r="M270" s="43"/>
+      <c r="N270" s="43"/>
+      <c r="O270" s="43"/>
+      <c r="P270" s="43"/>
+    </row>
+    <row r="271" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A271" s="78" t="s">
+        <v>427</v>
+      </c>
+      <c r="B271" s="80" t="s">
+        <v>428</v>
+      </c>
+      <c r="C271" s="43"/>
+      <c r="D271" s="43"/>
+      <c r="E271" s="43"/>
+      <c r="F271" s="43"/>
+      <c r="G271" s="43"/>
+      <c r="H271" s="43"/>
+      <c r="I271" s="43"/>
+      <c r="J271" s="43"/>
+      <c r="K271" s="43"/>
+      <c r="L271" s="43"/>
+      <c r="M271" s="43"/>
+      <c r="N271" s="43"/>
+      <c r="O271" s="43"/>
+      <c r="P271" s="43"/>
+    </row>
+    <row r="272" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A272" s="86" t="s">
+        <v>434</v>
+      </c>
+      <c r="B272" s="88" t="s">
+        <v>433</v>
+      </c>
+      <c r="C272" s="43"/>
+      <c r="D272" s="43"/>
+      <c r="E272" s="43"/>
+      <c r="F272" s="43"/>
+      <c r="G272" s="43"/>
+      <c r="H272" s="43"/>
+      <c r="I272" s="43"/>
+      <c r="J272" s="43"/>
+      <c r="K272" s="43"/>
+      <c r="L272" s="43"/>
+      <c r="M272" s="43"/>
+      <c r="N272" s="43"/>
+      <c r="O272" s="43"/>
+      <c r="P272" s="43"/>
+    </row>
+    <row r="273" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A273" s="85"/>
+      <c r="B273" s="87"/>
+      <c r="C273" s="43"/>
+      <c r="D273" s="43"/>
+      <c r="E273" s="43"/>
+      <c r="F273" s="43"/>
+      <c r="G273" s="43"/>
+      <c r="H273" s="43"/>
+      <c r="I273" s="43"/>
+      <c r="J273" s="43"/>
+      <c r="K273" s="43"/>
+      <c r="L273" s="43"/>
+      <c r="M273" s="43"/>
+      <c r="N273" s="43"/>
+      <c r="O273" s="43"/>
+      <c r="P273" s="43"/>
+    </row>
+    <row r="274" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A274" s="79" t="s">
         <v>358</v>
       </c>
-      <c r="C253" s="57"/>
-[...19 lines deleted...]
-      <c r="A255" s="25" t="s">
+      <c r="B274" s="43"/>
+      <c r="C274" s="43"/>
+      <c r="D274" s="43"/>
+      <c r="E274" s="43"/>
+      <c r="F274" s="43"/>
+      <c r="G274" s="43"/>
+      <c r="H274" s="43"/>
+      <c r="I274" s="43"/>
+      <c r="J274" s="43"/>
+      <c r="K274" s="43"/>
+      <c r="L274" s="43"/>
+      <c r="M274" s="43"/>
+      <c r="N274" s="43"/>
+      <c r="O274" s="43"/>
+      <c r="P274" s="43"/>
+    </row>
+    <row r="275" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A275" s="82" t="s">
         <v>359</v>
       </c>
-      <c r="B255" s="53"/>
-[...16 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="B275" s="67" t="s">
         <v>360</v>
       </c>
-      <c r="C256" s="57"/>
-[...32 lines deleted...]
-      <c r="A258" s="58" t="s">
+      <c r="C275" s="43"/>
+      <c r="D275" s="43"/>
+      <c r="E275" s="43"/>
+      <c r="F275" s="43"/>
+      <c r="G275" s="43"/>
+      <c r="H275" s="43"/>
+      <c r="I275" s="43"/>
+      <c r="J275" s="43"/>
+      <c r="K275" s="43"/>
+      <c r="L275" s="43"/>
+      <c r="M275" s="43"/>
+      <c r="N275" s="43"/>
+      <c r="O275" s="43"/>
+      <c r="P275" s="43"/>
+    </row>
+    <row r="276" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A276" s="78" t="s">
+        <v>429</v>
+      </c>
+      <c r="B276" s="83" t="s">
+        <v>430</v>
+      </c>
+      <c r="C276" s="43"/>
+      <c r="D276" s="43"/>
+      <c r="E276" s="43"/>
+      <c r="F276" s="43"/>
+      <c r="G276" s="43"/>
+      <c r="H276" s="43"/>
+      <c r="I276" s="43"/>
+      <c r="J276" s="43"/>
+      <c r="K276" s="43"/>
+      <c r="L276" s="43"/>
+      <c r="M276" s="43"/>
+      <c r="N276" s="43"/>
+      <c r="O276" s="43"/>
+      <c r="P276" s="43"/>
+    </row>
+    <row r="277" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="75" t="s">
+        <v>435</v>
+      </c>
+      <c r="B277" s="89" t="s">
+        <v>436</v>
+      </c>
+      <c r="C277" s="43"/>
+      <c r="D277" s="43"/>
+      <c r="E277" s="43"/>
+      <c r="F277" s="43"/>
+      <c r="G277" s="43"/>
+      <c r="H277" s="43"/>
+      <c r="I277" s="43"/>
+      <c r="J277" s="43"/>
+      <c r="K277" s="43"/>
+      <c r="L277" s="43"/>
+      <c r="M277" s="43"/>
+      <c r="N277" s="43"/>
+      <c r="O277" s="43"/>
+      <c r="P277" s="43"/>
+    </row>
+    <row r="278" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="92"/>
+      <c r="B278" s="90"/>
+      <c r="C278" s="43"/>
+      <c r="D278" s="43"/>
+      <c r="E278" s="43"/>
+      <c r="F278" s="43"/>
+      <c r="G278" s="43"/>
+      <c r="H278" s="43"/>
+      <c r="I278" s="43"/>
+      <c r="J278" s="43"/>
+      <c r="K278" s="43"/>
+      <c r="L278" s="43"/>
+      <c r="M278" s="43"/>
+      <c r="N278" s="43"/>
+      <c r="O278" s="43"/>
+      <c r="P278" s="43"/>
+    </row>
+    <row r="279" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A279" s="94" t="s">
         <v>361</v>
       </c>
-      <c r="B258" s="4" t="s">
+      <c r="C279" s="43"/>
+      <c r="D279" s="43"/>
+      <c r="E279" s="43"/>
+      <c r="F279" s="43"/>
+      <c r="G279" s="43"/>
+      <c r="H279" s="43"/>
+      <c r="I279" s="43"/>
+      <c r="J279" s="43"/>
+      <c r="K279" s="43"/>
+      <c r="L279" s="43"/>
+      <c r="M279" s="43"/>
+      <c r="N279" s="43"/>
+      <c r="O279" s="43"/>
+      <c r="P279" s="43"/>
+    </row>
+    <row r="280" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A280" s="93" t="s">
         <v>362</v>
       </c>
-      <c r="C258" s="57"/>
-[...15 lines deleted...]
-      <c r="A259" s="67" t="s">
+      <c r="B280" s="67" t="s">
         <v>363</v>
       </c>
-      <c r="B259" s="4" t="s">
+      <c r="C280" s="43"/>
+      <c r="D280" s="43"/>
+      <c r="E280" s="43"/>
+      <c r="F280" s="43"/>
+      <c r="G280" s="43"/>
+      <c r="H280" s="43"/>
+      <c r="I280" s="43"/>
+      <c r="J280" s="43"/>
+      <c r="K280" s="43"/>
+      <c r="L280" s="43"/>
+      <c r="M280" s="43"/>
+      <c r="N280" s="43"/>
+      <c r="O280" s="43"/>
+      <c r="P280" s="43"/>
+    </row>
+    <row r="281" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A281" s="44" t="s">
         <v>364</v>
       </c>
-      <c r="C259" s="57"/>
-[...15 lines deleted...]
-      <c r="A260" s="69" t="s">
+      <c r="B281" s="68" t="s">
         <v>365</v>
       </c>
-      <c r="B260" s="4" t="s">
+      <c r="C281" s="43"/>
+      <c r="D281" s="43"/>
+      <c r="E281" s="43"/>
+      <c r="F281" s="43"/>
+      <c r="G281" s="43"/>
+      <c r="H281" s="43"/>
+      <c r="I281" s="43"/>
+      <c r="J281" s="43"/>
+      <c r="K281" s="43"/>
+      <c r="L281" s="43"/>
+      <c r="M281" s="43"/>
+      <c r="N281" s="43"/>
+      <c r="O281" s="43"/>
+      <c r="P281" s="43"/>
+    </row>
+    <row r="282" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A282" s="78" t="s">
+        <v>431</v>
+      </c>
+      <c r="B282" s="83" t="s">
+        <v>432</v>
+      </c>
+      <c r="C282" s="43"/>
+      <c r="D282" s="43"/>
+      <c r="E282" s="43"/>
+      <c r="F282" s="43"/>
+      <c r="G282" s="43"/>
+      <c r="H282" s="43"/>
+      <c r="I282" s="43"/>
+      <c r="J282" s="43"/>
+      <c r="K282" s="43"/>
+      <c r="L282" s="43"/>
+      <c r="M282" s="43"/>
+      <c r="N282" s="43"/>
+      <c r="O282" s="43"/>
+      <c r="P282" s="43"/>
+    </row>
+    <row r="283" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A283" s="75" t="s">
+        <v>437</v>
+      </c>
+      <c r="B283" s="83" t="s">
+        <v>438</v>
+      </c>
+      <c r="C283" s="43"/>
+      <c r="D283" s="43"/>
+      <c r="E283" s="43"/>
+      <c r="F283" s="43"/>
+      <c r="G283" s="43"/>
+      <c r="H283" s="43"/>
+      <c r="I283" s="43"/>
+      <c r="J283" s="43"/>
+      <c r="K283" s="43"/>
+      <c r="L283" s="43"/>
+      <c r="M283" s="43"/>
+      <c r="N283" s="43"/>
+      <c r="O283" s="43"/>
+      <c r="P283" s="43"/>
+    </row>
+    <row r="284" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A284" s="43"/>
+      <c r="B284" s="84"/>
+      <c r="C284" s="43"/>
+      <c r="D284" s="43"/>
+      <c r="E284" s="43"/>
+      <c r="F284" s="43"/>
+      <c r="G284" s="43"/>
+      <c r="H284" s="43"/>
+      <c r="I284" s="43"/>
+      <c r="J284" s="43"/>
+      <c r="K284" s="43"/>
+      <c r="L284" s="43"/>
+      <c r="M284" s="43"/>
+      <c r="N284" s="43"/>
+      <c r="O284" s="43"/>
+      <c r="P284" s="43"/>
+    </row>
+    <row r="285" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A285" s="30" t="s">
         <v>366</v>
       </c>
-      <c r="C260" s="57"/>
-[...15 lines deleted...]
-      <c r="A261" s="69" t="s">
+      <c r="C285" s="43"/>
+      <c r="D285" s="43"/>
+      <c r="E285" s="43"/>
+      <c r="F285" s="43"/>
+      <c r="G285" s="43"/>
+      <c r="H285" s="43"/>
+      <c r="I285" s="43"/>
+      <c r="J285" s="43"/>
+      <c r="K285" s="43"/>
+      <c r="L285" s="43"/>
+      <c r="M285" s="43"/>
+      <c r="N285" s="43"/>
+      <c r="O285" s="43"/>
+      <c r="P285" s="43"/>
+    </row>
+    <row r="286" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A286" s="56" t="s">
         <v>367</v>
       </c>
-      <c r="B261" s="4" t="s">
+      <c r="B286" s="69" t="s">
         <v>368</v>
       </c>
-      <c r="C261" s="57"/>
-[...15 lines deleted...]
-      <c r="A262" s="58" t="s">
+      <c r="C286" s="43"/>
+      <c r="D286" s="43"/>
+      <c r="E286" s="43"/>
+      <c r="F286" s="43"/>
+      <c r="G286" s="43"/>
+      <c r="H286" s="43"/>
+      <c r="I286" s="43"/>
+      <c r="J286" s="43"/>
+      <c r="K286" s="43"/>
+      <c r="L286" s="43"/>
+      <c r="M286" s="43"/>
+      <c r="N286" s="43"/>
+      <c r="O286" s="43"/>
+      <c r="P286" s="43"/>
+    </row>
+    <row r="287" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A287" s="56" t="s">
         <v>369</v>
       </c>
-      <c r="B262" s="4" t="s">
+      <c r="B287" s="91" t="s">
         <v>370</v>
       </c>
-      <c r="C262" s="57"/>
-[...15 lines deleted...]
-      <c r="A263" s="58" t="s">
+      <c r="C287" s="43"/>
+      <c r="D287" s="43"/>
+      <c r="E287" s="43"/>
+      <c r="F287" s="43"/>
+      <c r="G287" s="43"/>
+      <c r="H287" s="43"/>
+      <c r="I287" s="43"/>
+      <c r="J287" s="43"/>
+      <c r="K287" s="43"/>
+      <c r="L287" s="43"/>
+      <c r="M287" s="43"/>
+      <c r="N287" s="43"/>
+      <c r="O287" s="43"/>
+      <c r="P287" s="43"/>
+    </row>
+    <row r="288" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A288" s="7"/>
+      <c r="C288" s="43"/>
+      <c r="D288" s="43"/>
+      <c r="E288" s="43"/>
+      <c r="F288" s="43"/>
+      <c r="G288" s="43"/>
+      <c r="H288" s="43"/>
+      <c r="I288" s="43"/>
+      <c r="J288" s="43"/>
+      <c r="K288" s="43"/>
+      <c r="L288" s="43"/>
+      <c r="M288" s="43"/>
+      <c r="N288" s="43"/>
+      <c r="O288" s="43"/>
+      <c r="P288" s="43"/>
+    </row>
+    <row r="289" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A289" s="30" t="s">
         <v>371</v>
       </c>
-      <c r="B263" s="4" t="s">
+      <c r="C289" s="43"/>
+      <c r="D289" s="43"/>
+      <c r="E289" s="43"/>
+      <c r="F289" s="43"/>
+      <c r="G289" s="43"/>
+      <c r="H289" s="43"/>
+      <c r="I289" s="43"/>
+      <c r="J289" s="43"/>
+      <c r="K289" s="43"/>
+      <c r="L289" s="43"/>
+      <c r="M289" s="43"/>
+      <c r="N289" s="43"/>
+      <c r="O289" s="43"/>
+      <c r="P289" s="43"/>
+    </row>
+    <row r="290" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A290" s="56" t="s">
         <v>372</v>
       </c>
-      <c r="P263" s="57"/>
-[...2 lines deleted...]
-      <c r="A264" s="66" t="s">
+      <c r="B290" s="69" t="s">
         <v>373</v>
       </c>
-      <c r="B264" s="16" t="s">
+      <c r="C290" s="43"/>
+      <c r="D290" s="43"/>
+      <c r="E290" s="43"/>
+      <c r="F290" s="43"/>
+      <c r="G290" s="43"/>
+      <c r="H290" s="43"/>
+      <c r="I290" s="43"/>
+      <c r="J290" s="43"/>
+      <c r="K290" s="43"/>
+      <c r="L290" s="43"/>
+      <c r="M290" s="43"/>
+      <c r="N290" s="43"/>
+      <c r="O290" s="43"/>
+      <c r="P290" s="43"/>
+    </row>
+    <row r="291" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A291" s="56" t="s">
         <v>374</v>
       </c>
-      <c r="C264" s="57"/>
-[...15 lines deleted...]
-      <c r="A265" s="67" t="s">
+      <c r="B291" s="69" t="s">
         <v>375</v>
       </c>
-      <c r="B265" s="36" t="s">
+      <c r="C291" s="43"/>
+      <c r="D291" s="43"/>
+      <c r="E291" s="43"/>
+      <c r="F291" s="43"/>
+      <c r="G291" s="43"/>
+      <c r="H291" s="43"/>
+      <c r="I291" s="43"/>
+      <c r="J291" s="43"/>
+      <c r="K291" s="43"/>
+      <c r="L291" s="43"/>
+      <c r="M291" s="43"/>
+      <c r="N291" s="43"/>
+      <c r="O291" s="43"/>
+      <c r="P291" s="43"/>
+    </row>
+    <row r="292" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A292" s="31"/>
+      <c r="B292" s="18"/>
+      <c r="C292" s="43"/>
+      <c r="D292" s="43"/>
+      <c r="E292" s="43"/>
+      <c r="F292" s="43"/>
+      <c r="G292" s="43"/>
+      <c r="H292" s="43"/>
+      <c r="I292" s="43"/>
+      <c r="J292" s="43"/>
+      <c r="K292" s="43"/>
+      <c r="L292" s="43"/>
+      <c r="M292" s="43"/>
+      <c r="N292" s="43"/>
+      <c r="O292" s="43"/>
+      <c r="P292" s="43"/>
+    </row>
+    <row r="293" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A293" s="30" t="s">
         <v>376</v>
       </c>
-      <c r="C265" s="57"/>
-[...20 lines deleted...]
-      <c r="A267" s="25" t="s">
+      <c r="C293" s="43"/>
+      <c r="D293" s="43"/>
+      <c r="E293" s="43"/>
+      <c r="F293" s="43"/>
+      <c r="G293" s="43"/>
+      <c r="H293" s="43"/>
+      <c r="I293" s="43"/>
+      <c r="J293" s="43"/>
+      <c r="K293" s="43"/>
+      <c r="L293" s="43"/>
+      <c r="M293" s="43"/>
+      <c r="N293" s="43"/>
+      <c r="O293" s="43"/>
+      <c r="P293" s="43"/>
+    </row>
+    <row r="294" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A294" s="70" t="s">
         <v>377</v>
       </c>
-      <c r="B267" s="51"/>
-[...16 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="B294" s="69" t="s">
         <v>378</v>
       </c>
-      <c r="C268" s="57"/>
-[...32 lines deleted...]
-      <c r="A270" s="70" t="s">
+      <c r="C294" s="43"/>
+      <c r="D294" s="43"/>
+      <c r="E294" s="43"/>
+      <c r="F294" s="43"/>
+      <c r="G294" s="43"/>
+      <c r="H294" s="43"/>
+      <c r="I294" s="43"/>
+      <c r="J294" s="43"/>
+      <c r="K294" s="43"/>
+      <c r="L294" s="43"/>
+      <c r="M294" s="43"/>
+      <c r="N294" s="43"/>
+      <c r="O294" s="43"/>
+      <c r="P294" s="43"/>
+    </row>
+    <row r="295" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A295" s="56" t="s">
         <v>379</v>
       </c>
-      <c r="B270" s="4" t="s">
+      <c r="B295" s="69" t="s">
         <v>380</v>
       </c>
-      <c r="C270" s="57"/>
-[...15 lines deleted...]
-      <c r="A271" s="58" t="s">
+      <c r="C295" s="43"/>
+      <c r="D295" s="43"/>
+      <c r="E295" s="43"/>
+      <c r="F295" s="43"/>
+      <c r="G295" s="43"/>
+      <c r="H295" s="43"/>
+      <c r="I295" s="43"/>
+      <c r="J295" s="43"/>
+      <c r="K295" s="43"/>
+      <c r="L295" s="43"/>
+      <c r="M295" s="43"/>
+      <c r="N295" s="43"/>
+      <c r="O295" s="43"/>
+      <c r="P295" s="43"/>
+    </row>
+    <row r="296" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A296" s="56" t="s">
         <v>381</v>
       </c>
-      <c r="B271" s="4" t="s">
+      <c r="B296" s="69" t="s">
         <v>382</v>
       </c>
-      <c r="P271" s="57"/>
-[...2 lines deleted...]
-      <c r="A272" s="66" t="s">
+      <c r="C296" s="43"/>
+      <c r="D296" s="43"/>
+      <c r="E296" s="43"/>
+      <c r="F296" s="43"/>
+      <c r="G296" s="43"/>
+      <c r="H296" s="43"/>
+      <c r="I296" s="43"/>
+      <c r="J296" s="43"/>
+      <c r="K296" s="43"/>
+      <c r="L296" s="43"/>
+      <c r="M296" s="43"/>
+      <c r="N296" s="43"/>
+      <c r="O296" s="43"/>
+      <c r="P296" s="43"/>
+    </row>
+    <row r="297" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A297" s="31"/>
+      <c r="B297" s="18"/>
+      <c r="C297" s="43"/>
+      <c r="D297" s="43"/>
+      <c r="E297" s="43"/>
+      <c r="F297" s="43"/>
+      <c r="G297" s="43"/>
+      <c r="H297" s="43"/>
+      <c r="I297" s="43"/>
+      <c r="J297" s="43"/>
+      <c r="K297" s="43"/>
+      <c r="L297" s="43"/>
+      <c r="M297" s="43"/>
+      <c r="N297" s="43"/>
+      <c r="O297" s="43"/>
+      <c r="P297" s="43"/>
+    </row>
+    <row r="298" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A298" s="30" t="s">
         <v>383</v>
       </c>
-      <c r="B272" s="16" t="s">
+      <c r="C298" s="43"/>
+      <c r="D298" s="43"/>
+      <c r="E298" s="43"/>
+      <c r="F298" s="43"/>
+      <c r="G298" s="43"/>
+      <c r="H298" s="43"/>
+      <c r="I298" s="43"/>
+      <c r="J298" s="43"/>
+      <c r="K298" s="43"/>
+      <c r="L298" s="43"/>
+      <c r="M298" s="43"/>
+      <c r="N298" s="43"/>
+      <c r="O298" s="43"/>
+      <c r="P298" s="43"/>
+    </row>
+    <row r="299" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A299" s="56" t="s">
         <v>384</v>
       </c>
-      <c r="C272" s="57"/>
-[...15 lines deleted...]
-      <c r="A273" s="67" t="s">
+      <c r="B299" s="69" t="s">
         <v>385</v>
       </c>
-      <c r="B273" s="16" t="s">
+      <c r="C299" s="43"/>
+      <c r="D299" s="43"/>
+      <c r="E299" s="43"/>
+      <c r="F299" s="43"/>
+      <c r="G299" s="43"/>
+      <c r="H299" s="43"/>
+      <c r="I299" s="43"/>
+      <c r="J299" s="43"/>
+      <c r="K299" s="43"/>
+      <c r="L299" s="43"/>
+      <c r="M299" s="43"/>
+      <c r="N299" s="43"/>
+      <c r="O299" s="43"/>
+      <c r="P299" s="43"/>
+    </row>
+    <row r="300" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A300" s="56" t="s">
         <v>386</v>
       </c>
-      <c r="C273" s="57"/>
-[...15 lines deleted...]
-      <c r="A274" s="67" t="s">
+      <c r="B300" s="69" t="s">
         <v>387</v>
       </c>
-      <c r="B274" s="16" t="s">
+      <c r="C300" s="43"/>
+      <c r="D300" s="43"/>
+      <c r="E300" s="43"/>
+      <c r="F300" s="43"/>
+      <c r="G300" s="43"/>
+      <c r="H300" s="43"/>
+      <c r="I300" s="43"/>
+      <c r="J300" s="43"/>
+      <c r="K300" s="43"/>
+      <c r="L300" s="43"/>
+      <c r="M300" s="43"/>
+      <c r="N300" s="43"/>
+      <c r="O300" s="43"/>
+      <c r="P300" s="43"/>
+    </row>
+    <row r="301" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A301" s="56" t="s">
         <v>388</v>
       </c>
-      <c r="C274" s="57"/>
-[...15 lines deleted...]
-      <c r="A275" s="68" t="s">
+      <c r="B301" s="69" t="s">
         <v>389</v>
       </c>
-      <c r="B275" s="16" t="s">
+      <c r="C301" s="43"/>
+      <c r="D301" s="43"/>
+      <c r="E301" s="43"/>
+      <c r="F301" s="43"/>
+      <c r="G301" s="43"/>
+      <c r="H301" s="43"/>
+      <c r="I301" s="43"/>
+      <c r="J301" s="43"/>
+      <c r="K301" s="43"/>
+      <c r="L301" s="43"/>
+      <c r="M301" s="43"/>
+      <c r="N301" s="43"/>
+      <c r="O301" s="43"/>
+      <c r="P301" s="43"/>
+    </row>
+    <row r="302" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A302" s="56" t="s">
         <v>390</v>
       </c>
-      <c r="C275" s="57"/>
-[...15 lines deleted...]
-      <c r="A276" s="67" t="s">
+      <c r="B302" s="69" t="s">
         <v>391</v>
       </c>
-      <c r="B276" s="12" t="s">
+      <c r="C302" s="43"/>
+      <c r="D302" s="43"/>
+      <c r="E302" s="43"/>
+      <c r="F302" s="43"/>
+      <c r="G302" s="43"/>
+      <c r="H302" s="43"/>
+      <c r="I302" s="43"/>
+      <c r="J302" s="43"/>
+      <c r="K302" s="43"/>
+      <c r="L302" s="43"/>
+      <c r="M302" s="43"/>
+      <c r="N302" s="43"/>
+      <c r="O302" s="43"/>
+      <c r="P302" s="43"/>
+    </row>
+    <row r="303" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A303" s="43"/>
+      <c r="B303" s="18"/>
+      <c r="C303" s="43"/>
+      <c r="D303" s="43"/>
+      <c r="E303" s="43"/>
+      <c r="F303" s="43"/>
+      <c r="G303" s="43"/>
+      <c r="H303" s="43"/>
+      <c r="I303" s="43"/>
+      <c r="J303" s="43"/>
+      <c r="K303" s="43"/>
+      <c r="L303" s="43"/>
+      <c r="M303" s="43"/>
+      <c r="N303" s="43"/>
+      <c r="O303" s="43"/>
+      <c r="P303" s="43"/>
+    </row>
+    <row r="304" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A304" s="30" t="s">
         <v>392</v>
       </c>
-      <c r="C276" s="57"/>
-[...19 lines deleted...]
-      <c r="A278" s="25" t="s">
+      <c r="D304" s="43"/>
+      <c r="E304" s="43"/>
+      <c r="F304" s="43"/>
+      <c r="G304" s="43"/>
+      <c r="H304" s="43"/>
+      <c r="I304" s="43"/>
+      <c r="J304" s="43"/>
+      <c r="K304" s="43"/>
+      <c r="L304" s="43"/>
+      <c r="M304" s="43"/>
+      <c r="N304" s="43"/>
+      <c r="O304" s="43"/>
+      <c r="P304" s="43"/>
+    </row>
+    <row r="305" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A305" s="56" t="s">
         <v>393</v>
       </c>
-      <c r="B278" s="51"/>
-[...16 lines deleted...]
-      <c r="A279" s="7" t="s">
+      <c r="B305" s="69" t="s">
         <v>394</v>
       </c>
-      <c r="C279" s="57"/>
-[...33 lines deleted...]
-      <c r="A281" s="40" t="s">
+      <c r="C305" s="43"/>
+      <c r="D305" s="43"/>
+      <c r="E305" s="43"/>
+      <c r="F305" s="43"/>
+      <c r="G305" s="43"/>
+      <c r="H305" s="43"/>
+      <c r="I305" s="43"/>
+      <c r="J305" s="43"/>
+      <c r="K305" s="43"/>
+      <c r="L305" s="43"/>
+      <c r="M305" s="43"/>
+      <c r="N305" s="43"/>
+      <c r="O305" s="43"/>
+      <c r="P305" s="43"/>
+    </row>
+    <row r="306" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A306" s="56" t="s">
         <v>395</v>
       </c>
-      <c r="B281" s="67"/>
-[...16 lines deleted...]
-      <c r="A282" s="41" t="s">
+      <c r="B306" s="69" t="s">
         <v>396</v>
       </c>
-      <c r="B282" s="84" t="s">
+      <c r="C306" s="43"/>
+      <c r="D306" s="43"/>
+      <c r="E306" s="43"/>
+      <c r="F306" s="43"/>
+      <c r="G306" s="43"/>
+      <c r="H306" s="43"/>
+      <c r="I306" s="43"/>
+      <c r="J306" s="43"/>
+      <c r="K306" s="43"/>
+      <c r="L306" s="43"/>
+      <c r="M306" s="43"/>
+      <c r="N306" s="43"/>
+      <c r="O306" s="43"/>
+      <c r="P306" s="43"/>
+    </row>
+    <row r="307" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A307" s="56" t="s">
         <v>397</v>
       </c>
-      <c r="C282" s="57"/>
-[...33 lines deleted...]
-      <c r="A284" s="40" t="s">
+      <c r="B307" s="69" t="s">
         <v>398</v>
       </c>
-      <c r="C284" s="57"/>
-[...15 lines deleted...]
-      <c r="A285" s="58" t="s">
+      <c r="C307" s="43"/>
+      <c r="D307" s="43"/>
+      <c r="E307" s="43"/>
+      <c r="F307" s="43"/>
+      <c r="G307" s="43"/>
+      <c r="H307" s="43"/>
+      <c r="I307" s="43"/>
+      <c r="J307" s="43"/>
+      <c r="K307" s="43"/>
+      <c r="L307" s="43"/>
+      <c r="M307" s="43"/>
+      <c r="N307" s="43"/>
+      <c r="O307" s="43"/>
+      <c r="P307" s="43"/>
+    </row>
+    <row r="308" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A308" s="56" t="s">
         <v>399</v>
       </c>
-      <c r="B285" s="84" t="s">
+      <c r="B308" s="69" t="s">
         <v>400</v>
       </c>
-      <c r="C285" s="57"/>
-[...15 lines deleted...]
-      <c r="A286" s="58" t="s">
+      <c r="C308" s="43"/>
+      <c r="D308" s="43"/>
+      <c r="E308" s="43"/>
+      <c r="F308" s="43"/>
+      <c r="G308" s="43"/>
+      <c r="H308" s="43"/>
+      <c r="I308" s="43"/>
+      <c r="J308" s="43"/>
+      <c r="K308" s="43"/>
+      <c r="L308" s="43"/>
+      <c r="M308" s="43"/>
+      <c r="N308" s="43"/>
+      <c r="O308" s="43"/>
+      <c r="P308" s="43"/>
+    </row>
+    <row r="309" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A309" s="56" t="s">
         <v>401</v>
       </c>
-      <c r="B286" s="85" t="s">
+      <c r="B309" s="69" t="s">
         <v>402</v>
       </c>
-      <c r="C286" s="57"/>
-[...33 lines deleted...]
-      <c r="A288" s="33" t="s">
+      <c r="C309" s="43"/>
+      <c r="D309" s="43"/>
+      <c r="E309" s="43"/>
+      <c r="F309" s="43"/>
+      <c r="G309" s="43"/>
+      <c r="H309" s="43"/>
+      <c r="I309" s="43"/>
+      <c r="J309" s="43"/>
+      <c r="K309" s="43"/>
+      <c r="L309" s="43"/>
+      <c r="M309" s="43"/>
+      <c r="N309" s="43"/>
+      <c r="O309" s="43"/>
+      <c r="P309" s="43"/>
+    </row>
+    <row r="310" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A310" s="43"/>
+      <c r="B310" s="18"/>
+      <c r="C310" s="43"/>
+      <c r="D310" s="43"/>
+      <c r="E310" s="43"/>
+      <c r="F310" s="43"/>
+      <c r="G310" s="43"/>
+      <c r="H310" s="43"/>
+      <c r="I310" s="43"/>
+      <c r="J310" s="43"/>
+      <c r="K310" s="43"/>
+      <c r="L310" s="43"/>
+      <c r="M310" s="43"/>
+      <c r="N310" s="43"/>
+      <c r="O310" s="43"/>
+      <c r="P310" s="43"/>
+    </row>
+    <row r="311" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A311" s="30" t="s">
         <v>403</v>
       </c>
-      <c r="C288" s="57"/>
-[...15 lines deleted...]
-      <c r="A289" s="71" t="s">
+      <c r="C311" s="43"/>
+      <c r="D311" s="43"/>
+      <c r="E311" s="43"/>
+      <c r="F311" s="43"/>
+      <c r="G311" s="43"/>
+      <c r="H311" s="43"/>
+      <c r="I311" s="43"/>
+      <c r="J311" s="43"/>
+      <c r="K311" s="43"/>
+      <c r="L311" s="43"/>
+      <c r="M311" s="43"/>
+      <c r="N311" s="43"/>
+      <c r="O311" s="43"/>
+      <c r="P311" s="43"/>
+    </row>
+    <row r="312" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A312" s="56" t="s">
         <v>404</v>
       </c>
-      <c r="B289" s="86" t="s">
+      <c r="B312" s="69" t="s">
         <v>405</v>
       </c>
-      <c r="C289" s="57"/>
-[...15 lines deleted...]
-      <c r="A290" s="71" t="s">
+      <c r="C312" s="43"/>
+      <c r="D312" s="43"/>
+      <c r="E312" s="43"/>
+      <c r="F312" s="43"/>
+      <c r="G312" s="43"/>
+      <c r="H312" s="43"/>
+      <c r="I312" s="43"/>
+      <c r="J312" s="43"/>
+      <c r="K312" s="43"/>
+      <c r="L312" s="43"/>
+      <c r="M312" s="43"/>
+      <c r="N312" s="43"/>
+      <c r="O312" s="43"/>
+      <c r="P312" s="43"/>
+    </row>
+    <row r="313" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A313" s="56" t="s">
         <v>406</v>
       </c>
-      <c r="B290" s="86" t="s">
+      <c r="B313" s="69" t="s">
         <v>407</v>
       </c>
-      <c r="C290" s="57"/>
-[...33 lines deleted...]
-      <c r="A292" s="33" t="s">
+      <c r="C313" s="43"/>
+      <c r="D313" s="43"/>
+      <c r="E313" s="43"/>
+      <c r="F313" s="43"/>
+      <c r="G313" s="43"/>
+      <c r="H313" s="43"/>
+      <c r="I313" s="43"/>
+      <c r="J313" s="43"/>
+      <c r="K313" s="43"/>
+      <c r="L313" s="43"/>
+      <c r="M313" s="43"/>
+      <c r="N313" s="43"/>
+      <c r="O313" s="43"/>
+      <c r="P313" s="43"/>
+    </row>
+    <row r="314" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A314" s="56" t="s">
         <v>408</v>
       </c>
-      <c r="C292" s="57"/>
-[...15 lines deleted...]
-      <c r="A293" s="71" t="s">
+      <c r="B314" s="69" t="s">
         <v>409</v>
       </c>
-      <c r="B293" s="86" t="s">
+      <c r="C314" s="43"/>
+      <c r="D314" s="43"/>
+      <c r="E314" s="43"/>
+      <c r="F314" s="43"/>
+      <c r="G314" s="43"/>
+      <c r="H314" s="43"/>
+      <c r="I314" s="43"/>
+      <c r="J314" s="43"/>
+      <c r="K314" s="43"/>
+      <c r="L314" s="43"/>
+      <c r="M314" s="43"/>
+      <c r="N314" s="43"/>
+      <c r="O314" s="43"/>
+      <c r="P314" s="43"/>
+    </row>
+    <row r="315" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A315" s="56" t="s">
         <v>410</v>
       </c>
-      <c r="C293" s="57"/>
-[...15 lines deleted...]
-      <c r="A294" s="71" t="s">
+      <c r="B315" s="69" t="s">
         <v>411</v>
       </c>
-      <c r="B294" s="86" t="s">
+      <c r="C315" s="43"/>
+      <c r="D315" s="43"/>
+      <c r="E315" s="43"/>
+      <c r="F315" s="43"/>
+      <c r="G315" s="43"/>
+      <c r="H315" s="43"/>
+      <c r="I315" s="43"/>
+      <c r="J315" s="43"/>
+      <c r="K315" s="43"/>
+      <c r="L315" s="43"/>
+      <c r="M315" s="43"/>
+      <c r="N315" s="43"/>
+      <c r="O315" s="43"/>
+      <c r="P315" s="43"/>
+    </row>
+    <row r="316" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A316" s="43"/>
+      <c r="B316" s="18"/>
+      <c r="C316" s="43"/>
+      <c r="D316" s="43"/>
+      <c r="E316" s="43"/>
+      <c r="F316" s="43"/>
+      <c r="G316" s="43"/>
+      <c r="H316" s="43"/>
+      <c r="I316" s="43"/>
+      <c r="J316" s="43"/>
+      <c r="K316" s="43"/>
+      <c r="L316" s="43"/>
+      <c r="M316" s="43"/>
+      <c r="N316" s="43"/>
+      <c r="O316" s="43"/>
+      <c r="P316" s="43"/>
+    </row>
+    <row r="317" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A317" s="30" t="s">
         <v>412</v>
       </c>
-      <c r="C294" s="57"/>
-[...33 lines deleted...]
-      <c r="A296" s="33" t="s">
+      <c r="C317" s="43"/>
+      <c r="D317" s="43"/>
+      <c r="E317" s="43"/>
+      <c r="F317" s="43"/>
+      <c r="G317" s="43"/>
+      <c r="H317" s="43"/>
+      <c r="I317" s="43"/>
+      <c r="J317" s="43"/>
+      <c r="K317" s="43"/>
+      <c r="L317" s="43"/>
+      <c r="M317" s="43"/>
+      <c r="N317" s="43"/>
+      <c r="O317" s="43"/>
+      <c r="P317" s="43"/>
+    </row>
+    <row r="318" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A318" s="71" t="s">
         <v>413</v>
       </c>
-      <c r="C296" s="57"/>
-[...15 lines deleted...]
-      <c r="A297" s="87" t="s">
+      <c r="B318" s="69" t="s">
         <v>414</v>
       </c>
-      <c r="B297" s="86" t="s">
+      <c r="C318" s="43"/>
+      <c r="D318" s="43"/>
+      <c r="E318" s="43"/>
+      <c r="F318" s="43"/>
+      <c r="G318" s="43"/>
+      <c r="H318" s="43"/>
+      <c r="I318" s="43"/>
+      <c r="J318" s="43"/>
+      <c r="K318" s="43"/>
+      <c r="L318" s="43"/>
+      <c r="M318" s="43"/>
+      <c r="N318" s="43"/>
+      <c r="O318" s="43"/>
+      <c r="P318" s="43"/>
+    </row>
+    <row r="319" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A319" s="70" t="s">
         <v>415</v>
       </c>
-      <c r="C297" s="57"/>
-[...15 lines deleted...]
-      <c r="A298" s="71" t="s">
+      <c r="B319" s="72" t="s">
         <v>416</v>
       </c>
-      <c r="B298" s="86" t="s">
+      <c r="C319" s="43"/>
+      <c r="D319" s="43"/>
+      <c r="E319" s="43"/>
+      <c r="F319" s="43"/>
+      <c r="G319" s="43"/>
+      <c r="H319" s="43"/>
+      <c r="I319" s="43"/>
+      <c r="J319" s="43"/>
+      <c r="K319" s="43"/>
+      <c r="L319" s="43"/>
+      <c r="M319" s="43"/>
+      <c r="N319" s="43"/>
+      <c r="O319" s="43"/>
+      <c r="P319" s="43"/>
+    </row>
+    <row r="320" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A320" s="45"/>
+      <c r="B320" s="18"/>
+      <c r="C320" s="43"/>
+      <c r="D320" s="43"/>
+      <c r="E320" s="43"/>
+      <c r="F320" s="43"/>
+      <c r="G320" s="43"/>
+      <c r="H320" s="43"/>
+      <c r="I320" s="43"/>
+      <c r="J320" s="43"/>
+      <c r="K320" s="43"/>
+      <c r="L320" s="43"/>
+      <c r="M320" s="43"/>
+      <c r="N320" s="43"/>
+      <c r="O320" s="43"/>
+      <c r="P320" s="43"/>
+    </row>
+    <row r="321" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A321" s="30" t="s">
         <v>417</v>
       </c>
-      <c r="C298" s="57"/>
-[...15 lines deleted...]
-      <c r="A299" s="71" t="s">
+      <c r="C321" s="43"/>
+      <c r="D321" s="43"/>
+      <c r="E321" s="43"/>
+      <c r="F321" s="43"/>
+      <c r="G321" s="43"/>
+      <c r="H321" s="43"/>
+      <c r="I321" s="43"/>
+      <c r="J321" s="43"/>
+      <c r="K321" s="43"/>
+      <c r="L321" s="43"/>
+      <c r="M321" s="43"/>
+      <c r="N321" s="43"/>
+      <c r="O321" s="43"/>
+      <c r="P321" s="43"/>
+    </row>
+    <row r="322" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A322" s="71" t="s">
         <v>418</v>
       </c>
-      <c r="B299" s="86" t="s">
+      <c r="B322" s="69" t="s">
         <v>419</v>
       </c>
-      <c r="C299" s="57"/>
-[...33 lines deleted...]
-      <c r="A301" s="33" t="s">
+      <c r="C322" s="43"/>
+      <c r="D322" s="43"/>
+      <c r="E322" s="43"/>
+      <c r="F322" s="43"/>
+      <c r="G322" s="43"/>
+      <c r="H322" s="43"/>
+      <c r="I322" s="43"/>
+      <c r="J322" s="43"/>
+      <c r="K322" s="43"/>
+      <c r="L322" s="43"/>
+      <c r="M322" s="43"/>
+      <c r="N322" s="43"/>
+      <c r="O322" s="43"/>
+      <c r="P322" s="43"/>
+    </row>
+    <row r="323" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A323" s="70" t="s">
         <v>420</v>
       </c>
-      <c r="C301" s="57"/>
-[...15 lines deleted...]
-      <c r="A302" s="71" t="s">
+      <c r="B323" s="69" t="s">
         <v>421</v>
       </c>
-      <c r="B302" s="86" t="s">
-[...506 lines deleted...]
-      <c r="A328" s="57"/>
+    </row>
+    <row r="324" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A324" s="43"/>
+    </row>
+    <row r="325" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A325" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="26">
-    <mergeCell ref="B226:O226"/>
-[...14 lines deleted...]
-    <mergeCell ref="B136:O136"/>
+    <mergeCell ref="A44:O44"/>
+    <mergeCell ref="A69:O69"/>
+    <mergeCell ref="B74:O74"/>
+    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="A62:P62"/>
     <mergeCell ref="A10:O10"/>
     <mergeCell ref="A18:O18"/>
     <mergeCell ref="A23:O23"/>
     <mergeCell ref="A28:O28"/>
     <mergeCell ref="A33:O33"/>
-    <mergeCell ref="A48:O48"/>
-[...3 lines deleted...]
-    <mergeCell ref="A66:P66"/>
+    <mergeCell ref="B105:O105"/>
+    <mergeCell ref="B115:O115"/>
+    <mergeCell ref="B120:O120"/>
+    <mergeCell ref="B125:O125"/>
+    <mergeCell ref="B132:O132"/>
+    <mergeCell ref="B138:O138"/>
+    <mergeCell ref="B171:O171"/>
+    <mergeCell ref="B178:O178"/>
+    <mergeCell ref="B188:O188"/>
+    <mergeCell ref="B210:O210"/>
+    <mergeCell ref="B219:O219"/>
+    <mergeCell ref="B230:O230"/>
+    <mergeCell ref="B236:O236"/>
+    <mergeCell ref="B256:O256"/>
+    <mergeCell ref="B267:O267"/>
+    <mergeCell ref="B244:O244"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A238" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="A231" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="A19" r:id="rId2" xr:uid="{28CAA346-518F-4524-94B4-EF3C89B93FD6}"/>
-    <hyperlink ref="A121" r:id="rId3" xr:uid="{40084B8D-C6D4-46F8-A22C-568B786485FC}"/>
+    <hyperlink ref="A116" r:id="rId3" xr:uid="{40084B8D-C6D4-46F8-A22C-568B786485FC}"/>
     <hyperlink ref="A24" r:id="rId4" xr:uid="{2B7EE0B9-0128-4D94-B129-A3844BD9B0D0}"/>
     <hyperlink ref="A29" r:id="rId5" xr:uid="{26B648BE-2C08-4949-AF5E-1FA870CB944E}"/>
-    <hyperlink ref="A126" r:id="rId6" xr:uid="{96B9CBEA-252B-4D99-AAE6-3D66219A8A1E}"/>
+    <hyperlink ref="A121" r:id="rId6" xr:uid="{96B9CBEA-252B-4D99-AAE6-3D66219A8A1E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId7"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Times New Roman,Bold"&amp;16&amp;UWIOA POLICY ISSUANCES&amp;"-,Regular"&amp;11
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f8197ce3-f327-445f-9ae6-74b08f5a20a9" xmlns:ns3="69eef59b-4fb6-4551-80fa-880d5adf8c10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9918fa709a77541c7a733ebd3538a2f4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A95036446F218841831E389EE0ED1EE2" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6151f0571e7ae9a1eae29ca63b11f225">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f8197ce3-f327-445f-9ae6-74b08f5a20a9" xmlns:ns3="69eef59b-4fb6-4551-80fa-880d5adf8c10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="73640304bb77ae64b651e328f036bc53" ns2:_="" ns3:_="">
     <xsd:import namespace="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
     <xsd:import namespace="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -8999,79 +8986,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="69eef59b-4fb6-4551-80fa-880d5adf8c10" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f8197ce3-f327-445f-9ae6-74b08f5a20a9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A1BF38-2809-4F50-9BC5-CB4C1A723C2D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79E595F1-565C-45B4-9804-D06C7C174373}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
+    <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C83784A8-EE44-44E9-B015-C0D79B1E62B2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A1BF38-2809-4F50-9BC5-CB4C1A723C2D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4316283-FE09-45B7-A2D9-2CE246FD6E4A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4316283-FE09-45B7-A2D9-2CE246FD6E4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>EOLWD</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Caissie, Lisa (EOL)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A95036446F218841831E389EE0ED1EE2</vt:lpwstr>
   </property>