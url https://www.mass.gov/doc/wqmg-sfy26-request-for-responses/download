--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -138,51 +138,51 @@
                         <a:blipFill dpi="0" rotWithShape="1">
                           <a:blip r:embed="rId11"/>
                           <a:srcRect/>
                           <a:tile tx="0" ty="0" sx="100000" sy="100000" flip="none" algn="tl"/>
                         </a:blipFill>
                         <a:ln w="3175">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="172515C2" id="Rectangle 2" o:spid="_x0000_s1026" alt="Title: Decorative line" style="width:435.35pt;height:3.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBwni5OYwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v1DAQvSPxHyzf&#10;aXaXLG2jZquqpahS+RAFcXZsJ7FwPGbs3Wz76xk7+1HggITIwRp77Jn33szk4nI7WLbRGAy4ms9P&#10;ZpxpJ0EZ19X865fbV2echSicEhacrvmjDvxy9fLFxegrvYAerNLIKIgL1ehr3sfoq6IIsteDCCfg&#10;tSNnCziISFvsCoVipOiDLRaz2ZtiBFQeQeoQ6PRmcvJVjt+2WsaPbRt0ZLbmhC3mFfPapLVYXYiq&#10;Q+F7I3cwxD+gGIRxlPQQ6kZEwdZo/gg1GIkQoI0nEoYC2tZInTkQm/nsNzYPvfA6cyFxgj/IFP5f&#10;WPlh8+A/YYIe/D3I74E5uO6F6/QVIoy9ForSzZNQxehDdXiQNoGesmZ8D4pKK9YRsgbbFocUkNix&#10;bZb68SC13kYm6XC5XJydl0vOJPnKslzmUhSi2j/2GOI7DQNLRs2RKpmDi819iAmMqPZXUq7GGn9r&#10;rGXKk+hUaYT4zcQ+S5jw7y/tRKQW+HurTeW5AbketItTv6G2IlKzh974QGkqPTRaEcA7lUUiHVF+&#10;JrS5s6KxmsVJhJhVYIF281n6aDLoaG+3xKDmjqaEM2E7mqZos+pHcomDdWys+ev56TJTCmCNSsST&#10;L2DXXFtkG5G6fcoxSfXLNYS1Uxlequ7bnR2FsZNN0lq3K3eqcBqmUDWgHqnapGvWl2aejB7wibOR&#10;5qfm4cdaIIG3d4465nxelmng8qZcni5STZ57muce4SSFIsrEPZvXcRrStUfT9ZRpqqCDK+qy1uQO&#10;OKLagaUZyY2xm+c0hM/3+dbxr7P6CQAA//8DAFBLAwQKAAAAAAAAACEANePvnmsBAABrAQAAFAAA&#10;AGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAAGAAAABgCAIAAABt+uBvAAAA&#10;AXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAARBJREFUeF7t1LENwzAQBEHLtbD/hsgC&#10;2AXtAgwp2MyYzz9ZDO6ac44xXu5XgbXWdc4R56bAW537AgI9CBFIoDYiBBFEUCtAUOtngwgiqBUg&#10;qPWzQQQR1AoQ1PrZIIIIagUIav1sEEEEtQIEtX42iCCCWgGCWj8bRBBBrQBBrZ8NIoigVoCg1s8G&#10;EURQK0BQ62eDCCKoFSCo9bNBBBHUChDU+tkggghqBQhq/WwQQQS1AgS1fjaIIIJaAYJaPxtEEEGt&#10;AEGtnw0iiKBWgKDWzwYRRFArQFDrZ4MIIqgVIKj1s0EEEdQKENT62SCCCGoFCGr9bBBBBLUCBLV+&#10;NogggloBglo/G/QkaO/dEv/z9zfOB7vUDr1WF3QCAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQCW&#10;jlvS2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcELUpUhNCNlVB9MQB&#10;UfgAN97GEfE6iZ02/D2GC72sNJrRzNtyPbtOHGkMrWeEu4UCQVx703KD8Pmxvc1BhKjZ6M4zIXxT&#10;gHV1eVHqwvgTv9NxFxuRSjgUGsHG2BdShtqS02Hhe+LkHfzodExybKQZ9SmVu04ulVpJp1tOC1b3&#10;9Gyp/tpNDmFpwuv2vs7enlabQz7Y4eblYZgQr6/mzSOISHP8D8MvfkKHKjHt/cQmiA4hPRL/bvLy&#10;TGUg9giZAlmV8py9+gEAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBwni5OYwIAAL0EAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQA14++eawEAAGsBAAAUAAAAAAAAAAAAAAAAAMkEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQCWjlvS2gAAAAMBAAAPAAAAAAAAAAAAAAAAAGYGAABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAABtBwAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABgCAAAAAA=&#10;" strokeweight=".25pt">
+              <v:rect w14:anchorId="2AB4FB41" id="Rectangle 2" o:spid="_x0000_s1026" alt="Title: Decorative line" style="width:435.35pt;height:3.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBwni5OYwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v1DAQvSPxHyzf&#10;aXaXLG2jZquqpahS+RAFcXZsJ7FwPGbs3Wz76xk7+1HggITIwRp77Jn33szk4nI7WLbRGAy4ms9P&#10;ZpxpJ0EZ19X865fbV2echSicEhacrvmjDvxy9fLFxegrvYAerNLIKIgL1ehr3sfoq6IIsteDCCfg&#10;tSNnCziISFvsCoVipOiDLRaz2ZtiBFQeQeoQ6PRmcvJVjt+2WsaPbRt0ZLbmhC3mFfPapLVYXYiq&#10;Q+F7I3cwxD+gGIRxlPQQ6kZEwdZo/gg1GIkQoI0nEoYC2tZInTkQm/nsNzYPvfA6cyFxgj/IFP5f&#10;WPlh8+A/YYIe/D3I74E5uO6F6/QVIoy9ForSzZNQxehDdXiQNoGesmZ8D4pKK9YRsgbbFocUkNix&#10;bZb68SC13kYm6XC5XJydl0vOJPnKslzmUhSi2j/2GOI7DQNLRs2RKpmDi819iAmMqPZXUq7GGn9r&#10;rGXKk+hUaYT4zcQ+S5jw7y/tRKQW+HurTeW5AbketItTv6G2IlKzh974QGkqPTRaEcA7lUUiHVF+&#10;JrS5s6KxmsVJhJhVYIF281n6aDLoaG+3xKDmjqaEM2E7mqZos+pHcomDdWys+ev56TJTCmCNSsST&#10;L2DXXFtkG5G6fcoxSfXLNYS1Uxlequ7bnR2FsZNN0lq3K3eqcBqmUDWgHqnapGvWl2aejB7wibOR&#10;5qfm4cdaIIG3d4465nxelmng8qZcni5STZ57muce4SSFIsrEPZvXcRrStUfT9ZRpqqCDK+qy1uQO&#10;OKLagaUZyY2xm+c0hM/3+dbxr7P6CQAA//8DAFBLAwQKAAAAAAAAACEANePvnmsBAABrAQAAFAAA&#10;AGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAAGAAAABgCAIAAABt+uBvAAAA&#10;AXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAARBJREFUeF7t1LENwzAQBEHLtbD/hsgC&#10;2AXtAgwp2MyYzz9ZDO6ac44xXu5XgbXWdc4R56bAW537AgI9CBFIoDYiBBFEUCtAUOtngwgiqBUg&#10;qPWzQQQR1AoQ1PrZIIIIagUIav1sEEEEtQIEtX42iCCCWgGCWj8bRBBBrQBBrZ8NIoigVoCg1s8G&#10;EURQK0BQ62eDCCKoFSCo9bNBBBHUChDU+tkggghqBQhq/WwQQQS1AgS1fjaIIIJaAYJaPxtEEEGt&#10;AEGtnw0iiKBWgKDWzwYRRFArQFDrZ4MIIqgVIKj1s0EEEdQKENT62SCCCGoFCGr9bBBBBLUCBLV+&#10;NogggloBglo/G/QkaO/dEv/z9zfOB7vUDr1WF3QCAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQCW&#10;jlvS2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcELUpUhNCNlVB9MQB&#10;UfgAN97GEfE6iZ02/D2GC72sNJrRzNtyPbtOHGkMrWeEu4UCQVx703KD8Pmxvc1BhKjZ6M4zIXxT&#10;gHV1eVHqwvgTv9NxFxuRSjgUGsHG2BdShtqS02Hhe+LkHfzodExybKQZ9SmVu04ulVpJp1tOC1b3&#10;9Gyp/tpNDmFpwuv2vs7enlabQz7Y4eblYZgQr6/mzSOISHP8D8MvfkKHKjHt/cQmiA4hPRL/bvLy&#10;TGUg9giZAlmV8py9+gEAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBwni5OYwIAAL0EAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQA14++eawEAAGsBAAAUAAAAAAAAAAAAAAAAAMkEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQCWjlvS2gAAAAMBAAAPAAAAAAAAAAAAAAAAAGYGAABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAABtBwAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABgCAAAAAA=&#10;" strokeweight=".25pt">
                 <v:fill r:id="rId12" o:title=" Decorative line" recolor="t" rotate="t" type="tile"/>
                 <v:stroke joinstyle="round"/>
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D6CC003" w14:textId="77777777" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
       <w:pPr>
         <w:pStyle w:val="RFRCoverSmallcapsCentered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
         </w:rPr>
         <w:t>ONE HUNDRED CAMBRIDGE STREET, SUITE 900, BOSTON, MA 02114</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500F3BFC" w14:textId="77777777" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
       <w:pPr>
         <w:pStyle w:val="RFRCover14ptBoldCentered"/>
       </w:pPr>
       <w:r>
@@ -276,144 +276,333 @@
         </w:rPr>
         <w:t>SFY26 Water Quality Monitoring Grant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="555EAF8A" w14:textId="77777777" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
       <w:pPr>
         <w:pStyle w:val="RFRCover14ptBoldCentered"/>
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00392D4E">
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t>Request for Responses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C812550" w14:textId="77777777" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
       <w:pPr>
         <w:pStyle w:val="RFRCover14ptBoldCentered"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71814247" w14:textId="6576624F" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
+    <w:p w14:paraId="71814247" w14:textId="1DFBD7B4" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
       <w:pPr>
         <w:pStyle w:val="RFRCover14ptBoldCentered"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Agency Document Number: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B67F42">
+      <w:r w:rsidR="005D779E" w:rsidRPr="005D779E">
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
-        <w:t>BWR</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0041705F" w:rsidRPr="00B67F42">
+        <w:t>BD-26-1045-BWR00-BWR01-121549</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D8A44B" w14:textId="77777777" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
+      <w:pPr>
+        <w:pStyle w:val="RFRCover14ptBoldCentered"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40238685" w14:textId="58B0ACBC" w:rsidR="00E10831" w:rsidRDefault="0041705F" w:rsidP="00E10831">
+      <w:pPr>
+        <w:pStyle w:val="RFRCover14ptBoldCentered"/>
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E2E21" w:rsidRPr="00B67F42">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
-        <w:t>WQM-01</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B67F42">
+        <w:t>October 1, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57DF5638" w14:textId="77777777" w:rsidR="005D779E" w:rsidRDefault="005D779E" w:rsidP="00E10831">
+      <w:pPr>
+        <w:pStyle w:val="RFRCover14ptBoldCentered"/>
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="06D8A44B" w14:textId="77777777" w:rsidR="00E10831" w:rsidRDefault="00E10831" w:rsidP="00E10831">
+    <w:p w14:paraId="3CEFA8D2" w14:textId="316A58D9" w:rsidR="005D779E" w:rsidRPr="00AB2AB5" w:rsidRDefault="005D779E" w:rsidP="00E10831">
       <w:pPr>
         <w:pStyle w:val="RFRCover14ptBoldCentered"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rStyle w:val="NoneA"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB2AB5">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Amendment 1: October 24, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D1D197" w14:textId="71D21EEF" w:rsidR="008C47EA" w:rsidRDefault="008C47EA" w:rsidP="00E10831">
+      <w:pPr>
+        <w:pStyle w:val="RFRCover14ptBoldCentered"/>
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C47EA">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Amendment 2: November 3, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4053B4F1" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00E10831">
+      <w:pPr>
+        <w:pStyle w:val="RFRCover14ptBoldCentered"/>
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A4EE96" w14:textId="467D315F" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+      <w:pPr>
+        <w:pStyle w:val="RFRCover14ptBoldCentered"/>
+        <w:ind w:left="720" w:right="864"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note: </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3386">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Substantive u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>pdates to this RFR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">identified </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3386">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the document text with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">strikethrough, </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3386">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>yellow highlight, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> italic</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3386">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rStyle w:val="NoneA"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E3CC6B" w14:textId="4A14BE10" w:rsidR="00084B0D" w:rsidRDefault="00084B0D" w:rsidP="00E10831">
+      <w:pPr>
+        <w:pStyle w:val="RFRCover14ptBoldCentered"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="44624D43" w14:textId="77CC1FEA" w:rsidR="00300452" w:rsidRDefault="00300452" w:rsidP="00ED35B5">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="2036378250"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="49AF98E2" w14:textId="4E5F64F1" w:rsidR="00A20416" w:rsidRDefault="00A20416" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="60B6DAC5" w14:textId="228FB107" w:rsidR="008B327C" w:rsidRDefault="00A20416" w:rsidP="00ED35B5">
+        <w:p w14:paraId="60B6DAC5" w14:textId="078F4747" w:rsidR="008B327C" w:rsidRDefault="00A20416" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc205299520" w:history="1">
             <w:r w:rsidR="008B327C" w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
             <w:r w:rsidR="00C97910">
@@ -435,65 +624,65 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="008B327C" w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="008B327C" w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299520 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008B327C" w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008B327C" w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="008B327C" w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61F3A662" w14:textId="0F4AAD3C" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="61F3A662" w14:textId="56498D4E" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299521" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.1 Grant Overview and Goals</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -504,67 +693,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299521 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B42F03E" w14:textId="230ADBB5" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="5B42F03E" w14:textId="4B44D3F5" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299522" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.2 Funding Availability</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -575,67 +764,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299522 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="320750EB" w14:textId="078CD354" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="320750EB" w14:textId="06C9E0A6" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299523" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.3 Eligible Entities</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -646,67 +835,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299523 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5DB80B68" w14:textId="259397A4" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="5DB80B68" w14:textId="6BDB12BE" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299524" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.4 Eligible Projects</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -717,67 +906,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299524 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="789A6BEB" w14:textId="13BF9BA1" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="789A6BEB" w14:textId="7F4F2129" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299525" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.5 Ineligible Entities and Application Activities</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -788,67 +977,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299525 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="572B2017" w14:textId="5F36A81A" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="572B2017" w14:textId="2F04F51B" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299526" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.6 Eligible Expenses</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -859,67 +1048,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299526 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2C7AE6CD" w14:textId="2ADE2E84" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="2C7AE6CD" w14:textId="62A021B5" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299527" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.7 Data Quality Requirements</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -930,67 +1119,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299527 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="01F51527" w14:textId="5BECAAEF" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="01F51527" w14:textId="159C054F" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299528" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.8 MassDEP Priority Data Needs</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1001,67 +1190,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299528 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="32392201" w14:textId="3B08A621" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="32392201" w14:textId="6F42B891" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299529" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.9 Disadvantaged Communities</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1072,126 +1261,126 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299529 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54DA59FB" w14:textId="3F082E91" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="54DA59FB" w14:textId="64370B0C" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299530" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>2.0 GRANT REQUIREMENTS</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299530 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="57BAC5F4" w14:textId="3459CC41" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="57BAC5F4" w14:textId="7702E2A7" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299531" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.1 Application Deadline</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1202,67 +1391,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299531 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3348FE54" w14:textId="3813E588" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="3348FE54" w14:textId="1F76EC7F" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299532" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.2 Page Limit</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1273,67 +1462,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299532 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1251AA72" w14:textId="6D9EF06C" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="1251AA72" w14:textId="7512CDEC" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299533" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.3 Matching Funds</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1344,67 +1533,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299533 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6204874B" w14:textId="55B13C8F" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="6204874B" w14:textId="27267F8B" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299534" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.4 Question and Answer Period</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1415,67 +1604,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299534 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="62C724B5" w14:textId="2418304D" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="62C724B5" w14:textId="2ED7229D" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299535" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.5 Total Anticipated Duration of Grant(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1486,67 +1675,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299535 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0CD81324" w14:textId="71332C60" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="0CD81324" w14:textId="5814C60A" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299536" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.6 Ownership of Equipment and/or Other Resources Paid for with Grant Funds</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1557,67 +1746,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299536 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58630852" w14:textId="548AA294" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="58630852" w14:textId="03F698C8" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299537" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.7 Certification of Tax Compliance</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1628,67 +1817,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299537 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A430D20" w14:textId="2BD7D8D4" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="6A430D20" w14:textId="3E211156" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299538" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.8 Close Out Memorandum</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1699,67 +1888,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299538 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="295B6E93" w14:textId="3259C90C" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="295B6E93" w14:textId="1DB5D997" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299539" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.9 Project Data Submission Summary</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1770,67 +1959,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299539 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="33ADD119" w14:textId="2CBEFD71" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="33ADD119" w14:textId="6DCA910B" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299540" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.10 Applicable Procurement Law</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1841,67 +2030,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299540 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E3B81CD" w14:textId="766066D2" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="2E3B81CD" w14:textId="7DBA28BA" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299541" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.11 Additional Requirements</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1912,126 +2101,126 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299541 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3BEF6785" w14:textId="0D486868" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="3BEF6785" w14:textId="03B3F7AC" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299542" w:history="1">
             <w:r w:rsidRPr="004D73E2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>3.0 INSTRUCTIONS FOR APPLICATION SUBMISSION:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299542 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A632F2F" w14:textId="0F38CC08" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="6A632F2F" w14:textId="59C3056B" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299543" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1 Evaluation Criteria (general):</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2042,67 +2231,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299543 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A15FE0E" w14:textId="4436BBFA" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="7A15FE0E" w14:textId="579FD05A" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299544" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2 Proposal Components and Evaluation Criteria:</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -2113,67 +2302,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299544 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="38C05313" w14:textId="23F6312A" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="38C05313" w14:textId="60D7E23A" w:rsidR="008B327C" w:rsidRPr="002E1460" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299545" w:history="1">
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
             <w:r w:rsidR="002E1460">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
@@ -2202,242 +2391,242 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299545 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="002E1460">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="453FE0A3" w14:textId="138A6EA0" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="453FE0A3" w14:textId="17288FB2" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299546" w:history="1">
             <w:r w:rsidRPr="004D73E2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>4.0 ESTIMATED GRANT CALENDAR:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299546 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E9993CC" w14:textId="25C3A3BB" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="3E9993CC" w14:textId="6BC1E7D6" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299547" w:history="1">
             <w:r w:rsidRPr="004D73E2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>ATTACHMENT A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005622C9">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>A-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299547 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="218FBEF8" w14:textId="50E71C95" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
+        <w:p w14:paraId="218FBEF8" w14:textId="5965ACA1" w:rsidR="008B327C" w:rsidRDefault="008B327C" w:rsidP="00ED35B5">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc205299549" w:history="1">
             <w:r w:rsidRPr="004D73E2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>ATTACHMENT B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005622C9">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>A-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc205299549 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C97910">
+            <w:r w:rsidR="00FA7DAE">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="6CF14286" w14:textId="3312F1B4" w:rsidR="00020790" w:rsidRDefault="00A20416" w:rsidP="00ED35B5">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
@@ -2500,443 +2689,491 @@
             <w:t>www.mass.gov/dep</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="5F0515DD" w14:textId="0E3616FE" w:rsidR="00020790" w:rsidRPr="00D868AF" w:rsidRDefault="00020790" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="551F6AA3" w14:textId="77777777" w:rsidR="00300452" w:rsidRDefault="00020790" w:rsidP="00ED35B5">
       <w:pPr>
         <w:sectPr w:rsidR="00300452" w:rsidSect="00505FF5">
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1008" w:bottom="1440" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="677D22E3" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="284988C5" wp14:editId="2810BF9D">
+            <wp:extent cx="781050" cy="1047750"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1218731370" name="Picture 1218731370" descr="MassDEP logo, white leaf, green background, Picture"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="781050" cy="1047750"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B048A3" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="275317"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="275317"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>The Commonwealth of Massachusetts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="275317"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Department of Environmental Protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DF7DD0" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100 Cambridge Street, Suite 900, Boston, MA 02114</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 617-292-5500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEA8447" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:color w:val="0D0D0D"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10820" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="12" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="12" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="12" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="12" w:space="0" w:color="000000"/>
+          <w:insideH w:val="none" w:sz="12" w:space="0" w:color="000000"/>
+          <w:insideV w:val="none" w:sz="12" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1620"/>
-        <w:gridCol w:w="9200"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="2655"/>
+        <w:gridCol w:w="2205"/>
+        <w:gridCol w:w="2340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00040394" w14:paraId="025051DE" w14:textId="77777777" w:rsidTr="0041704A">
+      <w:tr w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w14:paraId="27169471" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="1395"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A742605" w14:textId="77777777" w:rsidR="00040394" w:rsidRDefault="00040394" w:rsidP="00ED35B5">
+          <w:p w14:paraId="42E19167" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-              </w:drawing>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>Maura T. Healey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6293EEB0" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>Governor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9200" w:type="dxa"/>
-[...8 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E38D58" w14:textId="77777777" w:rsidR="00040394" w:rsidRDefault="00040394" w:rsidP="00ED35B5">
+          <w:p w14:paraId="6038C0B5" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...47 lines deleted...]
-              </w:drawing>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>Kim Driscoll</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38B248CE" w14:textId="77777777" w:rsidR="00040394" w:rsidRDefault="00040394" w:rsidP="00ED35B5">
+          <w:p w14:paraId="7C45D9BC" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>Lieutenant Governor</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2A9FC687" w14:textId="77777777" w:rsidR="00040394" w:rsidRDefault="00040394" w:rsidP="00ED35B5"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="5E617036" w14:textId="77777777" w:rsidR="00040394" w:rsidRDefault="00040394" w:rsidP="00ED35B5">
+          <w:p w14:paraId="1EBEF66A" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9200" w:type="dxa"/>
-[...8 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2205" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1ABB28" w14:textId="77777777" w:rsidR="00040394" w:rsidRDefault="00040394" w:rsidP="00ED35B5">
+          <w:p w14:paraId="1EFFF064" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rebecca Tepper </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BB5E26D" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>Secretary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBC4EFB" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="322ED5CA" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>Bonnie Heiple</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49CC81B8" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="right" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7DAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+              <w:t>Commissioner</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="459959CB" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FA7DAE">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="0D0D0D"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="31E22F1E" w14:textId="0F40EC6D" w:rsidR="007E2049" w:rsidRPr="00C76ED8" w:rsidRDefault="007E2049" w:rsidP="00C76ED8">
-[...132 lines deleted...]
-    </w:p>
     <w:p w14:paraId="04065F74" w14:textId="71411864" w:rsidR="00165211" w:rsidRPr="007E2049" w:rsidRDefault="1E9308B5" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading7"/>
       </w:pPr>
       <w:r w:rsidRPr="007E2049">
         <w:t xml:space="preserve">Water Quality Monitoring </w:t>
       </w:r>
       <w:r w:rsidR="6D19F5A2" w:rsidRPr="007E2049">
         <w:t>Grant</w:t>
       </w:r>
       <w:r w:rsidR="60EC3B64" w:rsidRPr="007E2049">
         <w:t xml:space="preserve"> (WQMG)</w:t>
       </w:r>
       <w:r w:rsidR="6D19F5A2" w:rsidRPr="007E2049">
         <w:t xml:space="preserve"> Program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0388988C" w14:textId="0F77D3E3" w:rsidR="008E6171" w:rsidRPr="00C76ED8" w:rsidRDefault="00165211" w:rsidP="00C76ED8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -3139,112 +3376,224 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Questions Due: </w:t>
       </w:r>
       <w:r w:rsidR="001275A3">
         <w:t>October 1</w:t>
       </w:r>
       <w:r w:rsidR="00360F32">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>2025</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> at 5:00 p.m. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687EEAB5" w14:textId="77378CD4" w:rsidR="00AB2A8F" w:rsidRPr="00556623" w:rsidRDefault="00AB2A8F" w:rsidP="00ED35B5">
+    <w:p w14:paraId="687EEAB5" w14:textId="27C6EF04" w:rsidR="00AB2A8F" w:rsidRPr="00FA7DAE" w:rsidRDefault="00AB2A8F" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="00AB2A8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answers Posted</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="001275A3">
+      <w:r w:rsidR="001275A3" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve">October </w:t>
       </w:r>
-      <w:r w:rsidR="00360F32">
+      <w:r w:rsidR="00360F32" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve"> by 5:00 p.m.</w:t>
       </w:r>
+      <w:r w:rsidR="00FA7DAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7DAE" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>November 3, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2AB5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2AB5" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>November 17, 2025</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="67FF1478" w14:textId="2F566143" w:rsidR="00AB2A8F" w:rsidRPr="00556623" w:rsidRDefault="00AB2A8F" w:rsidP="00ED35B5">
+    <w:p w14:paraId="67FF1478" w14:textId="529C9F2A" w:rsidR="00AB2A8F" w:rsidRPr="00FA7DAE" w:rsidRDefault="00AB2A8F" w:rsidP="00ED35B5">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00556623">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Responses Due: </w:t>
       </w:r>
-      <w:r w:rsidR="001275A3">
+      <w:r w:rsidR="001275A3" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve">November </w:t>
       </w:r>
-      <w:r w:rsidR="00360F32">
+      <w:r w:rsidR="00360F32" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="001275A3">
+      <w:r w:rsidR="001275A3" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="001C249B">
+      <w:r w:rsidR="001C249B" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001275A3">
+      <w:r w:rsidR="001275A3" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="001C249B">
+      <w:r w:rsidR="001C249B" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 5:00 p.m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7DAE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7DAE" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>November 10, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2AB5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82603" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>November 21, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC11CF4" w14:textId="77777777" w:rsidR="00AB2A8F" w:rsidRPr="00556623" w:rsidRDefault="00AB2A8F" w:rsidP="00C76ED8">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00556623">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Match Required: </w:t>
       </w:r>
       <w:r w:rsidRPr="00556623">
         <w:t>No, but recommended</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E01567C" w14:textId="1F945868" w:rsidR="004F1940" w:rsidRPr="00987CCD" w:rsidRDefault="00C76ED8" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3319,51 +3668,55 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00260CBD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A027A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6A088B" w14:textId="741222DF" w:rsidR="00260CBD" w:rsidRDefault="00602CF2" w:rsidP="00C76ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">With more than 3,000 lakes and ponds, 12,000 miles of streams and rivers, and almost 3,000 square miles of coastal waters in the Commonwealth, MassDEP’s </w:t>
       </w:r>
       <w:r>
         <w:t>WPP</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
-        <w:t xml:space="preserve"> can sample only a fraction of these surface waters in any given year</w:t>
+        <w:t xml:space="preserve"> can sample only a fraction of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
+        <w:t>these surface waters in any given year</w:t>
       </w:r>
       <w:r w:rsidR="00F22770">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F22770" w:rsidRPr="00F22770">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F22770" w:rsidRPr="0045458E">
         <w:t>MassDEP supplements its own surface water quality dataset (“internal dataset”) with data collected by entities outside of the</w:t>
       </w:r>
       <w:r w:rsidR="009D0101">
         <w:t xml:space="preserve"> Department</w:t>
       </w:r>
       <w:r w:rsidR="00F22770" w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> (“external dataset”)</w:t>
       </w:r>
       <w:r w:rsidR="00046279">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00C875D3">
         <w:t xml:space="preserve">these </w:t>
       </w:r>
       <w:r w:rsidR="00074A4E">
         <w:t xml:space="preserve">internal and external </w:t>
       </w:r>
@@ -3389,60 +3742,59 @@
         <w:t xml:space="preserve"> requirements set forth in </w:t>
       </w:r>
       <w:r w:rsidR="002504E6">
         <w:t xml:space="preserve">CWA </w:t>
       </w:r>
       <w:r w:rsidR="00F22770" w:rsidRPr="0045458E">
         <w:t>§ 305(b) and § 303(d).</w:t>
       </w:r>
       <w:r w:rsidR="002A784B" w:rsidRPr="002A784B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBBCCFB" w14:textId="77777777" w:rsidR="00B67F42" w:rsidRDefault="002A784B" w:rsidP="00C76ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A784B">
-        <w:lastRenderedPageBreak/>
         <w:t>For more information on MassDEP’s water quality assessment process</w:t>
       </w:r>
       <w:r w:rsidR="002C768A">
         <w:t xml:space="preserve">, please review the description in </w:t>
       </w:r>
       <w:r w:rsidRPr="002A784B">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="002C768A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Massachusetts Consolidated Assessment and Listing Methodology (“CALM”) Guidance Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002C768A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B67F42" w:rsidRPr="00B67F42">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="466A2A0A" w14:textId="4EA15EB9" w:rsidR="00602CF2" w:rsidRDefault="00B67F42" w:rsidP="00C76ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
@@ -3532,58 +3884,58 @@
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C76ED8">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>WQMG PRIORITY PROJECTS COLLECT THE FOLLOWING DATA:</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6280971F" wp14:editId="48AEF724">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6280971F" wp14:editId="42C7D860">
             <wp:extent cx="5861050" cy="2331720"/>
             <wp:effectExtent l="38100" t="0" r="25400" b="0"/>
             <wp:docPr id="1356533192" name="Diagram 1" descr="Graphic of WQMG data that is high priority for collection. A list of eligible projects is in Section 1.4 of this RFR"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId17" r:lo="rId18" r:qs="rId19" r:cs="rId20"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="553960DC" w14:textId="62E872B9" w:rsidR="006E6C2D" w:rsidRPr="0045458E" w:rsidRDefault="00602CF2" w:rsidP="00C76ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">Through the Water Quality Monitoring Grant (“WQMG”) program, MassDEP </w:t>
       </w:r>
       <w:r>
         <w:t>requests</w:t>
       </w:r>
       <w:r w:rsidRPr="00602CF2">
         <w:t xml:space="preserve"> grant proposals for the purpose of supporting ongoing or new </w:t>
       </w:r>
       <w:r w:rsidR="00B4102B">
@@ -3826,98 +4178,101 @@
       <w:bookmarkStart w:id="6" w:name="_Toc205299522"/>
       <w:r>
         <w:t>1.2 Funding Availability</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="00437CDB" w14:textId="098F6247" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00C76ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED35B5">
         <w:t>MassDEP anticipates that up to $200,000 in total grant funding may be available for the WQMG program in SFY2026, which ends on June 30, 2026. MassDEP reserves the right not to award the total funding currently available for this grant program, and all awards are subject to the availability of appropriations and/or other funding sources. Grant awards may range from $</w:t>
       </w:r>
       <w:r w:rsidR="00D01F8B" w:rsidRPr="00ED35B5">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED35B5">
-        <w:t>,000 (minimum) to $50,000 (maximum) per application as an individual organization or coalition, although the Grant Review Team for the WQMG program reserves the right, in its discretion, to</w:t>
+        <w:t xml:space="preserve">,000 (minimum) to $50,000 (maximum) per application as an individual organization or coalition, although the Grant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED35B5">
+        <w:lastRenderedPageBreak/>
+        <w:t>Review Team for the WQMG program reserves the right, in its discretion, to</w:t>
       </w:r>
       <w:r w:rsidR="009F00EC" w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve"> grant</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve">: (1) </w:t>
       </w:r>
       <w:r w:rsidR="009F00EC" w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve">larger </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve">awards to proposals of exceptional merit; (2) </w:t>
       </w:r>
       <w:r w:rsidR="009F00EC" w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve">smaller </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED35B5">
         <w:t>awards than requested by grant applicant(s)</w:t>
       </w:r>
       <w:r w:rsidR="00D01F8B" w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve"> to meet MassDEP’s priority data collection</w:t>
       </w:r>
       <w:r w:rsidR="00D01F8B">
         <w:t xml:space="preserve"> needs</w:t>
       </w:r>
       <w:r w:rsidR="004777D4">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00C230BF">
         <w:t>or (3) smaller awards than requested by grant applicant(s) based on the availability of funds</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F00EC" w:rsidRPr="009F00EC">
         <w:t xml:space="preserve"> MassDEP reserves the right to not fund </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009F00EC" w:rsidRPr="009F00EC">
         <w:t>all</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009F00EC" w:rsidRPr="009F00EC">
         <w:t xml:space="preserve"> or part of </w:t>
       </w:r>
       <w:r w:rsidR="00AB5114">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">submitted </w:t>
       </w:r>
       <w:r w:rsidR="009F00EC" w:rsidRPr="009F00EC">
         <w:t>grant proposals based on the review and eligibility procedures described in this RFR and/ or due to limited funds.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38197F34" w14:textId="71339B46" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00C76ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="7D023A88">
         <w:t xml:space="preserve">Applicants </w:t>
       </w:r>
       <w:r>
         <w:t>may seek funding for Eligible Projects that will exceed the length of the grant award period (i.e., past June 30, 2026); however, only work that is proposed to be completed on or before June 30, 2026, is eligible for funding</w:t>
       </w:r>
       <w:r w:rsidRPr="7D023A88">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
@@ -4153,127 +4508,131 @@
       <w:r w:rsidR="006C7FF8">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="006C7FF8" w:rsidRPr="003B306D">
         <w:t>ommunities</w:t>
       </w:r>
       <w:r w:rsidR="00602CF2" w:rsidRPr="003B306D">
         <w:t>; and</w:t>
       </w:r>
       <w:r w:rsidR="00602CF2" w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> (4) catalyzing collaborations to develop long-term water quality monitoring programs and networks. Coalitions must consist of two or more Eligible Entities. </w:t>
       </w:r>
       <w:r w:rsidR="009F00EC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00602CF2" w:rsidRPr="0045458E">
         <w:t>MassDEP requests that Intertribal Consortia (as defined in 40 CFR § 35.6015 - Definitions) submit a grant application as a single coalition, with each Eligible Tribe (see Eligible Entities at beginning of this Section 1.C.) submitting as a coalition member.</w:t>
       </w:r>
       <w:r w:rsidR="00602CF2" w:rsidRPr="0045458E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6627AD6F" w14:textId="7388682E" w:rsidR="00602CF2" w:rsidRPr="00557214" w:rsidRDefault="00602CF2" w:rsidP="00ED35B5">
+    <w:p w14:paraId="6627AD6F" w14:textId="7388682E" w:rsidR="00602CF2" w:rsidRPr="00FA7DAE" w:rsidRDefault="00602CF2" w:rsidP="00ED35B5">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00557214">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
-        </w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Please Note: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00557214">
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Submitting an application</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00557214">
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a coalition does not by itself demonstrate synergies leading to unique deliverables or outcomes; the coalition applicant must also provide information that demonstrates how the </w:t>
       </w:r>
-      <w:r w:rsidR="009F00EC">
+      <w:r w:rsidR="009F00EC" w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>partnerships</w:t>
       </w:r>
-      <w:r w:rsidRPr="00557214">
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> will provide, or continue to provide, </w:t>
       </w:r>
-      <w:r w:rsidR="009F00EC">
+      <w:r w:rsidR="009F00EC" w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="009F00EC" w:rsidRPr="00557214">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">increased efficacy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00557214">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as described </w:t>
+      </w:r>
+      <w:r w:rsidR="009F00EC" w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="009F00EC">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">above </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>in this section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FF8EE45" w14:textId="26758C6F" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc205299524"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>1.4 Eligible Projects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="2BD9893C" w14:textId="77777777" w:rsidR="003C0C1A" w:rsidRPr="00594EEA" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="00594EEA">
         <w:t>Eligible activities aligned with the scope of the grant program may include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5372972A" w14:textId="77777777" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>Direct monitoring of surface waters through field and laboratory work, including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1E1453" w14:textId="77777777" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -4476,97 +4835,97 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">Data management activities </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0045458E">
         <w:t>needed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> to improve data sharing with MassDEP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE265A0" w14:textId="41B796B3" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Salary for staff overseeing or conducting actions that increase the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0045458E">
         <w:t>organization’s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> or coalition’s capacity to perform monitoring of surface waters specific to the Eligible Project including, but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="00BD476F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> training and outreach planning, preparation, and implementation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="546192E6" w14:textId="77777777" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>Actions to develop regional and long-term monitoring programs or networks, including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4D7159" w14:textId="77777777" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00535887">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Purchase of monitoring equipment specifically intended for regional and long-term monitoring.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C023D79" w14:textId="77777777" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00535887">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Training of organization personnel to perform actions specific to developing regional and long-term monitoring programs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53ADB7FC" w14:textId="5F817A4C" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00535887">
       <w:pPr>
@@ -4840,50 +5199,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eligible Expenses include only: (1) purchased and properly documented equipment and supply costs (including laboratory supplies); (2) disbursed and properly documented expenses and fees for laboratory analytical and other consultant services; (3) disbursed and properly documented salary (defined as hourly salary and overhead combined); (4) disbursed and properly documented expenses and fees for training activities; and (5) vehicle mileage only for travel performed specifically for the project during SFY2026.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A0B5889" w14:textId="10E21960" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="003C0C1A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0C1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The hours worked on the Eligible Project and all salary payment(s) for that work must occur within SFY2026. Lump sum payments and stipends </w:t>
       </w:r>
       <w:r w:rsidR="00115DB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">paid to staff </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are not eligible for reimbursement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please note that i</w:t>
@@ -4892,51 +5252,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f submitting as a coalition, the grant applicant’s coalition coordinator must coordinate invoicing and payment of all coalition members included in its application into a single request for reimbursement. MassDEP will not reimburse invoices from a coalition on an individual organization basis or from any representative of the coalition other than the designated grant coalition coordinator.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29D1B612" w14:textId="3A97CB37" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="003C0C1A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0C1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Any questions about Eligible Projects and Eligible Expenses should be submitted in writing to MassDEP by the deadline specified in the Estimated Grant </w:t>
       </w:r>
       <w:r w:rsidRPr="00265973">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Calendar (see Section 4.0 below).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="052D0AED" w14:textId="33E849D1" w:rsidR="00602CF2" w:rsidRDefault="00602CF2" w:rsidP="001C249B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc205299527"/>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="003C0C1A">
         <w:t>7</w:t>
       </w:r>
       <w:r>
@@ -5077,51 +5436,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00200A82" w:rsidRPr="0045458E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6EEF" w:rsidRPr="0045458E">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00D7612D" w:rsidRPr="0045458E">
         <w:t xml:space="preserve">or more information on writing a QAPP, </w:t>
       </w:r>
       <w:r w:rsidR="008F6DDC" w:rsidRPr="0045458E">
         <w:t>see</w:t>
       </w:r>
       <w:r w:rsidR="001C249B">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008F6DDC" w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="001C249B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>WQMG Guides I Mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A87E92" w:rsidRPr="0045458E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6C0E99" w14:textId="2E0C1643" w:rsidR="000C42B7" w:rsidRDefault="00E6371C" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="004A2083" w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> completed </w:t>
@@ -5301,51 +5660,51 @@
         <w:t xml:space="preserve">1.8 </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1A">
         <w:t>MassDEP Priority Data Needs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="7697FC48" w14:textId="26422B67" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">Eligible Entities may propose to sample any analyte but should be aware that MassDEP has identified specific analytes or measures using approvable approaches and procedures as Priority Data Needs. These Priority Data Needs are aligned with data used for </w:t>
       </w:r>
       <w:r w:rsidR="00D144D3">
         <w:t xml:space="preserve">CWA </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">§ 305(b) and § 303(d) reporting through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00B67F42">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MassDEP’s Integrated Report to the U.S. Environmental Protection Agency (EPA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB649FF" w14:textId="4589094C" w:rsidR="003C0C1A" w:rsidRPr="00557214" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="0045458E">
         <w:t>Eligible Entities should identify such priorities as targets for monitoring activities when applicable. Proposals that address</w:t>
       </w:r>
       <w:r w:rsidR="00890718">
         <w:t xml:space="preserve"> one or more </w:t>
       </w:r>
       <w:r w:rsidR="00576886">
         <w:t xml:space="preserve">priorities in the </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>following list as part of direct monitoring, capacity building, and/or regional and long-term monitoring program development activities, will be given priority by MassDEP for SFY202</w:t>
       </w:r>
       <w:r w:rsidR="0002093E">
@@ -5456,151 +5815,154 @@
     <w:p w14:paraId="3276075A" w14:textId="6B6CEC35" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>Proposals can address Priority Data Needs and/or non-priority data for the SFY202</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> WQMG program. When proposals</w:t>
       </w:r>
       <w:r w:rsidR="007C6AF4">
         <w:t xml:space="preserve"> can</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> address </w:t>
       </w:r>
       <w:r w:rsidR="00745D9B">
         <w:t>both</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
-        <w:t xml:space="preserve"> Priority Data Needs and non-priority data needs, proposal evaluations will focus </w:t>
+        <w:t xml:space="preserve"> Priority Data Needs and non-priority data needs, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">proposal evaluations will focus </w:t>
       </w:r>
       <w:r w:rsidR="00D03C96">
         <w:t xml:space="preserve">primarily </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>on approaches to address Priority Data Needs</w:t>
       </w:r>
       <w:r w:rsidR="00D03C96">
         <w:t>. N</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">on-priority data collection will only be </w:t>
       </w:r>
       <w:r w:rsidR="0006758F">
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">viewed and evaluated less favorably </w:t>
       </w:r>
       <w:r w:rsidR="0006758F">
         <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> it detracts from work to address </w:t>
       </w:r>
       <w:r w:rsidR="0006758F">
         <w:t xml:space="preserve">one or more of the </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">Priority Data Needs. Proposed sampling methodologies for all contaminants are evaluated for the same level of rigor, reliability, and effectiveness. Eligible </w:t>
       </w:r>
       <w:r w:rsidR="00921CCF">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00921CCF" w:rsidRPr="0045458E">
         <w:t>ntities</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> should consult the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00B67F42">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Massachusetts CALM Guidance Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>to understand how data are used by MassDEP for water quality assessments</w:t>
       </w:r>
       <w:r w:rsidR="00B67F42">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C1E0AA0" w14:textId="49B0E982" w:rsidR="00CA5BD7" w:rsidRDefault="003C0C1A" w:rsidP="001C249B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc205299529"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.9 </w:t>
       </w:r>
       <w:r w:rsidR="002D0D8D">
         <w:t>Disadvantaged Communities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="0E74870E" w14:textId="77777777" w:rsidR="00ED35B5" w:rsidRPr="00ED35B5" w:rsidRDefault="00ED35B5" w:rsidP="001C249B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED35B5">
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>MassDEP is committed to advancing Disadvantaged Communities through its public investments. To that end, preference will be given to projects that provide direct benefit to Disadvantaged Communities. Information on how communities are classified as Disadvantaged Communities and which communities they are can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:anchor="disadvantaged-community-designation" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/info-details/the-disadvantaged-community-loan-forgiveness-program#disadvantaged-community-designation" w:history="1">
+      <w:hyperlink r:id="rId25" w:anchor="disadvantaged-community-designation" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/info-details/the-disadvantaged-community-loan-forgiveness-program#disadvantaged-community-designation" w:history="1">
         <w:r w:rsidRPr="00ED35B5">
           <w:rPr>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>The Disadvantaged Community Loan Forgiveness Program | Mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="276DDE9B" w14:textId="77777777" w:rsidR="00ED35B5" w:rsidRPr="00ED35B5" w:rsidRDefault="00ED35B5" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve">This Grant Opportunity will prioritize proposals that </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00ED35B5">
         <w:t>are located in</w:t>
@@ -5700,51 +6062,51 @@
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED35B5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tier 3:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED35B5">
         <w:t> Communities with APCI less than 60% of the State’s APCI.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6339CAFD" w14:textId="4A474720" w:rsidR="00ED35B5" w:rsidRPr="00ED35B5" w:rsidRDefault="00ED35B5" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00B67F42">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>FY25 Disadvantaged Communities Affordability Calculations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B67F42">
         <w:t xml:space="preserve"> are available on Mass.gov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A32AAD" w14:textId="681FFE5E" w:rsidR="00ED35B5" w:rsidRPr="00ED35B5" w:rsidRDefault="00ED35B5" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED35B5">
         <w:t xml:space="preserve">Eligible applicants, including partnerships and coalitions, shall identify the municipalities served by their entity or entities, as well as which municipalities within their service area(s) are designated as Tier 1, 2, or 3 Disadvantaged Communities. MassDEP will assign a composite ranking based on the ranking of all the communities located within the service areas of the applicant(s). If the composite ranking falls within the scope of the assistance tiers, the Applicant will be assigned a Tier 1, 2, or 3 ranking for scoring purposes of the RFR. A list of communities by Tier is available in </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED35B5">
@@ -5759,178 +6121,236 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7B2259CC" w14:textId="7B64CB02" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc205299530"/>
       <w:r>
         <w:t>2.0 GRANT REQUIREMENTS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E0C12D3" w14:textId="77777777" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc205299531"/>
       <w:r w:rsidRPr="003C0C1A">
         <w:t>2.1 Application Deadline</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="29D8337A" w14:textId="36627C2B" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
+    <w:p w14:paraId="29D8337A" w14:textId="716FD5AE" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0C1A">
-        <w:t xml:space="preserve">Applications are due by </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Applications are due </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C0C1A">
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0C1A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:b/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">5:00 p.m. on </w:t>
       </w:r>
-      <w:r w:rsidR="002230C6">
+      <w:r w:rsidR="002230C6" w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A14130">
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Monday,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82603" w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002230C6" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">November </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14130" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="002230C6">
+      <w:r w:rsidR="00FA7DAE" w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="002230C6" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="001C249B">
+      <w:r w:rsidR="001C249B" w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82603">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82603" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Friday, November 21, 2025</w:t>
       </w:r>
       <w:r w:rsidR="008B26EC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008631A0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008631A0" w:rsidRPr="008631A0">
         <w:t xml:space="preserve">Applications received after the deadline will be rejected automatically. MassDEP reserves the right to reject </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008631A0" w:rsidRPr="008631A0">
         <w:t>any and all</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008631A0" w:rsidRPr="008631A0">
         <w:t xml:space="preserve"> proposal</w:t>
       </w:r>
       <w:r w:rsidR="00A4091B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008631A0" w:rsidRPr="008631A0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BC2434" w14:textId="38D56E20" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
+    <w:p w14:paraId="57BC2434" w14:textId="38D56E20" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00FA7DAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:keepNext/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc205299532"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1A">
         <w:t>Page Limit</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="663B8E55" w14:textId="45EC238C" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
-[...36 lines deleted...]
-    <w:p w14:paraId="2D9268D0" w14:textId="5F810F93" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00B67F42">
+    <w:p w14:paraId="663B8E55" w14:textId="45EC238C" w:rsidR="003C0C1A" w:rsidRPr="0045458E" w:rsidRDefault="003C0C1A" w:rsidP="00FA7DAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0045458E">
+        <w:t xml:space="preserve">Grant applications must not exceed </w:t>
+      </w:r>
+      <w:r w:rsidR="0056669C">
+        <w:t>fifteen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045458E">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0056669C">
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045458E">
+        <w:t>) single-sided pages in length, not inclusive of the Administrative Summary and attached supporting documents (including resumes, short biographies, coalition letters of commitment or Memorandum of Understanding (“MOU”), and supporting documents for the budget justification, such as equipment quotes and documentation of current or anticipated match funds/in-kind services). Pages should have one-inch margins and no smaller than 11-point font (excluding special characters, subscripts, or superscripts).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7024BA" w14:textId="2FFDFB2E" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00B67F42">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc205299533"/>
+      <w:r>
+        <w:t>2.3 Matching Funds</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="2D9268D0" w14:textId="5F810F93" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00B67F42">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>While Eligible Entities are not required to provide matching funds, projects with matching sources of funding, including in-kind services and/or external funding, will be given priority for funding. Activities used as in-kind match can occur: (1) during the SFY202</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> from July 1, 202</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>, to June 30, 202</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>, and (2) after SFY202</w:t>
       </w:r>
@@ -5954,163 +6374,219 @@
       </w:r>
       <w:r>
         <w:t>submission</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">. Eligible Entities should identify and describe in detail secured and anticipated sources of matching funds in the budget justification for their proposed project. </w:t>
       </w:r>
       <w:r>
         <w:t>Other state funds may not be used as matching funds.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351A500A" w14:textId="50B9B7A6" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc205299534"/>
       <w:bookmarkStart w:id="20" w:name="_Hlk24617462"/>
       <w:r>
         <w:t xml:space="preserve">2.4 </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1A">
         <w:t>Question and Answer Period</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="64CBBA38" w14:textId="18D58585" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
+    <w:p w14:paraId="64CBBA38" w14:textId="18886AC4" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">Written questions may be submitted to MassDEP at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidRPr="0045458E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>WQMG@Mass.Gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
       <w:r w:rsidR="00E65E6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">October </w:t>
       </w:r>
       <w:r w:rsidR="00A14130">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27E94">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, 2025, at 5:00 p.m. E.S.T</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">. A complete question and answer document will be posted on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00B67F42">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>MassDEP</w:t>
         </w:r>
         <w:r w:rsidRPr="00B67F42">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00C22E85" w:rsidRPr="00B67F42">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C22E85" w:rsidRPr="003C0C1A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E27E94">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="001C249B">
+      <w:r w:rsidR="001C249B" w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>October</w:t>
       </w:r>
-      <w:r w:rsidR="00E65E6B">
+      <w:r w:rsidR="00E65E6B" w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A14130">
+      <w:r w:rsidR="00A14130" w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:b/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E27E94">
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E27E94" w:rsidRPr="00E27E94">
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve"> at 5:00 p.m. E.S.T.</w:t>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7DAE" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:bCs/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7DAE" w:rsidRPr="00C82603">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:strike/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>November 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7DAE" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27E94" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82603">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">November 17, 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27E94" w:rsidRPr="00FA7DAE">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>at 5:00 p.m. E.S.T.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27E94">
         <w:t xml:space="preserve"> (See Estimated Grant Calendar below at Section </w:t>
       </w:r>
       <w:r w:rsidR="008B26EC" w:rsidRPr="00E27E94">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27E94">
         <w:t>.0).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00E27E94">
         <w:t xml:space="preserve"> The WQMG Coordinator cannot respond directly to any email, phone, or in-person inquiry about the status of the grant program from the date this </w:t>
       </w:r>
       <w:r w:rsidR="007155FC" w:rsidRPr="00E27E94">
         <w:t xml:space="preserve">RFR </w:t>
       </w:r>
       <w:r w:rsidRPr="00E27E94">
         <w:t>is posted online until the Notification of Grant Award (estimated to be January 2026).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F452045" w14:textId="3159689E" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
@@ -6249,65 +6725,65 @@
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc205299537"/>
       <w:r>
         <w:t xml:space="preserve">2.7 </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1A">
         <w:t>Certification of Tax Compliance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="5A3582C7" w14:textId="454631A5" w:rsidR="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>Through submission of an application to MassDEP, the Eligible Entity certifies that, as applicable, they are in full compliance with the tax laws of the United States and the Commonwealth. Please note that this requirement applies to all “non-public” entities, as that term is defined by the Comptroller of the Commonwealth, in the Policy titled “State Grant, Federal Sub-Grants and Subsidies.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA713AE" w14:textId="77777777" w:rsidR="00E11CDF" w:rsidRPr="00E11CDF" w:rsidRDefault="00E11CDF" w:rsidP="00E11CDF">
       <w:r w:rsidRPr="00E11CDF">
+        <w:lastRenderedPageBreak/>
         <w:t>A “non-public entity” is defined by the Comptroller of the Commonwealth as follows: “Non-public entities include quasi-public entities and some private, non-profit corporations, even if these entities have been established to fulfill a primarily public purpose.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25EFCE59" w14:textId="0CC0A808" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00E11CDF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc205299538"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2.8 </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0C1A">
         <w:t>Close Out Memorandum</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="51E6F245" w14:textId="3ED7B294" w:rsidR="003C0C1A" w:rsidRPr="003C0C1A" w:rsidRDefault="003C0C1A" w:rsidP="00E11CDF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">All successful applicants shall submit a Close Out Memorandum demonstrating the completion of all required project deliverables for the contract and includes a final invoice to MassDEP for the remaining reimbursable amount. The Close Out Memorandum shall be </w:t>
       </w:r>
@@ -6427,62 +6903,62 @@
       </w:r>
       <w:r w:rsidR="008342DC" w:rsidRPr="0045458E">
         <w:t>Summary</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> no later than </w:t>
       </w:r>
       <w:r w:rsidRPr="008342DC">
         <w:t>November 18, 2026. Said Project Data Submission Summary shall address: (1) how the project met the overall data submission</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> goals; and (2) documentation of data submissions of water quality sampling data for the 202</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> and/or 202</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> field seasons (if applicable) directly to MassDEP’s WPP (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00E11CDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>External Data Submittal to WPP I Mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">) or to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00E11CDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Water Quality </w:t>
         </w:r>
         <w:r w:rsidR="006304FD" w:rsidRPr="00E11CDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>eXchange</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006304FD" w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">(“WQX”) online tool maintained by the EPA. Successful completion of the Project Data Submission Summary </w:t>
       </w:r>
       <w:r>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> be considered as part of the evaluation of good standing of applicants for future WQMG programs (if available, and contingent upon funding).</w:t>
       </w:r>
@@ -6517,195 +6993,194 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc205299541"/>
       <w:r>
         <w:t xml:space="preserve">2.11 </w:t>
       </w:r>
       <w:r w:rsidR="008631A0">
         <w:t>Additional Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="3127D53B" w14:textId="4F41C856" w:rsidR="008631A0" w:rsidRPr="008631A0" w:rsidRDefault="008631A0" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="008631A0">
         <w:t>If selected for a Grant Award, the Applicant will be required to submit the following forms to complete the Grant Award contracting process. Forms with an asterisk (*) need not be submitted if they have been completed previously and are already on file with the Commonwealth:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B21108" w14:textId="41F3B5A6" w:rsidR="008631A0" w:rsidRPr="008631A0" w:rsidRDefault="008631A0" w:rsidP="00E76066">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00A14130">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Commonwealth Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008631A0">
         <w:t xml:space="preserve">, filled out and signed by the applicant.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31440E10" w14:textId="63985934" w:rsidR="008631A0" w:rsidRPr="00E76066" w:rsidRDefault="008631A0" w:rsidP="00E76066">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00A14130">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Commonwealth Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A14130" w:rsidRPr="00E76066">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ADC5175" w14:textId="77777777" w:rsidR="008631A0" w:rsidRPr="008631A0" w:rsidRDefault="008631A0" w:rsidP="00E76066">
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="008631A0">
         <w:t>These Terms and Conditions are incorporated by reference into the Standard Contract Form, and do not need to be executed separately.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112DC096" w14:textId="500E0FE6" w:rsidR="008631A0" w:rsidRPr="008631A0" w:rsidRDefault="008631A0" w:rsidP="00E76066">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00A14130">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Commonwealth</w:t>
         </w:r>
         <w:r w:rsidR="00A14130">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Alternative</w:t>
         </w:r>
         <w:r w:rsidRPr="00A14130">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> W‐9 tax</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008631A0">
         <w:t xml:space="preserve"> information form filled out and signed by the applicant with DUNS number and Federal Tax ID</w:t>
       </w:r>
       <w:r w:rsidR="00A14130" w:rsidRPr="008631A0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3358D482" w14:textId="4FC16F2B" w:rsidR="008631A0" w:rsidRPr="00E76066" w:rsidRDefault="008631A0" w:rsidP="0024204C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008631A0">
         <w:t xml:space="preserve">Completed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00A14130">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Contractor Authorized Signatory Listing Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008631A0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="526141D9" w14:textId="4F037F5C" w:rsidR="008631A0" w:rsidRPr="00E76066" w:rsidRDefault="008631A0" w:rsidP="00E76066">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008631A0">
         <w:t>Electronic Funds Transfer (EFT) form.</w:t>
       </w:r>
       <w:r w:rsidR="00E76066">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37">
+      <w:hyperlink r:id="rId35">
         <w:r w:rsidR="00E76066" w:rsidRPr="00E76066">
           <w:rPr>
             <w:color w:val="0000FF" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>EFT Form Instructions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="78280D0D" w14:textId="77777777" w:rsidR="008631A0" w:rsidRPr="008631A0" w:rsidRDefault="008631A0" w:rsidP="00E76066">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008631A0">
-        <w:lastRenderedPageBreak/>
         <w:t>Scope of Work</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="546C3449" w14:textId="68EAE113" w:rsidR="008631A0" w:rsidRDefault="008631A0" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="008631A0">
         <w:t>Applicants are encouraged to review these forms prior to submission of an application.</w:t>
       </w:r>
       <w:r w:rsidR="00DE06DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3389A927" w14:textId="79061654" w:rsidR="008631A0" w:rsidRDefault="008631A0" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="008631A0">
         <w:t xml:space="preserve">If selected for a grant award, the applicant seeking reimbursement for eligible project expenses incurred during SFY2026 (starting July 1, 2025) and prior to the start of the grant contract period (starting on the effective contract start date) </w:t>
       </w:r>
       <w:r w:rsidR="00D86F22">
         <w:t>may be required to submit</w:t>
       </w:r>
       <w:r w:rsidR="00DE06DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008631A0">
         <w:t>additional documentation to execute the contract including, but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="008D0A69">
@@ -6910,75 +7385,78 @@
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>If submitting as an individual organization:</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> Primary contact’s name, position, organization they represent, mailing address, phone number and email contact information. This person will be the principal point of contact with MassDEP for grant administration and management on behalf of the organization performing the work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50C818FB" w14:textId="3F67FBFE" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00B67F42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="00411A05">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>If submitting as a coalition:</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
-        <w:t xml:space="preserve"> Coalition coordinator’s name, position, organization they represent, mailing address, phone number, and email contact information. This person will be the principal point of contact with MassDEP for grant administration and management on behalf of the coalition. The Administrative Summary must also include mailing addresses, phone numbers, and email contact information of all coalition members. All coalition members must be Eligible </w:t>
+        <w:t xml:space="preserve"> Coalition coordinator’s name, position, organization they represent, mailing address, phone number, and email contact information. This person </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">will be the principal point of contact with MassDEP for grant administration and management on behalf of the coalition. The Administrative Summary must also include mailing addresses, phone numbers, and email contact information of all coalition members. All coalition members must be Eligible </w:t>
       </w:r>
       <w:r w:rsidR="00535887" w:rsidRPr="0045458E">
         <w:t>Entities</w:t>
       </w:r>
       <w:r w:rsidR="00535887">
         <w:t>. L</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>isting ineligible entities as coalition members may result in proposal rejection</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27733C10" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00DE06DE" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE06DE">
-        <w:lastRenderedPageBreak/>
         <w:t>Project title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AD3F45A" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00DE06DE" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE06DE">
         <w:t>Watershed(s) served by the proposed project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0051DF90" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00DE06DE" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE06DE">
         <w:t>Amount of funding requested</w:t>
@@ -7270,51 +7748,55 @@
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>All Applicants should note that only Eligible Expenses occurring within SFY202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> are eligible for reimbursement.</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> Task summaries </w:t>
       </w:r>
       <w:r w:rsidR="00F7451C">
         <w:t>can</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
-        <w:t xml:space="preserve"> note when tasks are for matching funds/in-kind services</w:t>
+        <w:t xml:space="preserve"> note when tasks are for matching </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
+        <w:t>funds/in-kind services</w:t>
       </w:r>
       <w:r w:rsidR="00287B18">
         <w:t xml:space="preserve">, or applicants can </w:t>
       </w:r>
       <w:r w:rsidR="000C6601">
         <w:t xml:space="preserve">describe generally how matching funds are included in the budget as </w:t>
       </w:r>
       <w:r w:rsidR="00287B18">
         <w:t xml:space="preserve">part of the Budget Justification (see </w:t>
       </w:r>
       <w:r w:rsidR="00A644FA">
         <w:t>section 3.2.F.</w:t>
       </w:r>
       <w:r w:rsidR="000C6601">
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidR="00A644FA">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="_Hlk24120431"/>
     </w:p>
     <w:p w14:paraId="6439C72F" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00F6415D" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
@@ -7332,51 +7814,50 @@
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>The overall viability of the project for completion as described by the applicant (e.g., the achievability of goals, the feasibility of the work as described, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38394DCB" w14:textId="40721A84" w:rsidR="00871493" w:rsidRPr="00D01F8B" w:rsidRDefault="00871493" w:rsidP="00535887">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The alignment of </w:t>
       </w:r>
       <w:r w:rsidR="00726670">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A40AEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>project objectives</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidR="008D7B71">
         <w:rPr>
@@ -7723,50 +8204,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (Organizational Capacity)</w:t>
       </w:r>
       <w:r w:rsidR="00CF6DA8" w:rsidRPr="00CF6DA8">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Proposal Template</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF6DA8">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AA119EE" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
         <w:t>Clarity of all descriptions in this section. Submission of supporting documents that are ancillary to the proposal will be viewed as detracting from the overall clarity and will be evaluated less favorably by the grant review team.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="416C9F85" w14:textId="2C63A1DD" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC1344">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
@@ -7864,51 +8346,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4562EE" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00C76ED8" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C76ED8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Capacity for Quality Assured Data Collections and Submissions (20 points)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69F1452F" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67F81EAC" w14:textId="35038BCF" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8241,51 +8722,55 @@
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">). Data submittal may be evaluated as part of the good standing metric for grantees who would like to be considered for potential future grant </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC5329">
         <w:t xml:space="preserve">cycles (see Section </w:t>
       </w:r>
       <w:r w:rsidR="006604F0">
         <w:t>2.9 of this RFR</w:t>
       </w:r>
       <w:r w:rsidR="00FC5329" w:rsidRPr="00FC5329">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC5329">
         <w:t>. Proposals that seek to increase long-term capacity should describe a general, long-term data submittal plan to address this issue.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567FC582" w14:textId="553FF51A" w:rsidR="00871493" w:rsidRPr="00FC5329" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC5329">
-        <w:t xml:space="preserve">The approval status of the current QAPP(s) and/or a clear plan to develop an approved QAPP(s) for performing the proposed work in the timeframe proposed. Descriptions of barriers to developing QAPP(s) should be included in Section </w:t>
+        <w:t xml:space="preserve">The approval status of the current QAPP(s) and/or a clear plan to develop an approved QAPP(s) for performing the proposed work in the timeframe proposed. Descriptions of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5329">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">barriers to developing QAPP(s) should be included in Section </w:t>
       </w:r>
       <w:r w:rsidR="006604F0">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC5329">
         <w:t xml:space="preserve"> (Organizational Capacity)</w:t>
       </w:r>
       <w:r w:rsidR="006604F0">
         <w:t xml:space="preserve"> of the Proposal Template</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC5329">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE0D65">
         <w:t xml:space="preserve"> This </w:t>
       </w:r>
       <w:r w:rsidR="00FF0ED7">
         <w:t>description should: (a) be integrated with the narrative describing the plan for submitting quality assured data (criteria 3 above)</w:t>
       </w:r>
       <w:r w:rsidR="009F13BF">
         <w:t xml:space="preserve"> and (b) reference any QAPP(s) listed in Section A (Administrative Summary)</w:t>
       </w:r>
       <w:r w:rsidR="00CF188E">
         <w:t xml:space="preserve"> of the proposal. Indicating the status of a QAPP(s) in Section A is insufficient </w:t>
       </w:r>
@@ -8294,51 +8779,50 @@
       </w:r>
       <w:r w:rsidR="006631EF">
         <w:t xml:space="preserve"> Draft or approved QAPPs should not be included as attachments </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006631EF">
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006631EF">
         <w:t xml:space="preserve"> the proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC90263" w14:textId="1044765D" w:rsidR="00871493" w:rsidRPr="00557214" w:rsidRDefault="003644C7" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Disadvantaged Communities</w:t>
       </w:r>
       <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> (10 points)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4D5976" w14:textId="77777777" w:rsidR="00D13007" w:rsidRPr="00D13007" w:rsidRDefault="00D13007" w:rsidP="00D13007">
       <w:r w:rsidRPr="00D13007">
         <w:t xml:space="preserve">MassDEP will prioritize projects that </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D13007">
         <w:t>are located in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D13007">
         <w:t xml:space="preserve">, or directly benefit, Disadvantaged Communities. Points will be awarded proportionately by tier (i.e. the highest number of points will be given to Applicants with projects in communities that have been designated Tier 3 Disadvantaged Communities). Please see Attachment B for a list of Disadvantaged Communities by Tier as determined by the Clean Water Trust for FY25. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49235198" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -8606,81 +9090,78 @@
         <w:t xml:space="preserve"> (maximum)</w:t>
       </w:r>
       <w:r w:rsidR="00290B79">
         <w:t xml:space="preserve"> summary examples of past/current projects</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>will result in a low evaluation score.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02ABCF0E" w14:textId="0F2F45C9" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Need(s) and/or c</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">hallenge(s) the organization or coalition anticipate may occur during the proposed work to continue ongoing or develop new monitoring and data collection efforts are clearly defined, with effective plans to overcome </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">them </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">clearly described. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Needs and challenges should be anticipated </w:t>
       </w:r>
       <w:r w:rsidR="00675705">
         <w:t xml:space="preserve">(i.e., expected to occur as a direct result of how the project plan is implemented) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for all projects and may relate to monitoring activities, equipment availability, data management tasks, QAQC procedures, or any component of the proposed project tasks. Needs and challenges related to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>routine</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> but unanticipated scenarios (e.g., high flow events) should not be included unless the </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">project is highly dependent on (and should anticipate contingencies for) routine challenges for monitoring programs (e.g., the project monitoring plan can only be implemented during drought conditions). </w:t>
+        <w:t xml:space="preserve"> but unanticipated scenarios (e.g., high flow events) should not be included unless the project is highly dependent on (and should anticipate contingencies for) routine challenges for monitoring programs (e.g., the project monitoring plan can only be implemented during drought conditions). </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">Applicants should </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">also use this section to </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>describe any potential challenges with the proposed timeline and appropriate detail on contingency plans as needed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1432EFE8" w14:textId="263F36DA" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00272990">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00272990">
         <w:t>organization’s</w:t>
@@ -8821,63 +9302,68 @@
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="006D4672" w:rsidRPr="00594EEA">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="006D4672">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="006D4672" w:rsidRPr="00594EEA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00594EEA">
         <w:t>sampling season. Applicants are not required to submit any documentation pertaining to the good standing metric. MassDEP tracks past grant activities including data submittals. Applicants can include an optional brief statement addressing any possible past actions or inactions that could affect good standing with MassDEP if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31EB170A" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22DFA856" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00557214" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
+    <w:p w14:paraId="22DFA856" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00557214" w:rsidRDefault="00871493" w:rsidP="00FA7DAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
         <w:t>Project Budget and Cash Flow Schedule (15 points)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7949AC94" w14:textId="2953A1A0" w:rsidR="00871493" w:rsidRPr="00057147" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
+    <w:p w14:paraId="7949AC94" w14:textId="2953A1A0" w:rsidR="00871493" w:rsidRPr="00057147" w:rsidRDefault="00871493" w:rsidP="00FA7DAE">
+      <w:pPr>
+        <w:keepNext/>
+      </w:pPr>
       <w:r w:rsidRPr="00594EEA">
         <w:t xml:space="preserve">Applicants must present a project budget for the expenditure of grant funds using the format provided in </w:t>
       </w:r>
       <w:r w:rsidR="002221C4" w:rsidRPr="00594EEA">
         <w:t>Attachment</w:t>
       </w:r>
       <w:r w:rsidRPr="00594EEA">
         <w:t xml:space="preserve"> A: Proposal Template – </w:t>
       </w:r>
       <w:r w:rsidR="009F0A8B">
         <w:t xml:space="preserve">F. </w:t>
       </w:r>
       <w:r w:rsidRPr="00594EEA">
         <w:t xml:space="preserve">Project Budget. The budget justification </w:t>
       </w:r>
       <w:r w:rsidR="00895DB9">
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="00895DB9" w:rsidRPr="00594EEA">
         <w:t>include</w:t>
       </w:r>
       <w:r w:rsidR="002B151D">
         <w:t>: (a)</w:t>
       </w:r>
       <w:r w:rsidR="00895DB9" w:rsidRPr="00594EEA">
@@ -8910,55 +9396,51 @@
       <w:r w:rsidRPr="00594EEA">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="002B151D">
         <w:t xml:space="preserve">(b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00594EEA">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="009D4C3E">
         <w:t xml:space="preserve">budget </w:t>
       </w:r>
       <w:r w:rsidR="002B151D">
         <w:t>justification</w:t>
       </w:r>
       <w:r w:rsidR="009D4C3E">
         <w:t xml:space="preserve"> as a</w:t>
       </w:r>
       <w:r w:rsidR="002B151D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00594EEA">
         <w:t>narrative that briefly describes the general purpose of the expenditures or provides additional explanation</w:t>
       </w:r>
       <w:r w:rsidR="009D4C3E">
-        <w:t xml:space="preserve">. The justification narrative should clearly describe any work and expenses that might commence prior to the contract execution as described </w:t>
-[...3 lines deleted...]
-        <w:t>in Section 1.2 Funding Availability of the RFR)</w:t>
+        <w:t>. The justification narrative should clearly describe any work and expenses that might commence prior to the contract execution as described in Section 1.2 Funding Availability of the RFR)</w:t>
       </w:r>
       <w:r w:rsidRPr="00594EEA">
         <w:t>. Applicants should note the following when constructing project budgets:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6E9298" w14:textId="2ECC038C" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>Details about personnel who receive salary, including their position, hourly rate, and hours worked, must be included in the</w:t>
       </w:r>
       <w:r w:rsidR="008448F2">
         <w:t xml:space="preserve"> project</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> budget</w:t>
       </w:r>
       <w:r w:rsidR="008448F2">
         <w:t xml:space="preserve"> using the template’s table</w:t>
       </w:r>
@@ -9183,51 +9665,55 @@
       <w:r w:rsidR="00B77605" w:rsidRPr="0045458E">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">funded through the </w:t>
       </w:r>
       <w:r w:rsidR="00B77605" w:rsidRPr="0045458E">
         <w:t>SFY202</w:t>
       </w:r>
       <w:r w:rsidR="00B77605">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B77605" w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A095F">
         <w:t xml:space="preserve">or prior </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>WQMG program</w:t>
       </w:r>
       <w:r w:rsidR="00280BB7">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
-        <w:t xml:space="preserve"> cannot be utilized as match for the SFY202</w:t>
+        <w:t xml:space="preserve"> cannot be utilized as match for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045458E">
+        <w:lastRenderedPageBreak/>
+        <w:t>the SFY202</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> WQMG program.</w:t>
       </w:r>
       <w:r w:rsidR="001E442B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A80052">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="001E442B">
         <w:t xml:space="preserve">he SFY2025 program </w:t>
       </w:r>
       <w:r w:rsidR="00590545">
         <w:t xml:space="preserve">limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00590545">
         <w:t>match</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00590545">
@@ -9259,55 +9745,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00053C4D">
         <w:t>project</w:t>
       </w:r>
       <w:r w:rsidR="001650CC">
         <w:t>, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001650CC">
         <w:t xml:space="preserve"> performed during SFY2026 </w:t>
       </w:r>
       <w:r w:rsidR="00053C4D">
         <w:t>is not eligible to be used as match or eligible for reimbursement in the SFY2026 WQMG program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6330BC28" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
-        <w:t xml:space="preserve">Applicants must ensure that budget estimates and calculations are accurate. Eligible Entities awarded funds will not be able to adjust budget totals due to mistakes in the </w:t>
-[...3 lines deleted...]
-        <w:t>proposal. Grant funds not spent due to budgeting errors will be considered in the evaluation of the good standing of applicants to potentially receive additional funding in future WQMG programs (if available, and contingent upon funding).</w:t>
+        <w:t>Applicants must ensure that budget estimates and calculations are accurate. Eligible Entities awarded funds will not be able to adjust budget totals due to mistakes in the proposal. Grant funds not spent due to budgeting errors will be considered in the evaluation of the good standing of applicants to potentially receive additional funding in future WQMG programs (if available, and contingent upon funding).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FAF342E" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00E65E6B" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E65E6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Grant Review Team will focus on the following during the evaluation process: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F71A6E5" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
@@ -9498,230 +9980,241 @@
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">dministrative </w:t>
       </w:r>
       <w:r w:rsidR="003610AB">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>ummary</w:t>
       </w:r>
       <w:r w:rsidR="003610AB">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004F484B">
         <w:t>see Proposal Template – A. Administrative Summary)</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">ubmission of supporting documents that are ancillary to the proposal will be evaluated less favorably by the Grant Review Team. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB9BF19" w14:textId="086ADC81" w:rsidR="00871493" w:rsidRPr="00B45B98" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
+    <w:p w14:paraId="2BB9BF19" w14:textId="02CB34B5" w:rsidR="00871493" w:rsidRPr="00B45B98" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A47FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Submission Instructions:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E421E8">
         <w:t xml:space="preserve"> All grant submissions must include (1) the application and (2) all </w:t>
       </w:r>
       <w:r w:rsidRPr="00B45B98">
-        <w:t>supporting documents as a single portable document format (.pdf) file submitted electronically by</w:t>
+        <w:t xml:space="preserve">supporting documents as a single portable document </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B45B98">
+        <w:t>format (.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B45B98">
+        <w:t>pdf) file submitted electronically by</w:t>
       </w:r>
       <w:r w:rsidRPr="00E421E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45B98">
+      <w:r w:rsidRPr="00FA7DAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">5:00 p.m. on </w:t>
       </w:r>
-      <w:r w:rsidR="00E65E6B">
+      <w:r w:rsidR="00E65E6B" w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D13007">
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">November </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82603" w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B45B98">
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13007" w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B45B98">
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C82603">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B45B98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B45B98">
-        <w:t>to</w:t>
-[...3 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0BE521" w14:textId="77777777" w:rsidR="00871493" w:rsidRDefault="00871493" w:rsidP="00C76ED8">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">Robert Smith, WQMG Coordinator; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="0045458E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>WQMG@Mass.Gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E421E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="096212DC" w14:textId="77777777" w:rsidR="00871493" w:rsidRDefault="00871493" w:rsidP="00C76ED8">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Courtney Starling, Grant Administrator; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00A24039">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>courtney.starling@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37445A69" w14:textId="2D063D14" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:t>The file must have the lead organization’s name AND “MassDEP SFY202</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> WQMG” in the subject line (i.e., “Organization Name – MassDEP SFY202</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> WQMG”). </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Documents must be submitted in a single portable document format (.pdf).</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> All </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="0083477F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>application materials</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> will be available for download. Applicants should expect to receive a confirmation email from the WQMG Coordinator</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or Grant Administrator</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve"> confirming receipt of the file and that the file could be opened and viewed. This confirmation email will not confirm that the proposal is complete</w:t>
       </w:r>
       <w:r>
         <w:t>, simply that it has been received</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">If a confirmation email is not received within two (2) business days, please contact the WQMG Coordinator and Grant Administrator. </w:t>
+        <w:t xml:space="preserve"> If a confirmation email is not received within two (2) business days, please contact the WQMG Coordinator and Grant Administrator. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544D4B81" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34567A24" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9742,51 +10235,51 @@
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="1BA33D0E" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="58" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6289"/>
         <w:gridCol w:w="2223"/>
         <w:gridCol w:w="1558"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="42AAE8AB" w14:textId="77777777" w:rsidTr="00FF2219">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="42AAE8AB" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="606A01D9" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00FF2219" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF2219">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9813,51 +10306,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EDD8101" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00FF2219" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF2219">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Time (EST)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="6272EAD4" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="6272EAD4" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31ACB1C7" w14:textId="4329F85E" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045458E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Notice of</w:t>
             </w:r>
             <w:r w:rsidR="00A5035E">
@@ -9939,51 +10432,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6373899B" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="197F4BAD" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="197F4BAD" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DA7B9F4" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045458E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Request for Grant Proposals and Application Release Date (Posting Date) – Posted on MASSDEP WEBSITE</w:t>
             </w:r>
           </w:p>
@@ -10007,101 +10500,101 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>October 1, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48BD1945" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="15BD8085" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="15BD8085" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4386FCFF" w14:textId="4313EA8E" w:rsidR="00871493" w:rsidRPr="0056669C" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Deadline for Submission of Questions to MassDEP </w:t>
             </w:r>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>via email</w:t>
             </w:r>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to:</w:t>
             </w:r>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41">
+            <w:hyperlink r:id="rId39">
               <w:r w:rsidRPr="0056669C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>WQMG@Mass.Gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CE7C19" w:rsidRPr="0056669C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2223" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CA4919D" w14:textId="5FA26319" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="009E2009" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10147,220 +10640,314 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0045458E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:00 PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="13AA99C4" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="13AA99C4" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21F82C95" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0056669C" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Official Answers for Q&amp;A published on MassDEP website on or before</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2223" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48D327CB" w14:textId="00AABEF9" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="009E2009" w:rsidP="00FC414D">
+          <w:p w14:paraId="55E26628" w14:textId="77777777" w:rsidR="00871493" w:rsidRDefault="009E2009" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FA7DAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">October </w:t>
             </w:r>
-            <w:r w:rsidR="00B67F42">
+            <w:r w:rsidR="00B67F42" w:rsidRPr="00FA7DAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA7DAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63EC0E53" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FC414D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82603">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>November 3, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D327CB" w14:textId="09D44114" w:rsidR="00C82603" w:rsidRPr="00C82603" w:rsidRDefault="00C82603" w:rsidP="00FC414D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82603">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>November 17, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67AA8484" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00DA38CF" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA38CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5:00 PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D13007" w:rsidRPr="0045458E" w14:paraId="5709DCFC" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00D13007" w:rsidRPr="0045458E" w14:paraId="5709DCFC" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12D9B791" w14:textId="77777777" w:rsidR="00D13007" w:rsidRPr="0056669C" w:rsidRDefault="00D13007" w:rsidP="00D13007">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RFGP Amendment Deadline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2223" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4563F477" w14:textId="2D1D8DD1" w:rsidR="00D13007" w:rsidRPr="0045458E" w:rsidRDefault="009E2009" w:rsidP="00D13007">
+          <w:p w14:paraId="61762585" w14:textId="77777777" w:rsidR="00D13007" w:rsidRDefault="009E2009" w:rsidP="00D13007">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FA7DAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>October 31, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="322E9831" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRPr="00C82603" w:rsidRDefault="00FA7DAE" w:rsidP="00D13007">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82603">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:strike/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>November 3, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4563F477" w14:textId="4E3521F3" w:rsidR="00C82603" w:rsidRPr="00C82603" w:rsidRDefault="00C82603" w:rsidP="00D13007">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82603">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>November 17, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A65B50" w14:textId="031FAD00" w:rsidR="00D13007" w:rsidRPr="0045458E" w:rsidRDefault="00D13007" w:rsidP="00D13007">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA38CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5:00 PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="6E84D460" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="6E84D460" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="306F8FFB" w14:textId="677ABAB1" w:rsidR="00871493" w:rsidRPr="0056669C" w:rsidDel="00F65B4D" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">GRANT APPLICATION DEADLINE; </w:t>
             </w:r>
@@ -10382,144 +10969,200 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B327C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42">
+            <w:hyperlink r:id="rId40">
               <w:r w:rsidRPr="0056669C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>WQMG@Mass.Gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0056669C">
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidRPr="0056669C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Courtney.starling@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0056669C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2223" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F36142" w14:textId="64269480" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="009E2009" w:rsidP="00FC414D">
+          <w:p w14:paraId="4E835991" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00C82603" w:rsidRDefault="009E2009" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C82603">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">November </w:t>
             </w:r>
-            <w:r w:rsidR="00B67F42">
+            <w:r w:rsidR="00B67F42" w:rsidRPr="00C82603">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C82603">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:strike/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD830F0" w14:textId="77777777" w:rsidR="00FA7DAE" w:rsidRDefault="00FA7DAE" w:rsidP="00FC414D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:strike/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82603">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:strike/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>November 10, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F36142" w14:textId="6259BC70" w:rsidR="00C82603" w:rsidRPr="00C82603" w:rsidRDefault="00C82603" w:rsidP="00FC414D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82603">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>November 21, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DE6E8FC" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045458E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5:00 PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="12086BFE" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="12086BFE" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78D455FE" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0056669C" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Notification of Grant Award(s) (Estimated) – </w:t>
             </w:r>
           </w:p>
@@ -10560,51 +11203,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>March 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06A8BA86" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="77F43B2C" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="77F43B2C" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6823A36C" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0056669C" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056669C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estimated Contract Start Date</w:t>
             </w:r>
           </w:p>
@@ -10629,51 +11272,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>March 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76B0CEA3" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="1938756E" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="1938756E" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F8EFFD7" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045458E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract End Date</w:t>
             </w:r>
@@ -10700,51 +11343,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>June 30, 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B4DF839" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="735E64F0" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="735E64F0" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25FDC4D2" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045458E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Deadline for submission of all reimbursement requests and the Close Out Memorandum</w:t>
             </w:r>
@@ -10771,51 +11414,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>July 31, 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73A74712" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="18205B92" w14:textId="77777777" w:rsidTr="00D13007">
+      <w:tr w:rsidR="00871493" w:rsidRPr="0045458E" w14:paraId="18205B92" w14:textId="77777777" w:rsidTr="00FA7DAE">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6289" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07533E82" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00FC414D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045458E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Deadline for submission of the Project Data Submission Summary</w:t>
             </w:r>
@@ -10855,54 +11498,54 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2C65B413" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54BA140B" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00466223" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:sectPr w:rsidR="00871493" w:rsidRPr="00466223" w:rsidSect="00ED35B5">
-          <w:headerReference w:type="default" r:id="rId44"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId47"/>
+          <w:headerReference w:type="default" r:id="rId42"/>
+          <w:footerReference w:type="default" r:id="rId43"/>
+          <w:headerReference w:type="first" r:id="rId44"/>
+          <w:footerReference w:type="first" r:id="rId45"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="1080" w:bottom="720" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2D7AD6" w14:textId="47088894" w:rsidR="0069027B" w:rsidRDefault="00E16BC4" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc205299547"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>ATTACHMENT A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="4A075594" w14:textId="2EA8C229" w:rsidR="001D63B5" w:rsidRPr="001D63B5" w:rsidRDefault="001D63B5" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -11219,51 +11862,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">generally seek to maximize the number of MassDEP assessment units when possible and within the </w:t>
       </w:r>
       <w:r w:rsidR="009F4FA0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">scope and </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">budget. See the MassDEP Water Quality Data Viewer developed by WPP for more information: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="0045458E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://arcgisserver.digital.mass.gov/MassDEPWaterQuality</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71A04AEE" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00535887">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
@@ -11380,88 +12023,88 @@
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AquaQAPP is a web-based application that helps monitoring program managers develop project-specific QAPPs for fresh/marine/estuarine water quality monitoring and benthic </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">community monitoring in wadeable streams and coastal near-shore environments. Use of AquaQAPP is not required, but it may be a useful tool for grantees who need to develop a QAPP for the proposed project. Details on AquaQAPP can be found at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="0045458E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.mass.gov/how-to/use-aquaqapp-to-plan-your-monitoring-project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C00BF83" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00535887">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The MassWateR (Quality Control and Analysis of Massachusetts Water Quality Data) R statistical software package is a useful tool for quality control and exploratory analysis of surface water quality data collected in Massachusetts (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="0045458E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://cran.r-project.org/web/packages/MassWateR/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>). Use of MassWateR is not required, but it may be a useful tool for grantees to aid data submission to MassDEP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’s WPP</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
@@ -11470,54 +12113,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> or EPA’s WQX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> online tool</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BFC88D" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5"/>
     <w:p w14:paraId="5F7D9965" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:pPr>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:sectPr w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidSect="00871493">
-          <w:headerReference w:type="default" r:id="rId51"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId54"/>
+          <w:headerReference w:type="default" r:id="rId49"/>
+          <w:footerReference w:type="default" r:id="rId50"/>
+          <w:headerReference w:type="first" r:id="rId51"/>
+          <w:footerReference w:type="first" r:id="rId52"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70729F2A" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00D13007" w:rsidRDefault="00871493" w:rsidP="00D13007">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D13007">
         <w:lastRenderedPageBreak/>
         <w:t>A. ADMINISTRATIVE SUMMARY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57C180C1" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
@@ -12980,51 +13623,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F62A019" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
             <w:r w:rsidRPr="0045458E">
               <w:t>Signatory telephone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35A4D5C5" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
             <w:r w:rsidRPr="0045458E">
               <w:t>ENTER HERE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D9A2082" w14:textId="77777777" w:rsidR="00871493" w:rsidRDefault="00871493" w:rsidP="00ED35B5"/>
     <w:p w14:paraId="1A13DC3D" w14:textId="77777777" w:rsidR="00D13007" w:rsidRDefault="00D13007" w:rsidP="00ED35B5"/>
     <w:p w14:paraId="705086FB" w14:textId="77777777" w:rsidR="00D13007" w:rsidRPr="0045458E" w:rsidRDefault="00D13007" w:rsidP="00ED35B5"/>
     <w:p w14:paraId="7CDDF657" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="0045458E">
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4053A6" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="0045458E">
         <w:t xml:space="preserve">     Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:tab/>
@@ -13080,51 +13722,50 @@
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="2B579A"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:id w:val="-550148238"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00E2366F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
@@ -13144,53 +13785,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the applicant confirms they are authorized to submit this grant application on behalf of the specified Eligible Entity and any participating coalition members.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC254FB" w14:textId="77777777" w:rsidR="006E5CC8" w:rsidRDefault="00871493" w:rsidP="00535887">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="262" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="006E5CC8" w:rsidSect="00A73571">
-          <w:headerReference w:type="default" r:id="rId55"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId57"/>
+          <w:headerReference w:type="default" r:id="rId53"/>
+          <w:footerReference w:type="default" r:id="rId54"/>
+          <w:footerReference w:type="first" r:id="rId55"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00E421E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">By checking </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(clicking on) </w:t>
       </w:r>
@@ -14598,52 +15239,52 @@
     </w:p>
     <w:p w14:paraId="0014850B" w14:textId="77777777" w:rsidR="00871493" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E40B975" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04179BC5" w14:textId="77777777" w:rsidR="00871493" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00871493" w:rsidSect="00E57591">
-          <w:footerReference w:type="default" r:id="rId58"/>
-          <w:footerReference w:type="first" r:id="rId59"/>
+          <w:footerReference w:type="default" r:id="rId56"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18BF82A6" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Instructions:</w:t>
@@ -15926,117 +16567,129 @@
         <w:gridCol w:w="2337"/>
         <w:gridCol w:w="2338"/>
         <w:gridCol w:w="2338"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F7314" w14:paraId="6B4A37DB" w14:textId="77777777" w:rsidTr="00D13007">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="16A075A7" w14:textId="5C452BCA" w:rsidR="008F7314" w:rsidRPr="00594EEA" w:rsidRDefault="008F7314" w:rsidP="00ED35B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002351CC">
+            <w:r w:rsidRPr="008B3386">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t>Tier 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="24CE33F4" w14:textId="04A47262" w:rsidR="008F7314" w:rsidRPr="00594EEA" w:rsidRDefault="008F7314" w:rsidP="00ED35B5">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002351CC">
+            <w:r w:rsidRPr="008B3386">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t>Tier 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="15ABD888" w14:textId="4DD97703" w:rsidR="008F7314" w:rsidRPr="00594EEA" w:rsidRDefault="008F7314" w:rsidP="00ED35B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002351CC">
+            <w:r w:rsidRPr="008B3386">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t>Tier3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7C9E986B" w14:textId="16C7D6D3" w:rsidR="008F7314" w:rsidRPr="00594EEA" w:rsidRDefault="008F7314" w:rsidP="00ED35B5">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002351CC">
+            <w:r w:rsidRPr="008B3386">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F7314" w14:paraId="00F8524F" w14:textId="77777777" w:rsidTr="00D13007">
         <w:trPr>
           <w:trHeight w:val="9692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="194DB77C" w14:textId="2F7A1DD8" w:rsidR="008F7314" w:rsidRDefault="00D13007" w:rsidP="00ED35B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>ENT</w:t>
             </w:r>
@@ -19957,332 +20610,329 @@
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Budget checklist:</w:t>
       </w:r>
       <w:r w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Be sure you have completed the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE62C2E" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00C97910" w:rsidP="00871493">
+    <w:p w14:paraId="2EE62C2E" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00000000" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1064947164"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Budget table that is complete and accurate (i.e., all numbers add up and match properly).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F39AC9D" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00C97910" w:rsidP="00871493">
+    <w:p w14:paraId="4F39AC9D" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00000000" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1622138345"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Budget justification narrative to clarify the requested budget as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729FDCF2" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00C97910" w:rsidP="00871493">
+    <w:p w14:paraId="729FDCF2" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00000000" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1353650603"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Table summarizing personnel and total salary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79EC2EEA" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00C97910" w:rsidP="00871493">
+    <w:p w14:paraId="79EC2EEA" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00000000" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="444661281"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Formal quote or screen capture for all items or orders greater than $200.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D0C2B6" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00C97910" w:rsidP="00871493">
+    <w:p w14:paraId="74D0C2B6" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00000000" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1586363733"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Table summarizing all formal quotes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CABC21" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00C97910" w:rsidP="00871493">
+    <w:p w14:paraId="07CABC21" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="0045458E" w:rsidRDefault="00000000" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1743527263"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00871493" w:rsidRPr="0045458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Shipping estimates included in the budget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="070FD311" w14:textId="77777777" w:rsidR="00CF7475" w:rsidRDefault="00CF7475" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00CF7475" w:rsidSect="00A20416">
-          <w:headerReference w:type="first" r:id="rId60"/>
+          <w:headerReference w:type="first" r:id="rId58"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1008" w:bottom="1440" w:left="1008" w:header="720" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E896FA3" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="001F600F" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc204682678"/>
       <w:bookmarkStart w:id="39" w:name="_Toc205299549"/>
       <w:r w:rsidRPr="001F600F">
         <w:lastRenderedPageBreak/>
         <w:t>ATTACHMENT B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="098C9304" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="00720F23" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="00720F23">
         <w:t>Disadvantaged Communities by Tier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8CF624" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="00720F23" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
+    <w:p w14:paraId="5B8CF624" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="00720F23" w:rsidRDefault="00112F4D" w:rsidP="008B3386">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r w:rsidRPr="00720F23">
         <w:t>Tier 1</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49CBBAE3" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="003B2E9B">
         <w:t>Amesbury</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2E9B">
         <w:t>Ayer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2E9B">
         <w:t>Barnstable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
@@ -20623,51 +21273,54 @@
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2E9B">
         <w:t>Westport</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2E9B">
         <w:t>Wilbraham</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2E9B">
         <w:t>Winthrop</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2E9B">
         <w:t>Woburn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CD8150" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="00720F23" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
+    <w:p w14:paraId="27CD8150" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="00720F23" w:rsidRDefault="00112F4D" w:rsidP="008B3386">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r w:rsidRPr="00720F23">
         <w:t>Tier 2:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E6B4A7" w14:textId="4B85300C" w:rsidR="00112F4D" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="006E6288">
         <w:t>Abington</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6288">
         <w:t>Acushnet</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6288">
         <w:t>Agawam</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
@@ -21194,51 +21847,54 @@
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6288">
         <w:t>Whitman</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6288">
         <w:t>Williamstown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6288">
         <w:t>Worthington</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6288">
         <w:t>Yarmouth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AAD354C" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="00720F23" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
+    <w:p w14:paraId="5AAD354C" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRPr="00720F23" w:rsidRDefault="00112F4D" w:rsidP="008B3386">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r w:rsidRPr="00720F23">
         <w:t xml:space="preserve">Tier 3: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E27B27" w14:textId="77777777" w:rsidR="00112F4D" w:rsidRDefault="00112F4D" w:rsidP="00ED35B5">
       <w:r w:rsidRPr="00720F23">
         <w:t>Adams</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00720F23">
         <w:tab/>
         <w:t>Amherst</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00720F23">
         <w:t>Ashfield</w:t>
       </w:r>
       <w:r>
@@ -21696,80 +22352,80 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00720F23">
         <w:t>Windsor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidRPr="00720F23">
         <w:t>Worcester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079FE2C8" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="00112F4D" w:rsidRDefault="00871493" w:rsidP="00871493">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793B2E65" w14:textId="77777777" w:rsidR="00871493" w:rsidRPr="008631A0" w:rsidRDefault="00871493" w:rsidP="00ED35B5"/>
     <w:sectPr w:rsidR="00871493" w:rsidRPr="008631A0" w:rsidSect="00A20416">
-      <w:headerReference w:type="first" r:id="rId61"/>
-      <w:footerReference w:type="first" r:id="rId62"/>
+      <w:headerReference w:type="first" r:id="rId59"/>
+      <w:footerReference w:type="first" r:id="rId60"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1008" w:bottom="1440" w:left="1008" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38D3F575" w14:textId="77777777" w:rsidR="00741479" w:rsidRDefault="00741479" w:rsidP="00ED35B5">
+    <w:p w14:paraId="6449254C" w14:textId="77777777" w:rsidR="00C42B0B" w:rsidRDefault="00C42B0B" w:rsidP="00ED35B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AE270D3" w14:textId="77777777" w:rsidR="00741479" w:rsidRDefault="00741479" w:rsidP="00ED35B5">
+    <w:p w14:paraId="673486DE" w14:textId="77777777" w:rsidR="00C42B0B" w:rsidRDefault="00C42B0B" w:rsidP="00ED35B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D015667" w14:textId="77777777" w:rsidR="00741479" w:rsidRDefault="00741479" w:rsidP="00ED35B5"/>
+    <w:p w14:paraId="1DECB8A9" w14:textId="77777777" w:rsidR="00C42B0B" w:rsidRDefault="00C42B0B" w:rsidP="00ED35B5"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -21823,50 +22479,62 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65C75CD8" w14:textId="19A2129D" w:rsidR="00987CCD" w:rsidRDefault="00987CCD" w:rsidP="00ED35B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="41F68101" w14:textId="77777777" w:rsidR="00987CCD" w:rsidRDefault="00987CCD" w:rsidP="00ED35B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
@@ -22206,65 +22874,65 @@
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="295ABDE5" w14:textId="77777777" w:rsidR="00741479" w:rsidRDefault="00741479" w:rsidP="00ED35B5">
+    <w:p w14:paraId="01EDA92F" w14:textId="77777777" w:rsidR="00C42B0B" w:rsidRDefault="00C42B0B" w:rsidP="00ED35B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="717749D0" w14:textId="77777777" w:rsidR="00741479" w:rsidRDefault="00741479" w:rsidP="00ED35B5">
+    <w:p w14:paraId="70E07E62" w14:textId="77777777" w:rsidR="00C42B0B" w:rsidRDefault="00C42B0B" w:rsidP="00ED35B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="24D21BA6" w14:textId="77777777" w:rsidR="00741479" w:rsidRDefault="00741479" w:rsidP="00ED35B5"/>
+    <w:p w14:paraId="6FA56FC5" w14:textId="77777777" w:rsidR="00C42B0B" w:rsidRDefault="00C42B0B" w:rsidP="00ED35B5"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BCC3B95" w14:textId="1749DEB0" w:rsidR="00871493" w:rsidRPr="00AB2A8F" w:rsidRDefault="00871493" w:rsidP="00ED35B5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5695774E" w14:textId="77777777" w:rsidR="00497CBB" w:rsidRDefault="00497CBB" w:rsidP="00ED35B5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -25403,51 +26071,51 @@
   </w:num>
   <w:num w:numId="24" w16cid:durableId="232664587">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1883788295">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="792410283">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1562445596">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1416514112">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="448546090">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="22"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -25710,50 +26378,51 @@
     <w:rsid w:val="00076E48"/>
     <w:rsid w:val="00076F04"/>
     <w:rsid w:val="000771AC"/>
     <w:rsid w:val="000771BD"/>
     <w:rsid w:val="00077296"/>
     <w:rsid w:val="00077526"/>
     <w:rsid w:val="0007752E"/>
     <w:rsid w:val="00077537"/>
     <w:rsid w:val="000801B5"/>
     <w:rsid w:val="00080706"/>
     <w:rsid w:val="000809F4"/>
     <w:rsid w:val="00080A96"/>
     <w:rsid w:val="00080C93"/>
     <w:rsid w:val="000814F4"/>
     <w:rsid w:val="000817C6"/>
     <w:rsid w:val="0008183D"/>
     <w:rsid w:val="00082216"/>
     <w:rsid w:val="00082344"/>
     <w:rsid w:val="00082A66"/>
     <w:rsid w:val="00082DD6"/>
     <w:rsid w:val="00083307"/>
     <w:rsid w:val="00083AAA"/>
     <w:rsid w:val="00083E39"/>
     <w:rsid w:val="00084214"/>
     <w:rsid w:val="00084885"/>
+    <w:rsid w:val="00084B0D"/>
     <w:rsid w:val="00084BC7"/>
     <w:rsid w:val="00084C7B"/>
     <w:rsid w:val="000852A2"/>
     <w:rsid w:val="00085AFC"/>
     <w:rsid w:val="00085F51"/>
     <w:rsid w:val="000862DC"/>
     <w:rsid w:val="000876AF"/>
     <w:rsid w:val="0009034C"/>
     <w:rsid w:val="000907B2"/>
     <w:rsid w:val="00090CBE"/>
     <w:rsid w:val="00091197"/>
     <w:rsid w:val="00091B0C"/>
     <w:rsid w:val="000936CD"/>
     <w:rsid w:val="00093862"/>
     <w:rsid w:val="00093902"/>
     <w:rsid w:val="00093B98"/>
     <w:rsid w:val="00093D16"/>
     <w:rsid w:val="00093F72"/>
     <w:rsid w:val="00094083"/>
     <w:rsid w:val="000942D8"/>
     <w:rsid w:val="00094400"/>
     <w:rsid w:val="000945B3"/>
     <w:rsid w:val="000945D8"/>
     <w:rsid w:val="0009480A"/>
     <w:rsid w:val="0009486A"/>
@@ -27551,50 +28220,51 @@
     <w:rsid w:val="00423A88"/>
     <w:rsid w:val="00423E90"/>
     <w:rsid w:val="00423EE7"/>
     <w:rsid w:val="00423EFA"/>
     <w:rsid w:val="00424C2A"/>
     <w:rsid w:val="00424E45"/>
     <w:rsid w:val="004254BF"/>
     <w:rsid w:val="0042578D"/>
     <w:rsid w:val="00425C7C"/>
     <w:rsid w:val="00425CCB"/>
     <w:rsid w:val="00425CF1"/>
     <w:rsid w:val="00425D2A"/>
     <w:rsid w:val="00426052"/>
     <w:rsid w:val="00426666"/>
     <w:rsid w:val="004266AD"/>
     <w:rsid w:val="00426922"/>
     <w:rsid w:val="00426ACE"/>
     <w:rsid w:val="00426C9A"/>
     <w:rsid w:val="004272B3"/>
     <w:rsid w:val="00427D47"/>
     <w:rsid w:val="00430CCD"/>
     <w:rsid w:val="00430EEC"/>
     <w:rsid w:val="004314DE"/>
     <w:rsid w:val="004315CB"/>
     <w:rsid w:val="00431DB9"/>
+    <w:rsid w:val="00432724"/>
     <w:rsid w:val="0043293C"/>
     <w:rsid w:val="004338F9"/>
     <w:rsid w:val="00433A7E"/>
     <w:rsid w:val="00433ACD"/>
     <w:rsid w:val="00433B16"/>
     <w:rsid w:val="00433E3E"/>
     <w:rsid w:val="004345B0"/>
     <w:rsid w:val="00434631"/>
     <w:rsid w:val="0043467E"/>
     <w:rsid w:val="004346E1"/>
     <w:rsid w:val="0043489F"/>
     <w:rsid w:val="00434A61"/>
     <w:rsid w:val="00434C5F"/>
     <w:rsid w:val="00434D0A"/>
     <w:rsid w:val="00434EFC"/>
     <w:rsid w:val="00435551"/>
     <w:rsid w:val="00435579"/>
     <w:rsid w:val="0043569C"/>
     <w:rsid w:val="004358A2"/>
     <w:rsid w:val="004358BC"/>
     <w:rsid w:val="00435CED"/>
     <w:rsid w:val="00436717"/>
     <w:rsid w:val="00436E82"/>
     <w:rsid w:val="004374BE"/>
     <w:rsid w:val="00437665"/>
@@ -28418,50 +29088,51 @@
     <w:rsid w:val="005D0AFA"/>
     <w:rsid w:val="005D0D60"/>
     <w:rsid w:val="005D0F5E"/>
     <w:rsid w:val="005D150F"/>
     <w:rsid w:val="005D1A64"/>
     <w:rsid w:val="005D1AE3"/>
     <w:rsid w:val="005D2035"/>
     <w:rsid w:val="005D241F"/>
     <w:rsid w:val="005D2833"/>
     <w:rsid w:val="005D2AB4"/>
     <w:rsid w:val="005D2E24"/>
     <w:rsid w:val="005D3C04"/>
     <w:rsid w:val="005D3EAD"/>
     <w:rsid w:val="005D4121"/>
     <w:rsid w:val="005D4334"/>
     <w:rsid w:val="005D469D"/>
     <w:rsid w:val="005D4F04"/>
     <w:rsid w:val="005D4F1C"/>
     <w:rsid w:val="005D52F3"/>
     <w:rsid w:val="005D5B21"/>
     <w:rsid w:val="005D6A4E"/>
     <w:rsid w:val="005D6C1A"/>
     <w:rsid w:val="005D6EC8"/>
     <w:rsid w:val="005D72F7"/>
     <w:rsid w:val="005D754A"/>
+    <w:rsid w:val="005D779E"/>
     <w:rsid w:val="005D7853"/>
     <w:rsid w:val="005D7A4E"/>
     <w:rsid w:val="005D7ABE"/>
     <w:rsid w:val="005D7B22"/>
     <w:rsid w:val="005D7B63"/>
     <w:rsid w:val="005D7BF4"/>
     <w:rsid w:val="005E07EA"/>
     <w:rsid w:val="005E08C5"/>
     <w:rsid w:val="005E12EA"/>
     <w:rsid w:val="005E1868"/>
     <w:rsid w:val="005E1A90"/>
     <w:rsid w:val="005E1C99"/>
     <w:rsid w:val="005E1D38"/>
     <w:rsid w:val="005E1FD0"/>
     <w:rsid w:val="005E22A0"/>
     <w:rsid w:val="005E232F"/>
     <w:rsid w:val="005E24D7"/>
     <w:rsid w:val="005E24DF"/>
     <w:rsid w:val="005E2894"/>
     <w:rsid w:val="005E2C90"/>
     <w:rsid w:val="005E2E12"/>
     <w:rsid w:val="005E2EB3"/>
     <w:rsid w:val="005E3320"/>
     <w:rsid w:val="005E35F3"/>
     <w:rsid w:val="005E386C"/>
@@ -28826,50 +29497,51 @@
     <w:rsid w:val="006A0916"/>
     <w:rsid w:val="006A0B7F"/>
     <w:rsid w:val="006A0E09"/>
     <w:rsid w:val="006A17D0"/>
     <w:rsid w:val="006A19BB"/>
     <w:rsid w:val="006A1A1B"/>
     <w:rsid w:val="006A1A50"/>
     <w:rsid w:val="006A1AD3"/>
     <w:rsid w:val="006A20BF"/>
     <w:rsid w:val="006A2114"/>
     <w:rsid w:val="006A211D"/>
     <w:rsid w:val="006A2221"/>
     <w:rsid w:val="006A22B5"/>
     <w:rsid w:val="006A247F"/>
     <w:rsid w:val="006A2BDD"/>
     <w:rsid w:val="006A2C74"/>
     <w:rsid w:val="006A3340"/>
     <w:rsid w:val="006A3699"/>
     <w:rsid w:val="006A379F"/>
     <w:rsid w:val="006A3B36"/>
     <w:rsid w:val="006A3D7F"/>
     <w:rsid w:val="006A4185"/>
     <w:rsid w:val="006A44B2"/>
     <w:rsid w:val="006A451C"/>
     <w:rsid w:val="006A4AD8"/>
+    <w:rsid w:val="006A4C2C"/>
     <w:rsid w:val="006A5357"/>
     <w:rsid w:val="006A5836"/>
     <w:rsid w:val="006A5907"/>
     <w:rsid w:val="006A6526"/>
     <w:rsid w:val="006A65C5"/>
     <w:rsid w:val="006A6975"/>
     <w:rsid w:val="006A6F06"/>
     <w:rsid w:val="006A6FE8"/>
     <w:rsid w:val="006A7672"/>
     <w:rsid w:val="006A7BDA"/>
     <w:rsid w:val="006A7DC1"/>
     <w:rsid w:val="006B0C13"/>
     <w:rsid w:val="006B10A6"/>
     <w:rsid w:val="006B18C5"/>
     <w:rsid w:val="006B1E38"/>
     <w:rsid w:val="006B2248"/>
     <w:rsid w:val="006B2533"/>
     <w:rsid w:val="006B2569"/>
     <w:rsid w:val="006B2B32"/>
     <w:rsid w:val="006B2C21"/>
     <w:rsid w:val="006B332A"/>
     <w:rsid w:val="006B3379"/>
     <w:rsid w:val="006B353B"/>
     <w:rsid w:val="006B3984"/>
     <w:rsid w:val="006B4283"/>
@@ -29358,50 +30030,51 @@
     <w:rsid w:val="007A6951"/>
     <w:rsid w:val="007A6B7F"/>
     <w:rsid w:val="007A6CA6"/>
     <w:rsid w:val="007A71E0"/>
     <w:rsid w:val="007A7306"/>
     <w:rsid w:val="007A731A"/>
     <w:rsid w:val="007A734F"/>
     <w:rsid w:val="007A7A7B"/>
     <w:rsid w:val="007A7CDC"/>
     <w:rsid w:val="007A7F36"/>
     <w:rsid w:val="007B0228"/>
     <w:rsid w:val="007B05BC"/>
     <w:rsid w:val="007B0707"/>
     <w:rsid w:val="007B076A"/>
     <w:rsid w:val="007B0B68"/>
     <w:rsid w:val="007B0CE0"/>
     <w:rsid w:val="007B0DDB"/>
     <w:rsid w:val="007B0FFE"/>
     <w:rsid w:val="007B1626"/>
     <w:rsid w:val="007B1BE5"/>
     <w:rsid w:val="007B1DB9"/>
     <w:rsid w:val="007B1E6F"/>
     <w:rsid w:val="007B21B2"/>
     <w:rsid w:val="007B28F6"/>
     <w:rsid w:val="007B2DDF"/>
+    <w:rsid w:val="007B36B7"/>
     <w:rsid w:val="007B3D68"/>
     <w:rsid w:val="007B3D73"/>
     <w:rsid w:val="007B3F00"/>
     <w:rsid w:val="007B421D"/>
     <w:rsid w:val="007B4829"/>
     <w:rsid w:val="007B494D"/>
     <w:rsid w:val="007B4B6A"/>
     <w:rsid w:val="007B4FE7"/>
     <w:rsid w:val="007B5BA6"/>
     <w:rsid w:val="007B5E9F"/>
     <w:rsid w:val="007B5EC8"/>
     <w:rsid w:val="007B5F3B"/>
     <w:rsid w:val="007B624C"/>
     <w:rsid w:val="007B6516"/>
     <w:rsid w:val="007B6A80"/>
     <w:rsid w:val="007B6BFB"/>
     <w:rsid w:val="007B734F"/>
     <w:rsid w:val="007B7731"/>
     <w:rsid w:val="007B779B"/>
     <w:rsid w:val="007B79C3"/>
     <w:rsid w:val="007B7BCF"/>
     <w:rsid w:val="007B7C07"/>
     <w:rsid w:val="007C05C4"/>
     <w:rsid w:val="007C0689"/>
     <w:rsid w:val="007C0780"/>
@@ -29771,50 +30444,51 @@
     <w:rsid w:val="00870E2F"/>
     <w:rsid w:val="00871493"/>
     <w:rsid w:val="008716AB"/>
     <w:rsid w:val="00871A3D"/>
     <w:rsid w:val="008724B1"/>
     <w:rsid w:val="008729B5"/>
     <w:rsid w:val="00872E10"/>
     <w:rsid w:val="00872FC3"/>
     <w:rsid w:val="00873F31"/>
     <w:rsid w:val="0087425B"/>
     <w:rsid w:val="0087451C"/>
     <w:rsid w:val="00874B0E"/>
     <w:rsid w:val="008751B6"/>
     <w:rsid w:val="0087530D"/>
     <w:rsid w:val="0087545B"/>
     <w:rsid w:val="00875930"/>
     <w:rsid w:val="00876389"/>
     <w:rsid w:val="00876A1D"/>
     <w:rsid w:val="00876A56"/>
     <w:rsid w:val="00876E20"/>
     <w:rsid w:val="008771DD"/>
     <w:rsid w:val="00877347"/>
     <w:rsid w:val="008778AC"/>
     <w:rsid w:val="00877F7C"/>
     <w:rsid w:val="00880242"/>
+    <w:rsid w:val="00880578"/>
     <w:rsid w:val="00880A85"/>
     <w:rsid w:val="00880C3E"/>
     <w:rsid w:val="008814A3"/>
     <w:rsid w:val="00881638"/>
     <w:rsid w:val="008816F6"/>
     <w:rsid w:val="008817C6"/>
     <w:rsid w:val="00881DFF"/>
     <w:rsid w:val="0088327E"/>
     <w:rsid w:val="00883804"/>
     <w:rsid w:val="00883C5A"/>
     <w:rsid w:val="00883D2E"/>
     <w:rsid w:val="00883F8A"/>
     <w:rsid w:val="00884132"/>
     <w:rsid w:val="008841D2"/>
     <w:rsid w:val="00884313"/>
     <w:rsid w:val="008847BE"/>
     <w:rsid w:val="00884B54"/>
     <w:rsid w:val="0088619C"/>
     <w:rsid w:val="00886400"/>
     <w:rsid w:val="00886648"/>
     <w:rsid w:val="00887166"/>
     <w:rsid w:val="0088716D"/>
     <w:rsid w:val="008873A1"/>
     <w:rsid w:val="008877C3"/>
     <w:rsid w:val="0088787C"/>
@@ -29875,89 +30549,91 @@
     <w:rsid w:val="008A5356"/>
     <w:rsid w:val="008A56B4"/>
     <w:rsid w:val="008A57ED"/>
     <w:rsid w:val="008A5A5B"/>
     <w:rsid w:val="008A6212"/>
     <w:rsid w:val="008A6DA9"/>
     <w:rsid w:val="008A6EE6"/>
     <w:rsid w:val="008A7241"/>
     <w:rsid w:val="008A7D9F"/>
     <w:rsid w:val="008B018F"/>
     <w:rsid w:val="008B01B0"/>
     <w:rsid w:val="008B02B0"/>
     <w:rsid w:val="008B07BB"/>
     <w:rsid w:val="008B080E"/>
     <w:rsid w:val="008B0AE5"/>
     <w:rsid w:val="008B0F6B"/>
     <w:rsid w:val="008B10FA"/>
     <w:rsid w:val="008B1667"/>
     <w:rsid w:val="008B168E"/>
     <w:rsid w:val="008B1BD7"/>
     <w:rsid w:val="008B2140"/>
     <w:rsid w:val="008B26EC"/>
     <w:rsid w:val="008B2C1C"/>
     <w:rsid w:val="008B327C"/>
     <w:rsid w:val="008B32BF"/>
+    <w:rsid w:val="008B3386"/>
     <w:rsid w:val="008B33C9"/>
     <w:rsid w:val="008B3425"/>
     <w:rsid w:val="008B3519"/>
     <w:rsid w:val="008B3DA0"/>
     <w:rsid w:val="008B4400"/>
     <w:rsid w:val="008B4677"/>
     <w:rsid w:val="008B478C"/>
     <w:rsid w:val="008B49E5"/>
     <w:rsid w:val="008B4C57"/>
     <w:rsid w:val="008B5274"/>
     <w:rsid w:val="008B553A"/>
     <w:rsid w:val="008B580D"/>
     <w:rsid w:val="008B5912"/>
     <w:rsid w:val="008B5B62"/>
     <w:rsid w:val="008B6101"/>
     <w:rsid w:val="008B6564"/>
     <w:rsid w:val="008B6B65"/>
     <w:rsid w:val="008B7028"/>
     <w:rsid w:val="008B7483"/>
     <w:rsid w:val="008B788E"/>
     <w:rsid w:val="008B79FB"/>
     <w:rsid w:val="008C0FA0"/>
     <w:rsid w:val="008C12EF"/>
     <w:rsid w:val="008C147D"/>
     <w:rsid w:val="008C16CC"/>
     <w:rsid w:val="008C180F"/>
     <w:rsid w:val="008C182F"/>
     <w:rsid w:val="008C187E"/>
     <w:rsid w:val="008C18A6"/>
     <w:rsid w:val="008C190E"/>
     <w:rsid w:val="008C1D37"/>
     <w:rsid w:val="008C33D6"/>
     <w:rsid w:val="008C3439"/>
     <w:rsid w:val="008C3AF0"/>
     <w:rsid w:val="008C3C2A"/>
     <w:rsid w:val="008C3F35"/>
     <w:rsid w:val="008C4005"/>
     <w:rsid w:val="008C403A"/>
     <w:rsid w:val="008C44C8"/>
+    <w:rsid w:val="008C47EA"/>
     <w:rsid w:val="008C48CB"/>
     <w:rsid w:val="008C4F26"/>
     <w:rsid w:val="008C55FB"/>
     <w:rsid w:val="008C5EE0"/>
     <w:rsid w:val="008C6057"/>
     <w:rsid w:val="008C6108"/>
     <w:rsid w:val="008C6320"/>
     <w:rsid w:val="008C663D"/>
     <w:rsid w:val="008C6991"/>
     <w:rsid w:val="008C6B4F"/>
     <w:rsid w:val="008C6B93"/>
     <w:rsid w:val="008C7070"/>
     <w:rsid w:val="008C7390"/>
     <w:rsid w:val="008C7A6B"/>
     <w:rsid w:val="008D0100"/>
     <w:rsid w:val="008D02AD"/>
     <w:rsid w:val="008D04CA"/>
     <w:rsid w:val="008D0A69"/>
     <w:rsid w:val="008D0D4D"/>
     <w:rsid w:val="008D16FB"/>
     <w:rsid w:val="008D1821"/>
     <w:rsid w:val="008D1868"/>
     <w:rsid w:val="008D1DAF"/>
     <w:rsid w:val="008D22C7"/>
     <w:rsid w:val="008D2736"/>
@@ -30238,50 +30914,51 @@
     <w:rsid w:val="00954C41"/>
     <w:rsid w:val="00954E4F"/>
     <w:rsid w:val="00955396"/>
     <w:rsid w:val="009554A7"/>
     <w:rsid w:val="0095587C"/>
     <w:rsid w:val="00955F6F"/>
     <w:rsid w:val="00956272"/>
     <w:rsid w:val="00956755"/>
     <w:rsid w:val="0095693C"/>
     <w:rsid w:val="00956D75"/>
     <w:rsid w:val="0095784F"/>
     <w:rsid w:val="009578DC"/>
     <w:rsid w:val="00957EFA"/>
     <w:rsid w:val="00957FBB"/>
     <w:rsid w:val="00960690"/>
     <w:rsid w:val="0096096A"/>
     <w:rsid w:val="00960B27"/>
     <w:rsid w:val="00960F3A"/>
     <w:rsid w:val="009610A5"/>
     <w:rsid w:val="009610C9"/>
     <w:rsid w:val="00961125"/>
     <w:rsid w:val="00961529"/>
     <w:rsid w:val="00961890"/>
     <w:rsid w:val="00961B12"/>
     <w:rsid w:val="00961BC8"/>
+    <w:rsid w:val="00961C0B"/>
     <w:rsid w:val="00961C82"/>
     <w:rsid w:val="009625EA"/>
     <w:rsid w:val="00962BBE"/>
     <w:rsid w:val="00962DEA"/>
     <w:rsid w:val="00962E39"/>
     <w:rsid w:val="0096305E"/>
     <w:rsid w:val="0096315B"/>
     <w:rsid w:val="009633D1"/>
     <w:rsid w:val="0096438A"/>
     <w:rsid w:val="0096461D"/>
     <w:rsid w:val="00964BAD"/>
     <w:rsid w:val="00965C54"/>
     <w:rsid w:val="00965E9D"/>
     <w:rsid w:val="009663EE"/>
     <w:rsid w:val="00967360"/>
     <w:rsid w:val="009674F3"/>
     <w:rsid w:val="00967741"/>
     <w:rsid w:val="009677B8"/>
     <w:rsid w:val="00967F5B"/>
     <w:rsid w:val="00970022"/>
     <w:rsid w:val="0097090B"/>
     <w:rsid w:val="00971293"/>
     <w:rsid w:val="009713C7"/>
     <w:rsid w:val="009715A9"/>
     <w:rsid w:val="00971CCD"/>
@@ -30900,50 +31577,51 @@
     <w:rsid w:val="00AA4BED"/>
     <w:rsid w:val="00AA534D"/>
     <w:rsid w:val="00AA53FB"/>
     <w:rsid w:val="00AA5433"/>
     <w:rsid w:val="00AA588C"/>
     <w:rsid w:val="00AA5B08"/>
     <w:rsid w:val="00AA5C17"/>
     <w:rsid w:val="00AA62CB"/>
     <w:rsid w:val="00AA655D"/>
     <w:rsid w:val="00AA6AAB"/>
     <w:rsid w:val="00AA6F2C"/>
     <w:rsid w:val="00AA703D"/>
     <w:rsid w:val="00AA70D2"/>
     <w:rsid w:val="00AA74CD"/>
     <w:rsid w:val="00AA7A5C"/>
     <w:rsid w:val="00AB0A0E"/>
     <w:rsid w:val="00AB0AB7"/>
     <w:rsid w:val="00AB0FB1"/>
     <w:rsid w:val="00AB1022"/>
     <w:rsid w:val="00AB16EA"/>
     <w:rsid w:val="00AB186F"/>
     <w:rsid w:val="00AB1B3F"/>
     <w:rsid w:val="00AB24FF"/>
     <w:rsid w:val="00AB2761"/>
     <w:rsid w:val="00AB2A8F"/>
+    <w:rsid w:val="00AB2AB5"/>
     <w:rsid w:val="00AB2CC7"/>
     <w:rsid w:val="00AB2D14"/>
     <w:rsid w:val="00AB2D16"/>
     <w:rsid w:val="00AB2D3E"/>
     <w:rsid w:val="00AB313F"/>
     <w:rsid w:val="00AB336B"/>
     <w:rsid w:val="00AB45D5"/>
     <w:rsid w:val="00AB4884"/>
     <w:rsid w:val="00AB48C3"/>
     <w:rsid w:val="00AB497C"/>
     <w:rsid w:val="00AB5114"/>
     <w:rsid w:val="00AB53F4"/>
     <w:rsid w:val="00AB5487"/>
     <w:rsid w:val="00AB5528"/>
     <w:rsid w:val="00AB5AEC"/>
     <w:rsid w:val="00AB5D33"/>
     <w:rsid w:val="00AB752F"/>
     <w:rsid w:val="00AB77F3"/>
     <w:rsid w:val="00AB7A33"/>
     <w:rsid w:val="00AB7D20"/>
     <w:rsid w:val="00AB7D62"/>
     <w:rsid w:val="00AC01EA"/>
     <w:rsid w:val="00AC06E3"/>
     <w:rsid w:val="00AC173C"/>
     <w:rsid w:val="00AC1A36"/>
@@ -31694,50 +32372,51 @@
     <w:rsid w:val="00C33A05"/>
     <w:rsid w:val="00C33B5A"/>
     <w:rsid w:val="00C34230"/>
     <w:rsid w:val="00C34D20"/>
     <w:rsid w:val="00C35245"/>
     <w:rsid w:val="00C35783"/>
     <w:rsid w:val="00C35943"/>
     <w:rsid w:val="00C35E94"/>
     <w:rsid w:val="00C35F7C"/>
     <w:rsid w:val="00C363A6"/>
     <w:rsid w:val="00C3680C"/>
     <w:rsid w:val="00C371D2"/>
     <w:rsid w:val="00C37641"/>
     <w:rsid w:val="00C37AB4"/>
     <w:rsid w:val="00C37ADC"/>
     <w:rsid w:val="00C37C33"/>
     <w:rsid w:val="00C40A24"/>
     <w:rsid w:val="00C40D03"/>
     <w:rsid w:val="00C40DE6"/>
     <w:rsid w:val="00C40E41"/>
     <w:rsid w:val="00C40E9E"/>
     <w:rsid w:val="00C412AE"/>
     <w:rsid w:val="00C41424"/>
     <w:rsid w:val="00C41682"/>
     <w:rsid w:val="00C41848"/>
+    <w:rsid w:val="00C42B0B"/>
     <w:rsid w:val="00C430D5"/>
     <w:rsid w:val="00C4323E"/>
     <w:rsid w:val="00C444CA"/>
     <w:rsid w:val="00C44C2F"/>
     <w:rsid w:val="00C4617E"/>
     <w:rsid w:val="00C461A8"/>
     <w:rsid w:val="00C461B8"/>
     <w:rsid w:val="00C4631D"/>
     <w:rsid w:val="00C465AD"/>
     <w:rsid w:val="00C46731"/>
     <w:rsid w:val="00C4712E"/>
     <w:rsid w:val="00C4775D"/>
     <w:rsid w:val="00C47978"/>
     <w:rsid w:val="00C47BB5"/>
     <w:rsid w:val="00C47F21"/>
     <w:rsid w:val="00C502A0"/>
     <w:rsid w:val="00C506C9"/>
     <w:rsid w:val="00C507E8"/>
     <w:rsid w:val="00C50860"/>
     <w:rsid w:val="00C50D7C"/>
     <w:rsid w:val="00C50E5A"/>
     <w:rsid w:val="00C5195D"/>
     <w:rsid w:val="00C51C8B"/>
     <w:rsid w:val="00C51DC8"/>
     <w:rsid w:val="00C52DD5"/>
@@ -31798,70 +32477,72 @@
     <w:rsid w:val="00C72CCB"/>
     <w:rsid w:val="00C72DD8"/>
     <w:rsid w:val="00C737FC"/>
     <w:rsid w:val="00C73DC1"/>
     <w:rsid w:val="00C74573"/>
     <w:rsid w:val="00C74667"/>
     <w:rsid w:val="00C7470D"/>
     <w:rsid w:val="00C74C51"/>
     <w:rsid w:val="00C75ADF"/>
     <w:rsid w:val="00C7606C"/>
     <w:rsid w:val="00C765E3"/>
     <w:rsid w:val="00C76ED8"/>
     <w:rsid w:val="00C7718D"/>
     <w:rsid w:val="00C77231"/>
     <w:rsid w:val="00C77D8E"/>
     <w:rsid w:val="00C80026"/>
     <w:rsid w:val="00C802AE"/>
     <w:rsid w:val="00C803A0"/>
     <w:rsid w:val="00C8067D"/>
     <w:rsid w:val="00C80C8F"/>
     <w:rsid w:val="00C810AE"/>
     <w:rsid w:val="00C81793"/>
     <w:rsid w:val="00C81978"/>
     <w:rsid w:val="00C81C9E"/>
     <w:rsid w:val="00C8249C"/>
+    <w:rsid w:val="00C82603"/>
     <w:rsid w:val="00C82622"/>
     <w:rsid w:val="00C8275F"/>
     <w:rsid w:val="00C82AD6"/>
     <w:rsid w:val="00C82D3F"/>
     <w:rsid w:val="00C83801"/>
     <w:rsid w:val="00C83E57"/>
     <w:rsid w:val="00C843DA"/>
     <w:rsid w:val="00C845F4"/>
     <w:rsid w:val="00C848C1"/>
     <w:rsid w:val="00C84C16"/>
     <w:rsid w:val="00C84D1E"/>
     <w:rsid w:val="00C85074"/>
     <w:rsid w:val="00C85DDC"/>
     <w:rsid w:val="00C8606B"/>
     <w:rsid w:val="00C86519"/>
     <w:rsid w:val="00C86B0E"/>
     <w:rsid w:val="00C86B54"/>
     <w:rsid w:val="00C86EE5"/>
     <w:rsid w:val="00C875D3"/>
     <w:rsid w:val="00C87E53"/>
+    <w:rsid w:val="00C87EDB"/>
     <w:rsid w:val="00C902F2"/>
     <w:rsid w:val="00C90A34"/>
     <w:rsid w:val="00C90AFE"/>
     <w:rsid w:val="00C91777"/>
     <w:rsid w:val="00C91AFB"/>
     <w:rsid w:val="00C91E35"/>
     <w:rsid w:val="00C91EFA"/>
     <w:rsid w:val="00C91F37"/>
     <w:rsid w:val="00C923C8"/>
     <w:rsid w:val="00C9240B"/>
     <w:rsid w:val="00C9267A"/>
     <w:rsid w:val="00C931C1"/>
     <w:rsid w:val="00C931C5"/>
     <w:rsid w:val="00C9329D"/>
     <w:rsid w:val="00C93674"/>
     <w:rsid w:val="00C93BCB"/>
     <w:rsid w:val="00C93EB8"/>
     <w:rsid w:val="00C9439D"/>
     <w:rsid w:val="00C949CC"/>
     <w:rsid w:val="00C94CD4"/>
     <w:rsid w:val="00C95479"/>
     <w:rsid w:val="00C95B1C"/>
     <w:rsid w:val="00C95B7C"/>
     <w:rsid w:val="00C96BE2"/>
     <w:rsid w:val="00C96C5B"/>
@@ -33290,50 +33971,51 @@
     <w:rsid w:val="00F97658"/>
     <w:rsid w:val="00F97A37"/>
     <w:rsid w:val="00F97C2A"/>
     <w:rsid w:val="00F97D54"/>
     <w:rsid w:val="00F98D64"/>
     <w:rsid w:val="00FA111D"/>
     <w:rsid w:val="00FA1DC1"/>
     <w:rsid w:val="00FA20D4"/>
     <w:rsid w:val="00FA2473"/>
     <w:rsid w:val="00FA2D25"/>
     <w:rsid w:val="00FA2D80"/>
     <w:rsid w:val="00FA30C8"/>
     <w:rsid w:val="00FA3171"/>
     <w:rsid w:val="00FA31F0"/>
     <w:rsid w:val="00FA3786"/>
     <w:rsid w:val="00FA37A7"/>
     <w:rsid w:val="00FA63A5"/>
     <w:rsid w:val="00FA69D6"/>
     <w:rsid w:val="00FA6AE7"/>
     <w:rsid w:val="00FA6BE2"/>
     <w:rsid w:val="00FA6C02"/>
     <w:rsid w:val="00FA6F5C"/>
     <w:rsid w:val="00FA77DE"/>
     <w:rsid w:val="00FA7A2C"/>
     <w:rsid w:val="00FA7A7B"/>
+    <w:rsid w:val="00FA7DAE"/>
     <w:rsid w:val="00FA7FB2"/>
     <w:rsid w:val="00FB0178"/>
     <w:rsid w:val="00FB09C9"/>
     <w:rsid w:val="00FB0A2E"/>
     <w:rsid w:val="00FB0CAE"/>
     <w:rsid w:val="00FB1162"/>
     <w:rsid w:val="00FB13F6"/>
     <w:rsid w:val="00FB16D8"/>
     <w:rsid w:val="00FB1E06"/>
     <w:rsid w:val="00FB1F9C"/>
     <w:rsid w:val="00FB236E"/>
     <w:rsid w:val="00FB2A88"/>
     <w:rsid w:val="00FB2B75"/>
     <w:rsid w:val="00FB301D"/>
     <w:rsid w:val="00FB32E2"/>
     <w:rsid w:val="00FB3C52"/>
     <w:rsid w:val="00FB4069"/>
     <w:rsid w:val="00FB448D"/>
     <w:rsid w:val="00FB454B"/>
     <w:rsid w:val="00FB45B9"/>
     <w:rsid w:val="00FB4AF5"/>
     <w:rsid w:val="00FB4B10"/>
     <w:rsid w:val="00FB4DEB"/>
     <w:rsid w:val="00FB4F96"/>
     <w:rsid w:val="00FB509A"/>
@@ -37435,50 +38117,76 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FA7DAE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="367028415">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="824585916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -37540,1341 +38248,1414 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1583106702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/water-quality-assessments" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/water-quality-assessments" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:courtney.starling@mass.gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_commonwealth-terms-and-conditions.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cran.r-project.org/web/packages/MassWateR/index.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/water-quality-monitoring-for-volunteers" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/waterdata/water-quality-data" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/tips-for-completing-the-electronic-funds-transfer-eft-form" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/grants-financial-assistance-watersheds-water-quality" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/the-disadvantaged-community-loan-forgiveness-program" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/grants-financial-assistance-watersheds-water-quality" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_w-9.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Courtney.starling@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcgisserver.digital.mass.gov/MassDEPWaterQuality" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/integrated-lists-of-waters-related-reports" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_standard-contract.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/affordability-calculation-october-2024/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_contractor-authorized-signatory-listing-for-contractors.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/use-aquaqapp-to-plan-your-monitoring-project" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/external-data-submittals-to-the-watershed-planning-program" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/affordability-calculation-october-2024/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_contractor-authorized-signatory-listing-for-contractors.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/use-aquaqapp-to-plan-your-monitoring-project" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/water-quality-assessments" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/external-data-submittals-to-the-watershed-planning-program" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/water-quality-assessments" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_commonwealth-terms-and-conditions.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:courtney.starling@mass.gov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/water-quality-monitoring-for-volunteers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/waterdata/water-quality-data" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/tips-for-completing-the-electronic-funds-transfer-eft-form" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cran.r-project.org/web/packages/MassWateR/index.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/the-disadvantaged-community-loan-forgiveness-program" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_w-9.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/grants-financial-assistance-watersheds-water-quality" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcgisserver.digital.mass.gov/MassDEPWaterQuality" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Courtney.starling@mass.gov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/integrated-lists-of-waters-related-reports" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/grants-financial-assistance-watersheds-water-quality" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WQMG@Mass.Gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/form_standard-contract.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/colorful3">
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="colorful" pri="10300"/>
+    <dgm:cat type="mainScheme" pri="10300"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
-    <dgm:fillClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
-[...13 lines deleted...]
-      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="lnNode1">
-    <dgm:fillClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="vennNode1">
-    <dgm:fillClrLst>
-[...3 lines deleted...]
-      <a:schemeClr val="accent4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
         <a:alpha val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node2">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent4"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node3">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent5"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node4">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent6"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
-    <dgm:fillClrLst>
-[...3 lines deleted...]
-      <a:schemeClr val="accent4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
         <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
         <a:tint val="50000"/>
-      </a:schemeClr>
-[...1 lines deleted...]
-        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
         <a:tint val="50000"/>
-      </a:schemeClr>
-[...1 lines deleted...]
-        <a:tint val="20000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
-    <dgm:fillClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
-    <dgm:fillClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
-[...27 lines deleted...]
-      <a:schemeClr val="tx1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent3">
+      <a:schemeClr val="dk2">
         <a:tint val="50000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="tx1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent5"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent6"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent1"/>
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D2">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
-    <dgm:txFillClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt2"/>
+    </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D3">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
-    <dgm:txFillClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt2"/>
+    </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D4">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="dk2">
+        <a:shade val="60000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D2">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent4"/>
+      <a:schemeClr val="dk2">
+        <a:shade val="60000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D3">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent5"/>
+      <a:schemeClr val="dk2">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D4">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent6">
-[...1 lines deleted...]
-      </a:schemeClr>
+      <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent6"/>
+      <a:schemeClr val="dk2">
+        <a:shade val="80000"/>
+      </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="conFgAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trAlignAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent2"/>
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidFgAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidAlignAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidBgAcc1">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-[...1 lines deleted...]
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAccFollowNode1">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:alpha val="90000"/>
         <a:tint val="40000"/>
-        <a:alpha val="90000"/>
-[...3 lines deleted...]
-        <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:alpha val="90000"/>
         <a:tint val="40000"/>
-        <a:alpha val="90000"/>
-[...3 lines deleted...]
-        <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAccFollowNode1">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:alpha val="90000"/>
         <a:tint val="40000"/>
-        <a:alpha val="90000"/>
-[...3 lines deleted...]
-        <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:alpha val="90000"/>
         <a:tint val="40000"/>
-        <a:alpha val="90000"/>
-[...3 lines deleted...]
-        <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAccFollowNode1">
-    <dgm:fillClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:alpha val="90000"/>
         <a:tint val="40000"/>
-        <a:alpha val="90000"/>
-[...3 lines deleted...]
-        <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-      <a:schemeClr val="accent3">
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2">
+        <a:alpha val="90000"/>
         <a:tint val="40000"/>
-        <a:alpha val="90000"/>
-[...3 lines deleted...]
-        <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc0">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-      <a:schemeClr val="accent2"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc2">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-      <a:schemeClr val="accent4"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc3">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-      <a:schemeClr val="accent5"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc4">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="90000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
-    <dgm:linClrLst>
-      <a:schemeClr val="accent6"/>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent3">
+      <a:schemeClr val="dk2">
         <a:tint val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="dk1"/>
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="dkBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent3">
-        <a:shade val="90000"/>
+      <a:schemeClr val="dk2">
+        <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="dk1"/>
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="trBgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent2">
+      <a:schemeClr val="dk2">
         <a:tint val="50000"/>
         <a:alpha val="40000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="accent3"/>
+      <a:schemeClr val="dk2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgShp">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="accent3">
-        <a:tint val="40000"/>
+      <a:schemeClr val="dk2">
+        <a:tint val="60000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
-      <a:schemeClr val="lt1"/>
+      <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
-      <a:schemeClr val="lt1">
+      <a:schemeClr val="lt2">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{817A1B82-2A85-4C73-935A-A5A9C2A50002}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/hList1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/colorful3" csCatId="colorful" phldr="1"/>
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/hList1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_3" csCatId="mainScheme" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{BD70199B-3935-4E7D-867B-25D3C7BD4EBD}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US"/>
+            <a:rPr lang="en-US" b="1"/>
             <a:t>Priority Sampling Analytes</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F3730DC4-DBAE-49B7-B2B3-871493793761}" type="parTrans" cxnId="{F15646A1-42D6-4102-9618-1376B69AD09C}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1485E493-56AA-4D71-AA7D-A640E5E042A8}" type="sibTrans" cxnId="{F15646A1-42D6-4102-9618-1376B69AD09C}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{79A91883-6125-4EF2-8543-7784FE4A7C8D}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" i="1"/>
             <a:t>E. coli</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{19E3CB74-3A04-4CBF-BA28-EB019F0C2C8B}" type="parTrans" cxnId="{DE3402C1-3AF4-4A81-AE6E-E855A53B0D28}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{322BF776-E3E8-448F-B227-710BD72D9775}" type="sibTrans" cxnId="{DE3402C1-3AF4-4A81-AE6E-E855A53B0D28}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C20BDFF0-6986-4B5B-8712-89B0700D2E30}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Enterococci</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{9B50C2E1-A138-492A-A457-94195FDDF218}" type="parTrans" cxnId="{79579640-7786-4B81-97C9-ACABA0891317}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{79E4A7B1-C960-496E-8057-05D1179B568F}" type="sibTrans" cxnId="{79579640-7786-4B81-97C9-ACABA0891317}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2B66A727-B814-4E25-99C8-483296E25F87}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1600"/>
+            <a:rPr lang="en-US" sz="1400" b="1"/>
             <a:t>Priority Conditions</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1200"/>
             <a:t>(Discrete or Continuous Measurements)</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{45C7607E-E589-489E-A59C-7A7CBA4B7C14}" type="parTrans" cxnId="{868B84D0-1129-4D3E-B8E1-991B7A553F6B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2FC4ECE5-E030-4682-AC82-84C93B778AB2}" type="sibTrans" cxnId="{868B84D0-1129-4D3E-B8E1-991B7A553F6B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{FEA420C0-8F45-4E48-AC5F-1E65C7D943B8}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Dissolved Oxygen</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8AC8BC5B-B0E5-489E-A81B-EDB17C9E2D4A}" type="parTrans" cxnId="{92FF44C1-3848-4154-A645-85F142815D9E}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A7A70AD2-EDD0-4E25-BF83-1E3B3665D5F6}" type="sibTrans" cxnId="{92FF44C1-3848-4154-A645-85F142815D9E}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{AC8972BB-917C-4CAF-81F2-F3A1C58FE25E}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US"/>
+            <a:rPr lang="en-US" b="1"/>
             <a:t>Priority Limnological Data</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{91750126-970F-4640-83B2-8C1B3F2FC425}" type="parTrans" cxnId="{276FBF77-1C81-4EBA-A745-F4FF8B2604CE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A7C2A64C-5EEA-4E80-9BA4-DC78A28506BC}" type="sibTrans" cxnId="{276FBF77-1C81-4EBA-A745-F4FF8B2604CE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8F00C902-9FD5-49DC-A694-AD683979EFD8}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Secchi depth</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{755FB34A-7C85-4F7B-96D6-3B3F93C84C28}" type="parTrans" cxnId="{5BF508B4-3589-427A-90CF-457CEC3AC8BE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{869FCE3D-3BB7-4ABC-98DA-2EB283FB7A5B}" type="sibTrans" cxnId="{5BF508B4-3589-427A-90CF-457CEC3AC8BE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8E578EFB-CA88-4375-8868-C0E6B570C19D}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Total Phosphorus</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{0F2C7B8D-3B0E-4FCE-8965-8EC632547010}" type="parTrans" cxnId="{D7F63038-CDF3-4E65-BB49-222BD29B75CD}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{70D811AB-A77F-4897-8A5E-2890F4A27D1A}" type="sibTrans" cxnId="{D7F63038-CDF3-4E65-BB49-222BD29B75CD}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{30DCD25E-78F6-40C3-873E-4BCC796ED794}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Total Nitrogen</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EF7AE7E1-8940-42F5-80E2-1A52EF73E1C2}" type="parTrans" cxnId="{A675930C-BC09-4FF1-A478-51A4E14C930D}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{27A4F6A2-3B36-4AD2-84F5-6327B0BDE99E}" type="sibTrans" cxnId="{A675930C-BC09-4FF1-A478-51A4E14C930D}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{ACAF610E-42B3-4F9C-8AC4-6E34BF63AA8C}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Conductivity</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3E4DA5E6-596D-41C3-8856-98EDC454E966}" type="parTrans" cxnId="{F4075BC3-51DF-46D6-968A-BED94F31C2E5}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CB8E73F8-3331-4EFF-A55B-7C01BD151ED4}" type="sibTrans" cxnId="{F4075BC3-51DF-46D6-968A-BED94F31C2E5}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{AE2FB820-FBBE-4A8E-9B6F-9C4690CB5884}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Temperature</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E2F559CB-2C4A-4F05-83B6-B71306F24390}" type="parTrans" cxnId="{49649C74-8414-4AF4-A418-EFC7646A18D1}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D2CBC5BB-CB5F-4A7B-BDD4-6A16865FE3BB}" type="sibTrans" cxnId="{49649C74-8414-4AF4-A418-EFC7646A18D1}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C92C0073-AB4B-41C7-9C7F-872A628C933A}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Total phosphorus</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{4D484265-2868-4305-8318-833349E1E039}" type="parTrans" cxnId="{8867DE80-C73D-416A-B4FA-5CE4FE7929F2}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3B9F41A6-18D3-4865-930A-03DC4D53BC24}" type="sibTrans" cxnId="{8867DE80-C73D-416A-B4FA-5CE4FE7929F2}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{DBBD8321-9488-4420-B539-8955A298E3D9}">
       <dgm:prSet phldrT="[Text]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
             <a:t>Chlorophyll </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" i="1"/>
             <a:t>a</a:t>
           </a:r>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C77587F9-B73A-48CB-8952-98D8082B2077}" type="parTrans" cxnId="{C0BE31B8-CE26-4D1E-A438-BD7F17EAA398}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{14153730-C6D0-4BB1-A34C-2EC824259F13}" type="sibTrans" cxnId="{C0BE31B8-CE26-4D1E-A438-BD7F17EAA398}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="en-US">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3A2F2DA6-09EA-4C5A-80FF-96DA39090E42}" type="pres">
       <dgm:prSet presAssocID="{817A1B82-2A85-4C73-935A-A5A9C2A50002}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{966C570E-DECC-450B-B06C-EE02F4D77AF8}" type="pres">
       <dgm:prSet presAssocID="{BD70199B-3935-4E7D-867B-25D3C7BD4EBD}" presName="composite" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2165F96D-75F7-4BB5-B8D0-F139FC3B6A5E}" type="pres">
       <dgm:prSet presAssocID="{BD70199B-3935-4E7D-867B-25D3C7BD4EBD}" presName="parTx" presStyleLbl="alignNode1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
@@ -38963,169 +39744,172 @@
     <dgm:cxn modelId="{6E4619B7-875F-4D3E-8E6D-803E05E9CF92}" type="presOf" srcId="{8E578EFB-CA88-4375-8868-C0E6B570C19D}" destId="{1DB16703-3A6D-4641-9CFA-AA382201AE18}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{C0BE31B8-CE26-4D1E-A438-BD7F17EAA398}" srcId="{AC8972BB-917C-4CAF-81F2-F3A1C58FE25E}" destId="{DBBD8321-9488-4420-B539-8955A298E3D9}" srcOrd="2" destOrd="0" parTransId="{C77587F9-B73A-48CB-8952-98D8082B2077}" sibTransId="{14153730-C6D0-4BB1-A34C-2EC824259F13}"/>
     <dgm:cxn modelId="{6EFBF6B9-8E3B-44D8-9CC3-ACB027205D36}" type="presOf" srcId="{2B66A727-B814-4E25-99C8-483296E25F87}" destId="{4EAECAA3-9EC9-479E-8002-4B2085EED202}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{DE3402C1-3AF4-4A81-AE6E-E855A53B0D28}" srcId="{BD70199B-3935-4E7D-867B-25D3C7BD4EBD}" destId="{79A91883-6125-4EF2-8543-7784FE4A7C8D}" srcOrd="0" destOrd="0" parTransId="{19E3CB74-3A04-4CBF-BA28-EB019F0C2C8B}" sibTransId="{322BF776-E3E8-448F-B227-710BD72D9775}"/>
     <dgm:cxn modelId="{92FF44C1-3848-4154-A645-85F142815D9E}" srcId="{2B66A727-B814-4E25-99C8-483296E25F87}" destId="{FEA420C0-8F45-4E48-AC5F-1E65C7D943B8}" srcOrd="1" destOrd="0" parTransId="{8AC8BC5B-B0E5-489E-A81B-EDB17C9E2D4A}" sibTransId="{A7A70AD2-EDD0-4E25-BF83-1E3B3665D5F6}"/>
     <dgm:cxn modelId="{F4075BC3-51DF-46D6-968A-BED94F31C2E5}" srcId="{2B66A727-B814-4E25-99C8-483296E25F87}" destId="{ACAF610E-42B3-4F9C-8AC4-6E34BF63AA8C}" srcOrd="2" destOrd="0" parTransId="{3E4DA5E6-596D-41C3-8856-98EDC454E966}" sibTransId="{CB8E73F8-3331-4EFF-A55B-7C01BD151ED4}"/>
     <dgm:cxn modelId="{868B84D0-1129-4D3E-B8E1-991B7A553F6B}" srcId="{817A1B82-2A85-4C73-935A-A5A9C2A50002}" destId="{2B66A727-B814-4E25-99C8-483296E25F87}" srcOrd="1" destOrd="0" parTransId="{45C7607E-E589-489E-A59C-7A7CBA4B7C14}" sibTransId="{2FC4ECE5-E030-4682-AC82-84C93B778AB2}"/>
     <dgm:cxn modelId="{FC9AF9E4-8108-42CC-90AD-9121CD388C71}" type="presOf" srcId="{30DCD25E-78F6-40C3-873E-4BCC796ED794}" destId="{1DB16703-3A6D-4641-9CFA-AA382201AE18}" srcOrd="0" destOrd="3" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{E02523F6-6825-4F8F-A1C7-6B9EEA230E27}" type="presOf" srcId="{8F00C902-9FD5-49DC-A694-AD683979EFD8}" destId="{DE6BAEAC-3630-4D9E-AFB9-902CD1F7ADC0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{784B43D3-E423-4D94-BE2F-0B23D99C7207}" type="presParOf" srcId="{3A2F2DA6-09EA-4C5A-80FF-96DA39090E42}" destId="{966C570E-DECC-450B-B06C-EE02F4D77AF8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{8308298E-1BD0-4D4D-8714-55AF0FD6288D}" type="presParOf" srcId="{966C570E-DECC-450B-B06C-EE02F4D77AF8}" destId="{2165F96D-75F7-4BB5-B8D0-F139FC3B6A5E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{DE3F1B77-7F45-428A-B485-4A39D49868F4}" type="presParOf" srcId="{966C570E-DECC-450B-B06C-EE02F4D77AF8}" destId="{1DB16703-3A6D-4641-9CFA-AA382201AE18}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{344BC30B-BFDA-49CB-AC6A-EEC7EF1FEDE3}" type="presParOf" srcId="{3A2F2DA6-09EA-4C5A-80FF-96DA39090E42}" destId="{1377AC70-22B7-4942-BE3E-74E94284A210}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{2D31FF17-C329-4ADB-A2FF-D92503280758}" type="presParOf" srcId="{3A2F2DA6-09EA-4C5A-80FF-96DA39090E42}" destId="{77BB8E74-0258-4640-9E53-D570497A6B14}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{2F620A84-EF60-43A3-88A6-0DDE341D1AC7}" type="presParOf" srcId="{77BB8E74-0258-4640-9E53-D570497A6B14}" destId="{4EAECAA3-9EC9-479E-8002-4B2085EED202}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{E98611DC-E8C2-41A2-AD59-A34F16E3D009}" type="presParOf" srcId="{77BB8E74-0258-4640-9E53-D570497A6B14}" destId="{010240E4-6923-472F-96C4-8C40AC33307A}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{78864AEE-9E8A-415D-9948-6F2F5A3FB555}" type="presParOf" srcId="{3A2F2DA6-09EA-4C5A-80FF-96DA39090E42}" destId="{D1F0519D-8F27-4BE1-BB41-2E00EC4D421C}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{FC1D7B0D-ECD6-4176-AC5C-63BEE38B244F}" type="presParOf" srcId="{3A2F2DA6-09EA-4C5A-80FF-96DA39090E42}" destId="{A3363268-2939-4F60-96C5-9C479F774247}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{6F380DF3-153F-4F12-8B81-5E61ABA659E4}" type="presParOf" srcId="{A3363268-2939-4F60-96C5-9C479F774247}" destId="{49980628-7C1B-4B9F-8078-A85C556F31D1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{11BFC463-EDB2-4AD8-BD74-5A48911BB577}" type="presParOf" srcId="{A3363268-2939-4F60-96C5-9C479F774247}" destId="{DE6BAEAC-3630-4D9E-AFB9-902CD1F7ADC0}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId23" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId21" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+    <a:ext uri="{C62137D5-CB1D-491B-B009-E17868A290BF}">
+      <dgm14:recolorImg xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" val="1"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{2165F96D-75F7-4BB5-B8D0-F139FC3B6A5E}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1831" y="84022"/>
-          <a:ext cx="1785788" cy="714315"/>
+          <a:off x="1831" y="107170"/>
+          <a:ext cx="1785788" cy="668019"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="accent3">
+          <a:schemeClr val="dk2">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="accent3">
+            <a:schemeClr val="dk2">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="113792" tIns="65024" rIns="113792" bIns="65024" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1600" kern="1200"/>
+            <a:rPr lang="en-US" sz="1600" b="1" kern="1200"/>
             <a:t>Priority Sampling Analytes</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1831" y="84022"/>
-        <a:ext cx="1785788" cy="714315"/>
+        <a:off x="1831" y="107170"/>
+        <a:ext cx="1785788" cy="668019"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{1DB16703-3A6D-4641-9CFA-AA382201AE18}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="9528" y="798337"/>
+          <a:off x="9528" y="775189"/>
           <a:ext cx="1785788" cy="1449360"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="accent3">
+          <a:schemeClr val="dk2">
+            <a:alpha val="90000"/>
             <a:tint val="40000"/>
-            <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="accent3">
+            <a:schemeClr val="dk2">
+              <a:alpha val="90000"/>
               <a:tint val="40000"/>
-              <a:alpha val="90000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="85344" tIns="85344" rIns="113792" bIns="128016" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
@@ -39183,180 +39967,180 @@
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200"/>
             <a:t>Total Phosphorus</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="171450" lvl="1" indent="-171450" algn="l" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200"/>
             <a:t>Total Nitrogen</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="9528" y="798337"/>
+        <a:off x="9528" y="775189"/>
         <a:ext cx="1785788" cy="1449360"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{4EAECAA3-9EC9-479E-8002-4B2085EED202}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2037630" y="84022"/>
-          <a:ext cx="1785788" cy="714315"/>
+          <a:off x="2037630" y="107170"/>
+          <a:ext cx="1785788" cy="668019"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="accent3">
-[...2 lines deleted...]
-            <a:lumOff val="-1373"/>
+          <a:schemeClr val="dk2">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="accent3">
-[...2 lines deleted...]
-              <a:lumOff val="-1373"/>
+            <a:schemeClr val="dk2">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="113792" tIns="65024" rIns="113792" bIns="65024" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="99568" tIns="56896" rIns="99568" bIns="56896" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1600" kern="1200"/>
+            <a:rPr lang="en-US" sz="1400" b="1" kern="1200"/>
             <a:t>Priority Conditions</a:t>
           </a:r>
         </a:p>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1200" kern="1200"/>
             <a:t>(Discrete or Continuous Measurements)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2037630" y="84022"/>
-        <a:ext cx="1785788" cy="714315"/>
+        <a:off x="2037630" y="107170"/>
+        <a:ext cx="1785788" cy="668019"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{010240E4-6923-472F-96C4-8C40AC33307A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2037630" y="798337"/>
+          <a:off x="2037630" y="775189"/>
           <a:ext cx="1785788" cy="1449360"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="accent3">
+          <a:schemeClr val="dk2">
+            <a:alpha val="90000"/>
             <a:tint val="40000"/>
-            <a:alpha val="90000"/>
-[...2 lines deleted...]
-            <a:lumOff val="-537"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="accent3">
+            <a:schemeClr val="dk2">
+              <a:alpha val="90000"/>
               <a:tint val="40000"/>
-              <a:alpha val="90000"/>
-[...2 lines deleted...]
-              <a:lumOff val="-537"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="85344" tIns="85344" rIns="113792" bIns="128016" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
@@ -39393,162 +40177,162 @@
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200"/>
             <a:t>Dissolved Oxygen</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="171450" lvl="1" indent="-171450" algn="l" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200"/>
             <a:t>Conductivity</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2037630" y="798337"/>
+        <a:off x="2037630" y="775189"/>
         <a:ext cx="1785788" cy="1449360"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{49980628-7C1B-4B9F-8078-A85C556F31D1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="4073429" y="84022"/>
-          <a:ext cx="1785788" cy="714315"/>
+          <a:off x="4073429" y="107170"/>
+          <a:ext cx="1785788" cy="668019"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="accent3">
-[...2 lines deleted...]
-            <a:lumOff val="-2745"/>
+          <a:schemeClr val="dk2">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="accent3">
-[...2 lines deleted...]
-              <a:lumOff val="-2745"/>
+            <a:schemeClr val="dk2">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="113792" tIns="65024" rIns="113792" bIns="65024" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1600" kern="1200"/>
+            <a:rPr lang="en-US" sz="1600" b="1" kern="1200"/>
             <a:t>Priority Limnological Data</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="4073429" y="84022"/>
-        <a:ext cx="1785788" cy="714315"/>
+        <a:off x="4073429" y="107170"/>
+        <a:ext cx="1785788" cy="668019"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{DE6BAEAC-3630-4D9E-AFB9-902CD1F7ADC0}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="4073429" y="798337"/>
+          <a:off x="4073429" y="775189"/>
           <a:ext cx="1785788" cy="1449360"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
-          <a:schemeClr val="accent3">
+          <a:schemeClr val="dk2">
+            <a:alpha val="90000"/>
             <a:tint val="40000"/>
-            <a:alpha val="90000"/>
-[...2 lines deleted...]
-            <a:lumOff val="-1075"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="accent3">
+            <a:schemeClr val="dk2">
+              <a:alpha val="90000"/>
               <a:tint val="40000"/>
-              <a:alpha val="90000"/>
-[...2 lines deleted...]
-              <a:lumOff val="-1075"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="85344" tIns="85344" rIns="113792" bIns="128016" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
@@ -39590,51 +40374,51 @@
         <a:p>
           <a:pPr marL="171450" lvl="1" indent="-171450" algn="l" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200"/>
             <a:t>Chlorophyll </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1600" i="1" kern="1200"/>
             <a:t>a</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1600" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="4073429" y="798337"/>
+        <a:off x="4073429" y="775189"/>
         <a:ext cx="1785788" cy="1449360"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hList1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="list" pri="5000"/>
     <dgm:cat type="convert" pri="5000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="11">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
@@ -41162,52 +41946,52 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3aecde8-d9a1-4049-933e-9e2b7225d702">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9aa0aac6-9572-464b-91c6-faa7c94d9472" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EC4DC73760088B44ABF93A5FB50D0363" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db03ec8eb27dba2d80c5da74b2b674e9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3aecde8-d9a1-4049-933e-9e2b7225d702" xmlns:ns3="9aa0aac6-9572-464b-91c6-faa7c94d9472" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6d6cd4f97a796e628a205f5f15cbf8fe" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EC4DC73760088B44ABF93A5FB50D0363" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="37cbfed0ec1c5556d04793eb7d24b61f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3aecde8-d9a1-4049-933e-9e2b7225d702" xmlns:ns3="9aa0aac6-9572-464b-91c6-faa7c94d9472" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3131b2830d9ceec100331f7c579167e9" ns2:_="" ns3:_="">
     <xsd:import namespace="d3aecde8-d9a1-4049-933e-9e2b7225d702"/>
     <xsd:import namespace="9aa0aac6-9572-464b-91c6-faa7c94d9472"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -41421,120 +42205,105 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA0DB5BB-7EFA-4FEC-A907-2E845697D53E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d3aecde8-d9a1-4049-933e-9e2b7225d702"/>
     <ds:schemaRef ds:uri="9aa0aac6-9572-464b-91c6-faa7c94d9472"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0523B212-6B6C-47E0-8C38-7CC0B5188A47}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87186E2-7531-44C6-A928-8362464D6429}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF543B4B-CDED-4D4C-BB7C-7335813ADF1E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CED42DC-F8C1-4B85-991A-16370B00FDD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>40</Pages>
-  <Words>11161</Words>
-  <Characters>63624</Characters>
+  <Words>11246</Words>
+  <Characters>64107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>530</Lines>
-  <Paragraphs>149</Paragraphs>
+  <Lines>534</Lines>
+  <Paragraphs>150</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOEEA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>74636</CharactersWithSpaces>
+  <CharactersWithSpaces>75203</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="426" baseType="variant">
       <vt:variant>
         <vt:i4>5242882</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>246</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://cran.r-project.org/web/packages/MassWateR/index.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4390982</vt:i4>
       </vt:variant>
       <vt:variant>