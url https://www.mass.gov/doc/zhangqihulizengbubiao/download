--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -1,3965 +1,7457 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CA2C13E" w14:textId="07EBE536" w:rsidR="00E13E4A" w:rsidRPr="003E3BCE" w:rsidRDefault="009F09A2" w:rsidP="00DF248D">
+    <w:p w14:paraId="24EA4EE0" w14:textId="263F8481" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="008D2FE0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="6949A36F" w14:textId="77777777" w:rsidR="009F09A2" w:rsidRDefault="009F09A2" w:rsidP="009F09A2">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei" w:cs="Microsoft JhengHei" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>长</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei" w:cs="Microsoft JhengHei" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>护</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>理</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1542">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>服</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1542">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei" w:cs="Microsoft JhengHei" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>务</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1542">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>和支持</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75021598" w14:textId="77E7E2C2" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您是否需要在疗养院类型设施中的长期服务</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>和支持</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A094001" w14:textId="0531BAE5" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE0A052" w14:textId="7CBD4CA1" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0373456E" w14:textId="50BC6B7B" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，您必须回答所有的问题，并填写本附件的所有章节。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C75936F" w14:textId="15F32B55" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您是否根据家庭和社区服务</w:t>
+      </w:r>
+      <w:r w:rsidR="00F609EC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="00F609EC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>HCBS</w:t>
+      </w:r>
+      <w:r w:rsidR="00F609EC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>豁免计划在申请</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>接受家中长期服务</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1542">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>和支持</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137052A6" w14:textId="4F9D8831" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FB70AA" w14:textId="3B4DBB5C" w:rsidR="001A5F78" w:rsidRDefault="002A7632" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CD612F" w14:textId="3E765960" w:rsidR="001D1542" w:rsidRDefault="001D1542" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
-[...1 lines deleted...]
-        <w:t>您是否需要</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您在通过年长者全包护理计划（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
-[...1 lines deleted...]
-        <w:t>疗养院类型设施中的长期护理服务？</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>PACE</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）申请或接受长期护理服务和支持吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4F97C8" w14:textId="79E45130" w:rsidR="001D1542" w:rsidRDefault="001D1542" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="470B8623" w14:textId="78D2EB00" w:rsidR="001D1542" w:rsidRPr="000F47ED" w:rsidRDefault="001D1542" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">  </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490FB70F" w14:textId="77777777" w:rsidR="009F09A2" w:rsidRDefault="009F09A2" w:rsidP="009F09A2">
-[...31 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+    <w:p w14:paraId="0D1DDAB0" w14:textId="7893CD3B" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，您需要填写</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“资源转让”和“长期护理保险”</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5692D60A" w14:textId="77777777" w:rsidR="009F09A2" w:rsidRDefault="009F09A2" w:rsidP="009F09A2">
-[...30 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+    <w:p w14:paraId="4D5B5CDE" w14:textId="0770D670" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="002A7632">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请用大写字母清楚地填写</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。如果您需要更多纸页填写任何栏目，请另附一页纸（包括您的姓名和社会安全号码），并将其附在本附件中。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45067CB3" w14:textId="68CDF8C1" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="00DF12D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>会员信息</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050C4476" w14:textId="2DFE777F" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="007275D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓、名、中间名首字母</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EAC6E1" w14:textId="49384BA9" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>社会安全号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDC7623" w14:textId="6AC19DF0" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>医院、</w:t>
+      </w:r>
+      <w:r w:rsidR="0022396E" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>专业</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>护理设施或其他机构的名称和地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D793E76" w14:textId="462F61A6" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>入住日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB7DA1E" w14:textId="4B43E4D3" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您是由另一个州安置在这里的吗？</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="0022396E" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0022396E" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DACF2BB" w14:textId="32123EE9" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，是哪一个州？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B55226" w14:textId="77777777" w:rsidR="00B6587C" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您是否必须为法院指定的监护人支付监护费？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D0E746" w14:textId="072C1885" w:rsidR="002A7632" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE8DDDB" w14:textId="20AEB09B" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="002A7632" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6693E004" w14:textId="368F9A4A" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00DF12D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B375F8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>在家中居住的配偶和家庭成员的生活费</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（如果您正在申请家庭和社区服务豁免计划</w:t>
+      </w:r>
+      <w:r w:rsidR="00B375F8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidR="00B375F8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PACE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请不要填写本节。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5205E1E7" w14:textId="1B445A78" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>住在家中的配偶可能能够保留您的部分收入。请填写以下有关您的配偶当前生活费的信息。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果您没有配偶</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，进入下一节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（资源转让）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B83CB3" w14:textId="7917D6C7" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>送交</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您的配偶当前生活费证明。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53564B43" w14:textId="63273D8B" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>配偶的姓、名、中间名首字母</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FD7A71" w14:textId="68B2317F" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>社会安全号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4F0B9B" w14:textId="38B4A5D9" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您的配偶每个月为以下各项付多少钱？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0978B240" w14:textId="0B18B774" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>租金</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127D08E3" w14:textId="16D27A35" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>抵押贷款（本金和利息）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C5B02" w14:textId="4C5C3C20" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>房主</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>租户保险</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CA9C31" w14:textId="2CD22349" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>税</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11473A27" w14:textId="1F6BE373" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="005444BD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>共管公寓或合作公寓要求缴纳的维护费</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D6F8B1" w14:textId="140EFACA" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5595"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>辅助生活设施的食宿费</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E27A7C6" w14:textId="68C79A4C" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="001A5F78" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4094"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您的配偶支付暖气费吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FE16A2" w14:textId="0531ED8E" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360F5F90" w14:textId="537FA484" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C1EAF6" w14:textId="7C0B80AF" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您的配偶支付公用事业费吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE30C1B" w14:textId="7E23A516" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D1F92C" w14:textId="2ADF8A23" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="977"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A45F05F" w14:textId="14A08555" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>是否有子女、父母和</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidR="00B375F8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>兄弟</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>姐妹与您的配偶同住</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27367345" w14:textId="1E60F5A3" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4050C901" w14:textId="1F89A019" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763BF1CB" w14:textId="367C4CFB" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B375F8">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本节。如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+      <w:r w:rsidR="007275D7" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请进入下一节（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B375F8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>资源转让</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350737AB" w14:textId="77777777" w:rsidR="007275D7" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B375F8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>送交</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>他们减去扣除额前的每月收入</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B375F8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>证明</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D81D99" w14:textId="70EF6599" w:rsidR="00B6587C" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>可能允许扣除他们的维护需求费用。这些人必须与您或您的配偶有亲属关系，并且你们中的一人必须在联邦所得税表中将他们列为受抚养人。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B9119B" w14:textId="2378C75E" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5AE518" w14:textId="5726E4F8" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>社会安全号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5D0AFC" w14:textId="7091037B" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>关系</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066329E0" w14:textId="7E8695F4" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>出生日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D13B10B" w14:textId="47AC3ABD" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>减去扣除额前的每月收入</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEC2465" w14:textId="386F195A" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277BDF58" w14:textId="3178C0C0" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>社会安全号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABB14AD" w14:textId="1F16F361" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>关系</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD8A93E" w14:textId="5E414084" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>出生日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209AEE2F" w14:textId="2B2CBF10" w:rsidR="001A5F78" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>减去扣除额前的每月收入</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C755327" w14:textId="1E26D129" w:rsidR="00063CE6" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>资源转让（资源包括收入和资产）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712BA8B5" w14:textId="71DE2E46" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>个月中：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063CC0AE" w14:textId="32CCB8B8" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是否有任何可用或属于您或您的配偶的被转入或转出信托的房产？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8ECD60" w14:textId="040B729A" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F41DB1" w14:textId="0E7B361C" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4759CE25" w14:textId="3B54BDB8" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6587C" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您、您的配偶或代表您的人是否曾转让收入或收入权？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBACFF6" w14:textId="77777777" w:rsidR="00B6587C" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6CA582" w14:textId="77777777" w:rsidR="00B6587C" w:rsidRPr="000F47ED" w:rsidRDefault="00B6587C" w:rsidP="00B6587C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFB1B14" w14:textId="6D27D13D" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00EF3937">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3937" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您、您的配偶或代表您的人是否曾转让任何资产、更改任何资产的所有权、放弃或出售任何资产，包括您的住房或其他？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EDB553" w14:textId="77777777" w:rsidR="00EF3937" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="00EF3937">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCFA58B" w14:textId="77777777" w:rsidR="00EF3937" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="00EF3937">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD95A9D" w14:textId="2B92F651" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00EF3937">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3937" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您、您的配偶或代表您的人是否曾更改任何的契约或所有权，包括创建终身地产，即使该终身地产是在他人的住所购买？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D722B5D" w14:textId="799922E9" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CE5364" w14:textId="2AE454A1" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487BBB0D" w14:textId="1FCA91BF" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3937" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果您在他人家中购买了终身地产，您是否在购买该终身地产后在该房屋中至少居住了一年？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A50937C" w14:textId="05E2E04A" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6161DF92" w14:textId="687E4182" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C86CACA" w14:textId="4C1C67D0" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3937" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您、您的配偶或代表您的人是否曾在您拥有的任何房产契约上添加了另一个人的名字？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6732F25A" w14:textId="452A1308" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CABF61" w14:textId="09DFFC11" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF08109" w14:textId="617E3397" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">g. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3937" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您、您的配偶或代表您的人是否曾收到或给予任何人任何房产或其他资产的抵押贷款、贷款或期票？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759A3A52" w14:textId="2FD27F92" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371CAFD3" w14:textId="341EFFD1" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8AC535" w14:textId="441502EA" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">h. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3937" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您、您的配偶或代表您的人是否曾购买或以任何方式更改年金？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7BEE24" w14:textId="1247E818" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62920559" w14:textId="6457D86D" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DED6D1A" w14:textId="7168537C" w:rsidR="00EF3937" w:rsidRPr="000F47ED" w:rsidRDefault="00EF3937" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果您对以上任何问题回答</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“是”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，您必须填写以下栏目，并</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>送交此类信息的证明</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17177A27" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>资产</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>收入说明</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEA0441" w14:textId="68F84261" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317F3BBE" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让给谁</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DEEB68" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>与您或您的配偶的关系</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061E0D75" w14:textId="15B2245C" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让金额</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB454EF" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>资产</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>收入描述</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F6F97A" w14:textId="4DF8BE96" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DDD8AA" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让给谁</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D27DF6E" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>与您或您的配偶的关系</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425E0663" w14:textId="7E1BAA6F" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让金额</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4769C189" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>资产</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>收入说明</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C27E8AC" w14:textId="2161FE69" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0394CFF3" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>转让给谁</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A354D69" w14:textId="77777777" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>与您或您的配偶的关系</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130FC778" w14:textId="7E04492A" w:rsidR="003726C9" w:rsidRPr="000F47ED" w:rsidRDefault="003726C9" w:rsidP="003726C9">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>转让金额</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24683670" w14:textId="5FB1C33B" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00800AD5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您、您的配偶或代表您的人是否曾向任何医疗保健或居住设施（例如辅助生活设施、持续护理退休人社区或生活护理社区）支付押金？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211BF5A8" w14:textId="260C3CF5" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C74D262" w14:textId="1CC3CBBB" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B168E4" w14:textId="3C03BBC3" w:rsidR="00800AD5" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请列出该设施的名称和地址、押金金额，回答以下问题，并</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>送交给我们一份</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您与该设施签署的合同以及任何有关该押金的文件。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4904AF1C" w14:textId="3BA8B229" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2386"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>设施名称</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6096802C" w14:textId="4A9B10A0" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>设施地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BEA9F3" w14:textId="6D3E3735" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>金额</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08146113" w14:textId="715B8D2A" w:rsidR="00B82CA7" w:rsidRPr="000F47ED" w:rsidRDefault="00B82CA7" w:rsidP="00B82CA7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00800AD5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该设施仍然持有该押金吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0B2F56" w14:textId="77777777" w:rsidR="00800AD5" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC8D821" w14:textId="77777777" w:rsidR="00800AD5" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB729F9" w14:textId="0FAC3DC3" w:rsidR="00B82CA7" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00800AD5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该设施归还了该押金吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4138E3" w14:textId="77777777" w:rsidR="00800AD5" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536824C4" w14:textId="77777777" w:rsidR="00800AD5" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1F6C42" w14:textId="312903F6" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请告诉我们从该设施领取押金的人的姓名和地址。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22892906" w14:textId="6383DE54" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该人士的姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183CB766" w14:textId="095AACAA" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7CCE93" w14:textId="2FA7BF5E" w:rsidR="000702BE" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>房地产</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D04E536" w14:textId="093DFA48" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>对以下问题的回答将用于决定是否：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您的房地产将被视为资产；或者</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>将对您的房地产设置留置权。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD9F308" w14:textId="40003D4B" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80E64">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>注释</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>：如果您在您的主要居所的产权超过一定限度，除非满足某些条件，否则您可能没有资格获得长期护理服务</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD47D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>和支持</w:t>
+      </w:r>
+      <w:r w:rsidR="00310101">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>付款</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF7B2C5" w14:textId="2F64DD5A" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00800AD5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您或您的配偶是否拥有或持有您的住房的合法权益，包括终身地产？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BF1F36" w14:textId="2D8866FF" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374D260A" w14:textId="14C2BC4F" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00800AD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="638"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B926F3" w14:textId="72BD9194" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写以下信息，并回答问题</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA362F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请仅回答问题</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B17FF89" w14:textId="30A0295E" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>所有权文件中的人的姓名和地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B2FAA4" w14:textId="7E038CBB" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>房产地点的描述和地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5746578B" w14:textId="054BCD8E" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>所有权类型（勾选一项）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DD700D" w14:textId="410051FD" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>个人（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409953FA" w14:textId="271713F3" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>共享权益（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617F9179" w14:textId="03607D51" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>共有</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2507" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>产权</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5537678C" w14:textId="0E7B9C82" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>终身地产（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498C5BDF" w14:textId="71D402E6" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>所有权文件中的人的姓名和地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AD5713" w14:textId="777A7A82" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>房产地点的描述和地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF23E4F" w14:textId="493031E4" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>所有权类型（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>勾选一项</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2569DD16" w14:textId="7324BD03" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>个人（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E39351" w14:textId="311A592A" w:rsidR="00800AD5" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>共享权益（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465DB94A" w14:textId="69CA37A6" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>共有</w:t>
+      </w:r>
+      <w:r w:rsidR="005444BD" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>产权</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250F5DF8" w14:textId="294B34C8" w:rsidR="00800AD5" w:rsidRPr="000F47ED" w:rsidRDefault="00800AD5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>终身地产（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公平市值</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B51E5A" w14:textId="1C8C0E0F" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0AE8" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00800AD5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您有配偶吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D47261" w14:textId="2A69BE31" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE3351E" w14:textId="3B32E436" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09104674" w14:textId="3F8ED854" w:rsidR="006F0AE8" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本节。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A7CA6E" w14:textId="6FCA0FB5" w:rsidR="006F0AE8" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B83BC1F" w14:textId="7AFC8733" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该人士现在住在您家中吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7049BD94" w14:textId="5A4BCF67" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BFEAF3" w14:textId="370A9727" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC67A78" w14:textId="563F540B" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0AE8" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0AE8" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您有永久性和完全残障或失明的子女吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63989950" w14:textId="04AFE0C4" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5743B467" w14:textId="5D403EA3" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA55EEA" w14:textId="3F1ED6A7" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本节。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76788987" w14:textId="1B765B68" w:rsidR="00AE3C4A" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB5D540" w14:textId="58536A0E" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该人士现在住在您家中吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AB0AFC" w14:textId="45B16734" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3733C3" w14:textId="3954D15A" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006F0AE8" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D0328A" w14:textId="3E512E61" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0AE8" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0AE8" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您有</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0AE8" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21 </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0AE8" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>岁以下的子女吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229F9E00" w14:textId="04D5EC36" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2071A1F4" w14:textId="3075E3A0" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC9AA4F" w14:textId="1BD357E4" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本节。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07838ABF" w14:textId="53F6A04C" w:rsidR="002F5491" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4BA9BAEB" w14:textId="32C03200" w:rsidR="002F5491" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>出生日期（月</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2FC0A1" w14:textId="0BAE1ED8" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该人士现在住在您的家中吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702F804F" w14:textId="0F4A648E" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F979D40" w14:textId="06E7BC54" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726E9412" w14:textId="643C451A" w:rsidR="00F6175F" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00F6175F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6175F" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>在您入住医疗机构之前，您是否有对您的住房拥有合法权益并在该住房中居住了至少一年的兄弟姐妹？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14413E2F" w14:textId="1434B8E9" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00F6175F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21299A44" w14:textId="39178081" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6791F8BA" w14:textId="561CEACA" w:rsidR="00F6175F" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本节。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319DA84F" w14:textId="7185614E" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130E02C7" w14:textId="72D5CDC0" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该人士现在住在您家中吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAB2CCE" w14:textId="56C8FBF0" w:rsidR="00F6175F" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065EAD89" w14:textId="329E329C" w:rsidR="00F6175F" w:rsidRPr="000F47ED" w:rsidRDefault="00F6175F" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8D45C4" w14:textId="1486A99E" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00DF70E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF70E4" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>在您入住医疗机构之前，您是否有至少在过去两年内一直住在您的家中并为您提供护理从而让您能够住在家中的</w:t>
+      </w:r>
+      <w:r w:rsidR="001823AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>子女</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF70E4" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B05EADC" w14:textId="45B9CFB5" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28233A6B" w14:textId="17824A42" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4D8939" w14:textId="23214673" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本节。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27140BCE" w14:textId="6662A6F9" w:rsidR="00B41F51" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BA2FE5" w14:textId="4B8E4D7D" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该人士现在住在您家中吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E5030F" w14:textId="3B12D530" w:rsidR="00B41F51" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DA7CA5" w14:textId="331EA16D" w:rsidR="00B41F51" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A81295" w14:textId="0BF8CFFE" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41F51" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您有需要赡养的亲属吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3D6885" w14:textId="1473E387" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B48C0E7" w14:textId="4A9C3CFC" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CC26CE" w14:textId="2DA96F1B" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本节。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AB4806" w14:textId="5D594660" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223282FD" w14:textId="3015B452" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>该人士现在住在您家中吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A71FAB6" w14:textId="1866C3A1" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF972AC" w14:textId="30E8E35D" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B0EF0C" w14:textId="34FAD115" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请描述关系和赡养性质：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7730CC" w14:textId="66B5A37B" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41F51" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您打算返回自己的家中吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700FE377" w14:textId="04EF96AD" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0440A27B" w14:textId="7C735D76" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2D4A3F" w14:textId="334EB2C4" w:rsidR="006D6BA6" w:rsidRPr="000F47ED" w:rsidRDefault="00B41F51" w:rsidP="008855A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（如果您正在申请家庭和社区服务豁免计划，请不要填写本节。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCD50F4" w14:textId="1FC08317" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="008855A5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您或您的配偶对以上问题</w:t>
+      </w:r>
+      <w:r w:rsidR="008855A5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 </w:t>
+      </w:r>
+      <w:r w:rsidR="008855A5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>中所列的其他房地产拥有或持有合法权益吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D262515" w14:textId="03491922" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06950861" w14:textId="50BFD1BB" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6F2B9C" w14:textId="185EFE91" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请在下方描述该房产，并列出该房产的地址。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE1E3EE" w14:textId="3AABAF08" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果您需要更多纸页填写，请另附一页纸。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72984345" w14:textId="1574E03D" w:rsidR="00A04663" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>长期护理保险</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8D93D8" w14:textId="78B2EF10" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:r w:rsidR="008855A5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008855A5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您或您的配偶有长期护理保险吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0571D9" w14:textId="2E34624E" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D56E76" w14:textId="34BB3B87" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E62673B" w14:textId="77777777" w:rsidR="00FA4AF1" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请填写本栏。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FB7199" w14:textId="5FDD9E3D" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4AF1" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，请进入下一节（税表）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC85647" w14:textId="0E7383F1" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>送交一份</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>保单副本。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7641AE0E" w14:textId="61993831" w:rsidR="00AE3C4A" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公司名称</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>保单号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792C8153" w14:textId="6D9B1F8D" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>保单持有人姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082241FB" w14:textId="68E09C4D" w:rsidR="00F876AE" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>生效日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA5E415" w14:textId="77777777" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>保费金额</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4B608E" w14:textId="321D1B49" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公司名称</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>保单号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768CA431" w14:textId="2052C3DD" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>保单持有人姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441CA098" w14:textId="5635C6B6" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>生效日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFBDF39" w14:textId="7BB6C3CD" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>保费金额</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA933D" w14:textId="658E0431" w:rsidR="00A04663" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>税表</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC50AE7" w14:textId="4DBFF987" w:rsidR="00F876AE" w:rsidRPr="000F47ED" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidR="008855A5" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您或您的配偶在过去两年是否提交了美国所得税税表？（勾选一项）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380B9601" w14:textId="6CEC59C7" w:rsidR="00F876AE" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是，两年均已提交</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCE2318" w14:textId="4025828E" w:rsidR="00F876AE" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是，其中一年提交</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614012C9" w14:textId="7A0E453E" w:rsidR="00F876AE" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>否，两年均未提交</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A825EF9" w14:textId="46AA5B06" w:rsidR="008855A5" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="008855A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果回答</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51144" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51144" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，您必须送交这些税表的副本。如果您没有保存一份或多份税表副本，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22384">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您必须送交填写和签署的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22384">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4506 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22384">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidR="005877DF" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005877DF" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">506 </w:t>
+      </w:r>
+      <w:r w:rsidR="005877DF" w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>表随附在本申请表的结尾处</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C007AB8" w14:textId="1072BCAA" w:rsidR="00A04663" w:rsidRPr="000F47ED" w:rsidRDefault="008855A5" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>在本附件中签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0988788E" w14:textId="370036D7" w:rsidR="00F876AE" w:rsidRPr="000F47ED" w:rsidRDefault="008934AA" w:rsidP="008934AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>我在本附件下方的签名表示，据我所知，我在本附件中提交的内容和陈述是真实和完整的，我同意接受并遵守上述权利和责任，如有不实愿受作伪证之处罚。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E852A55" w14:textId="157D42ED" w:rsidR="00F876AE" w:rsidRPr="000F47ED" w:rsidRDefault="008934AA" w:rsidP="008934AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>重要事项：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如果您以经授权代表的身份提交本附件，您必须向我们提交</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“经授权代表指定表”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>ARD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>），以便我们处理本申请表。填写该表很重要，因为这是我们与您讨论本申请表的唯一方式。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3811FD1B" w14:textId="5615869E" w:rsidR="00770CE2" w:rsidRPr="000F47ED" w:rsidRDefault="008934AA" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F09A2">
-[...3184 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>会员或经授权代表签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2527B5EC" w14:textId="06CB79A9" w:rsidR="00770CE2" w:rsidRPr="000F47ED" w:rsidRDefault="008934AA" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>用大写字母填写姓名</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+    </w:p>
+    <w:p w14:paraId="7F7AF2A7" w14:textId="2E63999A" w:rsidR="00A04663" w:rsidRPr="000F47ED" w:rsidRDefault="008934AA" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>日期</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9426AF" w14:textId="5FB1F07F" w:rsidR="003A3AC1" w:rsidRPr="003A3AC1" w:rsidRDefault="00B67A20" w:rsidP="008F2BF3">
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="003A3AC1" w:rsidRPr="003A3AC1" w:rsidSect="00655E2E">
+    <w:p w14:paraId="2ABBDB4B" w14:textId="1515AFA5" w:rsidR="009815F0" w:rsidRPr="000F47ED" w:rsidRDefault="009815F0" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009815F0" w:rsidRPr="000F47ED" w:rsidSect="005D3D89">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1170" w:left="1080" w:header="432" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15EB55CA" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="07A0E4DF" w14:textId="77777777" w:rsidR="00724140" w:rsidRDefault="00724140" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D426F01" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="34887C42" w14:textId="77777777" w:rsidR="00724140" w:rsidRDefault="00724140" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro SemiBold">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aller">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002AF" w:usb1="5000607B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...17 lines deleted...]
-    <w:panose1 w:val="020B0400000000000000"/>
+  <w:font w:name="Source Han Sans SC">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="30000287" w:usb1="2BDF3C10" w:usb2="00000016" w:usb3="00000000" w:csb0="002E0107" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="PMingLiU">
-[...1 lines deleted...]
-    <w:panose1 w:val="02010601000101010101"/>
+  <w:font w:name="Microsoft JhengHei">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+    <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4FCAB5E7" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D">
-[...9 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-433282828"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="2215907C" w14:textId="3DCEFC5F" w:rsidR="004C1A0D" w:rsidRDefault="004C1A0D" w:rsidP="00FC6B55">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00615C48">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2B40A8E3" w14:textId="7A67923D" w:rsidR="00CC6BD7" w:rsidRPr="003A3AC1" w:rsidRDefault="00B67A20" w:rsidP="00CC6BD7">
+  <w:p w14:paraId="33B08849" w14:textId="77777777" w:rsidR="008D2FE0" w:rsidRDefault="008D2FE0" w:rsidP="008D2FE0">
     <w:pPr>
-      <w:spacing w:after="360"/>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5760"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r w:rsidRPr="008D2FE0">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="es-419"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00B67A20">
+      <w:t>LTC-SUPP_ZH-CHS_2026-03</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="es-419"/>
       </w:rPr>
-      <w:t>LTC-SUPP-ZH-CHS-0320</w:t>
+      <w:tab/>
     </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1246412361"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F9CD8F1" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="7F076AAB" w14:textId="77777777" w:rsidR="00724140" w:rsidRDefault="00724140" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2607C2AF" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="01D5A661" w14:textId="77777777" w:rsidR="00724140" w:rsidRDefault="00724140" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2A1D6E81" w14:textId="77777777" w:rsidR="00655E2E" w:rsidRDefault="00655E2E" w:rsidP="00655E2E">
+  <w:p w14:paraId="05E32F5D" w14:textId="77777777" w:rsidR="004C1A0D" w:rsidRDefault="004C1A0D" w:rsidP="008D6C87">
     <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Microsoft JhengHei"/>
         <w:color w:val="FF0000"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E3BCE">
+    <w:r w:rsidRPr="00846F7C">
       <w:rPr>
+        <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Microsoft JhengHei" w:hint="eastAsia"/>
         <w:color w:val="FF0000"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
-      <w:t>Please note. This document has been formatted for use with screen readers.</w:t>
+      <w:t>请注意，本文档已格式化，以供屏幕阅读者使用。</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="597D33D2" w14:textId="4FA67445" w:rsidR="004C1A0D" w:rsidRPr="008D6C87" w:rsidRDefault="004C1A0D" w:rsidP="008D6C87">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun"/>
+        <w:color w:val="FF0000"/>
+        <w:lang w:eastAsia="zh-CN"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00AE225A">
+      <w:rPr>
+        <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:hint="eastAsia"/>
+        <w:color w:val="FF0000"/>
+        <w:lang w:eastAsia="zh-CN"/>
+      </w:rPr>
+      <w:t>本文档中的页码引用（无论是在目录中还是在文本中的其他地方）均指原出版物中的页码。</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="96F01F6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="004D3D76"/>
+    <w:nsid w:val="10E563BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A98E1C36"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="B1B26B2A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1735773F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0752544E"/>
+    <w:lvl w:ilvl="0" w:tplc="3A9CFC34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="175142B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AD68F76"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17EA29D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D2D00D1E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9E42E99A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A2ECB926">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wingdings" w:cstheme="minorHAnsi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BBD58E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28E09C88"/>
+    <w:lvl w:ilvl="0" w:tplc="654EBBB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="205925AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BB2B738"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24C1337B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C10EB3E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25CE08E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23FAA6DC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27E944A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FCC546D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5298E34A"/>
+    <w:lvl w:ilvl="0" w:tplc="172663CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="340A3D0B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76DEA24E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36FD4133"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23DAD45A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F6A0C52"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB1AA288"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="075461BD"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="413F5296"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BA26DBC0"/>
+    <w:tmpl w:val="0CC2B244"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -4025,54 +7517,231 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0CCE603D"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="450C137F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B29A3628"/>
+    <w:tmpl w:val="5AF85CDC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A711993"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4C98D92A"/>
+    <w:lvl w:ilvl="0" w:tplc="A39E6A5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51A854B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2FAAE38"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -4138,4175 +7807,215 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11B91C4D"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ED80F854"/>
-    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+    <w:tmpl w:val="52FE2CE6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="158306A9"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C5956D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85FCB06C"/>
-[...465 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="151C1A70">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%2)"/>
-[...238 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...24 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...29 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...27 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...24 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...29 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%1)"/>
-[...27 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...24 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...593 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="35471CE0"/>
-[...2495 lines deleted...]
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74227DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05248304"/>
     <w:lvl w:ilvl="0" w:tplc="D574787E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8376,1495 +8085,2378 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7B7B6A99"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="792D06D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="068430B8"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000B">
+    <w:tmpl w:val="0C30E68C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A0564B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D64A7A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="1" w16cid:durableId="2097747429">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1257715903">
-    <w:abstractNumId w:val="45"/>
+  <w:num w:numId="2" w16cid:durableId="1848405055">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="125660217">
+  <w:num w:numId="3" w16cid:durableId="1774667594">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1162355636">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="829370582">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1196843710">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="538325459">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1056977778">
+  <w:num w:numId="8" w16cid:durableId="1302228681">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="708577476">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1643923175">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1113014396">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1566407237">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="350424427">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="13" w16cid:durableId="1762725842">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="696588318">
+  <w:num w:numId="14" w16cid:durableId="369652227">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1141268445">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="563415064">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1195002200">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2074233531">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1630865332">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="594628022">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1676491450">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1109161668">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="622811041">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="23" w16cid:durableId="117142358">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2016956978">
-[...104 lines deleted...]
-  <w:num w:numId="43" w16cid:durableId="1936356808">
+  <w:num w:numId="24" w16cid:durableId="133104274">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1967079260">
-[...8 lines deleted...]
-  <w:numIdMacAtCleanup w:val="6"/>
+  <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="116737"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00142935"/>
+    <w:rsid w:val="00000A06"/>
     <w:rsid w:val="00000F2D"/>
+    <w:rsid w:val="00002A58"/>
+    <w:rsid w:val="00003DC8"/>
     <w:rsid w:val="00005515"/>
     <w:rsid w:val="00006B9E"/>
+    <w:rsid w:val="000072C7"/>
     <w:rsid w:val="00010925"/>
     <w:rsid w:val="00011C91"/>
+    <w:rsid w:val="00012253"/>
+    <w:rsid w:val="00014130"/>
+    <w:rsid w:val="000142F6"/>
     <w:rsid w:val="00015228"/>
+    <w:rsid w:val="00017B2C"/>
     <w:rsid w:val="0002033E"/>
+    <w:rsid w:val="0003460B"/>
     <w:rsid w:val="00034791"/>
+    <w:rsid w:val="00034991"/>
     <w:rsid w:val="000353A9"/>
+    <w:rsid w:val="0003610C"/>
     <w:rsid w:val="0003641D"/>
+    <w:rsid w:val="0003748A"/>
+    <w:rsid w:val="000379C2"/>
     <w:rsid w:val="00043085"/>
+    <w:rsid w:val="0004446D"/>
+    <w:rsid w:val="0004477D"/>
+    <w:rsid w:val="00044943"/>
     <w:rsid w:val="000459C1"/>
+    <w:rsid w:val="00045FC0"/>
+    <w:rsid w:val="00045FD4"/>
+    <w:rsid w:val="00046A42"/>
     <w:rsid w:val="00046B45"/>
     <w:rsid w:val="00047A07"/>
+    <w:rsid w:val="00051745"/>
+    <w:rsid w:val="00052F47"/>
+    <w:rsid w:val="000554E4"/>
     <w:rsid w:val="00055763"/>
     <w:rsid w:val="00057734"/>
+    <w:rsid w:val="00057CB1"/>
+    <w:rsid w:val="00057E2C"/>
     <w:rsid w:val="00062BE6"/>
     <w:rsid w:val="00063CE6"/>
-    <w:rsid w:val="000649B7"/>
+    <w:rsid w:val="000650F8"/>
+    <w:rsid w:val="0006592B"/>
     <w:rsid w:val="000663C3"/>
     <w:rsid w:val="000702BE"/>
+    <w:rsid w:val="00070726"/>
     <w:rsid w:val="00072A87"/>
+    <w:rsid w:val="00072BB7"/>
     <w:rsid w:val="00075490"/>
+    <w:rsid w:val="00075B8C"/>
     <w:rsid w:val="0007622E"/>
     <w:rsid w:val="00076865"/>
     <w:rsid w:val="00080484"/>
     <w:rsid w:val="00080AAE"/>
+    <w:rsid w:val="00081FC3"/>
+    <w:rsid w:val="00084651"/>
+    <w:rsid w:val="00085A35"/>
     <w:rsid w:val="00085D3D"/>
+    <w:rsid w:val="00086054"/>
+    <w:rsid w:val="00087738"/>
+    <w:rsid w:val="00090CC0"/>
+    <w:rsid w:val="00093511"/>
     <w:rsid w:val="00095595"/>
+    <w:rsid w:val="00096470"/>
     <w:rsid w:val="00096808"/>
     <w:rsid w:val="000A0849"/>
     <w:rsid w:val="000A0C7C"/>
+    <w:rsid w:val="000A0FAB"/>
     <w:rsid w:val="000A311D"/>
     <w:rsid w:val="000A36CD"/>
     <w:rsid w:val="000A463E"/>
+    <w:rsid w:val="000A76BD"/>
+    <w:rsid w:val="000B36A3"/>
+    <w:rsid w:val="000B43B8"/>
+    <w:rsid w:val="000C1372"/>
     <w:rsid w:val="000C1658"/>
     <w:rsid w:val="000C1C16"/>
     <w:rsid w:val="000C20F5"/>
+    <w:rsid w:val="000C278A"/>
+    <w:rsid w:val="000C3DD3"/>
+    <w:rsid w:val="000C716E"/>
     <w:rsid w:val="000D0D68"/>
     <w:rsid w:val="000D15DE"/>
+    <w:rsid w:val="000D15DF"/>
     <w:rsid w:val="000D1B13"/>
+    <w:rsid w:val="000D53B9"/>
+    <w:rsid w:val="000D695D"/>
     <w:rsid w:val="000E08ED"/>
+    <w:rsid w:val="000E27E0"/>
     <w:rsid w:val="000E315B"/>
+    <w:rsid w:val="000E3B6C"/>
+    <w:rsid w:val="000E472B"/>
     <w:rsid w:val="000E5B07"/>
     <w:rsid w:val="000E63BA"/>
     <w:rsid w:val="000F2BE3"/>
+    <w:rsid w:val="000F2F14"/>
+    <w:rsid w:val="000F3827"/>
+    <w:rsid w:val="000F3B14"/>
     <w:rsid w:val="000F40A2"/>
     <w:rsid w:val="000F432D"/>
     <w:rsid w:val="000F447B"/>
+    <w:rsid w:val="000F47ED"/>
+    <w:rsid w:val="000F5467"/>
+    <w:rsid w:val="000F58C5"/>
+    <w:rsid w:val="000F5A5D"/>
     <w:rsid w:val="000F6F6D"/>
     <w:rsid w:val="000F7633"/>
+    <w:rsid w:val="000F7A46"/>
+    <w:rsid w:val="00100293"/>
     <w:rsid w:val="001012A1"/>
     <w:rsid w:val="00102BE4"/>
+    <w:rsid w:val="00104E4C"/>
+    <w:rsid w:val="001052A5"/>
+    <w:rsid w:val="00105922"/>
     <w:rsid w:val="00105B05"/>
-    <w:rsid w:val="00106787"/>
+    <w:rsid w:val="00106343"/>
+    <w:rsid w:val="00106780"/>
+    <w:rsid w:val="00107F90"/>
     <w:rsid w:val="00113952"/>
+    <w:rsid w:val="00115566"/>
     <w:rsid w:val="001168C1"/>
     <w:rsid w:val="00120827"/>
+    <w:rsid w:val="0012219D"/>
+    <w:rsid w:val="00123BA1"/>
+    <w:rsid w:val="0012456F"/>
+    <w:rsid w:val="00126689"/>
+    <w:rsid w:val="00130065"/>
+    <w:rsid w:val="0013052D"/>
+    <w:rsid w:val="0013163E"/>
+    <w:rsid w:val="00132443"/>
     <w:rsid w:val="00134F9C"/>
-    <w:rsid w:val="0013515A"/>
+    <w:rsid w:val="00137118"/>
     <w:rsid w:val="001414A4"/>
+    <w:rsid w:val="00141EDD"/>
+    <w:rsid w:val="00141FF4"/>
     <w:rsid w:val="00142935"/>
+    <w:rsid w:val="001448A6"/>
     <w:rsid w:val="00147792"/>
     <w:rsid w:val="00151FE3"/>
     <w:rsid w:val="001530A5"/>
     <w:rsid w:val="00153A97"/>
     <w:rsid w:val="00155AD2"/>
+    <w:rsid w:val="00155EE0"/>
+    <w:rsid w:val="00156D94"/>
     <w:rsid w:val="00157EBA"/>
     <w:rsid w:val="00162614"/>
+    <w:rsid w:val="00163133"/>
     <w:rsid w:val="00170993"/>
     <w:rsid w:val="00172C8F"/>
+    <w:rsid w:val="00174823"/>
     <w:rsid w:val="00175F48"/>
     <w:rsid w:val="00180C56"/>
+    <w:rsid w:val="001823AA"/>
+    <w:rsid w:val="001824CC"/>
+    <w:rsid w:val="00182AF9"/>
+    <w:rsid w:val="0018361E"/>
     <w:rsid w:val="00185169"/>
     <w:rsid w:val="001856D5"/>
+    <w:rsid w:val="00187ADC"/>
+    <w:rsid w:val="00190D55"/>
+    <w:rsid w:val="00190DB7"/>
+    <w:rsid w:val="0019447B"/>
     <w:rsid w:val="001A45F5"/>
+    <w:rsid w:val="001A5320"/>
+    <w:rsid w:val="001A5F78"/>
+    <w:rsid w:val="001A7D10"/>
+    <w:rsid w:val="001B00CB"/>
+    <w:rsid w:val="001B2D24"/>
+    <w:rsid w:val="001B3355"/>
     <w:rsid w:val="001B4B50"/>
     <w:rsid w:val="001B501B"/>
+    <w:rsid w:val="001B5AD1"/>
+    <w:rsid w:val="001B7922"/>
     <w:rsid w:val="001C04D5"/>
+    <w:rsid w:val="001C1271"/>
     <w:rsid w:val="001C1AEE"/>
+    <w:rsid w:val="001C29D3"/>
     <w:rsid w:val="001C4760"/>
+    <w:rsid w:val="001C4CD7"/>
     <w:rsid w:val="001C552A"/>
+    <w:rsid w:val="001C7D10"/>
+    <w:rsid w:val="001D1542"/>
     <w:rsid w:val="001D1962"/>
+    <w:rsid w:val="001D2F5E"/>
+    <w:rsid w:val="001D4E50"/>
     <w:rsid w:val="001D51D1"/>
+    <w:rsid w:val="001D6CA0"/>
     <w:rsid w:val="001D7A60"/>
+    <w:rsid w:val="001E002B"/>
     <w:rsid w:val="001E008F"/>
     <w:rsid w:val="001E0D12"/>
+    <w:rsid w:val="001E4078"/>
     <w:rsid w:val="001E4A33"/>
     <w:rsid w:val="001F0743"/>
+    <w:rsid w:val="001F1CFF"/>
     <w:rsid w:val="001F326C"/>
     <w:rsid w:val="001F4155"/>
     <w:rsid w:val="001F49CB"/>
+    <w:rsid w:val="001F7E6F"/>
+    <w:rsid w:val="00200655"/>
     <w:rsid w:val="00200CC2"/>
+    <w:rsid w:val="0020174E"/>
+    <w:rsid w:val="00202B8F"/>
+    <w:rsid w:val="00203FCF"/>
+    <w:rsid w:val="00204D92"/>
     <w:rsid w:val="00205737"/>
     <w:rsid w:val="00206622"/>
+    <w:rsid w:val="002078D5"/>
     <w:rsid w:val="00207C43"/>
+    <w:rsid w:val="002105E6"/>
+    <w:rsid w:val="00213BB8"/>
     <w:rsid w:val="00216CA9"/>
     <w:rsid w:val="00217CB0"/>
+    <w:rsid w:val="00217E84"/>
+    <w:rsid w:val="00220ECF"/>
     <w:rsid w:val="00222BD9"/>
+    <w:rsid w:val="002237E3"/>
+    <w:rsid w:val="0022396E"/>
     <w:rsid w:val="002246DF"/>
+    <w:rsid w:val="002252A5"/>
+    <w:rsid w:val="00225A82"/>
     <w:rsid w:val="00226D30"/>
+    <w:rsid w:val="00226D97"/>
+    <w:rsid w:val="00227070"/>
     <w:rsid w:val="00232EA3"/>
+    <w:rsid w:val="002330D8"/>
     <w:rsid w:val="0023496E"/>
+    <w:rsid w:val="002356E3"/>
     <w:rsid w:val="002358A9"/>
     <w:rsid w:val="00236C12"/>
+    <w:rsid w:val="002376EF"/>
+    <w:rsid w:val="00243A35"/>
+    <w:rsid w:val="00243FF4"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="00246753"/>
+    <w:rsid w:val="002500A9"/>
+    <w:rsid w:val="00250668"/>
+    <w:rsid w:val="002542E9"/>
+    <w:rsid w:val="00254FF4"/>
+    <w:rsid w:val="0025525C"/>
+    <w:rsid w:val="00255B68"/>
     <w:rsid w:val="00255D0E"/>
+    <w:rsid w:val="00255EE3"/>
+    <w:rsid w:val="002614A9"/>
+    <w:rsid w:val="00261EFB"/>
     <w:rsid w:val="00262414"/>
-    <w:rsid w:val="00262F7F"/>
+    <w:rsid w:val="00262EC2"/>
     <w:rsid w:val="00264129"/>
     <w:rsid w:val="00266149"/>
     <w:rsid w:val="00267CDF"/>
+    <w:rsid w:val="00270D57"/>
+    <w:rsid w:val="00276202"/>
+    <w:rsid w:val="002770B9"/>
+    <w:rsid w:val="00280FF2"/>
+    <w:rsid w:val="00282443"/>
     <w:rsid w:val="00283850"/>
+    <w:rsid w:val="00283F9E"/>
+    <w:rsid w:val="00284FDD"/>
     <w:rsid w:val="0028661D"/>
+    <w:rsid w:val="00287367"/>
     <w:rsid w:val="00292683"/>
+    <w:rsid w:val="00292746"/>
     <w:rsid w:val="00292DF8"/>
+    <w:rsid w:val="00293B28"/>
+    <w:rsid w:val="00294958"/>
     <w:rsid w:val="00294C55"/>
+    <w:rsid w:val="00295B89"/>
+    <w:rsid w:val="0029610F"/>
+    <w:rsid w:val="00296DC8"/>
+    <w:rsid w:val="00297DC2"/>
     <w:rsid w:val="002A2FAC"/>
     <w:rsid w:val="002A5070"/>
+    <w:rsid w:val="002A5223"/>
     <w:rsid w:val="002A6CB7"/>
     <w:rsid w:val="002A6EBE"/>
+    <w:rsid w:val="002A7632"/>
+    <w:rsid w:val="002B00B9"/>
     <w:rsid w:val="002B71C9"/>
+    <w:rsid w:val="002C0251"/>
+    <w:rsid w:val="002C0CD1"/>
+    <w:rsid w:val="002C27CE"/>
+    <w:rsid w:val="002C369E"/>
     <w:rsid w:val="002C4F67"/>
+    <w:rsid w:val="002C4F6A"/>
+    <w:rsid w:val="002C5622"/>
+    <w:rsid w:val="002C579C"/>
+    <w:rsid w:val="002C6D0B"/>
+    <w:rsid w:val="002C73FF"/>
+    <w:rsid w:val="002D0397"/>
     <w:rsid w:val="002D21E5"/>
     <w:rsid w:val="002D357A"/>
     <w:rsid w:val="002D57A1"/>
     <w:rsid w:val="002D5B64"/>
     <w:rsid w:val="002D5EC6"/>
+    <w:rsid w:val="002D773B"/>
+    <w:rsid w:val="002E0322"/>
+    <w:rsid w:val="002E0D76"/>
+    <w:rsid w:val="002E0EE7"/>
+    <w:rsid w:val="002E14A6"/>
+    <w:rsid w:val="002E19B5"/>
     <w:rsid w:val="002E431D"/>
     <w:rsid w:val="002E5842"/>
+    <w:rsid w:val="002E6255"/>
     <w:rsid w:val="002E6C1A"/>
+    <w:rsid w:val="002F1151"/>
     <w:rsid w:val="002F14F4"/>
     <w:rsid w:val="002F18EC"/>
     <w:rsid w:val="002F2B68"/>
+    <w:rsid w:val="002F44A3"/>
+    <w:rsid w:val="002F52BB"/>
+    <w:rsid w:val="002F5491"/>
+    <w:rsid w:val="002F5780"/>
+    <w:rsid w:val="002F5DEE"/>
     <w:rsid w:val="003003F4"/>
     <w:rsid w:val="00300657"/>
+    <w:rsid w:val="00300C38"/>
     <w:rsid w:val="0030338B"/>
     <w:rsid w:val="00305B84"/>
     <w:rsid w:val="00307B99"/>
     <w:rsid w:val="00307DF3"/>
+    <w:rsid w:val="00310101"/>
+    <w:rsid w:val="003104A8"/>
+    <w:rsid w:val="00310531"/>
+    <w:rsid w:val="00310A9C"/>
+    <w:rsid w:val="00310B69"/>
+    <w:rsid w:val="0031203A"/>
+    <w:rsid w:val="00312954"/>
+    <w:rsid w:val="003137D8"/>
     <w:rsid w:val="00313FB3"/>
+    <w:rsid w:val="003160D3"/>
     <w:rsid w:val="00316EA9"/>
+    <w:rsid w:val="00317DB0"/>
+    <w:rsid w:val="00320883"/>
     <w:rsid w:val="00320D35"/>
+    <w:rsid w:val="0032105A"/>
+    <w:rsid w:val="0032219C"/>
+    <w:rsid w:val="003230F9"/>
     <w:rsid w:val="00323B0D"/>
     <w:rsid w:val="00324583"/>
+    <w:rsid w:val="0032573B"/>
+    <w:rsid w:val="0032622D"/>
+    <w:rsid w:val="00331238"/>
     <w:rsid w:val="0033179D"/>
     <w:rsid w:val="00332CF4"/>
     <w:rsid w:val="00334095"/>
     <w:rsid w:val="00335104"/>
+    <w:rsid w:val="00337696"/>
+    <w:rsid w:val="003376E8"/>
     <w:rsid w:val="00340603"/>
     <w:rsid w:val="00340891"/>
+    <w:rsid w:val="00340BCF"/>
     <w:rsid w:val="00342A7C"/>
     <w:rsid w:val="00344836"/>
+    <w:rsid w:val="003461E1"/>
     <w:rsid w:val="0034723C"/>
+    <w:rsid w:val="003514E3"/>
     <w:rsid w:val="00353452"/>
+    <w:rsid w:val="00354866"/>
+    <w:rsid w:val="00354B77"/>
+    <w:rsid w:val="00354D9F"/>
     <w:rsid w:val="00357495"/>
     <w:rsid w:val="00357741"/>
     <w:rsid w:val="00360501"/>
     <w:rsid w:val="00361829"/>
     <w:rsid w:val="00361831"/>
     <w:rsid w:val="00361B96"/>
+    <w:rsid w:val="0036270F"/>
+    <w:rsid w:val="00362F53"/>
     <w:rsid w:val="003655D9"/>
+    <w:rsid w:val="00366F37"/>
+    <w:rsid w:val="00371AD0"/>
+    <w:rsid w:val="003726C9"/>
     <w:rsid w:val="00373319"/>
     <w:rsid w:val="00373390"/>
     <w:rsid w:val="00377048"/>
     <w:rsid w:val="00380D14"/>
+    <w:rsid w:val="003816B7"/>
+    <w:rsid w:val="00382423"/>
+    <w:rsid w:val="00386255"/>
     <w:rsid w:val="00387285"/>
     <w:rsid w:val="0039059B"/>
     <w:rsid w:val="00390665"/>
+    <w:rsid w:val="00391C03"/>
+    <w:rsid w:val="00392DF7"/>
     <w:rsid w:val="00392F76"/>
+    <w:rsid w:val="003932A1"/>
+    <w:rsid w:val="003934F9"/>
     <w:rsid w:val="00393CE3"/>
-    <w:rsid w:val="0039631F"/>
+    <w:rsid w:val="003941DA"/>
+    <w:rsid w:val="00394F5E"/>
+    <w:rsid w:val="003952A6"/>
+    <w:rsid w:val="00396E1A"/>
+    <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A13BC"/>
-    <w:rsid w:val="003A3AC1"/>
+    <w:rsid w:val="003A14B6"/>
     <w:rsid w:val="003A444B"/>
     <w:rsid w:val="003A4D9E"/>
     <w:rsid w:val="003A6E9B"/>
+    <w:rsid w:val="003A7CEC"/>
+    <w:rsid w:val="003B04D7"/>
+    <w:rsid w:val="003B0FBB"/>
     <w:rsid w:val="003B54E3"/>
+    <w:rsid w:val="003B6294"/>
     <w:rsid w:val="003B6632"/>
+    <w:rsid w:val="003B6781"/>
     <w:rsid w:val="003B7195"/>
     <w:rsid w:val="003C018F"/>
+    <w:rsid w:val="003C5B72"/>
     <w:rsid w:val="003C70D4"/>
     <w:rsid w:val="003D16BA"/>
+    <w:rsid w:val="003D1834"/>
     <w:rsid w:val="003D3925"/>
     <w:rsid w:val="003D528A"/>
     <w:rsid w:val="003D6409"/>
+    <w:rsid w:val="003D6DA0"/>
     <w:rsid w:val="003D6FEC"/>
+    <w:rsid w:val="003E0D72"/>
+    <w:rsid w:val="003E24FB"/>
+    <w:rsid w:val="003E2E78"/>
+    <w:rsid w:val="003E314C"/>
+    <w:rsid w:val="003E3705"/>
     <w:rsid w:val="003E3BCE"/>
+    <w:rsid w:val="003E489D"/>
+    <w:rsid w:val="003E54C6"/>
+    <w:rsid w:val="003E6159"/>
+    <w:rsid w:val="003E638E"/>
     <w:rsid w:val="003E63D7"/>
+    <w:rsid w:val="003E6AA7"/>
     <w:rsid w:val="003E6C36"/>
     <w:rsid w:val="003F09E5"/>
+    <w:rsid w:val="003F16DB"/>
+    <w:rsid w:val="003F23CB"/>
     <w:rsid w:val="003F35DD"/>
+    <w:rsid w:val="003F670B"/>
+    <w:rsid w:val="003F6BA5"/>
+    <w:rsid w:val="00400916"/>
     <w:rsid w:val="00400FDD"/>
+    <w:rsid w:val="00401F3D"/>
     <w:rsid w:val="004023ED"/>
     <w:rsid w:val="00403545"/>
+    <w:rsid w:val="0040471E"/>
     <w:rsid w:val="00404D7E"/>
     <w:rsid w:val="00410F03"/>
     <w:rsid w:val="00413D6D"/>
     <w:rsid w:val="00413DFA"/>
+    <w:rsid w:val="004163AD"/>
+    <w:rsid w:val="004177F0"/>
     <w:rsid w:val="0042183F"/>
+    <w:rsid w:val="00421FFF"/>
+    <w:rsid w:val="004235C9"/>
     <w:rsid w:val="004243CC"/>
+    <w:rsid w:val="00427281"/>
     <w:rsid w:val="00427B2E"/>
+    <w:rsid w:val="00427C5D"/>
+    <w:rsid w:val="00430F94"/>
+    <w:rsid w:val="00433A3D"/>
+    <w:rsid w:val="00434418"/>
     <w:rsid w:val="00435E51"/>
+    <w:rsid w:val="0044360A"/>
     <w:rsid w:val="00444304"/>
+    <w:rsid w:val="0044442A"/>
+    <w:rsid w:val="00445133"/>
+    <w:rsid w:val="004468B4"/>
+    <w:rsid w:val="004504D1"/>
+    <w:rsid w:val="00450BED"/>
+    <w:rsid w:val="00450E6A"/>
+    <w:rsid w:val="004540F4"/>
     <w:rsid w:val="004557E5"/>
+    <w:rsid w:val="00455A80"/>
     <w:rsid w:val="00457703"/>
     <w:rsid w:val="004614E4"/>
     <w:rsid w:val="00462F28"/>
+    <w:rsid w:val="00462F81"/>
+    <w:rsid w:val="004635D9"/>
     <w:rsid w:val="00467680"/>
+    <w:rsid w:val="00467789"/>
     <w:rsid w:val="004678F4"/>
     <w:rsid w:val="00470D0F"/>
+    <w:rsid w:val="004716DE"/>
     <w:rsid w:val="00473AF4"/>
+    <w:rsid w:val="00474787"/>
     <w:rsid w:val="0047561A"/>
     <w:rsid w:val="00477AD4"/>
     <w:rsid w:val="00480216"/>
-    <w:rsid w:val="00480B68"/>
     <w:rsid w:val="0048143B"/>
+    <w:rsid w:val="004819A1"/>
+    <w:rsid w:val="00481F88"/>
+    <w:rsid w:val="004843D2"/>
     <w:rsid w:val="004858AF"/>
+    <w:rsid w:val="0048655A"/>
     <w:rsid w:val="0048693E"/>
     <w:rsid w:val="00486FCB"/>
     <w:rsid w:val="004874D2"/>
+    <w:rsid w:val="00490397"/>
+    <w:rsid w:val="004930A5"/>
+    <w:rsid w:val="004932F7"/>
+    <w:rsid w:val="004937FC"/>
     <w:rsid w:val="00493C8D"/>
     <w:rsid w:val="00496A65"/>
+    <w:rsid w:val="00497722"/>
+    <w:rsid w:val="004A72E8"/>
+    <w:rsid w:val="004A7BB6"/>
+    <w:rsid w:val="004B075B"/>
     <w:rsid w:val="004B0F6C"/>
     <w:rsid w:val="004B202D"/>
     <w:rsid w:val="004B213E"/>
+    <w:rsid w:val="004B26AB"/>
+    <w:rsid w:val="004B2832"/>
+    <w:rsid w:val="004B2E62"/>
+    <w:rsid w:val="004B3928"/>
+    <w:rsid w:val="004B3DF2"/>
     <w:rsid w:val="004B64FC"/>
     <w:rsid w:val="004B6960"/>
     <w:rsid w:val="004C1668"/>
+    <w:rsid w:val="004C1A0D"/>
     <w:rsid w:val="004C1F40"/>
     <w:rsid w:val="004C1F6C"/>
+    <w:rsid w:val="004C2138"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rsid w:val="004C3E57"/>
+    <w:rsid w:val="004C4158"/>
     <w:rsid w:val="004C5535"/>
+    <w:rsid w:val="004C67C3"/>
     <w:rsid w:val="004C692A"/>
     <w:rsid w:val="004C7462"/>
+    <w:rsid w:val="004C7FDD"/>
     <w:rsid w:val="004D05F8"/>
+    <w:rsid w:val="004D2799"/>
+    <w:rsid w:val="004D3017"/>
+    <w:rsid w:val="004D6E22"/>
+    <w:rsid w:val="004D796E"/>
     <w:rsid w:val="004E081A"/>
+    <w:rsid w:val="004E0F02"/>
+    <w:rsid w:val="004E1273"/>
+    <w:rsid w:val="004E1350"/>
     <w:rsid w:val="004E141D"/>
+    <w:rsid w:val="004E2FF2"/>
+    <w:rsid w:val="004E3C53"/>
+    <w:rsid w:val="004E423E"/>
+    <w:rsid w:val="004E5493"/>
+    <w:rsid w:val="004E6D51"/>
+    <w:rsid w:val="004E765A"/>
+    <w:rsid w:val="004E79EB"/>
+    <w:rsid w:val="004F1CE2"/>
     <w:rsid w:val="004F391C"/>
     <w:rsid w:val="004F536B"/>
+    <w:rsid w:val="004F5599"/>
+    <w:rsid w:val="004F61CD"/>
+    <w:rsid w:val="004F7B25"/>
     <w:rsid w:val="005001D9"/>
     <w:rsid w:val="00500A33"/>
+    <w:rsid w:val="00501FE3"/>
     <w:rsid w:val="005020F2"/>
+    <w:rsid w:val="00504B72"/>
+    <w:rsid w:val="005071C1"/>
+    <w:rsid w:val="005154D7"/>
     <w:rsid w:val="0051693E"/>
     <w:rsid w:val="00516B03"/>
     <w:rsid w:val="00520C0E"/>
     <w:rsid w:val="00521288"/>
+    <w:rsid w:val="00521603"/>
+    <w:rsid w:val="005226C7"/>
+    <w:rsid w:val="005226D4"/>
     <w:rsid w:val="00522ACB"/>
+    <w:rsid w:val="005230AB"/>
     <w:rsid w:val="005232C2"/>
     <w:rsid w:val="00523C6A"/>
     <w:rsid w:val="00523DBD"/>
+    <w:rsid w:val="00525011"/>
+    <w:rsid w:val="00526F96"/>
     <w:rsid w:val="0053064E"/>
-    <w:rsid w:val="00530E30"/>
     <w:rsid w:val="00532126"/>
     <w:rsid w:val="00532CC0"/>
+    <w:rsid w:val="0053342F"/>
     <w:rsid w:val="005342BF"/>
+    <w:rsid w:val="0053488D"/>
+    <w:rsid w:val="00534F5F"/>
+    <w:rsid w:val="005364D9"/>
+    <w:rsid w:val="0054044D"/>
+    <w:rsid w:val="005404F9"/>
     <w:rsid w:val="00540533"/>
     <w:rsid w:val="00540887"/>
     <w:rsid w:val="00540913"/>
+    <w:rsid w:val="00542356"/>
     <w:rsid w:val="00542EA4"/>
+    <w:rsid w:val="005444BD"/>
     <w:rsid w:val="00545B45"/>
+    <w:rsid w:val="005519B0"/>
     <w:rsid w:val="00552C78"/>
     <w:rsid w:val="00557B93"/>
     <w:rsid w:val="00560E87"/>
+    <w:rsid w:val="00561666"/>
+    <w:rsid w:val="0056191C"/>
     <w:rsid w:val="00561DC6"/>
+    <w:rsid w:val="005678B4"/>
+    <w:rsid w:val="00567F86"/>
     <w:rsid w:val="0057054A"/>
     <w:rsid w:val="00574353"/>
+    <w:rsid w:val="0057448D"/>
     <w:rsid w:val="00574D85"/>
     <w:rsid w:val="0057529C"/>
     <w:rsid w:val="005760DE"/>
+    <w:rsid w:val="00580B49"/>
     <w:rsid w:val="00581650"/>
+    <w:rsid w:val="00581A14"/>
     <w:rsid w:val="00581B19"/>
+    <w:rsid w:val="0058321B"/>
     <w:rsid w:val="005835DB"/>
     <w:rsid w:val="00583964"/>
+    <w:rsid w:val="00584F48"/>
     <w:rsid w:val="00585B56"/>
+    <w:rsid w:val="00586AAE"/>
+    <w:rsid w:val="0058768E"/>
+    <w:rsid w:val="005877DF"/>
+    <w:rsid w:val="00587B3E"/>
     <w:rsid w:val="005A060B"/>
+    <w:rsid w:val="005A1185"/>
     <w:rsid w:val="005A17C3"/>
+    <w:rsid w:val="005A1E5E"/>
+    <w:rsid w:val="005A2056"/>
     <w:rsid w:val="005A3D8C"/>
+    <w:rsid w:val="005A3FCD"/>
     <w:rsid w:val="005A56BA"/>
     <w:rsid w:val="005A5B6F"/>
     <w:rsid w:val="005B06D2"/>
+    <w:rsid w:val="005B0DE9"/>
     <w:rsid w:val="005B2877"/>
+    <w:rsid w:val="005B2C87"/>
     <w:rsid w:val="005B3315"/>
+    <w:rsid w:val="005B352A"/>
+    <w:rsid w:val="005B3699"/>
     <w:rsid w:val="005B3890"/>
     <w:rsid w:val="005B3B7B"/>
+    <w:rsid w:val="005B433D"/>
+    <w:rsid w:val="005B6EFA"/>
     <w:rsid w:val="005B717E"/>
+    <w:rsid w:val="005C0CA5"/>
     <w:rsid w:val="005C1CC3"/>
+    <w:rsid w:val="005C2FDA"/>
     <w:rsid w:val="005C3A92"/>
+    <w:rsid w:val="005C469A"/>
     <w:rsid w:val="005C4D4F"/>
+    <w:rsid w:val="005C55EE"/>
+    <w:rsid w:val="005C5719"/>
     <w:rsid w:val="005C6C83"/>
     <w:rsid w:val="005C7DE9"/>
+    <w:rsid w:val="005D0656"/>
+    <w:rsid w:val="005D108E"/>
     <w:rsid w:val="005D1966"/>
+    <w:rsid w:val="005D28CC"/>
+    <w:rsid w:val="005D38C8"/>
+    <w:rsid w:val="005D3D89"/>
     <w:rsid w:val="005D40BD"/>
+    <w:rsid w:val="005D4B4A"/>
+    <w:rsid w:val="005E09CC"/>
+    <w:rsid w:val="005E26DA"/>
+    <w:rsid w:val="005E3534"/>
     <w:rsid w:val="005E422A"/>
+    <w:rsid w:val="005E5BE6"/>
+    <w:rsid w:val="005E659D"/>
     <w:rsid w:val="005E77CA"/>
     <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F4119"/>
+    <w:rsid w:val="005F438C"/>
+    <w:rsid w:val="005F4CB4"/>
     <w:rsid w:val="005F5AB1"/>
     <w:rsid w:val="005F6D67"/>
+    <w:rsid w:val="005F7DE7"/>
+    <w:rsid w:val="0060147F"/>
+    <w:rsid w:val="00601E6C"/>
+    <w:rsid w:val="00603999"/>
+    <w:rsid w:val="006044DC"/>
+    <w:rsid w:val="00604E83"/>
+    <w:rsid w:val="00605BFD"/>
     <w:rsid w:val="00605FF6"/>
+    <w:rsid w:val="00607FF0"/>
+    <w:rsid w:val="00610D18"/>
+    <w:rsid w:val="00615C48"/>
+    <w:rsid w:val="00617CDF"/>
+    <w:rsid w:val="00617F69"/>
     <w:rsid w:val="00620EB2"/>
+    <w:rsid w:val="006212E8"/>
+    <w:rsid w:val="00623BA9"/>
     <w:rsid w:val="006261A7"/>
     <w:rsid w:val="00626A5A"/>
+    <w:rsid w:val="00627D66"/>
     <w:rsid w:val="006300B3"/>
+    <w:rsid w:val="00630EA8"/>
     <w:rsid w:val="006310E4"/>
+    <w:rsid w:val="00631C3F"/>
+    <w:rsid w:val="00632B84"/>
     <w:rsid w:val="00632D4D"/>
+    <w:rsid w:val="00633CAA"/>
     <w:rsid w:val="00636299"/>
     <w:rsid w:val="006367FB"/>
     <w:rsid w:val="00637441"/>
+    <w:rsid w:val="00640C38"/>
     <w:rsid w:val="0064184A"/>
+    <w:rsid w:val="00642389"/>
     <w:rsid w:val="006426A9"/>
     <w:rsid w:val="00642946"/>
+    <w:rsid w:val="00642B33"/>
     <w:rsid w:val="00642B87"/>
+    <w:rsid w:val="00643130"/>
     <w:rsid w:val="00645AA5"/>
+    <w:rsid w:val="00646B10"/>
     <w:rsid w:val="0064713B"/>
+    <w:rsid w:val="006479BD"/>
     <w:rsid w:val="00647A73"/>
+    <w:rsid w:val="00647ED2"/>
     <w:rsid w:val="00651E59"/>
-    <w:rsid w:val="00655E2E"/>
+    <w:rsid w:val="006546F9"/>
+    <w:rsid w:val="0065617D"/>
+    <w:rsid w:val="0066022A"/>
     <w:rsid w:val="00661574"/>
     <w:rsid w:val="0066377B"/>
+    <w:rsid w:val="00665CE2"/>
+    <w:rsid w:val="00670782"/>
     <w:rsid w:val="00671441"/>
     <w:rsid w:val="00672360"/>
+    <w:rsid w:val="0067299A"/>
+    <w:rsid w:val="006730BC"/>
     <w:rsid w:val="00673F8F"/>
+    <w:rsid w:val="00675222"/>
     <w:rsid w:val="00675E54"/>
+    <w:rsid w:val="00676727"/>
     <w:rsid w:val="006808C8"/>
     <w:rsid w:val="00682274"/>
     <w:rsid w:val="00687865"/>
     <w:rsid w:val="00687BD1"/>
+    <w:rsid w:val="0069019E"/>
     <w:rsid w:val="00691264"/>
+    <w:rsid w:val="006912F5"/>
+    <w:rsid w:val="006917B5"/>
+    <w:rsid w:val="00693426"/>
     <w:rsid w:val="00693507"/>
+    <w:rsid w:val="00693607"/>
+    <w:rsid w:val="00693F0B"/>
+    <w:rsid w:val="006941A1"/>
+    <w:rsid w:val="0069700C"/>
+    <w:rsid w:val="00697315"/>
     <w:rsid w:val="006A0D71"/>
+    <w:rsid w:val="006A18B1"/>
     <w:rsid w:val="006A213E"/>
     <w:rsid w:val="006A3200"/>
+    <w:rsid w:val="006A3503"/>
+    <w:rsid w:val="006A3657"/>
     <w:rsid w:val="006A49B7"/>
+    <w:rsid w:val="006A5227"/>
     <w:rsid w:val="006A54F9"/>
+    <w:rsid w:val="006A5E55"/>
+    <w:rsid w:val="006B1B21"/>
+    <w:rsid w:val="006B68B3"/>
+    <w:rsid w:val="006B7C64"/>
+    <w:rsid w:val="006C04EC"/>
+    <w:rsid w:val="006C2B6A"/>
     <w:rsid w:val="006C3B81"/>
-    <w:rsid w:val="006C5888"/>
     <w:rsid w:val="006C655B"/>
     <w:rsid w:val="006C75F9"/>
     <w:rsid w:val="006C7EB6"/>
+    <w:rsid w:val="006D1A12"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:rsid w:val="006D77F8"/>
+    <w:rsid w:val="006E0633"/>
     <w:rsid w:val="006E0F74"/>
     <w:rsid w:val="006E1DD6"/>
     <w:rsid w:val="006E23CF"/>
+    <w:rsid w:val="006E37F1"/>
     <w:rsid w:val="006E3A59"/>
     <w:rsid w:val="006E41C0"/>
     <w:rsid w:val="006E6045"/>
     <w:rsid w:val="006E6B7E"/>
     <w:rsid w:val="006E709A"/>
+    <w:rsid w:val="006F04EC"/>
+    <w:rsid w:val="006F0AE8"/>
+    <w:rsid w:val="006F1919"/>
     <w:rsid w:val="006F1C44"/>
+    <w:rsid w:val="006F2391"/>
+    <w:rsid w:val="006F3548"/>
     <w:rsid w:val="006F4196"/>
     <w:rsid w:val="006F524D"/>
+    <w:rsid w:val="006F6858"/>
     <w:rsid w:val="006F7017"/>
+    <w:rsid w:val="0070117A"/>
+    <w:rsid w:val="00704490"/>
     <w:rsid w:val="007070BD"/>
+    <w:rsid w:val="00707FA4"/>
+    <w:rsid w:val="00711527"/>
     <w:rsid w:val="007121E1"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:rsid w:val="007179C0"/>
+    <w:rsid w:val="00717FDC"/>
     <w:rsid w:val="00720E7E"/>
     <w:rsid w:val="00721CA7"/>
+    <w:rsid w:val="00722EEF"/>
+    <w:rsid w:val="007239CB"/>
+    <w:rsid w:val="00724140"/>
     <w:rsid w:val="00724260"/>
     <w:rsid w:val="007255F3"/>
     <w:rsid w:val="00725ADD"/>
     <w:rsid w:val="007266F9"/>
+    <w:rsid w:val="007275D7"/>
+    <w:rsid w:val="007307B0"/>
     <w:rsid w:val="00730A61"/>
     <w:rsid w:val="00730FEF"/>
     <w:rsid w:val="00731253"/>
+    <w:rsid w:val="00731A3F"/>
+    <w:rsid w:val="00731F99"/>
+    <w:rsid w:val="007338B0"/>
     <w:rsid w:val="007350A2"/>
+    <w:rsid w:val="007354D3"/>
     <w:rsid w:val="00735A06"/>
     <w:rsid w:val="00736F93"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rsid w:val="00737BCD"/>
+    <w:rsid w:val="00737DA2"/>
+    <w:rsid w:val="00737DAC"/>
+    <w:rsid w:val="00741FC4"/>
+    <w:rsid w:val="0074237D"/>
     <w:rsid w:val="00742FBC"/>
     <w:rsid w:val="00743AF6"/>
     <w:rsid w:val="007441EE"/>
     <w:rsid w:val="007448F8"/>
     <w:rsid w:val="00744E21"/>
+    <w:rsid w:val="0074599F"/>
+    <w:rsid w:val="00746902"/>
+    <w:rsid w:val="00746F7F"/>
+    <w:rsid w:val="00747410"/>
     <w:rsid w:val="0075219A"/>
+    <w:rsid w:val="00754414"/>
+    <w:rsid w:val="007556BB"/>
     <w:rsid w:val="007560FB"/>
     <w:rsid w:val="0075704A"/>
     <w:rsid w:val="00760949"/>
+    <w:rsid w:val="00766B02"/>
     <w:rsid w:val="00767771"/>
     <w:rsid w:val="00767817"/>
     <w:rsid w:val="00770167"/>
     <w:rsid w:val="0077055F"/>
     <w:rsid w:val="007705C8"/>
     <w:rsid w:val="0077077C"/>
     <w:rsid w:val="00770CE2"/>
+    <w:rsid w:val="00773448"/>
     <w:rsid w:val="00773C6C"/>
+    <w:rsid w:val="00776DA2"/>
     <w:rsid w:val="007771E3"/>
+    <w:rsid w:val="007778A3"/>
     <w:rsid w:val="007778C5"/>
+    <w:rsid w:val="00780587"/>
     <w:rsid w:val="00782061"/>
     <w:rsid w:val="00782786"/>
     <w:rsid w:val="00785ECE"/>
+    <w:rsid w:val="00786001"/>
+    <w:rsid w:val="00786071"/>
     <w:rsid w:val="007863B0"/>
     <w:rsid w:val="007868C4"/>
+    <w:rsid w:val="007925A6"/>
     <w:rsid w:val="00792DB6"/>
     <w:rsid w:val="0079316E"/>
     <w:rsid w:val="00793A0E"/>
+    <w:rsid w:val="00794948"/>
     <w:rsid w:val="00795664"/>
     <w:rsid w:val="00796B84"/>
+    <w:rsid w:val="007A111B"/>
     <w:rsid w:val="007A1810"/>
+    <w:rsid w:val="007A1D1D"/>
     <w:rsid w:val="007A287B"/>
+    <w:rsid w:val="007A2BB8"/>
     <w:rsid w:val="007A3039"/>
     <w:rsid w:val="007A5441"/>
+    <w:rsid w:val="007A550A"/>
     <w:rsid w:val="007A5898"/>
     <w:rsid w:val="007A6079"/>
     <w:rsid w:val="007A6D87"/>
     <w:rsid w:val="007A73C6"/>
+    <w:rsid w:val="007B0112"/>
+    <w:rsid w:val="007B05C0"/>
+    <w:rsid w:val="007B2920"/>
     <w:rsid w:val="007B48DF"/>
+    <w:rsid w:val="007B606E"/>
+    <w:rsid w:val="007B6504"/>
     <w:rsid w:val="007B680C"/>
+    <w:rsid w:val="007B7BB0"/>
+    <w:rsid w:val="007C1304"/>
     <w:rsid w:val="007C3B12"/>
+    <w:rsid w:val="007C6186"/>
+    <w:rsid w:val="007C6632"/>
+    <w:rsid w:val="007C6C8A"/>
+    <w:rsid w:val="007D05FE"/>
     <w:rsid w:val="007D3845"/>
-    <w:rsid w:val="007D474A"/>
     <w:rsid w:val="007D6083"/>
     <w:rsid w:val="007D62D7"/>
+    <w:rsid w:val="007D6FEC"/>
+    <w:rsid w:val="007E4B0E"/>
+    <w:rsid w:val="007E55C0"/>
+    <w:rsid w:val="007F02CF"/>
+    <w:rsid w:val="007F1182"/>
     <w:rsid w:val="007F3ABD"/>
+    <w:rsid w:val="007F568D"/>
     <w:rsid w:val="007F7FDD"/>
+    <w:rsid w:val="0080067E"/>
+    <w:rsid w:val="00800AD5"/>
+    <w:rsid w:val="00800E6B"/>
+    <w:rsid w:val="00803744"/>
     <w:rsid w:val="00803F50"/>
+    <w:rsid w:val="00803F8A"/>
+    <w:rsid w:val="00805D64"/>
+    <w:rsid w:val="0080651B"/>
+    <w:rsid w:val="00806A5E"/>
+    <w:rsid w:val="00806CCE"/>
     <w:rsid w:val="00807353"/>
     <w:rsid w:val="008074A0"/>
     <w:rsid w:val="0081084E"/>
     <w:rsid w:val="00811399"/>
+    <w:rsid w:val="00811669"/>
     <w:rsid w:val="00811CBB"/>
+    <w:rsid w:val="00812A7B"/>
+    <w:rsid w:val="00816199"/>
     <w:rsid w:val="008162A4"/>
     <w:rsid w:val="00820885"/>
+    <w:rsid w:val="00821EB1"/>
     <w:rsid w:val="00822988"/>
+    <w:rsid w:val="00822DF2"/>
     <w:rsid w:val="00822E52"/>
+    <w:rsid w:val="00823075"/>
     <w:rsid w:val="00823CE3"/>
+    <w:rsid w:val="008259CA"/>
     <w:rsid w:val="00825BD2"/>
+    <w:rsid w:val="00827C56"/>
     <w:rsid w:val="00830B57"/>
     <w:rsid w:val="008346D9"/>
+    <w:rsid w:val="00840527"/>
     <w:rsid w:val="00841AD7"/>
+    <w:rsid w:val="00843E9F"/>
+    <w:rsid w:val="00844AAC"/>
     <w:rsid w:val="008470A7"/>
     <w:rsid w:val="0084783C"/>
     <w:rsid w:val="0085057B"/>
     <w:rsid w:val="00850868"/>
     <w:rsid w:val="008511D4"/>
+    <w:rsid w:val="00851357"/>
+    <w:rsid w:val="00851994"/>
+    <w:rsid w:val="00851DFA"/>
+    <w:rsid w:val="00853A7F"/>
+    <w:rsid w:val="00855F20"/>
     <w:rsid w:val="008564A0"/>
+    <w:rsid w:val="0085663B"/>
+    <w:rsid w:val="00857564"/>
     <w:rsid w:val="00860234"/>
+    <w:rsid w:val="00860D56"/>
+    <w:rsid w:val="00861481"/>
+    <w:rsid w:val="00862159"/>
+    <w:rsid w:val="00863E0D"/>
+    <w:rsid w:val="008650EE"/>
+    <w:rsid w:val="0086514A"/>
     <w:rsid w:val="00865A1B"/>
+    <w:rsid w:val="00866A97"/>
     <w:rsid w:val="008676D4"/>
+    <w:rsid w:val="00870EF3"/>
+    <w:rsid w:val="00872543"/>
     <w:rsid w:val="008727E9"/>
+    <w:rsid w:val="00873C38"/>
+    <w:rsid w:val="00873D71"/>
+    <w:rsid w:val="00873DC7"/>
     <w:rsid w:val="00874E1B"/>
     <w:rsid w:val="0087511A"/>
+    <w:rsid w:val="008808DD"/>
+    <w:rsid w:val="00881077"/>
     <w:rsid w:val="00882A39"/>
     <w:rsid w:val="00883985"/>
     <w:rsid w:val="00884E61"/>
+    <w:rsid w:val="008855A5"/>
     <w:rsid w:val="00886FA0"/>
     <w:rsid w:val="00887C41"/>
+    <w:rsid w:val="00890C9D"/>
+    <w:rsid w:val="00891B9F"/>
     <w:rsid w:val="00892966"/>
+    <w:rsid w:val="008934AA"/>
+    <w:rsid w:val="00894B43"/>
     <w:rsid w:val="0089507D"/>
+    <w:rsid w:val="008A0A39"/>
+    <w:rsid w:val="008A2C01"/>
     <w:rsid w:val="008A4FB8"/>
+    <w:rsid w:val="008A568E"/>
+    <w:rsid w:val="008A5C11"/>
+    <w:rsid w:val="008A688A"/>
+    <w:rsid w:val="008A73B2"/>
     <w:rsid w:val="008A78C7"/>
     <w:rsid w:val="008A7CF7"/>
+    <w:rsid w:val="008B2507"/>
     <w:rsid w:val="008B3608"/>
     <w:rsid w:val="008B4E3B"/>
+    <w:rsid w:val="008B5C43"/>
+    <w:rsid w:val="008B7448"/>
+    <w:rsid w:val="008B7B5D"/>
+    <w:rsid w:val="008C186C"/>
     <w:rsid w:val="008C39DF"/>
+    <w:rsid w:val="008C3B6F"/>
     <w:rsid w:val="008C435A"/>
+    <w:rsid w:val="008C4B4C"/>
+    <w:rsid w:val="008C4D8C"/>
+    <w:rsid w:val="008C6E92"/>
+    <w:rsid w:val="008C78F5"/>
     <w:rsid w:val="008D0047"/>
     <w:rsid w:val="008D0D33"/>
+    <w:rsid w:val="008D2FE0"/>
     <w:rsid w:val="008D47D3"/>
+    <w:rsid w:val="008D4ECB"/>
+    <w:rsid w:val="008D5030"/>
     <w:rsid w:val="008D67A8"/>
+    <w:rsid w:val="008D6C87"/>
+    <w:rsid w:val="008E17FD"/>
     <w:rsid w:val="008E1CB6"/>
+    <w:rsid w:val="008E3222"/>
+    <w:rsid w:val="008E39B3"/>
+    <w:rsid w:val="008E419E"/>
     <w:rsid w:val="008E4C82"/>
+    <w:rsid w:val="008E59B9"/>
+    <w:rsid w:val="008E5D18"/>
+    <w:rsid w:val="008F01F0"/>
     <w:rsid w:val="008F0268"/>
     <w:rsid w:val="008F23DC"/>
     <w:rsid w:val="008F2521"/>
-    <w:rsid w:val="008F2BF3"/>
-    <w:rsid w:val="008F39CD"/>
+    <w:rsid w:val="008F2CDE"/>
     <w:rsid w:val="008F4974"/>
     <w:rsid w:val="008F4EF2"/>
+    <w:rsid w:val="00901A30"/>
+    <w:rsid w:val="00902422"/>
+    <w:rsid w:val="00902FC4"/>
     <w:rsid w:val="009035E3"/>
+    <w:rsid w:val="00903C78"/>
     <w:rsid w:val="00904721"/>
     <w:rsid w:val="00906430"/>
     <w:rsid w:val="009071B4"/>
+    <w:rsid w:val="009107DA"/>
+    <w:rsid w:val="00911D20"/>
+    <w:rsid w:val="00912C58"/>
     <w:rsid w:val="0091543E"/>
+    <w:rsid w:val="0091665D"/>
     <w:rsid w:val="009176DC"/>
+    <w:rsid w:val="00923789"/>
     <w:rsid w:val="00923B89"/>
+    <w:rsid w:val="009266B4"/>
+    <w:rsid w:val="0092704A"/>
     <w:rsid w:val="0092729E"/>
+    <w:rsid w:val="00927E52"/>
+    <w:rsid w:val="00930DCE"/>
+    <w:rsid w:val="009319F1"/>
     <w:rsid w:val="00932920"/>
+    <w:rsid w:val="00932B1F"/>
+    <w:rsid w:val="00932CCE"/>
+    <w:rsid w:val="00932E1A"/>
+    <w:rsid w:val="00932E64"/>
     <w:rsid w:val="00933182"/>
     <w:rsid w:val="0093401F"/>
     <w:rsid w:val="0093455C"/>
+    <w:rsid w:val="00934A7D"/>
     <w:rsid w:val="009361D5"/>
+    <w:rsid w:val="00936B4E"/>
+    <w:rsid w:val="0094053C"/>
+    <w:rsid w:val="00941CEB"/>
     <w:rsid w:val="009423FD"/>
     <w:rsid w:val="00942B98"/>
+    <w:rsid w:val="00942CC8"/>
+    <w:rsid w:val="009430C4"/>
     <w:rsid w:val="0094389E"/>
+    <w:rsid w:val="00944F3A"/>
     <w:rsid w:val="009468E8"/>
     <w:rsid w:val="00950377"/>
+    <w:rsid w:val="009512A1"/>
+    <w:rsid w:val="00952138"/>
+    <w:rsid w:val="009538E8"/>
+    <w:rsid w:val="009548CD"/>
     <w:rsid w:val="00954C8B"/>
+    <w:rsid w:val="00956740"/>
     <w:rsid w:val="00956CC2"/>
+    <w:rsid w:val="00957CB0"/>
+    <w:rsid w:val="00960DA7"/>
     <w:rsid w:val="00961301"/>
     <w:rsid w:val="00961622"/>
     <w:rsid w:val="00962638"/>
     <w:rsid w:val="009638EF"/>
     <w:rsid w:val="00964514"/>
     <w:rsid w:val="00964969"/>
+    <w:rsid w:val="00965B79"/>
     <w:rsid w:val="00967A47"/>
+    <w:rsid w:val="00967C40"/>
     <w:rsid w:val="00967F86"/>
+    <w:rsid w:val="00970BE7"/>
+    <w:rsid w:val="00971796"/>
     <w:rsid w:val="009724F0"/>
     <w:rsid w:val="00973AD1"/>
     <w:rsid w:val="00974FFA"/>
     <w:rsid w:val="00976066"/>
+    <w:rsid w:val="00976475"/>
+    <w:rsid w:val="00977265"/>
+    <w:rsid w:val="0098121B"/>
     <w:rsid w:val="009815F0"/>
     <w:rsid w:val="00981F01"/>
-    <w:rsid w:val="0098234E"/>
     <w:rsid w:val="00982D8A"/>
+    <w:rsid w:val="0098484B"/>
+    <w:rsid w:val="00985CCB"/>
     <w:rsid w:val="00987338"/>
+    <w:rsid w:val="009908A5"/>
+    <w:rsid w:val="00992230"/>
     <w:rsid w:val="00993F59"/>
+    <w:rsid w:val="009947AF"/>
+    <w:rsid w:val="00996681"/>
     <w:rsid w:val="00997F18"/>
+    <w:rsid w:val="009A0D95"/>
+    <w:rsid w:val="009A21A2"/>
+    <w:rsid w:val="009A2793"/>
+    <w:rsid w:val="009A3BA6"/>
+    <w:rsid w:val="009A452E"/>
+    <w:rsid w:val="009B04A9"/>
+    <w:rsid w:val="009B193D"/>
+    <w:rsid w:val="009B1F9A"/>
     <w:rsid w:val="009B2AD4"/>
+    <w:rsid w:val="009B2FD8"/>
     <w:rsid w:val="009B5EE5"/>
     <w:rsid w:val="009C3652"/>
+    <w:rsid w:val="009C5AEB"/>
+    <w:rsid w:val="009C5EAD"/>
     <w:rsid w:val="009C66CC"/>
     <w:rsid w:val="009C6DA0"/>
+    <w:rsid w:val="009D07B8"/>
+    <w:rsid w:val="009D33FB"/>
+    <w:rsid w:val="009D488A"/>
+    <w:rsid w:val="009D7C21"/>
+    <w:rsid w:val="009E1538"/>
+    <w:rsid w:val="009E2DF5"/>
     <w:rsid w:val="009E4751"/>
     <w:rsid w:val="009E6946"/>
+    <w:rsid w:val="009F0619"/>
     <w:rsid w:val="009F079B"/>
-    <w:rsid w:val="009F09A2"/>
+    <w:rsid w:val="009F1C86"/>
+    <w:rsid w:val="009F2A85"/>
     <w:rsid w:val="009F2D63"/>
+    <w:rsid w:val="009F3118"/>
+    <w:rsid w:val="009F311E"/>
+    <w:rsid w:val="009F6A28"/>
+    <w:rsid w:val="00A00366"/>
+    <w:rsid w:val="00A02A76"/>
     <w:rsid w:val="00A033E9"/>
+    <w:rsid w:val="00A03B78"/>
     <w:rsid w:val="00A04663"/>
+    <w:rsid w:val="00A056A9"/>
     <w:rsid w:val="00A07DDB"/>
     <w:rsid w:val="00A1023C"/>
+    <w:rsid w:val="00A12E1D"/>
+    <w:rsid w:val="00A157E3"/>
+    <w:rsid w:val="00A158C2"/>
+    <w:rsid w:val="00A17E4D"/>
+    <w:rsid w:val="00A20AD5"/>
+    <w:rsid w:val="00A20F87"/>
+    <w:rsid w:val="00A22AA3"/>
+    <w:rsid w:val="00A22AD0"/>
+    <w:rsid w:val="00A2399B"/>
     <w:rsid w:val="00A25A42"/>
     <w:rsid w:val="00A27020"/>
     <w:rsid w:val="00A31576"/>
+    <w:rsid w:val="00A34EE8"/>
     <w:rsid w:val="00A354B3"/>
+    <w:rsid w:val="00A359C0"/>
+    <w:rsid w:val="00A415CE"/>
+    <w:rsid w:val="00A422A6"/>
     <w:rsid w:val="00A423BC"/>
     <w:rsid w:val="00A437A1"/>
     <w:rsid w:val="00A43AD2"/>
     <w:rsid w:val="00A4477F"/>
+    <w:rsid w:val="00A4566C"/>
     <w:rsid w:val="00A46035"/>
+    <w:rsid w:val="00A47651"/>
+    <w:rsid w:val="00A5046C"/>
+    <w:rsid w:val="00A50AA3"/>
     <w:rsid w:val="00A50C28"/>
+    <w:rsid w:val="00A51144"/>
     <w:rsid w:val="00A512FE"/>
     <w:rsid w:val="00A51C73"/>
     <w:rsid w:val="00A52D39"/>
+    <w:rsid w:val="00A540B4"/>
     <w:rsid w:val="00A56A4F"/>
+    <w:rsid w:val="00A5712F"/>
+    <w:rsid w:val="00A57CC4"/>
     <w:rsid w:val="00A57FEB"/>
     <w:rsid w:val="00A60F01"/>
     <w:rsid w:val="00A624BD"/>
+    <w:rsid w:val="00A630DA"/>
     <w:rsid w:val="00A63A73"/>
     <w:rsid w:val="00A6424C"/>
     <w:rsid w:val="00A65592"/>
+    <w:rsid w:val="00A660D0"/>
+    <w:rsid w:val="00A670A8"/>
+    <w:rsid w:val="00A670E2"/>
     <w:rsid w:val="00A67512"/>
+    <w:rsid w:val="00A67C97"/>
     <w:rsid w:val="00A70637"/>
+    <w:rsid w:val="00A708D2"/>
+    <w:rsid w:val="00A70976"/>
+    <w:rsid w:val="00A7452C"/>
     <w:rsid w:val="00A75B98"/>
     <w:rsid w:val="00A763F0"/>
     <w:rsid w:val="00A80601"/>
     <w:rsid w:val="00A8165D"/>
+    <w:rsid w:val="00A81CBF"/>
     <w:rsid w:val="00A85307"/>
     <w:rsid w:val="00A861D4"/>
-    <w:rsid w:val="00A95631"/>
+    <w:rsid w:val="00A915BF"/>
+    <w:rsid w:val="00A93ECA"/>
+    <w:rsid w:val="00A94139"/>
+    <w:rsid w:val="00A95E9D"/>
+    <w:rsid w:val="00A962EF"/>
+    <w:rsid w:val="00A96A04"/>
+    <w:rsid w:val="00A97DBC"/>
     <w:rsid w:val="00AA0BF1"/>
+    <w:rsid w:val="00AA0CCC"/>
+    <w:rsid w:val="00AA2308"/>
     <w:rsid w:val="00AA4006"/>
+    <w:rsid w:val="00AA4FDF"/>
     <w:rsid w:val="00AA553C"/>
+    <w:rsid w:val="00AA5764"/>
+    <w:rsid w:val="00AA5F10"/>
     <w:rsid w:val="00AA6FBE"/>
+    <w:rsid w:val="00AB072C"/>
+    <w:rsid w:val="00AB10EF"/>
     <w:rsid w:val="00AB1A4A"/>
-    <w:rsid w:val="00AB555E"/>
+    <w:rsid w:val="00AB6984"/>
+    <w:rsid w:val="00AB791E"/>
+    <w:rsid w:val="00AB7A05"/>
     <w:rsid w:val="00AC0390"/>
+    <w:rsid w:val="00AC21AC"/>
+    <w:rsid w:val="00AC3949"/>
+    <w:rsid w:val="00AC3DF4"/>
+    <w:rsid w:val="00AC5991"/>
+    <w:rsid w:val="00AC5FE0"/>
     <w:rsid w:val="00AC615C"/>
     <w:rsid w:val="00AC6E76"/>
     <w:rsid w:val="00AD0FCF"/>
     <w:rsid w:val="00AD2540"/>
+    <w:rsid w:val="00AD2763"/>
+    <w:rsid w:val="00AD43FB"/>
+    <w:rsid w:val="00AD47D5"/>
+    <w:rsid w:val="00AD5BA1"/>
+    <w:rsid w:val="00AD6E83"/>
     <w:rsid w:val="00AD7985"/>
+    <w:rsid w:val="00AD7B72"/>
+    <w:rsid w:val="00AE10A6"/>
+    <w:rsid w:val="00AE3156"/>
+    <w:rsid w:val="00AE3699"/>
+    <w:rsid w:val="00AE3C4A"/>
+    <w:rsid w:val="00AE6824"/>
     <w:rsid w:val="00AE739C"/>
+    <w:rsid w:val="00AE74E3"/>
+    <w:rsid w:val="00AF0B7D"/>
     <w:rsid w:val="00AF2119"/>
+    <w:rsid w:val="00AF2465"/>
     <w:rsid w:val="00AF3584"/>
+    <w:rsid w:val="00AF541F"/>
+    <w:rsid w:val="00AF60FD"/>
     <w:rsid w:val="00B012D3"/>
+    <w:rsid w:val="00B02816"/>
+    <w:rsid w:val="00B03B7E"/>
+    <w:rsid w:val="00B05914"/>
+    <w:rsid w:val="00B07AE6"/>
+    <w:rsid w:val="00B11325"/>
     <w:rsid w:val="00B14CD2"/>
     <w:rsid w:val="00B14D0D"/>
+    <w:rsid w:val="00B15D9B"/>
+    <w:rsid w:val="00B16F50"/>
+    <w:rsid w:val="00B16F53"/>
     <w:rsid w:val="00B17346"/>
+    <w:rsid w:val="00B20288"/>
+    <w:rsid w:val="00B22384"/>
+    <w:rsid w:val="00B22E15"/>
+    <w:rsid w:val="00B237BD"/>
+    <w:rsid w:val="00B250F5"/>
+    <w:rsid w:val="00B27603"/>
+    <w:rsid w:val="00B30977"/>
+    <w:rsid w:val="00B31D52"/>
+    <w:rsid w:val="00B3268E"/>
     <w:rsid w:val="00B33707"/>
+    <w:rsid w:val="00B34910"/>
+    <w:rsid w:val="00B361DB"/>
+    <w:rsid w:val="00B375F8"/>
+    <w:rsid w:val="00B40775"/>
+    <w:rsid w:val="00B41F51"/>
+    <w:rsid w:val="00B423AA"/>
+    <w:rsid w:val="00B42402"/>
     <w:rsid w:val="00B43772"/>
+    <w:rsid w:val="00B474C9"/>
+    <w:rsid w:val="00B479EE"/>
     <w:rsid w:val="00B5050B"/>
     <w:rsid w:val="00B50F4B"/>
+    <w:rsid w:val="00B51066"/>
+    <w:rsid w:val="00B51809"/>
     <w:rsid w:val="00B521E4"/>
-    <w:rsid w:val="00B5285B"/>
+    <w:rsid w:val="00B53BFE"/>
     <w:rsid w:val="00B568D4"/>
+    <w:rsid w:val="00B56D17"/>
     <w:rsid w:val="00B57F75"/>
     <w:rsid w:val="00B62365"/>
+    <w:rsid w:val="00B63139"/>
+    <w:rsid w:val="00B6315A"/>
+    <w:rsid w:val="00B632C2"/>
+    <w:rsid w:val="00B637DD"/>
     <w:rsid w:val="00B639F6"/>
+    <w:rsid w:val="00B641CA"/>
     <w:rsid w:val="00B64AEF"/>
-    <w:rsid w:val="00B67A20"/>
+    <w:rsid w:val="00B6587C"/>
+    <w:rsid w:val="00B65B64"/>
+    <w:rsid w:val="00B6736E"/>
+    <w:rsid w:val="00B72317"/>
+    <w:rsid w:val="00B7325F"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:rsid w:val="00B80E64"/>
+    <w:rsid w:val="00B8199E"/>
+    <w:rsid w:val="00B81E17"/>
     <w:rsid w:val="00B8228C"/>
+    <w:rsid w:val="00B826DE"/>
+    <w:rsid w:val="00B82CA7"/>
     <w:rsid w:val="00B82FCE"/>
     <w:rsid w:val="00B84503"/>
     <w:rsid w:val="00B84DB8"/>
+    <w:rsid w:val="00B84DC1"/>
     <w:rsid w:val="00B86B43"/>
+    <w:rsid w:val="00B86C6A"/>
+    <w:rsid w:val="00B870FF"/>
+    <w:rsid w:val="00B87640"/>
     <w:rsid w:val="00B90470"/>
+    <w:rsid w:val="00B91713"/>
+    <w:rsid w:val="00B91FD4"/>
+    <w:rsid w:val="00B929DD"/>
+    <w:rsid w:val="00B97CA2"/>
     <w:rsid w:val="00BA0898"/>
+    <w:rsid w:val="00BA1BF4"/>
+    <w:rsid w:val="00BA362F"/>
     <w:rsid w:val="00BA4089"/>
+    <w:rsid w:val="00BA5A94"/>
+    <w:rsid w:val="00BA5C11"/>
+    <w:rsid w:val="00BB01C7"/>
     <w:rsid w:val="00BB123B"/>
+    <w:rsid w:val="00BB221A"/>
+    <w:rsid w:val="00BB4857"/>
+    <w:rsid w:val="00BB6EBE"/>
     <w:rsid w:val="00BC0A5B"/>
     <w:rsid w:val="00BC29DB"/>
     <w:rsid w:val="00BC3552"/>
     <w:rsid w:val="00BC3E8B"/>
+    <w:rsid w:val="00BC439E"/>
+    <w:rsid w:val="00BC479E"/>
     <w:rsid w:val="00BC4FEB"/>
     <w:rsid w:val="00BC591A"/>
+    <w:rsid w:val="00BC5BA2"/>
     <w:rsid w:val="00BC74CA"/>
+    <w:rsid w:val="00BD02BE"/>
+    <w:rsid w:val="00BD1DFB"/>
+    <w:rsid w:val="00BD1E13"/>
     <w:rsid w:val="00BD2397"/>
     <w:rsid w:val="00BD443D"/>
+    <w:rsid w:val="00BD4F77"/>
     <w:rsid w:val="00BD7D00"/>
     <w:rsid w:val="00BE04A7"/>
+    <w:rsid w:val="00BE0B11"/>
+    <w:rsid w:val="00BE330A"/>
     <w:rsid w:val="00BE6053"/>
     <w:rsid w:val="00BE7C3D"/>
+    <w:rsid w:val="00BF007F"/>
+    <w:rsid w:val="00BF0BE3"/>
+    <w:rsid w:val="00BF3441"/>
+    <w:rsid w:val="00BF441F"/>
+    <w:rsid w:val="00BF57F5"/>
+    <w:rsid w:val="00BF63E2"/>
     <w:rsid w:val="00BF796C"/>
+    <w:rsid w:val="00BF7ED1"/>
     <w:rsid w:val="00C005F8"/>
+    <w:rsid w:val="00C010CC"/>
+    <w:rsid w:val="00C02244"/>
+    <w:rsid w:val="00C04032"/>
+    <w:rsid w:val="00C074E5"/>
+    <w:rsid w:val="00C104FD"/>
     <w:rsid w:val="00C1054C"/>
     <w:rsid w:val="00C12F65"/>
+    <w:rsid w:val="00C137FC"/>
+    <w:rsid w:val="00C13F3F"/>
+    <w:rsid w:val="00C1509C"/>
     <w:rsid w:val="00C164D6"/>
     <w:rsid w:val="00C17374"/>
     <w:rsid w:val="00C17DC9"/>
+    <w:rsid w:val="00C224F4"/>
     <w:rsid w:val="00C232DA"/>
+    <w:rsid w:val="00C23899"/>
     <w:rsid w:val="00C23C08"/>
     <w:rsid w:val="00C24236"/>
+    <w:rsid w:val="00C259BA"/>
     <w:rsid w:val="00C26CC3"/>
+    <w:rsid w:val="00C279BC"/>
+    <w:rsid w:val="00C302A8"/>
+    <w:rsid w:val="00C3063D"/>
     <w:rsid w:val="00C3093B"/>
+    <w:rsid w:val="00C31144"/>
     <w:rsid w:val="00C319B6"/>
+    <w:rsid w:val="00C31BC5"/>
     <w:rsid w:val="00C31F7A"/>
+    <w:rsid w:val="00C32216"/>
     <w:rsid w:val="00C32D2F"/>
     <w:rsid w:val="00C33181"/>
     <w:rsid w:val="00C33EDB"/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="00C36B08"/>
+    <w:rsid w:val="00C4061D"/>
+    <w:rsid w:val="00C4345B"/>
+    <w:rsid w:val="00C44C7B"/>
     <w:rsid w:val="00C46BF1"/>
+    <w:rsid w:val="00C46C7C"/>
     <w:rsid w:val="00C46DCE"/>
+    <w:rsid w:val="00C46E67"/>
     <w:rsid w:val="00C47520"/>
     <w:rsid w:val="00C52E43"/>
+    <w:rsid w:val="00C5438C"/>
     <w:rsid w:val="00C549FC"/>
+    <w:rsid w:val="00C54E95"/>
+    <w:rsid w:val="00C5510B"/>
     <w:rsid w:val="00C6108E"/>
     <w:rsid w:val="00C62307"/>
+    <w:rsid w:val="00C627ED"/>
+    <w:rsid w:val="00C64444"/>
+    <w:rsid w:val="00C650CF"/>
     <w:rsid w:val="00C65526"/>
+    <w:rsid w:val="00C704AB"/>
     <w:rsid w:val="00C7119E"/>
+    <w:rsid w:val="00C73FEE"/>
     <w:rsid w:val="00C745AA"/>
+    <w:rsid w:val="00C74AA7"/>
+    <w:rsid w:val="00C807FD"/>
     <w:rsid w:val="00C8246C"/>
+    <w:rsid w:val="00C85B3C"/>
+    <w:rsid w:val="00C86914"/>
+    <w:rsid w:val="00C9067D"/>
+    <w:rsid w:val="00C91328"/>
     <w:rsid w:val="00C91A95"/>
+    <w:rsid w:val="00C920FA"/>
+    <w:rsid w:val="00C92B2A"/>
     <w:rsid w:val="00C93EF6"/>
     <w:rsid w:val="00C93F68"/>
+    <w:rsid w:val="00C93FB1"/>
+    <w:rsid w:val="00C9542F"/>
+    <w:rsid w:val="00C975A3"/>
+    <w:rsid w:val="00CA0440"/>
     <w:rsid w:val="00CA3D82"/>
+    <w:rsid w:val="00CA5596"/>
+    <w:rsid w:val="00CA68F3"/>
     <w:rsid w:val="00CB024B"/>
     <w:rsid w:val="00CB0251"/>
+    <w:rsid w:val="00CB25F0"/>
+    <w:rsid w:val="00CB30D4"/>
     <w:rsid w:val="00CC1396"/>
-    <w:rsid w:val="00CC6BD7"/>
+    <w:rsid w:val="00CC1E80"/>
+    <w:rsid w:val="00CC3F1A"/>
     <w:rsid w:val="00CC6DBF"/>
+    <w:rsid w:val="00CC763D"/>
     <w:rsid w:val="00CC7837"/>
+    <w:rsid w:val="00CD0A19"/>
     <w:rsid w:val="00CD14CD"/>
     <w:rsid w:val="00CD45C4"/>
+    <w:rsid w:val="00CD57AA"/>
     <w:rsid w:val="00CD5D7C"/>
+    <w:rsid w:val="00CD6FCE"/>
     <w:rsid w:val="00CD7103"/>
     <w:rsid w:val="00CD73F6"/>
     <w:rsid w:val="00CE0467"/>
+    <w:rsid w:val="00CE5BF6"/>
+    <w:rsid w:val="00CE706C"/>
+    <w:rsid w:val="00CE7174"/>
     <w:rsid w:val="00CE7D10"/>
+    <w:rsid w:val="00CF08E2"/>
+    <w:rsid w:val="00CF1435"/>
     <w:rsid w:val="00CF1ADD"/>
     <w:rsid w:val="00CF1B30"/>
     <w:rsid w:val="00CF221A"/>
+    <w:rsid w:val="00CF2C64"/>
     <w:rsid w:val="00CF3EDB"/>
+    <w:rsid w:val="00CF46BD"/>
+    <w:rsid w:val="00CF53D6"/>
     <w:rsid w:val="00CF557C"/>
     <w:rsid w:val="00CF5A38"/>
     <w:rsid w:val="00CF684E"/>
+    <w:rsid w:val="00CF7BD3"/>
+    <w:rsid w:val="00D003C9"/>
+    <w:rsid w:val="00D016E5"/>
+    <w:rsid w:val="00D0185C"/>
     <w:rsid w:val="00D03048"/>
     <w:rsid w:val="00D037A3"/>
     <w:rsid w:val="00D04C46"/>
     <w:rsid w:val="00D05F62"/>
     <w:rsid w:val="00D077C9"/>
     <w:rsid w:val="00D10798"/>
+    <w:rsid w:val="00D141F8"/>
+    <w:rsid w:val="00D149A1"/>
     <w:rsid w:val="00D14ED0"/>
     <w:rsid w:val="00D15563"/>
     <w:rsid w:val="00D157C1"/>
     <w:rsid w:val="00D15E10"/>
+    <w:rsid w:val="00D1612A"/>
+    <w:rsid w:val="00D16869"/>
+    <w:rsid w:val="00D20460"/>
+    <w:rsid w:val="00D218BB"/>
     <w:rsid w:val="00D25249"/>
     <w:rsid w:val="00D25D6C"/>
+    <w:rsid w:val="00D26CC3"/>
     <w:rsid w:val="00D26D6D"/>
     <w:rsid w:val="00D26EC9"/>
     <w:rsid w:val="00D27183"/>
     <w:rsid w:val="00D27B58"/>
+    <w:rsid w:val="00D27BFE"/>
     <w:rsid w:val="00D305F4"/>
+    <w:rsid w:val="00D31232"/>
+    <w:rsid w:val="00D31E97"/>
+    <w:rsid w:val="00D3248D"/>
+    <w:rsid w:val="00D32C55"/>
     <w:rsid w:val="00D33619"/>
+    <w:rsid w:val="00D34104"/>
     <w:rsid w:val="00D40EEB"/>
     <w:rsid w:val="00D43B9D"/>
     <w:rsid w:val="00D441C6"/>
+    <w:rsid w:val="00D448C7"/>
+    <w:rsid w:val="00D4519B"/>
     <w:rsid w:val="00D456D9"/>
     <w:rsid w:val="00D4712C"/>
     <w:rsid w:val="00D4757A"/>
+    <w:rsid w:val="00D4770D"/>
+    <w:rsid w:val="00D50970"/>
+    <w:rsid w:val="00D520A6"/>
+    <w:rsid w:val="00D52C0F"/>
+    <w:rsid w:val="00D537BB"/>
+    <w:rsid w:val="00D53D02"/>
     <w:rsid w:val="00D56124"/>
+    <w:rsid w:val="00D56B2E"/>
+    <w:rsid w:val="00D5701A"/>
     <w:rsid w:val="00D57717"/>
     <w:rsid w:val="00D57D0C"/>
+    <w:rsid w:val="00D62E4B"/>
+    <w:rsid w:val="00D643D5"/>
+    <w:rsid w:val="00D64F1B"/>
     <w:rsid w:val="00D66F3B"/>
     <w:rsid w:val="00D672FE"/>
+    <w:rsid w:val="00D67E2E"/>
+    <w:rsid w:val="00D723BD"/>
+    <w:rsid w:val="00D7301F"/>
+    <w:rsid w:val="00D74133"/>
+    <w:rsid w:val="00D7444D"/>
+    <w:rsid w:val="00D749F7"/>
     <w:rsid w:val="00D74DF4"/>
     <w:rsid w:val="00D75BDD"/>
     <w:rsid w:val="00D75D72"/>
     <w:rsid w:val="00D765CB"/>
+    <w:rsid w:val="00D770A1"/>
+    <w:rsid w:val="00D77209"/>
     <w:rsid w:val="00D77600"/>
     <w:rsid w:val="00D7767E"/>
     <w:rsid w:val="00D80EB8"/>
     <w:rsid w:val="00D81826"/>
+    <w:rsid w:val="00D81B15"/>
+    <w:rsid w:val="00D8265C"/>
+    <w:rsid w:val="00D82BEF"/>
+    <w:rsid w:val="00D85424"/>
+    <w:rsid w:val="00D86502"/>
+    <w:rsid w:val="00D87FE9"/>
+    <w:rsid w:val="00D90564"/>
+    <w:rsid w:val="00D913F3"/>
     <w:rsid w:val="00D94832"/>
+    <w:rsid w:val="00D96A51"/>
+    <w:rsid w:val="00D96D1B"/>
     <w:rsid w:val="00DA01AF"/>
+    <w:rsid w:val="00DA1834"/>
+    <w:rsid w:val="00DA3C27"/>
+    <w:rsid w:val="00DA3EFC"/>
+    <w:rsid w:val="00DA4D0B"/>
+    <w:rsid w:val="00DA75DE"/>
     <w:rsid w:val="00DA7D84"/>
+    <w:rsid w:val="00DB0EFD"/>
+    <w:rsid w:val="00DB13D0"/>
+    <w:rsid w:val="00DB3580"/>
+    <w:rsid w:val="00DB3CEF"/>
     <w:rsid w:val="00DB41AB"/>
     <w:rsid w:val="00DB4BFD"/>
+    <w:rsid w:val="00DB5363"/>
+    <w:rsid w:val="00DB5B48"/>
+    <w:rsid w:val="00DB62D4"/>
+    <w:rsid w:val="00DB7732"/>
+    <w:rsid w:val="00DC06D9"/>
     <w:rsid w:val="00DC1C61"/>
     <w:rsid w:val="00DC61D4"/>
+    <w:rsid w:val="00DC64A5"/>
+    <w:rsid w:val="00DC6E24"/>
     <w:rsid w:val="00DC7AA3"/>
     <w:rsid w:val="00DC7DEB"/>
     <w:rsid w:val="00DD0E2A"/>
+    <w:rsid w:val="00DD33A8"/>
+    <w:rsid w:val="00DD3F4B"/>
     <w:rsid w:val="00DD4873"/>
     <w:rsid w:val="00DD70C1"/>
+    <w:rsid w:val="00DD7682"/>
     <w:rsid w:val="00DE0A1A"/>
     <w:rsid w:val="00DE5C26"/>
     <w:rsid w:val="00DE7355"/>
+    <w:rsid w:val="00DE7379"/>
     <w:rsid w:val="00DF003F"/>
-    <w:rsid w:val="00DF248D"/>
+    <w:rsid w:val="00DF10C9"/>
+    <w:rsid w:val="00DF12D6"/>
+    <w:rsid w:val="00DF1FB1"/>
+    <w:rsid w:val="00DF2252"/>
+    <w:rsid w:val="00DF32A0"/>
+    <w:rsid w:val="00DF37A6"/>
     <w:rsid w:val="00DF4216"/>
     <w:rsid w:val="00DF5600"/>
-    <w:rsid w:val="00E02A33"/>
+    <w:rsid w:val="00DF70E4"/>
+    <w:rsid w:val="00DF72BB"/>
+    <w:rsid w:val="00E0051A"/>
+    <w:rsid w:val="00E007CA"/>
+    <w:rsid w:val="00E0127D"/>
+    <w:rsid w:val="00E023F7"/>
+    <w:rsid w:val="00E02E46"/>
     <w:rsid w:val="00E02EC9"/>
     <w:rsid w:val="00E05814"/>
-    <w:rsid w:val="00E13E4A"/>
+    <w:rsid w:val="00E05B89"/>
+    <w:rsid w:val="00E11358"/>
+    <w:rsid w:val="00E11B5B"/>
+    <w:rsid w:val="00E11DBA"/>
+    <w:rsid w:val="00E12B23"/>
+    <w:rsid w:val="00E1408C"/>
     <w:rsid w:val="00E144D2"/>
+    <w:rsid w:val="00E16A1C"/>
     <w:rsid w:val="00E201E4"/>
+    <w:rsid w:val="00E21BD7"/>
     <w:rsid w:val="00E24448"/>
+    <w:rsid w:val="00E25E30"/>
+    <w:rsid w:val="00E27927"/>
+    <w:rsid w:val="00E27C44"/>
     <w:rsid w:val="00E30AF8"/>
+    <w:rsid w:val="00E30D2C"/>
+    <w:rsid w:val="00E32A51"/>
     <w:rsid w:val="00E33B4F"/>
+    <w:rsid w:val="00E33ED3"/>
+    <w:rsid w:val="00E343CF"/>
+    <w:rsid w:val="00E3671D"/>
+    <w:rsid w:val="00E36776"/>
     <w:rsid w:val="00E4227B"/>
+    <w:rsid w:val="00E426D9"/>
     <w:rsid w:val="00E43429"/>
-    <w:rsid w:val="00E52D9A"/>
+    <w:rsid w:val="00E43461"/>
+    <w:rsid w:val="00E44926"/>
+    <w:rsid w:val="00E45B79"/>
+    <w:rsid w:val="00E464C0"/>
+    <w:rsid w:val="00E475DD"/>
+    <w:rsid w:val="00E52272"/>
+    <w:rsid w:val="00E5258E"/>
     <w:rsid w:val="00E53938"/>
     <w:rsid w:val="00E55110"/>
+    <w:rsid w:val="00E61173"/>
     <w:rsid w:val="00E61675"/>
+    <w:rsid w:val="00E621AB"/>
+    <w:rsid w:val="00E621DC"/>
+    <w:rsid w:val="00E63307"/>
+    <w:rsid w:val="00E713FA"/>
     <w:rsid w:val="00E71CEE"/>
+    <w:rsid w:val="00E742C7"/>
+    <w:rsid w:val="00E74706"/>
+    <w:rsid w:val="00E77069"/>
+    <w:rsid w:val="00E774AF"/>
+    <w:rsid w:val="00E8398E"/>
     <w:rsid w:val="00E84FEC"/>
     <w:rsid w:val="00E862C7"/>
+    <w:rsid w:val="00E8768E"/>
+    <w:rsid w:val="00E87C60"/>
+    <w:rsid w:val="00E87EA3"/>
+    <w:rsid w:val="00E920B1"/>
     <w:rsid w:val="00E945E9"/>
     <w:rsid w:val="00E97072"/>
+    <w:rsid w:val="00E974FE"/>
+    <w:rsid w:val="00EA0B79"/>
+    <w:rsid w:val="00EA0D10"/>
     <w:rsid w:val="00EA17C9"/>
+    <w:rsid w:val="00EA213D"/>
     <w:rsid w:val="00EA29DE"/>
     <w:rsid w:val="00EA44A2"/>
+    <w:rsid w:val="00EA5C6A"/>
+    <w:rsid w:val="00EA5D11"/>
     <w:rsid w:val="00EA6485"/>
+    <w:rsid w:val="00EA7397"/>
+    <w:rsid w:val="00EA7E5D"/>
+    <w:rsid w:val="00EB04EF"/>
     <w:rsid w:val="00EB283C"/>
+    <w:rsid w:val="00EB3022"/>
+    <w:rsid w:val="00EB31BB"/>
+    <w:rsid w:val="00EB462C"/>
+    <w:rsid w:val="00EC0816"/>
     <w:rsid w:val="00EC3371"/>
     <w:rsid w:val="00EC3D52"/>
+    <w:rsid w:val="00EC4177"/>
+    <w:rsid w:val="00EC4A4F"/>
+    <w:rsid w:val="00EC4CE9"/>
+    <w:rsid w:val="00EC50C3"/>
     <w:rsid w:val="00EC63B6"/>
     <w:rsid w:val="00EC71D3"/>
+    <w:rsid w:val="00ED305E"/>
     <w:rsid w:val="00ED3127"/>
     <w:rsid w:val="00ED463D"/>
     <w:rsid w:val="00ED5E98"/>
     <w:rsid w:val="00ED782E"/>
     <w:rsid w:val="00ED7A7E"/>
     <w:rsid w:val="00ED7D54"/>
     <w:rsid w:val="00EE132F"/>
+    <w:rsid w:val="00EE388D"/>
+    <w:rsid w:val="00EE453F"/>
+    <w:rsid w:val="00EE4FC1"/>
+    <w:rsid w:val="00EE6460"/>
     <w:rsid w:val="00EE6903"/>
+    <w:rsid w:val="00EE7B78"/>
     <w:rsid w:val="00EF2661"/>
+    <w:rsid w:val="00EF3937"/>
     <w:rsid w:val="00EF4278"/>
     <w:rsid w:val="00EF4971"/>
+    <w:rsid w:val="00EF497D"/>
     <w:rsid w:val="00EF5BC8"/>
+    <w:rsid w:val="00EF7AB5"/>
     <w:rsid w:val="00F00435"/>
+    <w:rsid w:val="00F0102F"/>
+    <w:rsid w:val="00F01B1D"/>
+    <w:rsid w:val="00F020D8"/>
     <w:rsid w:val="00F02728"/>
+    <w:rsid w:val="00F02EBC"/>
+    <w:rsid w:val="00F03F40"/>
+    <w:rsid w:val="00F04F20"/>
+    <w:rsid w:val="00F05870"/>
     <w:rsid w:val="00F06D97"/>
+    <w:rsid w:val="00F07518"/>
     <w:rsid w:val="00F15888"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rsid w:val="00F17BE4"/>
+    <w:rsid w:val="00F225F5"/>
     <w:rsid w:val="00F232C7"/>
+    <w:rsid w:val="00F25DAA"/>
     <w:rsid w:val="00F2628F"/>
+    <w:rsid w:val="00F26AB8"/>
     <w:rsid w:val="00F27313"/>
     <w:rsid w:val="00F27D9D"/>
     <w:rsid w:val="00F3098E"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:rsid w:val="00F319AE"/>
+    <w:rsid w:val="00F32516"/>
     <w:rsid w:val="00F338B2"/>
+    <w:rsid w:val="00F33B41"/>
     <w:rsid w:val="00F35BF0"/>
+    <w:rsid w:val="00F4085F"/>
+    <w:rsid w:val="00F40A35"/>
+    <w:rsid w:val="00F40EC2"/>
+    <w:rsid w:val="00F42816"/>
     <w:rsid w:val="00F43467"/>
     <w:rsid w:val="00F44805"/>
     <w:rsid w:val="00F468AB"/>
     <w:rsid w:val="00F46AE7"/>
+    <w:rsid w:val="00F46F3E"/>
     <w:rsid w:val="00F47354"/>
+    <w:rsid w:val="00F476B4"/>
+    <w:rsid w:val="00F505F2"/>
     <w:rsid w:val="00F509AB"/>
+    <w:rsid w:val="00F50A9C"/>
+    <w:rsid w:val="00F53076"/>
     <w:rsid w:val="00F53370"/>
     <w:rsid w:val="00F5384F"/>
+    <w:rsid w:val="00F54874"/>
+    <w:rsid w:val="00F56403"/>
+    <w:rsid w:val="00F5666E"/>
+    <w:rsid w:val="00F609EC"/>
+    <w:rsid w:val="00F6175F"/>
+    <w:rsid w:val="00F623BF"/>
+    <w:rsid w:val="00F62780"/>
+    <w:rsid w:val="00F645FB"/>
+    <w:rsid w:val="00F65037"/>
     <w:rsid w:val="00F650B9"/>
     <w:rsid w:val="00F6745E"/>
+    <w:rsid w:val="00F67FDA"/>
+    <w:rsid w:val="00F70607"/>
     <w:rsid w:val="00F721E4"/>
     <w:rsid w:val="00F75063"/>
     <w:rsid w:val="00F764F1"/>
     <w:rsid w:val="00F76761"/>
     <w:rsid w:val="00F83419"/>
+    <w:rsid w:val="00F876AE"/>
+    <w:rsid w:val="00F87982"/>
+    <w:rsid w:val="00F87F51"/>
+    <w:rsid w:val="00F91308"/>
+    <w:rsid w:val="00F924EA"/>
+    <w:rsid w:val="00F955BF"/>
     <w:rsid w:val="00F956BF"/>
+    <w:rsid w:val="00F96175"/>
+    <w:rsid w:val="00FA116D"/>
+    <w:rsid w:val="00FA1A66"/>
     <w:rsid w:val="00FA1F2B"/>
-    <w:rsid w:val="00FA2333"/>
+    <w:rsid w:val="00FA233A"/>
+    <w:rsid w:val="00FA307D"/>
     <w:rsid w:val="00FA325E"/>
+    <w:rsid w:val="00FA3685"/>
     <w:rsid w:val="00FA473C"/>
+    <w:rsid w:val="00FA4AF1"/>
     <w:rsid w:val="00FA4DDA"/>
     <w:rsid w:val="00FA53DD"/>
     <w:rsid w:val="00FA5921"/>
     <w:rsid w:val="00FB04F4"/>
     <w:rsid w:val="00FB24E7"/>
     <w:rsid w:val="00FB2BA6"/>
+    <w:rsid w:val="00FB3F23"/>
+    <w:rsid w:val="00FB66D1"/>
+    <w:rsid w:val="00FC0BC4"/>
     <w:rsid w:val="00FC2F8D"/>
+    <w:rsid w:val="00FC4DFF"/>
+    <w:rsid w:val="00FC5776"/>
+    <w:rsid w:val="00FC6B55"/>
     <w:rsid w:val="00FD393E"/>
     <w:rsid w:val="00FD4C12"/>
     <w:rsid w:val="00FD5D45"/>
+    <w:rsid w:val="00FD76E8"/>
+    <w:rsid w:val="00FE0716"/>
     <w:rsid w:val="00FE0CFB"/>
     <w:rsid w:val="00FE274C"/>
+    <w:rsid w:val="00FE2B12"/>
+    <w:rsid w:val="00FE2C20"/>
+    <w:rsid w:val="00FE31CF"/>
     <w:rsid w:val="00FE4693"/>
     <w:rsid w:val="00FE48AD"/>
     <w:rsid w:val="00FE506A"/>
+    <w:rsid w:val="00FE51E9"/>
     <w:rsid w:val="00FE5431"/>
     <w:rsid w:val="00FE6FD8"/>
+    <w:rsid w:val="00FF352A"/>
     <w:rsid w:val="00FF3B6E"/>
     <w:rsid w:val="00FF41E9"/>
     <w:rsid w:val="00FF41F7"/>
+    <w:rsid w:val="00FF53BB"/>
+    <w:rsid w:val="00FF69A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="116737"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7EB01D90"/>
-  <w15:docId w15:val="{0288B56A-FB16-4E26-A11C-13A80274BB52}"/>
+  <w14:docId w14:val="5BC38B40"/>
+  <w15:docId w15:val="{89079A24-1151-41C3-ADC8-36BC10F19B74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9916,51 +10508,51 @@
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9995,51 +10587,51 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
@@ -10115,624 +10707,633 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="0056191C"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF248D"/>
+    <w:rsid w:val="008D2FE0"/>
     <w:pPr>
+      <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="0073782C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="120"/>
+      <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="006A5227"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DF248D"/>
+    <w:rsid w:val="008D2FE0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="0073782C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="006A5227"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:pPr>
-      <w:spacing w:after="600"/>
+      <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="000A0849"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0"/>
-      <w:ind w:left="360" w:right="360"/>
+      <w:spacing w:before="200" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="90" w:right="360" w:hanging="90"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008727E9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
@@ -10872,50 +11473,51 @@
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullets">
     <w:name w:val="bullets"/>
     <w:basedOn w:val="body2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001012A1"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001012A1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00470D0F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A6">
     <w:name w:val="A6"/>
     <w:uiPriority w:val="99"/>
@@ -11261,70 +11863,73 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB1A4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB1A4A"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -11342,97 +11947,105 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00B568D4"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="19" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="732"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B568D4"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007868C4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist2">
     <w:name w:val="bullet list 2"/>
     <w:basedOn w:val="NoSpacing"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist">
     <w:name w:val="bullet list"/>
     <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="indent">
@@ -11445,168 +12058,537 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text">
     <w:name w:val="text"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead2">
     <w:name w:val="Subhead 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="3"/>
       </w:numPr>
+      <w:spacing w:before="0" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="citable">
     <w:name w:val="citable"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="flush">
     <w:name w:val="flush"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="postal-code">
     <w:name w:val="postal-code"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
+    <w:name w:val="Style"/>
+    <w:rsid w:val="00823075"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="textindent">
+    <w:name w:val="text_indent"/>
+    <w:basedOn w:val="NoParagraphStyle"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="680"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="31" w:after="60" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="612" w:hanging="310"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="formbold">
+    <w:name w:val="form/bold"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+    <w:name w:val="Unresolved Mention2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F5467"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="abc">
+    <w:name w:val="abc"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927E52"/>
+    <w:pPr>
+      <w:ind w:left="180" w:hanging="180"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa18">
+    <w:name w:val="Pa18"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa33">
+    <w:name w:val="Pa33"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0069019E"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa100">
+    <w:name w:val="Pa100"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa50">
+    <w:name w:val="Pa50"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A11">
+    <w:name w:val="A11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa69">
+    <w:name w:val="Pa69"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa102">
+    <w:name w:val="Pa102"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C469A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa74">
+    <w:name w:val="Pa74"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa34">
+    <w:name w:val="Pa34"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa124">
+    <w:name w:val="Pa124"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00320883"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa125">
+    <w:name w:val="Pa125"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa129">
+    <w:name w:val="Pa129"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa130">
+    <w:name w:val="Pa130"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A13">
+    <w:name w:val="A13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rPr>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="11"/>
+      <w:szCs w:val="11"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa37">
+    <w:name w:val="Pa37"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa147">
+    <w:name w:val="Pa147"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa42">
+    <w:name w:val="Pa42"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa59">
+    <w:name w:val="Pa59"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa57">
+    <w:name w:val="Pa57"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa27">
+    <w:name w:val="Pa27"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa35">
+    <w:name w:val="Pa35"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa58">
+    <w:name w:val="Pa58"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0032573B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A14">
+    <w:name w:val="A14"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE330A"/>
+    <w:rPr>
+      <w:rFonts w:cs="Source Han Sans SC"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="104925855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="439951861">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -11623,52 +12605,66 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1503158095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1959682137">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -11927,78 +12923,92 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA44B225-ECCD-45E4-933C-81996AA9A1AC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE8CC99C-32E6-4B93-A96A-BF22C6F8406A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
+  <Pages>7</Pages>
   <Words>462</Words>
-  <Characters>2635</Characters>
+  <Characters>2637</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3091</CharactersWithSpaces>
+  <CharactersWithSpaces>3093</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>aaa7d9a83786136fd2b438c08dfca16853b7bac83268ebe8aa4807df06b9fb20</vt:lpwstr>
+  </property>
+</Properties>
+</file>